--- v0 (2025-10-03)
+++ v1 (2025-11-23)
@@ -1964,51 +1964,51 @@
       </c>
       <c r="O31" s="0">
         <v>10.6</v>
       </c>
       <c r="P31" s="0">
         <v>10.4</v>
       </c>
       <c r="Q31" s="0">
         <v>10.2</v>
       </c>
       <c r="R31" s="0">
         <v>10.2</v>
       </c>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="6" t="s">
         <v>56</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C32" s="6">
         <v>2700</v>
       </c>
       <c r="D32" s="6">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F32" s="7">
         <v>39.7</v>
       </c>
       <c r="G32" s="6">
         <v>39.4</v>
       </c>
       <c r="H32" s="6">
         <v>39</v>
       </c>
       <c r="I32" s="6">
         <v>38.8</v>
       </c>
       <c r="J32" s="6">
         <v>38.4</v>
       </c>
       <c r="K32" s="6">
         <v>38.1</v>
       </c>
       <c r="L32" s="6">
         <v>37.5</v>
       </c>
@@ -3226,51 +3226,51 @@
       </c>
       <c r="O56" s="0">
         <v>3760</v>
       </c>
       <c r="P56" s="0">
         <v>3700</v>
       </c>
       <c r="Q56" s="0">
         <v>3420</v>
       </c>
       <c r="R56" s="0">
         <v>3420</v>
       </c>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" s="6" t="s">
         <v>56</v>
       </c>
       <c r="B57" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C57" s="6">
         <v>2700</v>
       </c>
       <c r="D57" s="6">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="E57" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F57" s="9">
         <v>9130</v>
       </c>
       <c r="G57" s="6">
         <v>9060</v>
       </c>
       <c r="H57" s="6">
         <v>8970</v>
       </c>
       <c r="I57" s="6">
         <v>8920</v>
       </c>
       <c r="J57" s="6">
         <v>8830</v>
       </c>
       <c r="K57" s="6">
         <v>8760</v>
       </c>
       <c r="L57" s="6">
         <v>8630</v>
       </c>