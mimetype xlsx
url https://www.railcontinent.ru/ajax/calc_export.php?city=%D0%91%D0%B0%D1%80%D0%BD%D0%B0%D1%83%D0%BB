--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
-  <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Позвоните нам и наши менеджеры рассчитают стоимость Вашей перевозки!</t>
   </si>
   <si>
     <t>Телефон: +7 (3852) 72-03-02</t>
   </si>
   <si>
     <t>Сайт: http://www.railcontinent.ru/</t>
   </si>
   <si>
     <t>Тарифы из города БАРНАУЛ руб/кг</t>
   </si>
   <si>
     <t>В город</t>
   </si>
   <si>
     <t>Скоростной режим</t>
   </si>
   <si>
     <t>Мин. цена</t>
@@ -208,150 +208,136 @@
   <si>
     <t>С-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>САМАРА</t>
   </si>
   <si>
     <t>САРАТОВ</t>
   </si>
   <si>
     <t>УФА</t>
   </si>
   <si>
     <t>ЧЕЛЯБИНСК</t>
   </si>
   <si>
     <t>ЯРОСЛАВЛЬ</t>
   </si>
   <si>
     <t>Тарифы в город БАРНАУЛ руб/м3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="7"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...8 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
-[...2 lines deleted...]
-    </xf>
+  <cellXfs count="7">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
-[...4 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="3" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lo1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20f39754899fce9b8e0787eb9d3a669.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2095500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Рейл Континент" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -635,106 +621,94 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:S65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F62" sqref="F62"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.664481" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14.831264" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="15.665" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14.831" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.5" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.5" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.5" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.5" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.5" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.5" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.5" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.5" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.5" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.5" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.5" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.5" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.5" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.5" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.5" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.5" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.5" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19">
-      <c r="A1" s="0"/>
-[...2 lines deleted...]
-      <c r="D1" s="0"/>
       <c r="R1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:19">
-      <c r="A2" s="0"/>
-[...2 lines deleted...]
-      <c r="D2" s="0"/>
       <c r="R2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:19">
-      <c r="A3" s="0"/>
-[...2 lines deleted...]
-      <c r="D3" s="0"/>
       <c r="R3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:19" customHeight="1" ht="20">
       <c r="A4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
@@ -774,168 +748,114 @@
         <v>14</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P5" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R5" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:19">
-      <c r="A6" s="6" t="s">
+      <c r="A6" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="B6" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="6">
+      <c r="C6">
         <v>1000</v>
       </c>
-      <c r="D6" s="6">
+      <c r="D6">
         <v>1</v>
       </c>
-      <c r="E6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="7">
+      <c r="E6" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" s="5">
         <v>8</v>
       </c>
-      <c r="G6" s="6">
+      <c r="G6">
         <v>7.8</v>
       </c>
-      <c r="H6" s="6">
+      <c r="H6">
         <v>7.6</v>
       </c>
-      <c r="I6" s="6">
+      <c r="I6">
         <v>7.4</v>
       </c>
-      <c r="J6" s="6">
+      <c r="J6">
         <v>7.2</v>
       </c>
-      <c r="K6" s="6">
+      <c r="K6">
         <v>7</v>
       </c>
-      <c r="L6" s="6">
+      <c r="L6">
         <v>6.9</v>
       </c>
-      <c r="M6" s="6">
+      <c r="M6">
         <v>6.8</v>
       </c>
-      <c r="N6" s="6">
+      <c r="N6">
         <v>6.7</v>
       </c>
-      <c r="O6" s="6">
+      <c r="O6">
         <v>6.6</v>
       </c>
-      <c r="P6" s="6">
+      <c r="P6">
         <v>6.5</v>
       </c>
-      <c r="Q6" s="6">
+      <c r="Q6">
         <v>6.4</v>
       </c>
-      <c r="R6" s="6">
+      <c r="R6">
         <v>6.4</v>
       </c>
     </row>
     <row r="7" spans="1:19">
-      <c r="A7" s="0" t="s">
+      <c r="A7" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="0"/>
-[...35 lines deleted...]
-      <c r="R8" s="0"/>
     </row>
     <row r="9" spans="1:19">
-      <c r="A9" s="0" t="s">
+      <c r="A9" t="s">
         <v>26</v>
       </c>
-      <c r="B9" s="0"/>
-[...15 lines deleted...]
-      <c r="R9" s="0"/>
     </row>
     <row r="10" spans="1:19" customHeight="1" ht="20">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
       <c r="O10" s="2"/>
       <c r="P10" s="2"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="2"/>
     </row>
     <row r="11" spans="1:19" customHeight="1" ht="21">
       <c r="A11" s="4" t="s">
@@ -972,168 +892,114 @@
         <v>33</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P11" s="4" t="s">
         <v>38</v>
       </c>
       <c r="Q11" s="4" t="s">
         <v>39</v>
       </c>
       <c r="R11" s="4" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:19">
-      <c r="A12" s="6" t="s">
+      <c r="A12" t="s">
         <v>22</v>
       </c>
-      <c r="B12" s="6" t="s">
+      <c r="B12" t="s">
         <v>23</v>
       </c>
-      <c r="C12" s="6">
+      <c r="C12">
         <v>1000</v>
       </c>
-      <c r="D12" s="6">
+      <c r="D12">
         <v>1</v>
       </c>
-      <c r="E12" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F12" s="9">
+      <c r="E12" t="s">
+        <v>24</v>
+      </c>
+      <c r="F12" s="6">
         <v>1980</v>
       </c>
-      <c r="G12" s="6">
+      <c r="G12">
         <v>1930</v>
       </c>
-      <c r="H12" s="6">
+      <c r="H12">
         <v>1880</v>
       </c>
-      <c r="I12" s="6">
+      <c r="I12">
         <v>1840</v>
       </c>
-      <c r="J12" s="6">
+      <c r="J12">
         <v>1790</v>
       </c>
-      <c r="K12" s="6">
+      <c r="K12">
         <v>1750</v>
       </c>
-      <c r="L12" s="6">
+      <c r="L12">
         <v>1720</v>
       </c>
-      <c r="M12" s="6">
+      <c r="M12">
         <v>1700</v>
       </c>
-      <c r="N12" s="6">
+      <c r="N12">
         <v>1670</v>
       </c>
-      <c r="O12" s="6">
+      <c r="O12">
         <v>1650</v>
       </c>
-      <c r="P12" s="6">
+      <c r="P12">
         <v>1620</v>
       </c>
-      <c r="Q12" s="6">
+      <c r="Q12">
         <v>1600</v>
       </c>
-      <c r="R12" s="6">
+      <c r="R12">
         <v>1600</v>
       </c>
     </row>
     <row r="13" spans="1:19">
-      <c r="A13" s="0" t="s">
+      <c r="A13" t="s">
         <v>25</v>
       </c>
-      <c r="B13" s="0"/>
-[...35 lines deleted...]
-      <c r="R14" s="0"/>
     </row>
     <row r="15" spans="1:19">
-      <c r="A15" s="0" t="s">
+      <c r="A15" t="s">
         <v>26</v>
       </c>
-      <c r="B15" s="0"/>
-[...15 lines deleted...]
-      <c r="R15" s="0"/>
     </row>
     <row r="16" spans="1:19" customHeight="1" ht="20">
       <c r="A16" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
       <c r="K16" s="2"/>
       <c r="L16" s="2"/>
       <c r="M16" s="2"/>
       <c r="N16" s="2"/>
       <c r="O16" s="2"/>
       <c r="P16" s="2"/>
       <c r="Q16" s="2"/>
       <c r="R16" s="2"/>
     </row>
     <row r="17" spans="1:19" customHeight="1" ht="21">
       <c r="A17" s="4" t="s">
@@ -1170,1232 +1036,1178 @@
         <v>14</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P17" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q17" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R17" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:19">
-      <c r="A18" s="6" t="s">
+      <c r="A18" t="s">
         <v>43</v>
       </c>
-      <c r="B18" s="6" t="s">
+      <c r="B18" t="s">
         <v>44</v>
       </c>
-      <c r="C18" s="6">
+      <c r="C18">
         <v>2300</v>
       </c>
-      <c r="D18" s="6">
+      <c r="D18">
         <v>11</v>
       </c>
-      <c r="E18" s="6" t="s">
-[...5 lines deleted...]
-      <c r="G18" s="6">
+      <c r="E18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F18" s="5">
+        <v>31.0</v>
+      </c>
+      <c r="G18">
+        <v>30.3</v>
+      </c>
+      <c r="H18">
+        <v>29.6</v>
+      </c>
+      <c r="I18">
+        <v>28.9</v>
+      </c>
+      <c r="J18">
+        <v>28.2</v>
+      </c>
+      <c r="K18">
+        <v>27.5</v>
+      </c>
+      <c r="L18">
+        <v>27.1</v>
+      </c>
+      <c r="M18">
+        <v>26.7</v>
+      </c>
+      <c r="N18">
+        <v>26.3</v>
+      </c>
+      <c r="O18">
+        <v>25.9</v>
+      </c>
+      <c r="P18">
+        <v>25.5</v>
+      </c>
+      <c r="Q18">
+        <v>25.1</v>
+      </c>
+      <c r="R18">
+        <v>25.1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:19">
+      <c r="A19" t="s">
+        <v>45</v>
+      </c>
+      <c r="B19" t="s">
+        <v>44</v>
+      </c>
+      <c r="C19">
+        <v>2400</v>
+      </c>
+      <c r="D19">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>24</v>
+      </c>
+      <c r="F19" s="5">
+        <v>26.5</v>
+      </c>
+      <c r="G19">
+        <v>25.9</v>
+      </c>
+      <c r="H19">
+        <v>25.3</v>
+      </c>
+      <c r="I19">
+        <v>24.7</v>
+      </c>
+      <c r="J19">
+        <v>24.1</v>
+      </c>
+      <c r="K19">
+        <v>23.5</v>
+      </c>
+      <c r="L19">
+        <v>23.2</v>
+      </c>
+      <c r="M19">
+        <v>22.9</v>
+      </c>
+      <c r="N19">
+        <v>22.6</v>
+      </c>
+      <c r="O19">
+        <v>22.3</v>
+      </c>
+      <c r="P19">
+        <v>22.0</v>
+      </c>
+      <c r="Q19">
+        <v>21.7</v>
+      </c>
+      <c r="R19">
+        <v>21.7</v>
+      </c>
+    </row>
+    <row r="20" spans="1:19">
+      <c r="A20" t="s">
+        <v>46</v>
+      </c>
+      <c r="B20" t="s">
+        <v>23</v>
+      </c>
+      <c r="C20">
+        <v>1650</v>
+      </c>
+      <c r="D20">
+        <v>4</v>
+      </c>
+      <c r="E20" t="s">
+        <v>24</v>
+      </c>
+      <c r="F20" s="5">
+        <v>26</v>
+      </c>
+      <c r="G20">
+        <v>25.4</v>
+      </c>
+      <c r="H20">
+        <v>24.8</v>
+      </c>
+      <c r="I20">
+        <v>24.2</v>
+      </c>
+      <c r="J20">
+        <v>23.6</v>
+      </c>
+      <c r="K20">
+        <v>23</v>
+      </c>
+      <c r="L20">
+        <v>22.7</v>
+      </c>
+      <c r="M20">
+        <v>22.4</v>
+      </c>
+      <c r="N20">
+        <v>22.1</v>
+      </c>
+      <c r="O20">
+        <v>21.8</v>
+      </c>
+      <c r="P20">
+        <v>21.5</v>
+      </c>
+      <c r="Q20">
+        <v>21.2</v>
+      </c>
+      <c r="R20">
+        <v>21.2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:19">
+      <c r="A21" t="s">
+        <v>47</v>
+      </c>
+      <c r="B21" t="s">
+        <v>44</v>
+      </c>
+      <c r="C21">
+        <v>2250</v>
+      </c>
+      <c r="D21">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>24</v>
+      </c>
+      <c r="F21" s="5">
+        <v>24.8</v>
+      </c>
+      <c r="G21">
+        <v>24.4</v>
+      </c>
+      <c r="H21">
+        <v>24.0</v>
+      </c>
+      <c r="I21">
+        <v>23.6</v>
+      </c>
+      <c r="J21">
+        <v>23.2</v>
+      </c>
+      <c r="K21">
+        <v>22.8</v>
+      </c>
+      <c r="L21">
+        <v>22.5</v>
+      </c>
+      <c r="M21">
+        <v>21.8</v>
+      </c>
+      <c r="N21">
+        <v>20.7</v>
+      </c>
+      <c r="O21">
+        <v>19.8</v>
+      </c>
+      <c r="P21">
+        <v>18.9</v>
+      </c>
+      <c r="Q21">
+        <v>18.3</v>
+      </c>
+      <c r="R21">
+        <v>18.3</v>
+      </c>
+    </row>
+    <row r="22" spans="1:19">
+      <c r="A22" t="s">
+        <v>48</v>
+      </c>
+      <c r="B22" t="s">
+        <v>44</v>
+      </c>
+      <c r="C22">
+        <v>2400</v>
+      </c>
+      <c r="D22">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>24</v>
+      </c>
+      <c r="F22" s="5">
+        <v>29.6</v>
+      </c>
+      <c r="G22">
+        <v>28.9</v>
+      </c>
+      <c r="H22">
+        <v>28.3</v>
+      </c>
+      <c r="I22">
+        <v>27.7</v>
+      </c>
+      <c r="J22">
+        <v>27.1</v>
+      </c>
+      <c r="K22">
+        <v>26.5</v>
+      </c>
+      <c r="L22">
+        <v>26.1</v>
+      </c>
+      <c r="M22">
+        <v>25.7</v>
+      </c>
+      <c r="N22">
+        <v>25.3</v>
+      </c>
+      <c r="O22">
+        <v>24.9</v>
+      </c>
+      <c r="P22">
+        <v>24.5</v>
+      </c>
+      <c r="Q22">
+        <v>24.1</v>
+      </c>
+      <c r="R22">
+        <v>24.1</v>
+      </c>
+    </row>
+    <row r="23" spans="1:19">
+      <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
+        <v>44</v>
+      </c>
+      <c r="C23">
+        <v>2350</v>
+      </c>
+      <c r="D23">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>24</v>
+      </c>
+      <c r="F23" s="5">
+        <v>30.2</v>
+      </c>
+      <c r="G23">
+        <v>29.5</v>
+      </c>
+      <c r="H23">
+        <v>28.8</v>
+      </c>
+      <c r="I23">
+        <v>28.1</v>
+      </c>
+      <c r="J23">
+        <v>27.5</v>
+      </c>
+      <c r="K23">
+        <v>26.9</v>
+      </c>
+      <c r="L23">
+        <v>26.5</v>
+      </c>
+      <c r="M23">
+        <v>26.1</v>
+      </c>
+      <c r="N23">
+        <v>25.7</v>
+      </c>
+      <c r="O23">
+        <v>25.3</v>
+      </c>
+      <c r="P23">
+        <v>24.9</v>
+      </c>
+      <c r="Q23">
+        <v>24.5</v>
+      </c>
+      <c r="R23">
+        <v>24.5</v>
+      </c>
+    </row>
+    <row r="24" spans="1:19">
+      <c r="A24" t="s">
+        <v>50</v>
+      </c>
+      <c r="B24" t="s">
+        <v>51</v>
+      </c>
+      <c r="C24">
+        <v>1650</v>
+      </c>
+      <c r="D24">
+        <v>10</v>
+      </c>
+      <c r="E24" t="s">
+        <v>24</v>
+      </c>
+      <c r="F24" s="5">
+        <v>13.9</v>
+      </c>
+      <c r="G24">
+        <v>13.6</v>
+      </c>
+      <c r="H24">
+        <v>13.3</v>
+      </c>
+      <c r="I24">
+        <v>13</v>
+      </c>
+      <c r="J24">
+        <v>12.7</v>
+      </c>
+      <c r="K24">
+        <v>12.4</v>
+      </c>
+      <c r="L24">
+        <v>12.2</v>
+      </c>
+      <c r="M24">
+        <v>12</v>
+      </c>
+      <c r="N24">
+        <v>11.8</v>
+      </c>
+      <c r="O24">
+        <v>11.6</v>
+      </c>
+      <c r="P24">
+        <v>11.4</v>
+      </c>
+      <c r="Q24">
+        <v>11.2</v>
+      </c>
+      <c r="R24">
+        <v>11.2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:19">
+      <c r="A25" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" t="s">
+        <v>51</v>
+      </c>
+      <c r="C25">
+        <v>2600</v>
+      </c>
+      <c r="D25">
+        <v>10</v>
+      </c>
+      <c r="E25" t="s">
+        <v>52</v>
+      </c>
+      <c r="F25" s="5">
+        <v>17.2</v>
+      </c>
+      <c r="G25">
+        <v>16.8</v>
+      </c>
+      <c r="H25">
+        <v>16.4</v>
+      </c>
+      <c r="I25">
+        <v>16</v>
+      </c>
+      <c r="J25">
+        <v>15.6</v>
+      </c>
+      <c r="K25">
+        <v>15.2</v>
+      </c>
+      <c r="L25">
+        <v>15</v>
+      </c>
+      <c r="M25">
+        <v>14.8</v>
+      </c>
+      <c r="N25">
+        <v>14.6</v>
+      </c>
+      <c r="O25">
+        <v>14.4</v>
+      </c>
+      <c r="P25">
+        <v>14.2</v>
+      </c>
+      <c r="Q25">
+        <v>14</v>
+      </c>
+      <c r="R25">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="26" spans="1:19">
+      <c r="A26" t="s">
+        <v>50</v>
+      </c>
+      <c r="B26" t="s">
+        <v>23</v>
+      </c>
+      <c r="C26">
+        <v>1500</v>
+      </c>
+      <c r="D26">
+        <v>7</v>
+      </c>
+      <c r="E26" t="s">
+        <v>24</v>
+      </c>
+      <c r="F26" s="5">
+        <v>32</v>
+      </c>
+      <c r="G26">
+        <v>31.5</v>
+      </c>
+      <c r="H26">
+        <v>31</v>
+      </c>
+      <c r="I26">
+        <v>30.5</v>
+      </c>
+      <c r="J26">
+        <v>30</v>
+      </c>
+      <c r="K26">
+        <v>29.5</v>
+      </c>
+      <c r="L26">
+        <v>29</v>
+      </c>
+      <c r="M26">
+        <v>28.5</v>
+      </c>
+      <c r="N26">
+        <v>28</v>
+      </c>
+      <c r="O26">
+        <v>27.5</v>
+      </c>
+      <c r="P26">
+        <v>27</v>
+      </c>
+      <c r="Q26">
+        <v>26.5</v>
+      </c>
+      <c r="R26">
+        <v>26.5</v>
+      </c>
+    </row>
+    <row r="27" spans="1:19">
+      <c r="A27" t="s">
+        <v>53</v>
+      </c>
+      <c r="B27" t="s">
+        <v>44</v>
+      </c>
+      <c r="C27">
+        <v>2310</v>
+      </c>
+      <c r="D27">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>24</v>
+      </c>
+      <c r="F27" s="5">
+        <v>23.6</v>
+      </c>
+      <c r="G27">
+        <v>23.2</v>
+      </c>
+      <c r="H27">
+        <v>22.8</v>
+      </c>
+      <c r="I27">
+        <v>22.4</v>
+      </c>
+      <c r="J27">
+        <v>22.0</v>
+      </c>
+      <c r="K27">
+        <v>21.2</v>
+      </c>
+      <c r="L27">
+        <v>20.7</v>
+      </c>
+      <c r="M27">
+        <v>20.2</v>
+      </c>
+      <c r="N27">
+        <v>19.6</v>
+      </c>
+      <c r="O27">
+        <v>19.1</v>
+      </c>
+      <c r="P27">
+        <v>18.6</v>
+      </c>
+      <c r="Q27">
+        <v>18.4</v>
+      </c>
+      <c r="R27">
+        <v>18.4</v>
+      </c>
+    </row>
+    <row r="28" spans="1:19">
+      <c r="A28" t="s">
+        <v>22</v>
+      </c>
+      <c r="B28" t="s">
+        <v>23</v>
+      </c>
+      <c r="C28">
+        <v>1000</v>
+      </c>
+      <c r="D28">
+        <v>1</v>
+      </c>
+      <c r="E28" t="s">
+        <v>24</v>
+      </c>
+      <c r="F28" s="5">
+        <v>8</v>
+      </c>
+      <c r="G28">
+        <v>7.8</v>
+      </c>
+      <c r="H28">
+        <v>7.6</v>
+      </c>
+      <c r="I28">
+        <v>7.4</v>
+      </c>
+      <c r="J28">
+        <v>7.2</v>
+      </c>
+      <c r="K28">
+        <v>7</v>
+      </c>
+      <c r="L28">
+        <v>6.9</v>
+      </c>
+      <c r="M28">
+        <v>6.8</v>
+      </c>
+      <c r="N28">
+        <v>6.7</v>
+      </c>
+      <c r="O28">
+        <v>6.6</v>
+      </c>
+      <c r="P28">
+        <v>6.5</v>
+      </c>
+      <c r="Q28">
+        <v>6.4</v>
+      </c>
+      <c r="R28">
+        <v>6.4</v>
+      </c>
+    </row>
+    <row r="29" spans="1:19">
+      <c r="A29" t="s">
+        <v>54</v>
+      </c>
+      <c r="B29" t="s">
+        <v>44</v>
+      </c>
+      <c r="C29">
+        <v>2350</v>
+      </c>
+      <c r="D29">
+        <v>14</v>
+      </c>
+      <c r="E29" t="s">
+        <v>24</v>
+      </c>
+      <c r="F29" s="5">
+        <v>38.8</v>
+      </c>
+      <c r="G29">
+        <v>37.9</v>
+      </c>
+      <c r="H29">
+        <v>37.0</v>
+      </c>
+      <c r="I29">
+        <v>36.1</v>
+      </c>
+      <c r="J29">
+        <v>35.3</v>
+      </c>
+      <c r="K29">
+        <v>34.5</v>
+      </c>
+      <c r="L29">
+        <v>34.0</v>
+      </c>
+      <c r="M29">
+        <v>33.5</v>
+      </c>
+      <c r="N29">
+        <v>33.0</v>
+      </c>
+      <c r="O29">
+        <v>32.5</v>
+      </c>
+      <c r="P29">
+        <v>32.0</v>
+      </c>
+      <c r="Q29">
+        <v>31.5</v>
+      </c>
+      <c r="R29">
+        <v>31.5</v>
+      </c>
+    </row>
+    <row r="30" spans="1:19">
+      <c r="A30" t="s">
+        <v>55</v>
+      </c>
+      <c r="B30" t="s">
+        <v>44</v>
+      </c>
+      <c r="C30">
+        <v>2000</v>
+      </c>
+      <c r="D30">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>24</v>
+      </c>
+      <c r="F30" s="5">
+        <v>29.9</v>
+      </c>
+      <c r="G30">
+        <v>29.2</v>
+      </c>
+      <c r="H30">
+        <v>28.5</v>
+      </c>
+      <c r="I30">
+        <v>27.9</v>
+      </c>
+      <c r="J30">
+        <v>27.3</v>
+      </c>
+      <c r="K30">
+        <v>26.7</v>
+      </c>
+      <c r="L30">
+        <v>26.3</v>
+      </c>
+      <c r="M30">
+        <v>25.9</v>
+      </c>
+      <c r="N30">
+        <v>25.5</v>
+      </c>
+      <c r="O30">
+        <v>25.1</v>
+      </c>
+      <c r="P30">
+        <v>24.7</v>
+      </c>
+      <c r="Q30">
+        <v>24.3</v>
+      </c>
+      <c r="R30">
+        <v>24.3</v>
+      </c>
+    </row>
+    <row r="31" spans="1:19">
+      <c r="A31" t="s">
+        <v>56</v>
+      </c>
+      <c r="B31" t="s">
+        <v>51</v>
+      </c>
+      <c r="C31">
+        <v>1650</v>
+      </c>
+      <c r="D31">
+        <v>14</v>
+      </c>
+      <c r="E31" t="s">
+        <v>24</v>
+      </c>
+      <c r="F31" s="5">
+        <v>14.7</v>
+      </c>
+      <c r="G31">
+        <v>14.3</v>
+      </c>
+      <c r="H31">
+        <v>14</v>
+      </c>
+      <c r="I31">
+        <v>13.7</v>
+      </c>
+      <c r="J31">
+        <v>13.4</v>
+      </c>
+      <c r="K31">
+        <v>13.1</v>
+      </c>
+      <c r="L31">
+        <v>12.9</v>
+      </c>
+      <c r="M31">
+        <v>12.7</v>
+      </c>
+      <c r="N31">
+        <v>12.5</v>
+      </c>
+      <c r="O31">
+        <v>12.3</v>
+      </c>
+      <c r="P31">
+        <v>12.1</v>
+      </c>
+      <c r="Q31">
+        <v>11.9</v>
+      </c>
+      <c r="R31">
+        <v>11.9</v>
+      </c>
+    </row>
+    <row r="32" spans="1:19">
+      <c r="A32" t="s">
+        <v>56</v>
+      </c>
+      <c r="B32" t="s">
+        <v>23</v>
+      </c>
+      <c r="C32">
+        <v>2700</v>
+      </c>
+      <c r="D32">
+        <v>9</v>
+      </c>
+      <c r="E32" t="s">
+        <v>24</v>
+      </c>
+      <c r="F32" s="5">
+        <v>39.7</v>
+      </c>
+      <c r="G32">
+        <v>39.4</v>
+      </c>
+      <c r="H32">
+        <v>39</v>
+      </c>
+      <c r="I32">
+        <v>38.8</v>
+      </c>
+      <c r="J32">
+        <v>38.4</v>
+      </c>
+      <c r="K32">
+        <v>38.1</v>
+      </c>
+      <c r="L32">
+        <v>37.5</v>
+      </c>
+      <c r="M32">
+        <v>37</v>
+      </c>
+      <c r="N32">
+        <v>36.4</v>
+      </c>
+      <c r="O32">
+        <v>36</v>
+      </c>
+      <c r="P32">
+        <v>36</v>
+      </c>
+      <c r="Q32">
+        <v>36</v>
+      </c>
+      <c r="R32">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="33" spans="1:19">
+      <c r="A33" t="s">
+        <v>57</v>
+      </c>
+      <c r="B33" t="s">
+        <v>44</v>
+      </c>
+      <c r="C33">
+        <v>2350</v>
+      </c>
+      <c r="D33">
+        <v>14</v>
+      </c>
+      <c r="E33" t="s">
+        <v>24</v>
+      </c>
+      <c r="F33" s="5">
+        <v>30.8</v>
+      </c>
+      <c r="G33">
+        <v>30.1</v>
+      </c>
+      <c r="H33">
+        <v>29.4</v>
+      </c>
+      <c r="I33">
+        <v>28.7</v>
+      </c>
+      <c r="J33">
+        <v>28.0</v>
+      </c>
+      <c r="K33">
+        <v>27.4</v>
+      </c>
+      <c r="L33">
+        <v>27.0</v>
+      </c>
+      <c r="M33">
+        <v>26.6</v>
+      </c>
+      <c r="N33">
+        <v>26.2</v>
+      </c>
+      <c r="O33">
+        <v>25.8</v>
+      </c>
+      <c r="P33">
+        <v>25.4</v>
+      </c>
+      <c r="Q33">
+        <v>25.0</v>
+      </c>
+      <c r="R33">
+        <v>25.0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:19">
+      <c r="A34" t="s">
+        <v>58</v>
+      </c>
+      <c r="B34" t="s">
+        <v>44</v>
+      </c>
+      <c r="C34">
+        <v>2200</v>
+      </c>
+      <c r="D34">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>24</v>
+      </c>
+      <c r="F34" s="5">
+        <v>31.1</v>
+      </c>
+      <c r="G34">
+        <v>30.4</v>
+      </c>
+      <c r="H34">
+        <v>29.7</v>
+      </c>
+      <c r="I34">
+        <v>29</v>
+      </c>
+      <c r="J34">
+        <v>28.3</v>
+      </c>
+      <c r="K34">
+        <v>27.6</v>
+      </c>
+      <c r="L34">
+        <v>27.2</v>
+      </c>
+      <c r="M34">
+        <v>26.8</v>
+      </c>
+      <c r="N34">
+        <v>26.4</v>
+      </c>
+      <c r="O34">
+        <v>26.0</v>
+      </c>
+      <c r="P34">
+        <v>25.6</v>
+      </c>
+      <c r="Q34">
+        <v>25.2</v>
+      </c>
+      <c r="R34">
+        <v>25.2</v>
+      </c>
+    </row>
+    <row r="35" spans="1:19">
+      <c r="A35" t="s">
+        <v>59</v>
+      </c>
+      <c r="B35" t="s">
+        <v>44</v>
+      </c>
+      <c r="C35">
+        <v>2300</v>
+      </c>
+      <c r="D35">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F35" s="5">
+        <v>31.7</v>
+      </c>
+      <c r="G35">
+        <v>31.0</v>
+      </c>
+      <c r="H35">
+        <v>30.3</v>
+      </c>
+      <c r="I35">
+        <v>29.6</v>
+      </c>
+      <c r="J35">
+        <v>28.9</v>
+      </c>
+      <c r="K35">
+        <v>28.2</v>
+      </c>
+      <c r="L35">
+        <v>27.8</v>
+      </c>
+      <c r="M35">
+        <v>27.4</v>
+      </c>
+      <c r="N35">
+        <v>27.0</v>
+      </c>
+      <c r="O35">
+        <v>26.6</v>
+      </c>
+      <c r="P35">
+        <v>26.2</v>
+      </c>
+      <c r="Q35">
+        <v>25.8</v>
+      </c>
+      <c r="R35">
+        <v>25.8</v>
+      </c>
+    </row>
+    <row r="36" spans="1:19">
+      <c r="A36" t="s">
+        <v>60</v>
+      </c>
+      <c r="B36" t="s">
+        <v>23</v>
+      </c>
+      <c r="C36">
+        <v>2250</v>
+      </c>
+      <c r="D36">
+        <v>5</v>
+      </c>
+      <c r="E36" t="s">
+        <v>24</v>
+      </c>
+      <c r="F36" s="5">
+        <v>35</v>
+      </c>
+      <c r="G36">
+        <v>34.2</v>
+      </c>
+      <c r="H36">
+        <v>33.4</v>
+      </c>
+      <c r="I36">
+        <v>32.6</v>
+      </c>
+      <c r="J36">
+        <v>31.8</v>
+      </c>
+      <c r="K36">
+        <v>31</v>
+      </c>
+      <c r="L36">
+        <v>30.6</v>
+      </c>
+      <c r="M36">
+        <v>30.2</v>
+      </c>
+      <c r="N36">
+        <v>29.8</v>
+      </c>
+      <c r="O36">
+        <v>29.4</v>
+      </c>
+      <c r="P36">
+        <v>29.0</v>
+      </c>
+      <c r="Q36">
         <v>28.6</v>
       </c>
-      <c r="H18" s="6">
-[...14 lines deleted...]
-      <c r="M18" s="6">
+      <c r="R36">
+        <v>28.6</v>
+      </c>
+    </row>
+    <row r="37" spans="1:19">
+      <c r="A37" t="s">
+        <v>61</v>
+      </c>
+      <c r="B37" t="s">
+        <v>44</v>
+      </c>
+      <c r="C37">
+        <v>2250</v>
+      </c>
+      <c r="D37">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>24</v>
+      </c>
+      <c r="F37" s="5">
+        <v>25.1</v>
+      </c>
+      <c r="G37">
+        <v>24.7</v>
+      </c>
+      <c r="H37">
+        <v>24.3</v>
+      </c>
+      <c r="I37">
+        <v>23.9</v>
+      </c>
+      <c r="J37">
+        <v>23.5</v>
+      </c>
+      <c r="K37">
+        <v>23.0</v>
+      </c>
+      <c r="L37">
+        <v>22.7</v>
+      </c>
+      <c r="M37">
+        <v>22</v>
+      </c>
+      <c r="N37">
+        <v>20.7</v>
+      </c>
+      <c r="O37">
+        <v>19.6</v>
+      </c>
+      <c r="P37">
+        <v>18.8</v>
+      </c>
+      <c r="Q37">
+        <v>18.4</v>
+      </c>
+      <c r="R37">
+        <v>18.4</v>
+      </c>
+    </row>
+    <row r="38" spans="1:19">
+      <c r="A38" t="s">
         <v>25</v>
       </c>
-      <c r="N18" s="6">
-[...87 lines deleted...]
-      <c r="F20" s="7">
+    </row>
+    <row r="40" spans="1:19">
+      <c r="A40" t="s">
         <v>26</v>
       </c>
-      <c r="G20" s="6">
-[...1050 lines deleted...]
-      <c r="R40" s="0"/>
     </row>
     <row r="41" spans="1:19" customHeight="1" ht="20">
       <c r="A41" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
       <c r="J41" s="2"/>
       <c r="K41" s="2"/>
       <c r="L41" s="2"/>
       <c r="M41" s="2"/>
       <c r="N41" s="2"/>
       <c r="O41" s="2"/>
       <c r="P41" s="2"/>
       <c r="Q41" s="2"/>
       <c r="R41" s="2"/>
     </row>
     <row r="42" spans="1:19" customHeight="1" ht="21">
       <c r="A42" s="4" t="s">
@@ -2432,1286 +2244,1225 @@
         <v>33</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P42" s="4" t="s">
         <v>38</v>
       </c>
       <c r="Q42" s="4" t="s">
         <v>39</v>
       </c>
       <c r="R42" s="4" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="43" spans="1:19">
-      <c r="A43" s="6" t="s">
+      <c r="A43" t="s">
         <v>43</v>
       </c>
-      <c r="B43" s="6" t="s">
+      <c r="B43" t="s">
         <v>44</v>
       </c>
-      <c r="C43" s="6">
+      <c r="C43">
         <v>2300</v>
       </c>
-      <c r="D43" s="6">
+      <c r="D43">
         <v>11</v>
       </c>
-      <c r="E43" s="6" t="s">
-[...11 lines deleted...]
-      <c r="I43" s="6">
+      <c r="E43" t="s">
+        <v>24</v>
+      </c>
+      <c r="F43" s="6">
+        <v>8390</v>
+      </c>
+      <c r="G43">
+        <v>8190</v>
+      </c>
+      <c r="H43">
+        <v>8000</v>
+      </c>
+      <c r="I43">
+        <v>7810</v>
+      </c>
+      <c r="J43">
+        <v>7620</v>
+      </c>
+      <c r="K43">
+        <v>7440</v>
+      </c>
+      <c r="L43">
+        <v>7340</v>
+      </c>
+      <c r="M43">
+        <v>7230</v>
+      </c>
+      <c r="N43">
+        <v>7130</v>
+      </c>
+      <c r="O43">
+        <v>7030</v>
+      </c>
+      <c r="P43">
+        <v>6930</v>
+      </c>
+      <c r="Q43">
+        <v>6830</v>
+      </c>
+      <c r="R43">
+        <v>6830</v>
+      </c>
+    </row>
+    <row r="44" spans="1:19">
+      <c r="A44" t="s">
+        <v>45</v>
+      </c>
+      <c r="B44" t="s">
+        <v>44</v>
+      </c>
+      <c r="C44">
+        <v>2400</v>
+      </c>
+      <c r="D44">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>24</v>
+      </c>
+      <c r="F44" s="6">
+        <v>7580</v>
+      </c>
+      <c r="G44">
+        <v>7400</v>
+      </c>
+      <c r="H44">
+        <v>7230</v>
+      </c>
+      <c r="I44">
+        <v>7060</v>
+      </c>
+      <c r="J44">
+        <v>6890</v>
+      </c>
+      <c r="K44">
+        <v>6730</v>
+      </c>
+      <c r="L44">
+        <v>6640</v>
+      </c>
+      <c r="M44">
+        <v>6540</v>
+      </c>
+      <c r="N44">
+        <v>6450</v>
+      </c>
+      <c r="O44">
+        <v>6360</v>
+      </c>
+      <c r="P44">
+        <v>6270</v>
+      </c>
+      <c r="Q44">
+        <v>6180</v>
+      </c>
+      <c r="R44">
+        <v>6180</v>
+      </c>
+    </row>
+    <row r="45" spans="1:19">
+      <c r="A45" t="s">
+        <v>46</v>
+      </c>
+      <c r="B45" t="s">
+        <v>23</v>
+      </c>
+      <c r="C45">
+        <v>1650</v>
+      </c>
+      <c r="D45">
+        <v>4</v>
+      </c>
+      <c r="E45" t="s">
+        <v>24</v>
+      </c>
+      <c r="F45" s="6">
+        <v>6600</v>
+      </c>
+      <c r="G45">
+        <v>6440</v>
+      </c>
+      <c r="H45">
+        <v>6280</v>
+      </c>
+      <c r="I45">
+        <v>6120</v>
+      </c>
+      <c r="J45">
+        <v>5980</v>
+      </c>
+      <c r="K45">
+        <v>5830</v>
+      </c>
+      <c r="L45">
+        <v>5750</v>
+      </c>
+      <c r="M45">
+        <v>5660</v>
+      </c>
+      <c r="N45">
+        <v>5580</v>
+      </c>
+      <c r="O45">
+        <v>5490</v>
+      </c>
+      <c r="P45">
+        <v>5410</v>
+      </c>
+      <c r="Q45">
+        <v>5310</v>
+      </c>
+      <c r="R45">
+        <v>5310</v>
+      </c>
+    </row>
+    <row r="46" spans="1:19">
+      <c r="A46" t="s">
+        <v>47</v>
+      </c>
+      <c r="B46" t="s">
+        <v>44</v>
+      </c>
+      <c r="C46">
+        <v>2250</v>
+      </c>
+      <c r="D46">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>24</v>
+      </c>
+      <c r="F46" s="6">
+        <v>7250</v>
+      </c>
+      <c r="G46">
+        <v>7130</v>
+      </c>
+      <c r="H46">
+        <v>6980</v>
+      </c>
+      <c r="I46">
+        <v>6710</v>
+      </c>
+      <c r="J46">
+        <v>6510</v>
+      </c>
+      <c r="K46">
+        <v>6250</v>
+      </c>
+      <c r="L46">
+        <v>6120</v>
+      </c>
+      <c r="M46">
+        <v>5960</v>
+      </c>
+      <c r="N46">
+        <v>5750</v>
+      </c>
+      <c r="O46">
+        <v>5590</v>
+      </c>
+      <c r="P46">
+        <v>5440</v>
+      </c>
+      <c r="Q46">
+        <v>5260</v>
+      </c>
+      <c r="R46">
+        <v>5260</v>
+      </c>
+    </row>
+    <row r="47" spans="1:19">
+      <c r="A47" t="s">
+        <v>48</v>
+      </c>
+      <c r="B47" t="s">
+        <v>44</v>
+      </c>
+      <c r="C47">
+        <v>2400</v>
+      </c>
+      <c r="D47">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>24</v>
+      </c>
+      <c r="F47" s="6">
+        <v>8080</v>
+      </c>
+      <c r="G47">
+        <v>7890</v>
+      </c>
+      <c r="H47">
+        <v>7700</v>
+      </c>
+      <c r="I47">
+        <v>7530</v>
+      </c>
+      <c r="J47">
+        <v>7350</v>
+      </c>
+      <c r="K47">
+        <v>7180</v>
+      </c>
+      <c r="L47">
+        <v>7080</v>
+      </c>
+      <c r="M47">
+        <v>6970</v>
+      </c>
+      <c r="N47">
+        <v>6870</v>
+      </c>
+      <c r="O47">
+        <v>6780</v>
+      </c>
+      <c r="P47">
+        <v>6680</v>
+      </c>
+      <c r="Q47">
+        <v>6590</v>
+      </c>
+      <c r="R47">
+        <v>6590</v>
+      </c>
+    </row>
+    <row r="48" spans="1:19">
+      <c r="A48" t="s">
+        <v>49</v>
+      </c>
+      <c r="B48" t="s">
+        <v>44</v>
+      </c>
+      <c r="C48">
+        <v>2350</v>
+      </c>
+      <c r="D48">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>24</v>
+      </c>
+      <c r="F48" s="6">
+        <v>8200</v>
+      </c>
+      <c r="G48">
+        <v>8010</v>
+      </c>
+      <c r="H48">
+        <v>7820</v>
+      </c>
+      <c r="I48">
+        <v>7640</v>
+      </c>
+      <c r="J48">
+        <v>7450</v>
+      </c>
+      <c r="K48">
+        <v>7280</v>
+      </c>
+      <c r="L48">
+        <v>7180</v>
+      </c>
+      <c r="M48">
+        <v>7070</v>
+      </c>
+      <c r="N48">
+        <v>6970</v>
+      </c>
+      <c r="O48">
+        <v>6870</v>
+      </c>
+      <c r="P48">
+        <v>6780</v>
+      </c>
+      <c r="Q48">
+        <v>6680</v>
+      </c>
+      <c r="R48">
+        <v>6680</v>
+      </c>
+    </row>
+    <row r="49" spans="1:19">
+      <c r="A49" t="s">
+        <v>50</v>
+      </c>
+      <c r="B49" t="s">
+        <v>51</v>
+      </c>
+      <c r="C49">
+        <v>1650</v>
+      </c>
+      <c r="D49">
+        <v>10</v>
+      </c>
+      <c r="E49" t="s">
+        <v>24</v>
+      </c>
+      <c r="F49" s="6">
+        <v>4150</v>
+      </c>
+      <c r="G49">
+        <v>4050</v>
+      </c>
+      <c r="H49">
+        <v>3950</v>
+      </c>
+      <c r="I49">
+        <v>3860</v>
+      </c>
+      <c r="J49">
+        <v>3760</v>
+      </c>
+      <c r="K49">
+        <v>3670</v>
+      </c>
+      <c r="L49">
+        <v>3620</v>
+      </c>
+      <c r="M49">
+        <v>3560</v>
+      </c>
+      <c r="N49">
+        <v>3510</v>
+      </c>
+      <c r="O49">
+        <v>3460</v>
+      </c>
+      <c r="P49">
+        <v>3410</v>
+      </c>
+      <c r="Q49">
+        <v>3360</v>
+      </c>
+      <c r="R49">
+        <v>3360</v>
+      </c>
+    </row>
+    <row r="50" spans="1:19">
+      <c r="A50" t="s">
+        <v>50</v>
+      </c>
+      <c r="B50" t="s">
+        <v>51</v>
+      </c>
+      <c r="C50">
+        <v>2600</v>
+      </c>
+      <c r="D50">
+        <v>10</v>
+      </c>
+      <c r="E50" t="s">
+        <v>52</v>
+      </c>
+      <c r="F50" s="6">
+        <v>6910</v>
+      </c>
+      <c r="G50">
+        <v>6740</v>
+      </c>
+      <c r="H50">
+        <v>6580</v>
+      </c>
+      <c r="I50">
+        <v>6420</v>
+      </c>
+      <c r="J50">
+        <v>6260</v>
+      </c>
+      <c r="K50">
+        <v>6110</v>
+      </c>
+      <c r="L50">
+        <v>6020</v>
+      </c>
+      <c r="M50">
+        <v>5930</v>
+      </c>
+      <c r="N50">
+        <v>5840</v>
+      </c>
+      <c r="O50">
+        <v>5760</v>
+      </c>
+      <c r="P50">
+        <v>5670</v>
+      </c>
+      <c r="Q50">
+        <v>5590</v>
+      </c>
+      <c r="R50">
+        <v>5590</v>
+      </c>
+    </row>
+    <row r="51" spans="1:19">
+      <c r="A51" t="s">
+        <v>50</v>
+      </c>
+      <c r="B51" t="s">
+        <v>23</v>
+      </c>
+      <c r="C51">
+        <v>1500</v>
+      </c>
+      <c r="D51">
+        <v>7</v>
+      </c>
+      <c r="E51" t="s">
+        <v>24</v>
+      </c>
+      <c r="F51" s="6">
+        <v>7500</v>
+      </c>
+      <c r="G51">
+        <v>7400</v>
+      </c>
+      <c r="H51">
+        <v>7300</v>
+      </c>
+      <c r="I51">
+        <v>7200</v>
+      </c>
+      <c r="J51">
+        <v>7100</v>
+      </c>
+      <c r="K51">
+        <v>7000</v>
+      </c>
+      <c r="L51">
+        <v>6900</v>
+      </c>
+      <c r="M51">
+        <v>6800</v>
+      </c>
+      <c r="N51">
+        <v>6700</v>
+      </c>
+      <c r="O51">
+        <v>6500</v>
+      </c>
+      <c r="P51">
+        <v>6400</v>
+      </c>
+      <c r="Q51">
+        <v>6300</v>
+      </c>
+      <c r="R51">
+        <v>6300</v>
+      </c>
+    </row>
+    <row r="52" spans="1:19">
+      <c r="A52" t="s">
+        <v>53</v>
+      </c>
+      <c r="B52" t="s">
+        <v>44</v>
+      </c>
+      <c r="C52">
+        <v>2310</v>
+      </c>
+      <c r="D52">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>24</v>
+      </c>
+      <c r="F52" s="6">
+        <v>6440</v>
+      </c>
+      <c r="G52">
+        <v>6320</v>
+      </c>
+      <c r="H52">
+        <v>6160</v>
+      </c>
+      <c r="I52">
+        <v>6040</v>
+      </c>
+      <c r="J52">
+        <v>5880</v>
+      </c>
+      <c r="K52">
+        <v>5740</v>
+      </c>
+      <c r="L52">
+        <v>5630</v>
+      </c>
+      <c r="M52">
+        <v>5510</v>
+      </c>
+      <c r="N52">
+        <v>5360</v>
+      </c>
+      <c r="O52">
+        <v>5260</v>
+      </c>
+      <c r="P52">
+        <v>5210</v>
+      </c>
+      <c r="Q52">
+        <v>5160</v>
+      </c>
+      <c r="R52">
+        <v>5160</v>
+      </c>
+    </row>
+    <row r="53" spans="1:19">
+      <c r="A53" t="s">
+        <v>22</v>
+      </c>
+      <c r="B53" t="s">
+        <v>23</v>
+      </c>
+      <c r="C53">
+        <v>1000</v>
+      </c>
+      <c r="D53">
+        <v>1</v>
+      </c>
+      <c r="E53" t="s">
+        <v>24</v>
+      </c>
+      <c r="F53" s="6">
+        <v>2020</v>
+      </c>
+      <c r="G53">
+        <v>1970</v>
+      </c>
+      <c r="H53">
+        <v>1920</v>
+      </c>
+      <c r="I53">
+        <v>1870</v>
+      </c>
+      <c r="J53">
+        <v>1830</v>
+      </c>
+      <c r="K53">
+        <v>1780</v>
+      </c>
+      <c r="L53">
+        <v>1760</v>
+      </c>
+      <c r="M53">
+        <v>1730</v>
+      </c>
+      <c r="N53">
+        <v>1710</v>
+      </c>
+      <c r="O53">
+        <v>1680</v>
+      </c>
+      <c r="P53">
+        <v>1650</v>
+      </c>
+      <c r="Q53">
+        <v>1610</v>
+      </c>
+      <c r="R53">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="54" spans="1:19">
+      <c r="A54" t="s">
+        <v>54</v>
+      </c>
+      <c r="B54" t="s">
+        <v>44</v>
+      </c>
+      <c r="C54">
+        <v>2350</v>
+      </c>
+      <c r="D54">
+        <v>14</v>
+      </c>
+      <c r="E54" t="s">
+        <v>24</v>
+      </c>
+      <c r="F54" s="6">
+        <v>10360</v>
+      </c>
+      <c r="G54">
+        <v>10120</v>
+      </c>
+      <c r="H54">
+        <v>9870</v>
+      </c>
+      <c r="I54">
+        <v>9650</v>
+      </c>
+      <c r="J54">
+        <v>9410</v>
+      </c>
+      <c r="K54">
+        <v>9190</v>
+      </c>
+      <c r="L54">
+        <v>9060</v>
+      </c>
+      <c r="M54">
+        <v>8920</v>
+      </c>
+      <c r="N54">
+        <v>8800</v>
+      </c>
+      <c r="O54">
+        <v>8670</v>
+      </c>
+      <c r="P54">
+        <v>8550</v>
+      </c>
+      <c r="Q54">
+        <v>8430</v>
+      </c>
+      <c r="R54">
+        <v>8430</v>
+      </c>
+    </row>
+    <row r="55" spans="1:19">
+      <c r="A55" t="s">
+        <v>55</v>
+      </c>
+      <c r="B55" t="s">
+        <v>44</v>
+      </c>
+      <c r="C55">
+        <v>2000</v>
+      </c>
+      <c r="D55">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>24</v>
+      </c>
+      <c r="F55" s="6">
+        <v>8160</v>
+      </c>
+      <c r="G55">
+        <v>7960</v>
+      </c>
+      <c r="H55">
+        <v>7780</v>
+      </c>
+      <c r="I55">
+        <v>7600</v>
+      </c>
+      <c r="J55">
+        <v>7410</v>
+      </c>
+      <c r="K55">
+        <v>7240</v>
+      </c>
+      <c r="L55">
+        <v>7140</v>
+      </c>
+      <c r="M55">
+        <v>7030</v>
+      </c>
+      <c r="N55">
+        <v>6940</v>
+      </c>
+      <c r="O55">
+        <v>6840</v>
+      </c>
+      <c r="P55">
+        <v>6740</v>
+      </c>
+      <c r="Q55">
+        <v>6650</v>
+      </c>
+      <c r="R55">
+        <v>6650</v>
+      </c>
+    </row>
+    <row r="56" spans="1:19">
+      <c r="A56" t="s">
+        <v>56</v>
+      </c>
+      <c r="B56" t="s">
+        <v>51</v>
+      </c>
+      <c r="C56">
+        <v>1650</v>
+      </c>
+      <c r="D56">
+        <v>14</v>
+      </c>
+      <c r="E56" t="s">
+        <v>24</v>
+      </c>
+      <c r="F56" s="6">
+        <v>4800</v>
+      </c>
+      <c r="G56">
+        <v>4690</v>
+      </c>
+      <c r="H56">
+        <v>4570</v>
+      </c>
+      <c r="I56">
+        <v>4460</v>
+      </c>
+      <c r="J56">
+        <v>4350</v>
+      </c>
+      <c r="K56">
+        <v>4250</v>
+      </c>
+      <c r="L56">
+        <v>4180</v>
+      </c>
+      <c r="M56">
+        <v>4120</v>
+      </c>
+      <c r="N56">
+        <v>4060</v>
+      </c>
+      <c r="O56">
+        <v>4000</v>
+      </c>
+      <c r="P56">
+        <v>3910</v>
+      </c>
+      <c r="Q56">
+        <v>3850</v>
+      </c>
+      <c r="R56">
+        <v>3850</v>
+      </c>
+    </row>
+    <row r="57" spans="1:19">
+      <c r="A57" t="s">
+        <v>56</v>
+      </c>
+      <c r="B57" t="s">
+        <v>23</v>
+      </c>
+      <c r="C57">
+        <v>2700</v>
+      </c>
+      <c r="D57">
+        <v>9</v>
+      </c>
+      <c r="E57" t="s">
+        <v>24</v>
+      </c>
+      <c r="F57" s="6">
+        <v>9130</v>
+      </c>
+      <c r="G57">
+        <v>9060</v>
+      </c>
+      <c r="H57">
+        <v>8970</v>
+      </c>
+      <c r="I57">
+        <v>8920</v>
+      </c>
+      <c r="J57">
+        <v>8830</v>
+      </c>
+      <c r="K57">
+        <v>8760</v>
+      </c>
+      <c r="L57">
+        <v>8630</v>
+      </c>
+      <c r="M57">
+        <v>8510</v>
+      </c>
+      <c r="N57">
+        <v>8370</v>
+      </c>
+      <c r="O57">
+        <v>8280</v>
+      </c>
+      <c r="P57">
+        <v>8280</v>
+      </c>
+      <c r="Q57">
+        <v>8280</v>
+      </c>
+      <c r="R57">
+        <v>8280</v>
+      </c>
+    </row>
+    <row r="58" spans="1:19">
+      <c r="A58" t="s">
+        <v>57</v>
+      </c>
+      <c r="B58" t="s">
+        <v>44</v>
+      </c>
+      <c r="C58">
+        <v>2350</v>
+      </c>
+      <c r="D58">
+        <v>14</v>
+      </c>
+      <c r="E58" t="s">
+        <v>24</v>
+      </c>
+      <c r="F58" s="6">
+        <v>8370</v>
+      </c>
+      <c r="G58">
+        <v>8170</v>
+      </c>
+      <c r="H58">
+        <v>7980</v>
+      </c>
+      <c r="I58">
+        <v>7800</v>
+      </c>
+      <c r="J58">
+        <v>7610</v>
+      </c>
+      <c r="K58">
+        <v>7430</v>
+      </c>
+      <c r="L58">
         <v>7330</v>
       </c>
-      <c r="J43" s="6">
-[...31 lines deleted...]
-      <c r="B44" s="0" t="s">
+      <c r="M58">
+        <v>7220</v>
+      </c>
+      <c r="N58">
+        <v>7120</v>
+      </c>
+      <c r="O58">
+        <v>7020</v>
+      </c>
+      <c r="P58">
+        <v>6920</v>
+      </c>
+      <c r="Q58">
+        <v>6820</v>
+      </c>
+      <c r="R58">
+        <v>6820</v>
+      </c>
+    </row>
+    <row r="59" spans="1:19">
+      <c r="A59" t="s">
+        <v>58</v>
+      </c>
+      <c r="B59" t="s">
         <v>44</v>
       </c>
-      <c r="C44" s="0">
-[...8 lines deleted...]
-      <c r="F44" s="8">
+      <c r="C59">
+        <v>2200</v>
+      </c>
+      <c r="D59">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>24</v>
+      </c>
+      <c r="F59" s="6">
+        <v>8440</v>
+      </c>
+      <c r="G59">
+        <v>8240</v>
+      </c>
+      <c r="H59">
+        <v>8040</v>
+      </c>
+      <c r="I59">
+        <v>7860</v>
+      </c>
+      <c r="J59">
+        <v>7670</v>
+      </c>
+      <c r="K59">
+        <v>7490</v>
+      </c>
+      <c r="L59">
+        <v>7380</v>
+      </c>
+      <c r="M59">
+        <v>7270</v>
+      </c>
+      <c r="N59">
+        <v>7170</v>
+      </c>
+      <c r="O59">
         <v>7070</v>
       </c>
-      <c r="G44" s="0">
-[...40 lines deleted...]
-      <c r="B45" s="6" t="s">
+      <c r="P59">
+        <v>6970</v>
+      </c>
+      <c r="Q59">
+        <v>6870</v>
+      </c>
+      <c r="R59">
+        <v>6870</v>
+      </c>
+    </row>
+    <row r="60" spans="1:19">
+      <c r="A60" t="s">
+        <v>59</v>
+      </c>
+      <c r="B60" t="s">
+        <v>44</v>
+      </c>
+      <c r="C60">
+        <v>2300</v>
+      </c>
+      <c r="D60">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>24</v>
+      </c>
+      <c r="F60" s="6">
+        <v>8610</v>
+      </c>
+      <c r="G60">
+        <v>8400</v>
+      </c>
+      <c r="H60">
+        <v>8200</v>
+      </c>
+      <c r="I60">
+        <v>8020</v>
+      </c>
+      <c r="J60">
+        <v>7820</v>
+      </c>
+      <c r="K60">
+        <v>7640</v>
+      </c>
+      <c r="L60">
+        <v>7530</v>
+      </c>
+      <c r="M60">
+        <v>7420</v>
+      </c>
+      <c r="N60">
+        <v>7320</v>
+      </c>
+      <c r="O60">
+        <v>7210</v>
+      </c>
+      <c r="P60">
+        <v>7110</v>
+      </c>
+      <c r="Q60">
+        <v>7010</v>
+      </c>
+      <c r="R60">
+        <v>7010</v>
+      </c>
+    </row>
+    <row r="61" spans="1:19">
+      <c r="A61" t="s">
+        <v>60</v>
+      </c>
+      <c r="B61" t="s">
         <v>23</v>
       </c>
-      <c r="C45" s="6">
-[...11 lines deleted...]
-      <c r="G45" s="6">
+      <c r="C61">
+        <v>2250</v>
+      </c>
+      <c r="D61">
+        <v>5</v>
+      </c>
+      <c r="E61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F61" s="6">
+        <v>8900</v>
+      </c>
+      <c r="G61">
+        <v>8680</v>
+      </c>
+      <c r="H61">
+        <v>8470</v>
+      </c>
+      <c r="I61">
+        <v>8250</v>
+      </c>
+      <c r="J61">
+        <v>8060</v>
+      </c>
+      <c r="K61">
+        <v>7860</v>
+      </c>
+      <c r="L61">
+        <v>7750</v>
+      </c>
+      <c r="M61">
+        <v>7630</v>
+      </c>
+      <c r="N61">
+        <v>7520</v>
+      </c>
+      <c r="O61">
+        <v>7400</v>
+      </c>
+      <c r="P61">
+        <v>7290</v>
+      </c>
+      <c r="Q61">
+        <v>7170</v>
+      </c>
+      <c r="R61">
+        <v>7170</v>
+      </c>
+    </row>
+    <row r="62" spans="1:19">
+      <c r="A62" t="s">
+        <v>61</v>
+      </c>
+      <c r="B62" t="s">
+        <v>44</v>
+      </c>
+      <c r="C62">
+        <v>2250</v>
+      </c>
+      <c r="D62">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>24</v>
+      </c>
+      <c r="F62" s="6">
+        <v>6660</v>
+      </c>
+      <c r="G62">
+        <v>6550</v>
+      </c>
+      <c r="H62">
         <v>6440</v>
       </c>
-      <c r="H45" s="6">
-[...5 lines deleted...]
-      <c r="J45" s="6">
+      <c r="I62">
+        <v>6340</v>
+      </c>
+      <c r="J62">
+        <v>6230</v>
+      </c>
+      <c r="K62">
+        <v>6130</v>
+      </c>
+      <c r="L62">
+        <v>6070</v>
+      </c>
+      <c r="M62">
         <v>5980</v>
       </c>
-      <c r="K45" s="6">
-[...285 lines deleted...]
-      <c r="M50" s="0">
+      <c r="N62">
+        <v>5860</v>
+      </c>
+      <c r="O62">
+        <v>5620</v>
+      </c>
+      <c r="P62">
         <v>5530</v>
       </c>
-      <c r="N50" s="0">
-[...684 lines deleted...]
-        <v>5040</v>
+      <c r="Q62">
+        <v>5460</v>
+      </c>
+      <c r="R62">
+        <v>5460</v>
       </c>
     </row>
     <row r="63" spans="1:19">
-      <c r="A63" s="0" t="s">
+      <c r="A63" t="s">
         <v>25</v>
       </c>
-      <c r="B63" s="0"/>
-[...35 lines deleted...]
-      <c r="R64" s="0"/>
     </row>
     <row r="65" spans="1:19">
-      <c r="A65" s="0" t="s">
+      <c r="A65" t="s">
         <v>26</v>
       </c>
-      <c r="B65" s="0"/>
-[...15 lines deleted...]
-      <c r="R65" s="0"/>
     </row>
   </sheetData>
-  <sheetProtection password="BEF2A0" sheet="true" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="true" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="true" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <sheetProtection password="F3DC" sheet="1" insertRows="1" sort="1"/>
   <mergeCells>
     <mergeCell ref="A1:D3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A7:R7"/>
     <mergeCell ref="A8:R8"/>
     <mergeCell ref="A9:R9"/>
     <mergeCell ref="A10:R10"/>
     <mergeCell ref="A13:R13"/>
     <mergeCell ref="A14:R14"/>
     <mergeCell ref="A15:R15"/>
     <mergeCell ref="A16:R16"/>
     <mergeCell ref="A38:R38"/>
     <mergeCell ref="A39:R39"/>
     <mergeCell ref="A40:R40"/>
     <mergeCell ref="A41:R41"/>
     <mergeCell ref="A63:R63"/>
     <mergeCell ref="A64:R64"/>
     <mergeCell ref="A65:R65"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
-  <pageMargins left="0.7" right="0.7" top="0.1968503937007874" bottom="0.1968503937007874" header="0.3" footer="0.3"/>
-[...8 lines deleted...]
-  </headerFooter>
+  <pageMargins left="0.7" right="0.7" top="0.19685039370079" bottom="0.19685039370079" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft Corporation</Company>
+  <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>