--- v2 (2026-01-09)
+++ v3 (2026-03-03)
@@ -764,87 +764,87 @@
       </c>
       <c r="Q5" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R5" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>23</v>
       </c>
       <c r="C6">
         <v>1000</v>
       </c>
       <c r="D6">
         <v>1</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" s="5">
-        <v>8</v>
+        <v>8.9</v>
       </c>
       <c r="G6">
-        <v>7.8</v>
+        <v>8.7</v>
       </c>
       <c r="H6">
-        <v>7.6</v>
+        <v>8.5</v>
       </c>
       <c r="I6">
-        <v>7.4</v>
+        <v>8.3</v>
       </c>
       <c r="J6">
+        <v>8.1</v>
+      </c>
+      <c r="K6">
+        <v>7.9</v>
+      </c>
+      <c r="L6">
+        <v>7.5</v>
+      </c>
+      <c r="M6">
+        <v>7.3</v>
+      </c>
+      <c r="N6">
         <v>7.2</v>
       </c>
-      <c r="K6">
+      <c r="O6">
+        <v>7.1</v>
+      </c>
+      <c r="P6">
         <v>7</v>
       </c>
-      <c r="L6">
+      <c r="Q6">
         <v>6.9</v>
       </c>
-      <c r="M6">
-[...13 lines deleted...]
-      </c>
       <c r="R6">
-        <v>6.4</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:19" customHeight="1" ht="20">
       <c r="A10" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
@@ -908,87 +908,87 @@
       </c>
       <c r="Q11" s="4" t="s">
         <v>39</v>
       </c>
       <c r="R11" s="4" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" t="s">
         <v>22</v>
       </c>
       <c r="B12" t="s">
         <v>23</v>
       </c>
       <c r="C12">
         <v>1000</v>
       </c>
       <c r="D12">
         <v>1</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" s="6">
-        <v>1980</v>
+        <v>2320</v>
       </c>
       <c r="G12">
+        <v>2260</v>
+      </c>
+      <c r="H12">
+        <v>2160</v>
+      </c>
+      <c r="I12">
+        <v>2110</v>
+      </c>
+      <c r="J12">
+        <v>2050</v>
+      </c>
+      <c r="K12">
+        <v>1990</v>
+      </c>
+      <c r="L12">
+        <v>1960</v>
+      </c>
+      <c r="M12">
         <v>1930</v>
       </c>
-      <c r="H12">
-[...11 lines deleted...]
-      <c r="L12">
+      <c r="N12">
+        <v>1900</v>
+      </c>
+      <c r="O12">
+        <v>1850</v>
+      </c>
+      <c r="P12">
+        <v>1820</v>
+      </c>
+      <c r="Q12">
         <v>1720</v>
       </c>
-      <c r="M12">
-[...13 lines deleted...]
-      </c>
       <c r="R12">
-        <v>1600</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:19" customHeight="1" ht="20">
       <c r="A16" s="3" t="s">
         <v>41</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
       <c r="H16" s="2"/>
       <c r="I16" s="2"/>
       <c r="J16" s="2"/>
@@ -1155,152 +1155,152 @@
       </c>
       <c r="N19">
         <v>22.6</v>
       </c>
       <c r="O19">
         <v>22.3</v>
       </c>
       <c r="P19">
         <v>22.0</v>
       </c>
       <c r="Q19">
         <v>21.7</v>
       </c>
       <c r="R19">
         <v>21.7</v>
       </c>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" t="s">
         <v>46</v>
       </c>
       <c r="B20" t="s">
         <v>23</v>
       </c>
       <c r="C20">
-        <v>1650</v>
+        <v>2650</v>
       </c>
       <c r="D20">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" s="5">
-        <v>26</v>
+        <v>35.2</v>
       </c>
       <c r="G20">
-        <v>25.4</v>
+        <v>34.40000000000001</v>
       </c>
       <c r="H20">
-        <v>24.8</v>
+        <v>33.59999999999999</v>
       </c>
       <c r="I20">
-        <v>24.2</v>
+        <v>32.8</v>
       </c>
       <c r="J20">
-        <v>23.6</v>
+        <v>31.8</v>
       </c>
       <c r="K20">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="L20">
-        <v>22.7</v>
+        <v>30.2</v>
       </c>
       <c r="M20">
-        <v>22.4</v>
+        <v>29.7</v>
       </c>
       <c r="N20">
-        <v>22.1</v>
+        <v>29.3</v>
       </c>
       <c r="O20">
-        <v>21.8</v>
+        <v>28.8</v>
       </c>
       <c r="P20">
-        <v>21.5</v>
+        <v>28.4</v>
       </c>
       <c r="Q20">
-        <v>21.2</v>
+        <v>28.0</v>
       </c>
       <c r="R20">
-        <v>21.2</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" t="s">
         <v>47</v>
       </c>
       <c r="B21" t="s">
         <v>44</v>
       </c>
       <c r="C21">
-        <v>2250</v>
+        <v>2550</v>
       </c>
       <c r="D21">
         <v>12</v>
       </c>
       <c r="E21" t="s">
         <v>24</v>
       </c>
       <c r="F21" s="5">
-        <v>24.8</v>
+        <v>26.8</v>
       </c>
       <c r="G21">
-        <v>24.4</v>
+        <v>26.4</v>
       </c>
       <c r="H21">
-        <v>24.0</v>
+        <v>26.0</v>
       </c>
       <c r="I21">
+        <v>25.6</v>
+      </c>
+      <c r="J21">
+        <v>25.2</v>
+      </c>
+      <c r="K21">
+        <v>24.7</v>
+      </c>
+      <c r="L21">
+        <v>24.3</v>
+      </c>
+      <c r="M21">
         <v>23.6</v>
       </c>
-      <c r="J21">
-[...10 lines deleted...]
-      </c>
       <c r="N21">
-        <v>20.7</v>
+        <v>22.2</v>
       </c>
       <c r="O21">
-        <v>19.8</v>
+        <v>21.2</v>
       </c>
       <c r="P21">
-        <v>18.9</v>
+        <v>20.2</v>
       </c>
       <c r="Q21">
-        <v>18.3</v>
+        <v>19.5</v>
       </c>
       <c r="R21">
-        <v>18.3</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" t="s">
         <v>48</v>
       </c>
       <c r="B22" t="s">
         <v>44</v>
       </c>
       <c r="C22">
         <v>2400</v>
       </c>
       <c r="D22">
         <v>13</v>
       </c>
       <c r="E22" t="s">
         <v>24</v>
       </c>
       <c r="F22" s="5">
         <v>29.6</v>
       </c>
       <c r="G22">
         <v>28.9</v>
       </c>
       <c r="H22">
@@ -1556,143 +1556,143 @@
       </c>
       <c r="Q26">
         <v>26.5</v>
       </c>
       <c r="R26">
         <v>26.5</v>
       </c>
     </row>
     <row r="27" spans="1:19">
       <c r="A27" t="s">
         <v>53</v>
       </c>
       <c r="B27" t="s">
         <v>44</v>
       </c>
       <c r="C27">
         <v>2310</v>
       </c>
       <c r="D27">
         <v>12</v>
       </c>
       <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" s="5">
-        <v>23.6</v>
+        <v>25.8</v>
       </c>
       <c r="G27">
-        <v>23.2</v>
+        <v>25.2</v>
       </c>
       <c r="H27">
-        <v>22.8</v>
+        <v>24.6</v>
       </c>
       <c r="I27">
+        <v>24</v>
+      </c>
+      <c r="J27">
+        <v>23.5</v>
+      </c>
+      <c r="K27">
+        <v>23.0</v>
+      </c>
+      <c r="L27">
+        <v>22.7</v>
+      </c>
+      <c r="M27">
         <v>22.4</v>
       </c>
-      <c r="J27">
-[...2 lines deleted...]
-      <c r="K27">
+      <c r="N27">
+        <v>22.1</v>
+      </c>
+      <c r="O27">
+        <v>21.8</v>
+      </c>
+      <c r="P27">
+        <v>21.5</v>
+      </c>
+      <c r="Q27">
         <v>21.2</v>
       </c>
-      <c r="L27">
-[...16 lines deleted...]
-      </c>
       <c r="R27">
-        <v>18.4</v>
+        <v>21.2</v>
       </c>
     </row>
     <row r="28" spans="1:19">
       <c r="A28" t="s">
         <v>22</v>
       </c>
       <c r="B28" t="s">
         <v>23</v>
       </c>
       <c r="C28">
         <v>1000</v>
       </c>
       <c r="D28">
         <v>1</v>
       </c>
       <c r="E28" t="s">
         <v>24</v>
       </c>
       <c r="F28" s="5">
+        <v>9.2</v>
+      </c>
+      <c r="G28">
+        <v>9</v>
+      </c>
+      <c r="H28">
+        <v>8.8</v>
+      </c>
+      <c r="I28">
+        <v>8.6</v>
+      </c>
+      <c r="J28">
+        <v>8.2</v>
+      </c>
+      <c r="K28">
         <v>8</v>
       </c>
-      <c r="G28">
-[...8 lines deleted...]
-      <c r="J28">
+      <c r="L28">
+        <v>7.5</v>
+      </c>
+      <c r="M28">
+        <v>7.3</v>
+      </c>
+      <c r="N28">
         <v>7.2</v>
       </c>
-      <c r="K28">
+      <c r="O28">
         <v>7</v>
       </c>
-      <c r="L28">
+      <c r="P28">
         <v>6.9</v>
       </c>
-      <c r="M28">
+      <c r="Q28">
         <v>6.8</v>
       </c>
-      <c r="N28">
-[...10 lines deleted...]
-      </c>
       <c r="R28">
-        <v>6.4</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="29" spans="1:19">
       <c r="A29" t="s">
         <v>54</v>
       </c>
       <c r="B29" t="s">
         <v>44</v>
       </c>
       <c r="C29">
         <v>2350</v>
       </c>
       <c r="D29">
         <v>14</v>
       </c>
       <c r="E29" t="s">
         <v>24</v>
       </c>
       <c r="F29" s="5">
         <v>38.8</v>
       </c>
       <c r="G29">
         <v>37.9</v>
       </c>
       <c r="H29">
@@ -1892,311 +1892,311 @@
       </c>
       <c r="Q32">
         <v>36</v>
       </c>
       <c r="R32">
         <v>36</v>
       </c>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" t="s">
         <v>57</v>
       </c>
       <c r="B33" t="s">
         <v>44</v>
       </c>
       <c r="C33">
         <v>2350</v>
       </c>
       <c r="D33">
         <v>14</v>
       </c>
       <c r="E33" t="s">
         <v>24</v>
       </c>
       <c r="F33" s="5">
-        <v>30.8</v>
+        <v>31.8</v>
       </c>
       <c r="G33">
-        <v>30.1</v>
+        <v>31.1</v>
       </c>
       <c r="H33">
-        <v>29.4</v>
+        <v>30.4</v>
       </c>
       <c r="I33">
-        <v>28.7</v>
+        <v>29.7</v>
       </c>
       <c r="J33">
-        <v>28.0</v>
+        <v>29.0</v>
       </c>
       <c r="K33">
-        <v>27.4</v>
+        <v>28.3</v>
       </c>
       <c r="L33">
-        <v>27.0</v>
+        <v>27.9</v>
       </c>
       <c r="M33">
-        <v>26.6</v>
+        <v>27.5</v>
       </c>
       <c r="N33">
-        <v>26.2</v>
+        <v>27.1</v>
       </c>
       <c r="O33">
-        <v>25.8</v>
+        <v>26.7</v>
       </c>
       <c r="P33">
-        <v>25.4</v>
+        <v>26.3</v>
       </c>
       <c r="Q33">
-        <v>25.0</v>
+        <v>25.9</v>
       </c>
       <c r="R33">
-        <v>25.0</v>
+        <v>25.9</v>
       </c>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" t="s">
         <v>58</v>
       </c>
       <c r="B34" t="s">
         <v>44</v>
       </c>
       <c r="C34">
-        <v>2200</v>
+        <v>2250</v>
       </c>
       <c r="D34">
         <v>12</v>
       </c>
       <c r="E34" t="s">
         <v>24</v>
       </c>
       <c r="F34" s="5">
+        <v>32.5</v>
+      </c>
+      <c r="G34">
+        <v>31.8</v>
+      </c>
+      <c r="H34">
         <v>31.1</v>
       </c>
-      <c r="G34">
+      <c r="I34">
         <v>30.4</v>
       </c>
-      <c r="H34">
+      <c r="J34">
         <v>29.7</v>
       </c>
-      <c r="I34">
-[...4 lines deleted...]
-      </c>
       <c r="K34">
-        <v>27.6</v>
+        <v>29.0</v>
       </c>
       <c r="L34">
-        <v>27.2</v>
+        <v>28.6</v>
       </c>
       <c r="M34">
-        <v>26.8</v>
+        <v>28.2</v>
       </c>
       <c r="N34">
-        <v>26.4</v>
+        <v>27.8</v>
       </c>
       <c r="O34">
-        <v>26.0</v>
+        <v>27.4</v>
       </c>
       <c r="P34">
-        <v>25.6</v>
+        <v>27.0</v>
       </c>
       <c r="Q34">
-        <v>25.2</v>
+        <v>26.6</v>
       </c>
       <c r="R34">
-        <v>25.2</v>
+        <v>26.6</v>
       </c>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" t="s">
         <v>59</v>
       </c>
       <c r="B35" t="s">
         <v>44</v>
       </c>
       <c r="C35">
-        <v>2300</v>
+        <v>2950</v>
       </c>
       <c r="D35">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E35" t="s">
         <v>24</v>
       </c>
       <c r="F35" s="5">
-        <v>31.7</v>
+        <v>49.1</v>
       </c>
       <c r="G35">
-        <v>31.0</v>
+        <v>48.0</v>
       </c>
       <c r="H35">
-        <v>30.3</v>
+        <v>46.90000000000001</v>
       </c>
       <c r="I35">
-        <v>29.6</v>
+        <v>45.8</v>
       </c>
       <c r="J35">
-        <v>28.9</v>
+        <v>44.7</v>
       </c>
       <c r="K35">
-        <v>28.2</v>
+        <v>43.6</v>
       </c>
       <c r="L35">
-        <v>27.8</v>
+        <v>43.0</v>
       </c>
       <c r="M35">
-        <v>27.4</v>
+        <v>42.4</v>
       </c>
       <c r="N35">
-        <v>27.0</v>
+        <v>41.8</v>
       </c>
       <c r="O35">
-        <v>26.6</v>
+        <v>41.2</v>
       </c>
       <c r="P35">
-        <v>26.2</v>
+        <v>40.6</v>
       </c>
       <c r="Q35">
-        <v>25.8</v>
+        <v>40.0</v>
       </c>
       <c r="R35">
-        <v>25.8</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" t="s">
         <v>60</v>
       </c>
       <c r="B36" t="s">
         <v>23</v>
       </c>
       <c r="C36">
-        <v>2250</v>
+        <v>3350</v>
       </c>
       <c r="D36">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E36" t="s">
         <v>24</v>
       </c>
       <c r="F36" s="5">
-        <v>35</v>
+        <v>44.5</v>
       </c>
       <c r="G36">
-        <v>34.2</v>
+        <v>43.5</v>
       </c>
       <c r="H36">
-        <v>33.4</v>
+        <v>42.5</v>
       </c>
       <c r="I36">
-        <v>32.6</v>
+        <v>41.5</v>
       </c>
       <c r="J36">
-        <v>31.8</v>
+        <v>40.3</v>
       </c>
       <c r="K36">
-        <v>31</v>
+        <v>39.3</v>
       </c>
       <c r="L36">
-        <v>30.6</v>
+        <v>38.4</v>
       </c>
       <c r="M36">
-        <v>30.2</v>
+        <v>37.8</v>
       </c>
       <c r="N36">
-        <v>29.8</v>
+        <v>37.3</v>
       </c>
       <c r="O36">
-        <v>29.4</v>
+        <v>36.7</v>
       </c>
       <c r="P36">
-        <v>29.0</v>
+        <v>36.2</v>
       </c>
       <c r="Q36">
-        <v>28.6</v>
+        <v>35.7</v>
       </c>
       <c r="R36">
-        <v>28.6</v>
+        <v>35.7</v>
       </c>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" t="s">
         <v>61</v>
       </c>
       <c r="B37" t="s">
         <v>44</v>
       </c>
       <c r="C37">
         <v>2250</v>
       </c>
       <c r="D37">
         <v>13</v>
       </c>
       <c r="E37" t="s">
         <v>24</v>
       </c>
       <c r="F37" s="5">
+        <v>27.5</v>
+      </c>
+      <c r="G37">
+        <v>26.9</v>
+      </c>
+      <c r="H37">
+        <v>26.3</v>
+      </c>
+      <c r="I37">
+        <v>25.7</v>
+      </c>
+      <c r="J37">
         <v>25.1</v>
       </c>
-      <c r="G37">
-[...10 lines deleted...]
-      </c>
       <c r="K37">
-        <v>23.0</v>
+        <v>24.5</v>
       </c>
       <c r="L37">
-        <v>22.7</v>
+        <v>24.1</v>
       </c>
       <c r="M37">
-        <v>22</v>
+        <v>23.7</v>
       </c>
       <c r="N37">
-        <v>20.7</v>
+        <v>23.3</v>
       </c>
       <c r="O37">
-        <v>19.6</v>
+        <v>22.9</v>
       </c>
       <c r="P37">
-        <v>18.8</v>
+        <v>22.5</v>
       </c>
       <c r="Q37">
-        <v>18.4</v>
+        <v>22.2</v>
       </c>
       <c r="R37">
-        <v>18.4</v>
+        <v>22.2</v>
       </c>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="41" spans="1:19" customHeight="1" ht="20">
       <c r="A41" s="3" t="s">
         <v>62</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="2"/>
       <c r="D41" s="2"/>
       <c r="E41" s="2"/>
       <c r="F41" s="2"/>
       <c r="G41" s="2"/>
       <c r="H41" s="2"/>
       <c r="I41" s="2"/>
       <c r="J41" s="2"/>
@@ -2363,152 +2363,152 @@
       </c>
       <c r="N44">
         <v>6450</v>
       </c>
       <c r="O44">
         <v>6360</v>
       </c>
       <c r="P44">
         <v>6270</v>
       </c>
       <c r="Q44">
         <v>6180</v>
       </c>
       <c r="R44">
         <v>6180</v>
       </c>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" t="s">
         <v>46</v>
       </c>
       <c r="B45" t="s">
         <v>23</v>
       </c>
       <c r="C45">
-        <v>1650</v>
+        <v>2650</v>
       </c>
       <c r="D45">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E45" t="s">
         <v>24</v>
       </c>
       <c r="F45" s="6">
-        <v>6600</v>
+        <v>9030</v>
       </c>
       <c r="G45">
-        <v>6440</v>
+        <v>8810</v>
       </c>
       <c r="H45">
-        <v>6280</v>
+        <v>8590</v>
       </c>
       <c r="I45">
-        <v>6120</v>
+        <v>8360</v>
       </c>
       <c r="J45">
-        <v>5980</v>
+        <v>8140</v>
       </c>
       <c r="K45">
-        <v>5830</v>
+        <v>7940</v>
       </c>
       <c r="L45">
-        <v>5750</v>
+        <v>7830</v>
       </c>
       <c r="M45">
-        <v>5660</v>
+        <v>7620</v>
       </c>
       <c r="N45">
-        <v>5580</v>
+        <v>7510</v>
       </c>
       <c r="O45">
-        <v>5490</v>
+        <v>7390</v>
       </c>
       <c r="P45">
-        <v>5410</v>
+        <v>7280</v>
       </c>
       <c r="Q45">
-        <v>5310</v>
+        <v>7080</v>
       </c>
       <c r="R45">
-        <v>5310</v>
+        <v>7080</v>
       </c>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" t="s">
         <v>47</v>
       </c>
       <c r="B46" t="s">
         <v>44</v>
       </c>
       <c r="C46">
-        <v>2250</v>
+        <v>2550</v>
       </c>
       <c r="D46">
         <v>12</v>
       </c>
       <c r="E46" t="s">
         <v>24</v>
       </c>
       <c r="F46" s="6">
-        <v>7250</v>
+        <v>7850</v>
       </c>
       <c r="G46">
-        <v>7130</v>
+        <v>7700</v>
       </c>
       <c r="H46">
-        <v>6980</v>
+        <v>7540</v>
       </c>
       <c r="I46">
-        <v>6710</v>
+        <v>7210</v>
       </c>
       <c r="J46">
-        <v>6510</v>
+        <v>6990</v>
       </c>
       <c r="K46">
-        <v>6250</v>
+        <v>6720</v>
       </c>
       <c r="L46">
-        <v>6120</v>
+        <v>6570</v>
       </c>
       <c r="M46">
+        <v>6360</v>
+      </c>
+      <c r="N46">
+        <v>6160</v>
+      </c>
+      <c r="O46">
         <v>5960</v>
       </c>
-      <c r="N46">
-[...2 lines deleted...]
-      <c r="O46">
+      <c r="P46">
+        <v>5790</v>
+      </c>
+      <c r="Q46">
         <v>5590</v>
       </c>
-      <c r="P46">
-[...4 lines deleted...]
-      </c>
       <c r="R46">
-        <v>5260</v>
+        <v>5590</v>
       </c>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" t="s">
         <v>48</v>
       </c>
       <c r="B47" t="s">
         <v>44</v>
       </c>
       <c r="C47">
         <v>2400</v>
       </c>
       <c r="D47">
         <v>13</v>
       </c>
       <c r="E47" t="s">
         <v>24</v>
       </c>
       <c r="F47" s="6">
         <v>8080</v>
       </c>
       <c r="G47">
         <v>7890</v>
       </c>
       <c r="H47">
@@ -2764,143 +2764,143 @@
       </c>
       <c r="Q51">
         <v>6300</v>
       </c>
       <c r="R51">
         <v>6300</v>
       </c>
     </row>
     <row r="52" spans="1:19">
       <c r="A52" t="s">
         <v>53</v>
       </c>
       <c r="B52" t="s">
         <v>44</v>
       </c>
       <c r="C52">
         <v>2310</v>
       </c>
       <c r="D52">
         <v>12</v>
       </c>
       <c r="E52" t="s">
         <v>24</v>
       </c>
       <c r="F52" s="6">
-        <v>6440</v>
+        <v>7200</v>
       </c>
       <c r="G52">
-        <v>6320</v>
+        <v>7030</v>
       </c>
       <c r="H52">
-        <v>6160</v>
+        <v>6840</v>
       </c>
       <c r="I52">
-        <v>6040</v>
+        <v>6690</v>
       </c>
       <c r="J52">
-        <v>5880</v>
+        <v>6530</v>
       </c>
       <c r="K52">
-        <v>5740</v>
+        <v>6370</v>
       </c>
       <c r="L52">
-        <v>5630</v>
+        <v>6290</v>
       </c>
       <c r="M52">
-        <v>5510</v>
+        <v>6190</v>
       </c>
       <c r="N52">
-        <v>5360</v>
+        <v>6110</v>
       </c>
       <c r="O52">
-        <v>5260</v>
+        <v>6020</v>
       </c>
       <c r="P52">
-        <v>5210</v>
+        <v>5940</v>
       </c>
       <c r="Q52">
-        <v>5160</v>
+        <v>5850</v>
       </c>
       <c r="R52">
-        <v>5160</v>
+        <v>5850</v>
       </c>
     </row>
     <row r="53" spans="1:19">
       <c r="A53" t="s">
         <v>22</v>
       </c>
       <c r="B53" t="s">
         <v>23</v>
       </c>
       <c r="C53">
         <v>1000</v>
       </c>
       <c r="D53">
         <v>1</v>
       </c>
       <c r="E53" t="s">
         <v>24</v>
       </c>
       <c r="F53" s="6">
-        <v>2020</v>
+        <v>2430</v>
       </c>
       <c r="G53">
-        <v>1970</v>
+        <v>2370</v>
       </c>
       <c r="H53">
-        <v>1920</v>
+        <v>2310</v>
       </c>
       <c r="I53">
+        <v>2240</v>
+      </c>
+      <c r="J53">
+        <v>2160</v>
+      </c>
+      <c r="K53">
+        <v>2110</v>
+      </c>
+      <c r="L53">
+        <v>2080</v>
+      </c>
+      <c r="M53">
+        <v>1960</v>
+      </c>
+      <c r="N53">
+        <v>1930</v>
+      </c>
+      <c r="O53">
+        <v>1900</v>
+      </c>
+      <c r="P53">
         <v>1870</v>
       </c>
-      <c r="J53">
-[...19 lines deleted...]
-      </c>
       <c r="Q53">
-        <v>1610</v>
+        <v>1770</v>
       </c>
       <c r="R53">
-        <v>1610</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="54" spans="1:19">
       <c r="A54" t="s">
         <v>54</v>
       </c>
       <c r="B54" t="s">
         <v>44</v>
       </c>
       <c r="C54">
         <v>2350</v>
       </c>
       <c r="D54">
         <v>14</v>
       </c>
       <c r="E54" t="s">
         <v>24</v>
       </c>
       <c r="F54" s="6">
         <v>10360</v>
       </c>
       <c r="G54">
         <v>10120</v>
       </c>
       <c r="H54">
@@ -3100,311 +3100,311 @@
       </c>
       <c r="Q57">
         <v>8280</v>
       </c>
       <c r="R57">
         <v>8280</v>
       </c>
     </row>
     <row r="58" spans="1:19">
       <c r="A58" t="s">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>44</v>
       </c>
       <c r="C58">
         <v>2350</v>
       </c>
       <c r="D58">
         <v>14</v>
       </c>
       <c r="E58" t="s">
         <v>24</v>
       </c>
       <c r="F58" s="6">
-        <v>8370</v>
+        <v>8650</v>
       </c>
       <c r="G58">
-        <v>8170</v>
+        <v>8440</v>
       </c>
       <c r="H58">
-        <v>7980</v>
+        <v>8240</v>
       </c>
       <c r="I58">
-        <v>7800</v>
+        <v>8050</v>
       </c>
       <c r="J58">
-        <v>7610</v>
+        <v>7860</v>
       </c>
       <c r="K58">
-        <v>7430</v>
+        <v>7670</v>
       </c>
       <c r="L58">
-        <v>7330</v>
+        <v>7570</v>
       </c>
       <c r="M58">
-        <v>7220</v>
+        <v>7450</v>
       </c>
       <c r="N58">
-        <v>7120</v>
+        <v>7350</v>
       </c>
       <c r="O58">
-        <v>7020</v>
+        <v>7240</v>
       </c>
       <c r="P58">
-        <v>6920</v>
+        <v>7140</v>
       </c>
       <c r="Q58">
-        <v>6820</v>
+        <v>7040</v>
       </c>
       <c r="R58">
-        <v>6820</v>
+        <v>7040</v>
       </c>
     </row>
     <row r="59" spans="1:19">
       <c r="A59" t="s">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>44</v>
       </c>
       <c r="C59">
-        <v>2200</v>
+        <v>2250</v>
       </c>
       <c r="D59">
         <v>12</v>
       </c>
       <c r="E59" t="s">
         <v>24</v>
       </c>
       <c r="F59" s="6">
+        <v>8850</v>
+      </c>
+      <c r="G59">
+        <v>8640</v>
+      </c>
+      <c r="H59">
         <v>8440</v>
       </c>
-      <c r="G59">
+      <c r="I59">
         <v>8240</v>
       </c>
-      <c r="H59">
+      <c r="J59">
         <v>8040</v>
       </c>
-      <c r="I59">
-[...4 lines deleted...]
-      </c>
       <c r="K59">
-        <v>7490</v>
+        <v>7850</v>
       </c>
       <c r="L59">
-        <v>7380</v>
+        <v>7750</v>
       </c>
       <c r="M59">
-        <v>7270</v>
+        <v>7630</v>
       </c>
       <c r="N59">
-        <v>7170</v>
+        <v>7520</v>
       </c>
       <c r="O59">
-        <v>7070</v>
+        <v>7420</v>
       </c>
       <c r="P59">
-        <v>6970</v>
+        <v>7310</v>
       </c>
       <c r="Q59">
-        <v>6870</v>
+        <v>7210</v>
       </c>
       <c r="R59">
-        <v>6870</v>
+        <v>7210</v>
       </c>
     </row>
     <row r="60" spans="1:19">
       <c r="A60" t="s">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>44</v>
       </c>
       <c r="C60">
-        <v>2300</v>
+        <v>2950</v>
       </c>
       <c r="D60">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="E60" t="s">
         <v>24</v>
       </c>
       <c r="F60" s="6">
-        <v>8610</v>
+        <v>12990</v>
       </c>
       <c r="G60">
-        <v>8400</v>
+        <v>12680</v>
       </c>
       <c r="H60">
-        <v>8200</v>
+        <v>12370</v>
       </c>
       <c r="I60">
-        <v>8020</v>
+        <v>12090</v>
       </c>
       <c r="J60">
-        <v>7820</v>
+        <v>11790</v>
       </c>
       <c r="K60">
-        <v>7640</v>
+        <v>11510</v>
       </c>
       <c r="L60">
-        <v>7530</v>
+        <v>11350</v>
       </c>
       <c r="M60">
-        <v>7420</v>
+        <v>11180</v>
       </c>
       <c r="N60">
-        <v>7320</v>
+        <v>11020</v>
       </c>
       <c r="O60">
-        <v>7210</v>
+        <v>10860</v>
       </c>
       <c r="P60">
-        <v>7110</v>
+        <v>10710</v>
       </c>
       <c r="Q60">
-        <v>7010</v>
+        <v>10550</v>
       </c>
       <c r="R60">
-        <v>7010</v>
+        <v>10550</v>
       </c>
     </row>
     <row r="61" spans="1:19">
       <c r="A61" t="s">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>23</v>
       </c>
       <c r="C61">
-        <v>2250</v>
+        <v>3350</v>
       </c>
       <c r="D61">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E61" t="s">
         <v>24</v>
       </c>
       <c r="F61" s="6">
-        <v>8900</v>
+        <v>11420</v>
       </c>
       <c r="G61">
-        <v>8680</v>
+        <v>11150</v>
       </c>
       <c r="H61">
-        <v>8470</v>
+        <v>10870</v>
       </c>
       <c r="I61">
-        <v>8250</v>
+        <v>10580</v>
       </c>
       <c r="J61">
-        <v>8060</v>
+        <v>10310</v>
       </c>
       <c r="K61">
-        <v>7860</v>
+        <v>10060</v>
       </c>
       <c r="L61">
-        <v>7750</v>
+        <v>9910</v>
       </c>
       <c r="M61">
-        <v>7630</v>
+        <v>9670</v>
       </c>
       <c r="N61">
-        <v>7520</v>
+        <v>9530</v>
       </c>
       <c r="O61">
-        <v>7400</v>
+        <v>9380</v>
       </c>
       <c r="P61">
-        <v>7290</v>
+        <v>9240</v>
       </c>
       <c r="Q61">
-        <v>7170</v>
+        <v>9020</v>
       </c>
       <c r="R61">
-        <v>7170</v>
+        <v>9020</v>
       </c>
     </row>
     <row r="62" spans="1:19">
       <c r="A62" t="s">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>44</v>
       </c>
       <c r="C62">
         <v>2250</v>
       </c>
       <c r="D62">
         <v>13</v>
       </c>
       <c r="E62" t="s">
         <v>24</v>
       </c>
       <c r="F62" s="6">
-        <v>6660</v>
+        <v>7490</v>
       </c>
       <c r="G62">
-        <v>6550</v>
+        <v>7320</v>
       </c>
       <c r="H62">
-        <v>6440</v>
+        <v>7140</v>
       </c>
       <c r="I62">
-        <v>6340</v>
+        <v>6980</v>
       </c>
       <c r="J62">
-        <v>6230</v>
+        <v>6810</v>
       </c>
       <c r="K62">
-        <v>6130</v>
+        <v>6650</v>
       </c>
       <c r="L62">
-        <v>6070</v>
+        <v>6560</v>
       </c>
       <c r="M62">
-        <v>5980</v>
+        <v>6460</v>
       </c>
       <c r="N62">
-        <v>5860</v>
+        <v>6370</v>
       </c>
       <c r="O62">
-        <v>5620</v>
+        <v>6290</v>
       </c>
       <c r="P62">
-        <v>5530</v>
+        <v>6200</v>
       </c>
       <c r="Q62">
-        <v>5460</v>
+        <v>6110</v>
       </c>
       <c r="R62">
-        <v>5460</v>
+        <v>6110</v>
       </c>
     </row>
     <row r="63" spans="1:19">
       <c r="A63" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65" spans="1:19">
       <c r="A65" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection password="F3DC" sheet="1" insertRows="1" sort="1"/>
   <mergeCells>
     <mergeCell ref="A1:D3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A7:R7"/>
     <mergeCell ref="A8:R8"/>
     <mergeCell ref="A9:R9"/>
     <mergeCell ref="A10:R10"/>
     <mergeCell ref="A13:R13"/>
     <mergeCell ref="A14:R14"/>
     <mergeCell ref="A15:R15"/>
     <mergeCell ref="A16:R16"/>