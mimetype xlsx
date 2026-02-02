--- v0 (2025-10-17)
+++ v1 (2026-02-02)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
-  <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Позвоните нам и наши менеджеры рассчитают стоимость Вашей перевозки!</t>
   </si>
   <si>
     <t>Телефон: +7 (812) 347-79-00</t>
   </si>
   <si>
     <t>Сайт: http://www.railcontinent.ru/</t>
   </si>
   <si>
     <t>Тарифы в город КАЛИНИНГРАД руб/кг</t>
   </si>
   <si>
     <t>Из города</t>
   </si>
   <si>
     <t>Скоростной режим</t>
   </si>
   <si>
     <t>Мин. цена</t>
@@ -145,150 +145,136 @@
   <si>
     <t>10- 14.99</t>
   </si>
   <si>
     <t>15- 19.99</t>
   </si>
   <si>
     <t>20- 24.99</t>
   </si>
   <si>
     <t>25- 29.99</t>
   </si>
   <si>
     <t>30- 39.99</t>
   </si>
   <si>
     <t>40- 69.99</t>
   </si>
   <si>
     <t>70 и более</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="7"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...8 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
-[...2 lines deleted...]
-    </xf>
+  <cellXfs count="7">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
-[...4 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="3" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lo1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20f39754899fce9b8e0787eb9d3a669.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2095500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Рейл Континент" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -572,106 +558,94 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:S17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F14" sqref="F14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="11.665039" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14.831264" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="11.665" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14.831" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.5" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.5" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.5" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.5" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.5" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.5" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.5" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.5" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.5" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.5" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.5" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.5" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.5" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.5" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.5" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.5" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.5" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19">
-      <c r="A1" s="0"/>
-[...2 lines deleted...]
-      <c r="D1" s="0"/>
       <c r="R1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:19">
-      <c r="A2" s="0"/>
-[...2 lines deleted...]
-      <c r="D2" s="0"/>
       <c r="R2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:19">
-      <c r="A3" s="0"/>
-[...2 lines deleted...]
-      <c r="D3" s="0"/>
       <c r="R3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:19" customHeight="1" ht="20">
       <c r="A4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
@@ -711,224 +685,170 @@
         <v>14</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P5" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R5" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:19">
-      <c r="A6" s="6" t="s">
+      <c r="A6" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="B6" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="6">
+      <c r="C6">
         <v>3020</v>
       </c>
-      <c r="D6" s="6">
+      <c r="D6">
         <v>7</v>
       </c>
-      <c r="E6" s="6" t="s">
+      <c r="E6" t="s">
         <v>24</v>
       </c>
-      <c r="F6" s="7">
+      <c r="F6" s="5">
         <v>71.8</v>
       </c>
-      <c r="G6" s="6">
-[...2 lines deleted...]
-      <c r="H6" s="6">
+      <c r="G6">
+        <v>70.099999999999994</v>
+      </c>
+      <c r="H6">
         <v>68.40000000000001</v>
       </c>
-      <c r="I6" s="6">
+      <c r="I6">
         <v>66.7</v>
       </c>
-      <c r="J6" s="6">
-[...2 lines deleted...]
-      <c r="K6" s="6">
+      <c r="J6">
+        <v>65.099999999999994</v>
+      </c>
+      <c r="K6">
         <v>63.5</v>
       </c>
-      <c r="L6" s="6">
+      <c r="L6">
         <v>62.6</v>
       </c>
-      <c r="M6" s="6">
+      <c r="M6">
         <v>61.7</v>
       </c>
-      <c r="N6" s="6">
+      <c r="N6">
         <v>60.8</v>
       </c>
-      <c r="O6" s="6">
+      <c r="O6">
         <v>59.9</v>
       </c>
-      <c r="P6" s="6">
-[...2 lines deleted...]
-      <c r="Q6" s="6">
+      <c r="P6">
+        <v>59.0</v>
+      </c>
+      <c r="Q6">
         <v>58.1</v>
       </c>
-      <c r="R6" s="6">
+      <c r="R6">
         <v>58.1</v>
       </c>
     </row>
     <row r="7" spans="1:19">
-      <c r="A7" s="0" t="s">
+      <c r="A7" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="0" t="s">
+      <c r="B7" t="s">
         <v>23</v>
       </c>
-      <c r="C7" s="0">
+      <c r="C7">
         <v>2100</v>
       </c>
-      <c r="D7" s="0">
+      <c r="D7">
         <v>6</v>
       </c>
-      <c r="E7" s="0" t="s">
+      <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="5">
         <v>54.5</v>
       </c>
-      <c r="G7" s="0">
+      <c r="G7">
         <v>53.2</v>
       </c>
-      <c r="H7" s="0">
+      <c r="H7">
         <v>51.9</v>
       </c>
-      <c r="I7" s="0">
+      <c r="I7">
         <v>50.6</v>
       </c>
-      <c r="J7" s="0">
+      <c r="J7">
         <v>49.4</v>
       </c>
-      <c r="K7" s="0">
+      <c r="K7">
         <v>48.2</v>
       </c>
-      <c r="L7" s="0">
+      <c r="L7">
         <v>47.5</v>
       </c>
-      <c r="M7" s="0">
+      <c r="M7">
         <v>46.8</v>
       </c>
-      <c r="N7" s="0">
+      <c r="N7">
         <v>46.1</v>
       </c>
-      <c r="O7" s="0">
+      <c r="O7">
         <v>45.4</v>
       </c>
-      <c r="P7" s="0">
+      <c r="P7">
         <v>44.7</v>
       </c>
-      <c r="Q7" s="0">
+      <c r="Q7">
         <v>44</v>
       </c>
-      <c r="R7" s="0">
+      <c r="R7">
         <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:19">
-      <c r="A8" s="0" t="s">
+      <c r="A8" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="0"/>
-[...35 lines deleted...]
-      <c r="R9" s="0"/>
     </row>
     <row r="10" spans="1:19">
-      <c r="A10" s="0" t="s">
+      <c r="A10" t="s">
         <v>27</v>
       </c>
-      <c r="B10" s="0"/>
-[...15 lines deleted...]
-      <c r="R10" s="0"/>
     </row>
     <row r="11" spans="1:19" customHeight="1" ht="20">
       <c r="A11" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
       <c r="J11" s="2"/>
       <c r="K11" s="2"/>
       <c r="L11" s="2"/>
       <c r="M11" s="2"/>
       <c r="N11" s="2"/>
       <c r="O11" s="2"/>
       <c r="P11" s="2"/>
       <c r="Q11" s="2"/>
       <c r="R11" s="2"/>
     </row>
     <row r="12" spans="1:19" customHeight="1" ht="21">
       <c r="A12" s="4" t="s">
@@ -965,270 +885,209 @@
         <v>34</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P12" s="4" t="s">
         <v>39</v>
       </c>
       <c r="Q12" s="4" t="s">
         <v>40</v>
       </c>
       <c r="R12" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:19">
-      <c r="A13" s="6" t="s">
+      <c r="A13" t="s">
         <v>22</v>
       </c>
-      <c r="B13" s="6" t="s">
+      <c r="B13" t="s">
         <v>23</v>
       </c>
-      <c r="C13" s="6">
+      <c r="C13">
         <v>3020</v>
       </c>
-      <c r="D13" s="6">
+      <c r="D13">
         <v>7</v>
       </c>
-      <c r="E13" s="6" t="s">
+      <c r="E13" t="s">
         <v>24</v>
       </c>
-      <c r="F13" s="9">
+      <c r="F13" s="6">
         <v>17970</v>
       </c>
-      <c r="G13" s="6">
+      <c r="G13">
         <v>17530</v>
       </c>
-      <c r="H13" s="6">
+      <c r="H13">
         <v>17100</v>
       </c>
-      <c r="I13" s="6">
+      <c r="I13">
         <v>16690</v>
       </c>
-      <c r="J13" s="6">
+      <c r="J13">
         <v>16280</v>
       </c>
-      <c r="K13" s="6">
+      <c r="K13">
         <v>15880</v>
       </c>
-      <c r="L13" s="6">
+      <c r="L13">
         <v>15640</v>
       </c>
-      <c r="M13" s="6">
+      <c r="M13">
         <v>15420</v>
       </c>
-      <c r="N13" s="6">
+      <c r="N13">
         <v>15180</v>
       </c>
-      <c r="O13" s="6">
+      <c r="O13">
         <v>14960</v>
       </c>
-      <c r="P13" s="6">
+      <c r="P13">
         <v>14750</v>
       </c>
-      <c r="Q13" s="6">
+      <c r="Q13">
         <v>14520</v>
       </c>
-      <c r="R13" s="6">
+      <c r="R13">
         <v>14520</v>
       </c>
     </row>
     <row r="14" spans="1:19">
-      <c r="A14" s="0" t="s">
+      <c r="A14" t="s">
         <v>25</v>
       </c>
-      <c r="B14" s="0" t="s">
+      <c r="B14" t="s">
         <v>23</v>
       </c>
-      <c r="C14" s="0">
+      <c r="C14">
         <v>2100</v>
       </c>
-      <c r="D14" s="0">
+      <c r="D14">
         <v>6</v>
       </c>
-      <c r="E14" s="0" t="s">
+      <c r="E14" t="s">
         <v>24</v>
       </c>
-      <c r="F14" s="8">
+      <c r="F14" s="6">
         <v>13610</v>
       </c>
-      <c r="G14" s="0">
+      <c r="G14">
         <v>13280</v>
       </c>
-      <c r="H14" s="0">
+      <c r="H14">
         <v>12950</v>
       </c>
-      <c r="I14" s="0">
+      <c r="I14">
         <v>12640</v>
       </c>
-      <c r="J14" s="0">
+      <c r="J14">
         <v>12330</v>
       </c>
-      <c r="K14" s="0">
+      <c r="K14">
         <v>12030</v>
       </c>
-      <c r="L14" s="0">
+      <c r="L14">
         <v>11850</v>
       </c>
-      <c r="M14" s="0">
+      <c r="M14">
         <v>11680</v>
       </c>
-      <c r="N14" s="0">
+      <c r="N14">
         <v>11500</v>
       </c>
-      <c r="O14" s="0">
+      <c r="O14">
         <v>11330</v>
       </c>
-      <c r="P14" s="0">
+      <c r="P14">
         <v>11170</v>
       </c>
-      <c r="Q14" s="0">
+      <c r="Q14">
         <v>11000</v>
       </c>
-      <c r="R14" s="0">
+      <c r="R14">
         <v>11000</v>
       </c>
     </row>
     <row r="15" spans="1:19">
-      <c r="A15" s="0" t="s">
+      <c r="A15" t="s">
         <v>26</v>
       </c>
-      <c r="B15" s="0"/>
-[...35 lines deleted...]
-      <c r="R16" s="0"/>
     </row>
     <row r="17" spans="1:19">
-      <c r="A17" s="0" t="s">
+      <c r="A17" t="s">
         <v>27</v>
       </c>
-      <c r="B17" s="0"/>
-[...15 lines deleted...]
-      <c r="R17" s="0"/>
     </row>
   </sheetData>
-  <sheetProtection password="BEF2A0" sheet="true" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="true" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="true" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <sheetProtection password="F3DC" sheet="1" insertRows="1" sort="1"/>
   <mergeCells>
     <mergeCell ref="A1:D3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A8:R8"/>
     <mergeCell ref="A9:R9"/>
     <mergeCell ref="A10:R10"/>
     <mergeCell ref="A11:R11"/>
     <mergeCell ref="A15:R15"/>
     <mergeCell ref="A16:R16"/>
     <mergeCell ref="A17:R17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
-  <pageMargins left="0.7" right="0.7" top="0.1968503937007874" bottom="0.1968503937007874" header="0.3" footer="0.3"/>
-[...8 lines deleted...]
-  </headerFooter>
+  <pageMargins left="0.7" right="0.7" top="0.19685039370079" bottom="0.19685039370079" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft Corporation</Company>
+  <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>