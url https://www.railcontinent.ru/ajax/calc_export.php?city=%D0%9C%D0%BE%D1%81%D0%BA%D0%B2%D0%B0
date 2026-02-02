--- v0 (2025-10-30)
+++ v1 (2026-02-02)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
-  <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Позвоните нам и наши менеджеры рассчитают стоимость Вашей перевозки!</t>
   </si>
   <si>
     <t>Телефон: +7 (495) 737-33-00</t>
   </si>
   <si>
     <t>Сайт: http://www.railcontinent.ru/</t>
   </si>
   <si>
     <t>Тарифы из города МОСКВА руб/кг</t>
   </si>
   <si>
     <t>В город</t>
   </si>
   <si>
     <t>Скоростной режим</t>
   </si>
   <si>
     <t>Мин. цена</t>
@@ -361,150 +361,136 @@
   <si>
     <t>25- 29.99</t>
   </si>
   <si>
     <t>30- 39.99</t>
   </si>
   <si>
     <t>40- 69.99</t>
   </si>
   <si>
     <t>70 и более</t>
   </si>
   <si>
     <t>Тарифы в город МОСКВА руб/кг</t>
   </si>
   <si>
     <t>Из города</t>
   </si>
   <si>
     <t>Тарифы в город МОСКВА руб/м3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="7"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...8 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
-[...2 lines deleted...]
-    </xf>
+  <cellXfs count="7">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
-[...4 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="3" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lo1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20f39754899fce9b8e0787eb9d3a669.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2095500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Рейл Континент" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -788,106 +774,94 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:S261"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F258" sqref="F258"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="20.830427" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14.831264" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="20.83" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14.831" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.5" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.5" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.5" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.5" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.5" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.5" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.5" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.5" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.5" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.5" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.5" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.5" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.5" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.5" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.5" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.5" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.5" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19">
-      <c r="A1" s="0"/>
-[...2 lines deleted...]
-      <c r="D1" s="0"/>
       <c r="R1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:19">
-      <c r="A2" s="0"/>
-[...2 lines deleted...]
-      <c r="D2" s="0"/>
       <c r="R2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:19">
-      <c r="A3" s="0"/>
-[...2 lines deleted...]
-      <c r="D3" s="0"/>
       <c r="R3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:19" customHeight="1" ht="20">
       <c r="A4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
@@ -927,5096 +901,5042 @@
         <v>14</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P5" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R5" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:19">
-      <c r="A6" s="6" t="s">
+      <c r="A6" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="B6" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="6">
+      <c r="C6">
         <v>2020</v>
       </c>
-      <c r="D6" s="6">
+      <c r="D6">
         <v>19</v>
       </c>
-      <c r="E6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="7">
+      <c r="E6" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" s="5">
         <v>28.8</v>
       </c>
-      <c r="G6" s="6">
+      <c r="G6">
         <v>28.1</v>
       </c>
-      <c r="H6" s="6">
+      <c r="H6">
         <v>27.4</v>
       </c>
-      <c r="I6" s="6">
+      <c r="I6">
         <v>26.7</v>
       </c>
-      <c r="J6" s="6">
-[...2 lines deleted...]
-      <c r="K6" s="6">
+      <c r="J6">
+        <v>26.0</v>
+      </c>
+      <c r="K6">
         <v>25.3</v>
       </c>
-      <c r="L6" s="6">
+      <c r="L6">
         <v>25</v>
       </c>
-      <c r="M6" s="6">
+      <c r="M6">
         <v>24.7</v>
       </c>
-      <c r="N6" s="6">
+      <c r="N6">
         <v>24.4</v>
       </c>
-      <c r="O6" s="6">
+      <c r="O6">
         <v>24.1</v>
       </c>
-      <c r="P6" s="6">
+      <c r="P6">
         <v>23.8</v>
       </c>
-      <c r="Q6" s="6">
+      <c r="Q6">
         <v>23.5</v>
       </c>
-      <c r="R6" s="6">
+      <c r="R6">
         <v>23.5</v>
       </c>
     </row>
     <row r="7" spans="1:19">
-      <c r="A7" s="0" t="s">
+      <c r="A7" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="0">
+      <c r="B7" t="s">
+        <v>26</v>
+      </c>
+      <c r="C7">
         <v>1200</v>
       </c>
-      <c r="D7" s="0">
+      <c r="D7">
         <v>4</v>
       </c>
-      <c r="E7" s="0" t="s">
+      <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="5">
+        <v>28</v>
+      </c>
+      <c r="G7">
+        <v>26.4</v>
+      </c>
+      <c r="H7">
+        <v>25.3</v>
+      </c>
+      <c r="I7">
+        <v>24.7</v>
+      </c>
+      <c r="J7">
+        <v>24.1</v>
+      </c>
+      <c r="K7">
+        <v>23.5</v>
+      </c>
+      <c r="L7">
+        <v>23.2</v>
+      </c>
+      <c r="M7">
+        <v>22.9</v>
+      </c>
+      <c r="N7">
+        <v>22.6</v>
+      </c>
+      <c r="O7">
+        <v>22.3</v>
+      </c>
+      <c r="P7">
+        <v>22</v>
+      </c>
+      <c r="Q7">
+        <v>21.7</v>
+      </c>
+      <c r="R7">
+        <v>21.7</v>
+      </c>
+    </row>
+    <row r="8" spans="1:19">
+      <c r="A8" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8">
+        <v>850</v>
+      </c>
+      <c r="D8">
+        <v>3</v>
+      </c>
+      <c r="E8" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" s="5">
+        <v>24.9</v>
+      </c>
+      <c r="G8">
         <v>24.3</v>
       </c>
-      <c r="G7" s="0">
+      <c r="H8">
         <v>23.7</v>
       </c>
-      <c r="H7" s="0">
+      <c r="I8">
         <v>23.1</v>
       </c>
-      <c r="I7" s="0">
+      <c r="J8">
         <v>22.5</v>
       </c>
-      <c r="J7" s="0">
+      <c r="K8">
         <v>22</v>
       </c>
-      <c r="K7" s="0">
-[...58 lines deleted...]
-      <c r="L8" s="6">
+      <c r="L8">
         <v>21.7</v>
       </c>
-      <c r="M8" s="6">
+      <c r="M8">
         <v>21.4</v>
       </c>
-      <c r="N8" s="6">
+      <c r="N8">
         <v>21.1</v>
       </c>
-      <c r="O8" s="6">
+      <c r="O8">
         <v>20.8</v>
       </c>
-      <c r="P8" s="6">
+      <c r="P8">
         <v>20.5</v>
       </c>
-      <c r="Q8" s="6">
+      <c r="Q8">
         <v>20.2</v>
       </c>
-      <c r="R8" s="6">
+      <c r="R8">
         <v>20.2</v>
       </c>
     </row>
     <row r="9" spans="1:19">
-      <c r="A9" s="0" t="s">
+      <c r="A9" t="s">
         <v>28</v>
       </c>
-      <c r="B9" s="0" t="s">
+      <c r="B9" t="s">
         <v>29</v>
       </c>
-      <c r="C9" s="0">
+      <c r="C9">
         <v>1650</v>
       </c>
-      <c r="D9" s="0">
+      <c r="D9">
         <v>10</v>
       </c>
-      <c r="E9" s="0" t="s">
+      <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="5">
+        <v>13.9</v>
+      </c>
+      <c r="G9">
+        <v>13.6</v>
+      </c>
+      <c r="H9">
+        <v>13.3</v>
+      </c>
+      <c r="I9">
+        <v>13</v>
+      </c>
+      <c r="J9">
+        <v>12.7</v>
+      </c>
+      <c r="K9">
+        <v>12.4</v>
+      </c>
+      <c r="L9">
         <v>12.2</v>
       </c>
-      <c r="G9" s="0">
-[...2 lines deleted...]
-      <c r="H9" s="0">
+      <c r="M9">
+        <v>12</v>
+      </c>
+      <c r="N9">
+        <v>11.8</v>
+      </c>
+      <c r="O9">
         <v>11.6</v>
       </c>
-      <c r="I9" s="0">
-[...17 lines deleted...]
-      <c r="O9" s="0">
+      <c r="P9">
+        <v>11.4</v>
+      </c>
+      <c r="Q9">
+        <v>11.2</v>
+      </c>
+      <c r="R9">
+        <v>11.2</v>
+      </c>
+    </row>
+    <row r="10" spans="1:19">
+      <c r="A10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" t="s">
+        <v>29</v>
+      </c>
+      <c r="C10">
+        <v>2600</v>
+      </c>
+      <c r="D10">
         <v>10</v>
       </c>
-      <c r="P9" s="0">
-[...10 lines deleted...]
-      <c r="A10" s="6" t="s">
+      <c r="E10" t="s">
+        <v>30</v>
+      </c>
+      <c r="F10" s="5">
+        <v>17.2</v>
+      </c>
+      <c r="G10">
+        <v>16.8</v>
+      </c>
+      <c r="H10">
+        <v>16.4</v>
+      </c>
+      <c r="I10">
+        <v>16</v>
+      </c>
+      <c r="J10">
+        <v>15.6</v>
+      </c>
+      <c r="K10">
+        <v>15.2</v>
+      </c>
+      <c r="L10">
+        <v>15</v>
+      </c>
+      <c r="M10">
+        <v>14.8</v>
+      </c>
+      <c r="N10">
+        <v>14.6</v>
+      </c>
+      <c r="O10">
+        <v>14.4</v>
+      </c>
+      <c r="P10">
+        <v>14.2</v>
+      </c>
+      <c r="Q10">
+        <v>14</v>
+      </c>
+      <c r="R10">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="11" spans="1:19">
+      <c r="A11" t="s">
         <v>28</v>
       </c>
-      <c r="B10" s="6" t="s">
-[...58 lines deleted...]
-      <c r="C11" s="0">
+      <c r="B11" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11">
         <v>1500</v>
       </c>
-      <c r="D11" s="0">
+      <c r="D11">
         <v>7</v>
       </c>
-      <c r="E11" s="0" t="s">
+      <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" s="5">
         <v>32</v>
       </c>
-      <c r="G11" s="0">
+      <c r="G11">
         <v>31.5</v>
       </c>
-      <c r="H11" s="0">
+      <c r="H11">
         <v>31</v>
       </c>
-      <c r="I11" s="0">
+      <c r="I11">
         <v>30.5</v>
       </c>
-      <c r="J11" s="0">
+      <c r="J11">
         <v>30</v>
       </c>
-      <c r="K11" s="0">
+      <c r="K11">
         <v>29.5</v>
       </c>
-      <c r="L11" s="0">
+      <c r="L11">
         <v>29</v>
       </c>
-      <c r="M11" s="0">
+      <c r="M11">
         <v>28.5</v>
       </c>
-      <c r="N11" s="0">
+      <c r="N11">
         <v>28</v>
       </c>
-      <c r="O11" s="0">
+      <c r="O11">
         <v>27.5</v>
       </c>
-      <c r="P11" s="0">
+      <c r="P11">
         <v>27</v>
       </c>
-      <c r="Q11" s="0">
+      <c r="Q11">
         <v>26.5</v>
       </c>
-      <c r="R11" s="0">
+      <c r="R11">
         <v>26.5</v>
       </c>
     </row>
     <row r="12" spans="1:19">
-      <c r="A12" s="6" t="s">
+      <c r="A12" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="6" t="s">
+      <c r="B12" t="s">
         <v>23</v>
       </c>
-      <c r="C12" s="6">
+      <c r="C12">
         <v>3300</v>
       </c>
-      <c r="D12" s="6">
+      <c r="D12">
         <v>18</v>
       </c>
-      <c r="E12" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F12" s="7">
+      <c r="E12" t="s">
+        <v>24</v>
+      </c>
+      <c r="F12" s="5">
         <v>47.2</v>
       </c>
-      <c r="G12" s="6">
+      <c r="G12">
         <v>46.4</v>
       </c>
-      <c r="H12" s="6">
+      <c r="H12">
         <v>45.6</v>
       </c>
-      <c r="I12" s="6">
+      <c r="I12">
         <v>44.9</v>
       </c>
-      <c r="J12" s="6">
+      <c r="J12">
         <v>44.1</v>
       </c>
-      <c r="K12" s="6">
+      <c r="K12">
         <v>43.4</v>
       </c>
-      <c r="L12" s="6">
-[...2 lines deleted...]
-      <c r="M12" s="6">
+      <c r="L12">
+        <v>43.0</v>
+      </c>
+      <c r="M12">
         <v>42.6</v>
       </c>
-      <c r="N12" s="6">
+      <c r="N12">
         <v>42.1</v>
       </c>
-      <c r="O12" s="6">
+      <c r="O12">
         <v>41.7</v>
       </c>
-      <c r="P12" s="6">
+      <c r="P12">
         <v>41.3</v>
       </c>
-      <c r="Q12" s="6">
+      <c r="Q12">
         <v>40.9</v>
       </c>
-      <c r="R12" s="6">
+      <c r="R12">
         <v>40.9</v>
       </c>
     </row>
     <row r="13" spans="1:19">
-      <c r="A13" s="0" t="s">
+      <c r="A13" t="s">
         <v>32</v>
       </c>
-      <c r="B13" s="0" t="s">
+      <c r="B13" t="s">
         <v>29</v>
       </c>
-      <c r="C13" s="0">
+      <c r="C13">
         <v>1750</v>
       </c>
-      <c r="D13" s="0">
+      <c r="D13">
         <v>18</v>
       </c>
-      <c r="E13" s="0" t="s">
+      <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" s="5">
         <v>28</v>
       </c>
-      <c r="G13" s="0">
+      <c r="G13">
         <v>28</v>
       </c>
-      <c r="H13" s="0">
+      <c r="H13">
         <v>28</v>
       </c>
-      <c r="I13" s="0">
+      <c r="I13">
         <v>27.5</v>
       </c>
-      <c r="J13" s="0">
+      <c r="J13">
         <v>27</v>
       </c>
-      <c r="K13" s="0">
+      <c r="K13">
         <v>27</v>
       </c>
-      <c r="L13" s="0">
-[...2 lines deleted...]
-      <c r="M13" s="0">
+      <c r="L13">
+        <v>26</v>
+      </c>
+      <c r="M13">
         <v>25</v>
       </c>
-      <c r="N13" s="0">
+      <c r="N13">
         <v>25</v>
       </c>
-      <c r="O13" s="0">
+      <c r="O13">
         <v>25</v>
       </c>
-      <c r="P13" s="0">
+      <c r="P13">
         <v>25</v>
       </c>
-      <c r="Q13" s="0">
+      <c r="Q13">
         <v>25</v>
       </c>
-      <c r="R13" s="0">
+      <c r="R13">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:19">
-      <c r="A14" s="6" t="s">
+      <c r="A14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="6">
+      <c r="B14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C14">
         <v>3000</v>
       </c>
-      <c r="D14" s="6">
+      <c r="D14">
         <v>12</v>
       </c>
-      <c r="E14" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F14" s="7">
+      <c r="E14" t="s">
+        <v>24</v>
+      </c>
+      <c r="F14" s="5">
         <v>40</v>
       </c>
-      <c r="G14" s="6">
+      <c r="G14">
         <v>40</v>
       </c>
-      <c r="H14" s="6">
+      <c r="H14">
         <v>40</v>
       </c>
-      <c r="I14" s="6">
+      <c r="I14">
         <v>39</v>
       </c>
-      <c r="J14" s="6">
+      <c r="J14">
         <v>39</v>
       </c>
-      <c r="K14" s="6">
+      <c r="K14">
         <v>38</v>
       </c>
-      <c r="L14" s="6">
+      <c r="L14">
         <v>38</v>
       </c>
-      <c r="M14" s="6">
+      <c r="M14">
         <v>38</v>
       </c>
-      <c r="N14" s="6">
+      <c r="N14">
         <v>38</v>
       </c>
-      <c r="O14" s="6">
+      <c r="O14">
         <v>38</v>
       </c>
-      <c r="P14" s="6">
+      <c r="P14">
         <v>38</v>
       </c>
-      <c r="Q14" s="6">
+      <c r="Q14">
         <v>38</v>
       </c>
-      <c r="R14" s="6">
+      <c r="R14">
         <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:19">
-      <c r="A15" s="0" t="s">
+      <c r="A15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" s="0" t="s">
+      <c r="B15" t="s">
         <v>23</v>
       </c>
-      <c r="C15" s="0">
+      <c r="C15">
         <v>8050</v>
       </c>
-      <c r="D15" s="0">
+      <c r="D15">
         <v>13</v>
       </c>
-      <c r="E15" s="0" t="s">
+      <c r="E15" t="s">
         <v>24</v>
       </c>
       <c r="F15" s="5">
         <v>31.9</v>
       </c>
-      <c r="G15" s="0">
+      <c r="G15">
         <v>30.9</v>
       </c>
-      <c r="H15" s="0">
+      <c r="H15">
         <v>30.4</v>
       </c>
-      <c r="I15" s="0">
+      <c r="I15">
         <v>29.6</v>
       </c>
-      <c r="J15" s="0">
-[...2 lines deleted...]
-      <c r="K15" s="0">
+      <c r="J15">
+        <v>29.099999999999998</v>
+      </c>
+      <c r="K15">
         <v>28.6</v>
       </c>
-      <c r="L15" s="0">
+      <c r="L15">
         <v>27.9</v>
       </c>
-      <c r="M15" s="0">
+      <c r="M15">
         <v>27.4</v>
       </c>
-      <c r="N15" s="0">
+      <c r="N15">
         <v>26.1</v>
       </c>
-      <c r="O15" s="0">
+      <c r="O15">
         <v>25.3</v>
       </c>
-      <c r="P15" s="0">
+      <c r="P15">
         <v>24.8</v>
       </c>
-      <c r="Q15" s="0">
+      <c r="Q15">
         <v>24.4</v>
       </c>
-      <c r="R15" s="0">
+      <c r="R15">
         <v>24.4</v>
       </c>
     </row>
     <row r="16" spans="1:19">
-      <c r="A16" s="6" t="s">
+      <c r="A16" t="s">
         <v>34</v>
       </c>
-      <c r="B16" s="6" t="s">
+      <c r="B16" t="s">
         <v>23</v>
       </c>
-      <c r="C16" s="6">
+      <c r="C16">
         <v>4300</v>
       </c>
-      <c r="D16" s="6">
+      <c r="D16">
         <v>18</v>
       </c>
-      <c r="E16" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F16" s="7">
+      <c r="E16" t="s">
+        <v>24</v>
+      </c>
+      <c r="F16" s="5">
         <v>55.7</v>
       </c>
-      <c r="G16" s="6">
+      <c r="G16">
         <v>54.9</v>
       </c>
-      <c r="H16" s="6">
+      <c r="H16">
         <v>54.1</v>
       </c>
-      <c r="I16" s="6">
+      <c r="I16">
         <v>53.4</v>
       </c>
-      <c r="J16" s="6">
+      <c r="J16">
         <v>52.6</v>
       </c>
-      <c r="K16" s="6">
+      <c r="K16">
         <v>51.9</v>
       </c>
-      <c r="L16" s="6">
+      <c r="L16">
         <v>51.5</v>
       </c>
-      <c r="M16" s="6">
+      <c r="M16">
         <v>51.1</v>
       </c>
-      <c r="N16" s="6">
+      <c r="N16">
         <v>50.6</v>
       </c>
-      <c r="O16" s="6">
+      <c r="O16">
         <v>50.2</v>
       </c>
-      <c r="P16" s="6">
+      <c r="P16">
         <v>49.8</v>
       </c>
-      <c r="Q16" s="6">
+      <c r="Q16">
         <v>49.4</v>
       </c>
-      <c r="R16" s="6">
+      <c r="R16">
         <v>49.4</v>
       </c>
     </row>
     <row r="17" spans="1:19">
-      <c r="A17" s="0" t="s">
+      <c r="A17" t="s">
         <v>35</v>
       </c>
-      <c r="B17" s="0" t="s">
+      <c r="B17" t="s">
         <v>29</v>
       </c>
-      <c r="C17" s="0">
+      <c r="C17">
         <v>1000</v>
       </c>
-      <c r="D17" s="0">
+      <c r="D17">
         <v>19</v>
       </c>
-      <c r="E17" s="0" t="s">
+      <c r="E17" t="s">
         <v>24</v>
       </c>
       <c r="F17" s="5">
         <v>29</v>
       </c>
-      <c r="G17" s="0">
+      <c r="G17">
         <v>28.9</v>
       </c>
-      <c r="H17" s="0">
+      <c r="H17">
         <v>28.7</v>
       </c>
-      <c r="I17" s="0">
+      <c r="I17">
         <v>28.5</v>
       </c>
-      <c r="J17" s="0">
+      <c r="J17">
         <v>28.3</v>
       </c>
-      <c r="K17" s="0">
+      <c r="K17">
         <v>27.8</v>
       </c>
-      <c r="L17" s="0">
+      <c r="L17">
         <v>27.3</v>
       </c>
-      <c r="M17" s="0">
+      <c r="M17">
         <v>26.7</v>
       </c>
-      <c r="N17" s="0">
+      <c r="N17">
         <v>26.4</v>
       </c>
-      <c r="O17" s="0">
+      <c r="O17">
         <v>26.2</v>
       </c>
-      <c r="P17" s="0">
-[...2 lines deleted...]
-      <c r="Q17" s="0">
+      <c r="P17">
+        <v>26</v>
+      </c>
+      <c r="Q17">
         <v>25.5</v>
       </c>
-      <c r="R17" s="0">
+      <c r="R17">
         <v>25.5</v>
       </c>
     </row>
     <row r="18" spans="1:19">
-      <c r="A18" s="6" t="s">
+      <c r="A18" t="s">
         <v>35</v>
       </c>
-      <c r="B18" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="6">
+      <c r="B18" t="s">
+        <v>26</v>
+      </c>
+      <c r="C18">
         <v>2000</v>
       </c>
-      <c r="D18" s="6">
+      <c r="D18">
         <v>12</v>
       </c>
-      <c r="E18" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="7">
+      <c r="E18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F18" s="5">
         <v>38</v>
       </c>
-      <c r="G18" s="6">
+      <c r="G18">
         <v>38</v>
       </c>
-      <c r="H18" s="6">
+      <c r="H18">
         <v>38</v>
       </c>
-      <c r="I18" s="6">
+      <c r="I18">
         <v>38</v>
       </c>
-      <c r="J18" s="6">
+      <c r="J18">
         <v>38</v>
       </c>
-      <c r="K18" s="6">
+      <c r="K18">
         <v>38</v>
       </c>
-      <c r="L18" s="6">
+      <c r="L18">
         <v>38</v>
       </c>
-      <c r="M18" s="6">
+      <c r="M18">
         <v>38</v>
       </c>
-      <c r="N18" s="6">
+      <c r="N18">
         <v>38</v>
       </c>
-      <c r="O18" s="6">
+      <c r="O18">
         <v>38</v>
       </c>
-      <c r="P18" s="6">
+      <c r="P18">
         <v>38</v>
       </c>
-      <c r="Q18" s="6">
+      <c r="Q18">
         <v>38</v>
       </c>
-      <c r="R18" s="6">
+      <c r="R18">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:19">
-      <c r="A19" s="0" t="s">
+      <c r="A19" t="s">
         <v>36</v>
       </c>
-      <c r="B19" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="0">
+      <c r="B19" t="s">
+        <v>26</v>
+      </c>
+      <c r="C19">
         <v>650</v>
       </c>
-      <c r="D19" s="0">
+      <c r="D19">
         <v>1</v>
       </c>
-      <c r="E19" s="0" t="s">
+      <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" s="5">
         <v>20.7</v>
       </c>
-      <c r="G19" s="0">
+      <c r="G19">
         <v>20.2</v>
       </c>
-      <c r="H19" s="0">
+      <c r="H19">
         <v>19.7</v>
       </c>
-      <c r="I19" s="0">
+      <c r="I19">
         <v>19.2</v>
       </c>
-      <c r="J19" s="0">
+      <c r="J19">
         <v>18.7</v>
       </c>
-      <c r="K19" s="0">
+      <c r="K19">
         <v>18.2</v>
       </c>
-      <c r="L19" s="0">
+      <c r="L19">
         <v>17.9</v>
       </c>
-      <c r="M19" s="0">
+      <c r="M19">
         <v>17.6</v>
       </c>
-      <c r="N19" s="0">
+      <c r="N19">
         <v>17.3</v>
       </c>
-      <c r="O19" s="0">
+      <c r="O19">
         <v>17</v>
       </c>
-      <c r="P19" s="0">
+      <c r="P19">
         <v>16.7</v>
       </c>
-      <c r="Q19" s="0">
+      <c r="Q19">
         <v>16.5</v>
       </c>
-      <c r="R19" s="0">
+      <c r="R19">
         <v>16.5</v>
       </c>
     </row>
     <row r="20" spans="1:19">
-      <c r="A20" s="6" t="s">
+      <c r="A20" t="s">
         <v>37</v>
       </c>
-      <c r="B20" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="6">
+      <c r="B20" t="s">
+        <v>26</v>
+      </c>
+      <c r="C20">
         <v>800</v>
       </c>
-      <c r="D20" s="6">
+      <c r="D20">
         <v>1</v>
       </c>
-      <c r="E20" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="7">
+      <c r="E20" t="s">
+        <v>24</v>
+      </c>
+      <c r="F20" s="5">
         <v>14.5</v>
       </c>
-      <c r="G20" s="6">
+      <c r="G20">
         <v>14.1</v>
       </c>
-      <c r="H20" s="6">
+      <c r="H20">
         <v>13.8</v>
       </c>
-      <c r="I20" s="6">
+      <c r="I20">
         <v>13.5</v>
       </c>
-      <c r="J20" s="6">
+      <c r="J20">
         <v>13.2</v>
       </c>
-      <c r="K20" s="6">
+      <c r="K20">
         <v>12.9</v>
       </c>
-      <c r="L20" s="6">
+      <c r="L20">
         <v>12.7</v>
       </c>
-      <c r="M20" s="6">
+      <c r="M20">
         <v>12.5</v>
       </c>
-      <c r="N20" s="6">
+      <c r="N20">
         <v>12.3</v>
       </c>
-      <c r="O20" s="6">
+      <c r="O20">
         <v>12.1</v>
       </c>
-      <c r="P20" s="6">
+      <c r="P20">
         <v>11.9</v>
       </c>
-      <c r="Q20" s="6">
+      <c r="Q20">
         <v>11.7</v>
       </c>
-      <c r="R20" s="6">
+      <c r="R20">
         <v>11.7</v>
       </c>
     </row>
     <row r="21" spans="1:19">
-      <c r="A21" s="0" t="s">
+      <c r="A21" t="s">
         <v>38</v>
       </c>
-      <c r="B21" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="0">
+      <c r="B21" t="s">
+        <v>26</v>
+      </c>
+      <c r="C21">
         <v>1450</v>
       </c>
-      <c r="D21" s="0">
+      <c r="D21">
         <v>4</v>
       </c>
-      <c r="E21" s="0" t="s">
+      <c r="E21" t="s">
         <v>24</v>
       </c>
       <c r="F21" s="5">
+        <v>26.8</v>
+      </c>
+      <c r="G21">
+        <v>26.1</v>
+      </c>
+      <c r="H21">
+        <v>25.5</v>
+      </c>
+      <c r="I21">
+        <v>24.7</v>
+      </c>
+      <c r="J21">
+        <v>24.1</v>
+      </c>
+      <c r="K21">
+        <v>23.5</v>
+      </c>
+      <c r="L21">
+        <v>23.2</v>
+      </c>
+      <c r="M21">
+        <v>22.9</v>
+      </c>
+      <c r="N21">
+        <v>22.6</v>
+      </c>
+      <c r="O21">
+        <v>22.3</v>
+      </c>
+      <c r="P21">
+        <v>22</v>
+      </c>
+      <c r="Q21">
+        <v>21.7</v>
+      </c>
+      <c r="R21">
+        <v>21.7</v>
+      </c>
+    </row>
+    <row r="22" spans="1:19">
+      <c r="A22" t="s">
+        <v>39</v>
+      </c>
+      <c r="B22" t="s">
+        <v>26</v>
+      </c>
+      <c r="C22">
+        <v>1600</v>
+      </c>
+      <c r="D22">
+        <v>4</v>
+      </c>
+      <c r="E22" t="s">
+        <v>30</v>
+      </c>
+      <c r="F22" s="5">
+        <v>25.5</v>
+      </c>
+      <c r="G22">
+        <v>24.9</v>
+      </c>
+      <c r="H22">
         <v>24.3</v>
       </c>
-      <c r="G21" s="0">
+      <c r="I22">
         <v>23.7</v>
       </c>
-      <c r="H21" s="0">
+      <c r="J22">
         <v>23.1</v>
       </c>
-      <c r="I21" s="0">
+      <c r="K22">
         <v>22.5</v>
       </c>
-      <c r="J21" s="0">
-[...28 lines deleted...]
-      <c r="A22" s="6" t="s">
+      <c r="L22">
+        <v>22.2</v>
+      </c>
+      <c r="M22">
+        <v>21.9</v>
+      </c>
+      <c r="N22">
+        <v>21.6</v>
+      </c>
+      <c r="O22">
+        <v>21.3</v>
+      </c>
+      <c r="P22">
+        <v>21</v>
+      </c>
+      <c r="Q22">
+        <v>20.7</v>
+      </c>
+      <c r="R22">
+        <v>20.7</v>
+      </c>
+    </row>
+    <row r="23" spans="1:19">
+      <c r="A23" t="s">
         <v>39</v>
       </c>
-      <c r="B22" s="6" t="s">
-[...55 lines deleted...]
-      <c r="B23" s="0" t="s">
+      <c r="B23" t="s">
         <v>29</v>
       </c>
-      <c r="C23" s="0">
+      <c r="C23">
         <v>600</v>
       </c>
-      <c r="D23" s="0">
+      <c r="D23">
         <v>7</v>
       </c>
-      <c r="E23" s="0" t="s">
+      <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" s="5">
         <v>11.8</v>
       </c>
-      <c r="G23" s="0">
+      <c r="G23">
         <v>11.5</v>
       </c>
-      <c r="H23" s="0">
+      <c r="H23">
         <v>11.2</v>
       </c>
-      <c r="I23" s="0">
+      <c r="I23">
         <v>10.9</v>
       </c>
-      <c r="J23" s="0">
+      <c r="J23">
         <v>10.6</v>
       </c>
-      <c r="K23" s="0">
+      <c r="K23">
         <v>10.3</v>
       </c>
-      <c r="L23" s="0">
+      <c r="L23">
         <v>10.1</v>
       </c>
-      <c r="M23" s="0">
+      <c r="M23">
         <v>10</v>
       </c>
-      <c r="N23" s="0">
+      <c r="N23">
         <v>9.9</v>
       </c>
-      <c r="O23" s="0">
-[...5 lines deleted...]
-      <c r="Q23" s="0">
+      <c r="O23">
+        <v>9.8</v>
+      </c>
+      <c r="P23">
+        <v>9.7</v>
+      </c>
+      <c r="Q23">
         <v>9.6</v>
       </c>
-      <c r="R23" s="0">
+      <c r="R23">
         <v>9.6</v>
       </c>
     </row>
     <row r="24" spans="1:19">
-      <c r="A24" s="6" t="s">
+      <c r="A24" t="s">
         <v>39</v>
       </c>
-      <c r="B24" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="6">
+      <c r="B24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C24">
         <v>650</v>
       </c>
-      <c r="D24" s="6">
+      <c r="D24">
         <v>3</v>
       </c>
-      <c r="E24" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F24" s="7">
+      <c r="E24" t="s">
+        <v>24</v>
+      </c>
+      <c r="F24" s="5">
         <v>20.5</v>
       </c>
-      <c r="G24" s="6">
+      <c r="G24">
         <v>20</v>
       </c>
-      <c r="H24" s="6">
+      <c r="H24">
         <v>19.5</v>
       </c>
-      <c r="I24" s="6">
+      <c r="I24">
         <v>19</v>
       </c>
-      <c r="J24" s="6">
+      <c r="J24">
         <v>18.5</v>
       </c>
-      <c r="K24" s="6">
+      <c r="K24">
         <v>18</v>
       </c>
-      <c r="L24" s="6">
+      <c r="L24">
         <v>17.7</v>
       </c>
-      <c r="M24" s="6">
+      <c r="M24">
         <v>17.4</v>
       </c>
-      <c r="N24" s="6">
+      <c r="N24">
         <v>17.1</v>
       </c>
-      <c r="O24" s="6">
+      <c r="O24">
         <v>16.8</v>
       </c>
-      <c r="P24" s="6">
+      <c r="P24">
         <v>16.6</v>
       </c>
-      <c r="Q24" s="6">
+      <c r="Q24">
         <v>16.4</v>
       </c>
-      <c r="R24" s="6">
+      <c r="R24">
         <v>16.4</v>
       </c>
     </row>
     <row r="25" spans="1:19">
-      <c r="A25" s="0" t="s">
+      <c r="A25" t="s">
         <v>40</v>
       </c>
-      <c r="B25" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C25" s="0">
+      <c r="B25" t="s">
+        <v>26</v>
+      </c>
+      <c r="C25">
         <v>600</v>
       </c>
-      <c r="D25" s="0">
+      <c r="D25">
         <v>2</v>
       </c>
-      <c r="E25" s="0" t="s">
+      <c r="E25" t="s">
         <v>24</v>
       </c>
       <c r="F25" s="5">
         <v>10.1</v>
       </c>
-      <c r="G25" s="0">
+      <c r="G25">
         <v>10</v>
       </c>
-      <c r="H25" s="0">
+      <c r="H25">
         <v>9.9</v>
       </c>
-      <c r="I25" s="0">
-[...5 lines deleted...]
-      <c r="K25" s="0">
+      <c r="I25">
+        <v>9.8</v>
+      </c>
+      <c r="J25">
+        <v>9.7</v>
+      </c>
+      <c r="K25">
         <v>9.6</v>
       </c>
-      <c r="L25" s="0">
+      <c r="L25">
         <v>9.5</v>
       </c>
-      <c r="M25" s="0">
-[...8 lines deleted...]
-      <c r="P25" s="0">
+      <c r="M25">
+        <v>9.3</v>
+      </c>
+      <c r="N25">
+        <v>8.8</v>
+      </c>
+      <c r="O25">
+        <v>8.2</v>
+      </c>
+      <c r="P25">
         <v>7.1</v>
       </c>
-      <c r="Q25" s="0">
+      <c r="Q25">
         <v>6.3</v>
       </c>
-      <c r="R25" s="0">
+      <c r="R25">
         <v>6.3</v>
       </c>
     </row>
     <row r="26" spans="1:19">
-      <c r="A26" s="6" t="s">
+      <c r="A26" t="s">
         <v>41</v>
       </c>
-      <c r="B26" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="6">
+      <c r="B26" t="s">
+        <v>26</v>
+      </c>
+      <c r="C26">
         <v>800</v>
       </c>
-      <c r="D26" s="6">
+      <c r="D26">
         <v>2</v>
       </c>
-      <c r="E26" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F26" s="7">
+      <c r="E26" t="s">
+        <v>24</v>
+      </c>
+      <c r="F26" s="5">
         <v>22.3</v>
       </c>
-      <c r="G26" s="6">
+      <c r="G26">
         <v>22.2</v>
       </c>
-      <c r="H26" s="6">
+      <c r="H26">
         <v>22.2</v>
       </c>
-      <c r="I26" s="6">
+      <c r="I26">
         <v>21.8</v>
       </c>
-      <c r="J26" s="6">
+      <c r="J26">
         <v>21.5</v>
       </c>
-      <c r="K26" s="6">
+      <c r="K26">
         <v>21.5</v>
       </c>
-      <c r="L26" s="6">
+      <c r="L26">
         <v>21.5</v>
       </c>
-      <c r="M26" s="6">
+      <c r="M26">
         <v>20.9</v>
       </c>
-      <c r="N26" s="6">
+      <c r="N26">
         <v>20.9</v>
       </c>
-      <c r="O26" s="6">
+      <c r="O26">
         <v>20</v>
       </c>
-      <c r="P26" s="6">
+      <c r="P26">
         <v>20</v>
       </c>
-      <c r="Q26" s="6">
+      <c r="Q26">
         <v>20</v>
       </c>
-      <c r="R26" s="6">
+      <c r="R26">
         <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:19">
-      <c r="A27" s="0" t="s">
+      <c r="A27" t="s">
         <v>42</v>
       </c>
-      <c r="B27" s="0" t="s">
+      <c r="B27" t="s">
         <v>29</v>
       </c>
-      <c r="C27" s="0">
+      <c r="C27">
         <v>1250</v>
       </c>
-      <c r="D27" s="0">
+      <c r="D27">
         <v>14</v>
       </c>
-      <c r="E27" s="0" t="s">
+      <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" s="5">
         <v>21.9</v>
       </c>
-      <c r="G27" s="0">
+      <c r="G27">
         <v>21.4</v>
       </c>
-      <c r="H27" s="0">
+      <c r="H27">
         <v>20.9</v>
       </c>
-      <c r="I27" s="0">
+      <c r="I27">
         <v>20.4</v>
       </c>
-      <c r="J27" s="0">
+      <c r="J27">
         <v>19.9</v>
       </c>
-      <c r="K27" s="0">
+      <c r="K27">
         <v>19.4</v>
       </c>
-      <c r="L27" s="0">
+      <c r="L27">
         <v>19.1</v>
       </c>
-      <c r="M27" s="0">
+      <c r="M27">
         <v>18.6</v>
       </c>
-      <c r="N27" s="0">
+      <c r="N27">
         <v>17.6</v>
       </c>
-      <c r="O27" s="0">
+      <c r="O27">
         <v>16.8</v>
       </c>
-      <c r="P27" s="0">
+      <c r="P27">
         <v>16.6</v>
       </c>
-      <c r="Q27" s="0">
+      <c r="Q27">
         <v>16.4</v>
       </c>
-      <c r="R27" s="0">
+      <c r="R27">
         <v>16.4</v>
       </c>
     </row>
     <row r="28" spans="1:19">
-      <c r="A28" s="6" t="s">
+      <c r="A28" t="s">
         <v>42</v>
       </c>
-      <c r="B28" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="6">
+      <c r="B28" t="s">
+        <v>26</v>
+      </c>
+      <c r="C28">
         <v>1800</v>
       </c>
-      <c r="D28" s="6">
+      <c r="D28">
         <v>10</v>
       </c>
-      <c r="E28" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F28" s="7">
+      <c r="E28" t="s">
+        <v>24</v>
+      </c>
+      <c r="F28" s="5">
         <v>30</v>
       </c>
-      <c r="G28" s="6">
+      <c r="G28">
         <v>30</v>
       </c>
-      <c r="H28" s="6">
+      <c r="H28">
         <v>30</v>
       </c>
-      <c r="I28" s="6">
+      <c r="I28">
         <v>30</v>
       </c>
-      <c r="J28" s="6">
+      <c r="J28">
         <v>30</v>
       </c>
-      <c r="K28" s="6">
+      <c r="K28">
         <v>30</v>
       </c>
-      <c r="L28" s="6">
+      <c r="L28">
         <v>30</v>
       </c>
-      <c r="M28" s="6">
+      <c r="M28">
         <v>30</v>
       </c>
-      <c r="N28" s="6">
+      <c r="N28">
         <v>30</v>
       </c>
-      <c r="O28" s="6">
+      <c r="O28">
         <v>30</v>
       </c>
-      <c r="P28" s="6">
+      <c r="P28">
         <v>30</v>
       </c>
-      <c r="Q28" s="6">
+      <c r="Q28">
         <v>30</v>
       </c>
-      <c r="R28" s="6">
+      <c r="R28">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:19">
-      <c r="A29" s="0" t="s">
+      <c r="A29" t="s">
         <v>43</v>
       </c>
-      <c r="B29" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C29" s="0">
+      <c r="B29" t="s">
+        <v>26</v>
+      </c>
+      <c r="C29">
         <v>800</v>
       </c>
-      <c r="D29" s="0">
+      <c r="D29">
         <v>3</v>
       </c>
-      <c r="E29" s="0" t="s">
+      <c r="E29" t="s">
         <v>24</v>
       </c>
       <c r="F29" s="5">
         <v>19.6</v>
       </c>
-      <c r="G29" s="0">
+      <c r="G29">
         <v>19.1</v>
       </c>
-      <c r="H29" s="0">
+      <c r="H29">
         <v>18.6</v>
       </c>
-      <c r="I29" s="0">
+      <c r="I29">
         <v>18.1</v>
       </c>
-      <c r="J29" s="0">
+      <c r="J29">
         <v>17.7</v>
       </c>
-      <c r="K29" s="0">
+      <c r="K29">
         <v>17.3</v>
       </c>
-      <c r="L29" s="0">
+      <c r="L29">
         <v>17</v>
       </c>
-      <c r="M29" s="0">
+      <c r="M29">
         <v>16.7</v>
       </c>
-      <c r="N29" s="0">
+      <c r="N29">
         <v>16.5</v>
       </c>
-      <c r="O29" s="0">
+      <c r="O29">
         <v>16.3</v>
       </c>
-      <c r="P29" s="0">
+      <c r="P29">
         <v>16.1</v>
       </c>
-      <c r="Q29" s="0">
+      <c r="Q29">
         <v>15.9</v>
       </c>
-      <c r="R29" s="0">
+      <c r="R29">
         <v>15.9</v>
       </c>
     </row>
     <row r="30" spans="1:19">
-      <c r="A30" s="6" t="s">
+      <c r="A30" t="s">
         <v>44</v>
       </c>
-      <c r="B30" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="6">
+      <c r="B30" t="s">
+        <v>26</v>
+      </c>
+      <c r="C30">
         <v>3020</v>
       </c>
-      <c r="D30" s="6">
+      <c r="D30">
         <v>7</v>
       </c>
-      <c r="E30" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F30" s="7">
+      <c r="E30" t="s">
+        <v>24</v>
+      </c>
+      <c r="F30" s="5">
         <v>71.8</v>
       </c>
-      <c r="G30" s="6">
-[...2 lines deleted...]
-      <c r="H30" s="6">
+      <c r="G30">
+        <v>70.099999999999994</v>
+      </c>
+      <c r="H30">
         <v>68.40000000000001</v>
       </c>
-      <c r="I30" s="6">
+      <c r="I30">
         <v>66.7</v>
       </c>
-      <c r="J30" s="6">
-[...2 lines deleted...]
-      <c r="K30" s="6">
+      <c r="J30">
+        <v>65.099999999999994</v>
+      </c>
+      <c r="K30">
         <v>63.5</v>
       </c>
-      <c r="L30" s="6">
+      <c r="L30">
         <v>62.6</v>
       </c>
-      <c r="M30" s="6">
+      <c r="M30">
         <v>61.7</v>
       </c>
-      <c r="N30" s="6">
+      <c r="N30">
         <v>60.8</v>
       </c>
-      <c r="O30" s="6">
+      <c r="O30">
         <v>59.9</v>
       </c>
-      <c r="P30" s="6">
-[...2 lines deleted...]
-      <c r="Q30" s="6">
+      <c r="P30">
+        <v>59.0</v>
+      </c>
+      <c r="Q30">
         <v>58.1</v>
       </c>
-      <c r="R30" s="6">
+      <c r="R30">
         <v>58.1</v>
       </c>
     </row>
     <row r="31" spans="1:19">
-      <c r="A31" s="0" t="s">
+      <c r="A31" t="s">
         <v>45</v>
       </c>
-      <c r="B31" s="0" t="s">
+      <c r="B31" t="s">
         <v>29</v>
       </c>
-      <c r="C31" s="0">
+      <c r="C31">
         <v>1000</v>
       </c>
-      <c r="D31" s="0">
+      <c r="D31">
         <v>10</v>
       </c>
-      <c r="E31" s="0" t="s">
+      <c r="E31" t="s">
         <v>24</v>
       </c>
       <c r="F31" s="5">
+        <v>13.5</v>
+      </c>
+      <c r="G31">
+        <v>13.2</v>
+      </c>
+      <c r="H31">
+        <v>12.9</v>
+      </c>
+      <c r="I31">
+        <v>12.6</v>
+      </c>
+      <c r="J31">
+        <v>12.3</v>
+      </c>
+      <c r="K31">
         <v>12</v>
       </c>
-      <c r="G31" s="0">
-[...2 lines deleted...]
-      <c r="H31" s="0">
+      <c r="L31">
+        <v>11.8</v>
+      </c>
+      <c r="M31">
+        <v>11.6</v>
+      </c>
+      <c r="N31">
         <v>11.4</v>
       </c>
-      <c r="I31" s="0">
-[...2 lines deleted...]
-      <c r="J31" s="0">
+      <c r="O31">
+        <v>11.2</v>
+      </c>
+      <c r="P31">
+        <v>11</v>
+      </c>
+      <c r="Q31">
         <v>10.8</v>
       </c>
-      <c r="K31" s="0">
-[...8 lines deleted...]
-      <c r="N31" s="0">
+      <c r="R31">
+        <v>10.8</v>
+      </c>
+    </row>
+    <row r="32" spans="1:19">
+      <c r="A32" t="s">
+        <v>45</v>
+      </c>
+      <c r="B32" t="s">
+        <v>29</v>
+      </c>
+      <c r="C32">
+        <v>3500</v>
+      </c>
+      <c r="D32">
         <v>10</v>
       </c>
-      <c r="O31" s="0">
-[...13 lines deleted...]
-      <c r="A32" s="6" t="s">
+      <c r="E32" t="s">
+        <v>30</v>
+      </c>
+      <c r="F32" s="5">
+        <v>22</v>
+      </c>
+      <c r="G32">
+        <v>21.5</v>
+      </c>
+      <c r="H32">
+        <v>21</v>
+      </c>
+      <c r="I32">
+        <v>20.5</v>
+      </c>
+      <c r="J32">
+        <v>20</v>
+      </c>
+      <c r="K32">
+        <v>19.5</v>
+      </c>
+      <c r="L32">
+        <v>19.2</v>
+      </c>
+      <c r="M32">
+        <v>18.9</v>
+      </c>
+      <c r="N32">
+        <v>18.6</v>
+      </c>
+      <c r="O32">
+        <v>18.3</v>
+      </c>
+      <c r="P32">
+        <v>18</v>
+      </c>
+      <c r="Q32">
+        <v>17.7</v>
+      </c>
+      <c r="R32">
+        <v>17.7</v>
+      </c>
+    </row>
+    <row r="33" spans="1:19">
+      <c r="A33" t="s">
         <v>45</v>
       </c>
-      <c r="B32" s="6" t="s">
-[...8 lines deleted...]
-      <c r="E32" s="6" t="s">
+      <c r="B33" t="s">
+        <v>26</v>
+      </c>
+      <c r="C33">
+        <v>960</v>
+      </c>
+      <c r="D33">
+        <v>6</v>
+      </c>
+      <c r="E33" t="s">
+        <v>24</v>
+      </c>
+      <c r="F33" s="5">
+        <v>36.1</v>
+      </c>
+      <c r="G33">
+        <v>35.2</v>
+      </c>
+      <c r="H33">
+        <v>34.3</v>
+      </c>
+      <c r="I33">
+        <v>33.5</v>
+      </c>
+      <c r="J33">
+        <v>32.7</v>
+      </c>
+      <c r="K33">
+        <v>31.9</v>
+      </c>
+      <c r="L33">
+        <v>31.4</v>
+      </c>
+      <c r="M33">
+        <v>30.9</v>
+      </c>
+      <c r="N33">
+        <v>30.4</v>
+      </c>
+      <c r="O33">
         <v>30</v>
       </c>
-      <c r="F32" s="7">
-[...29 lines deleted...]
-      <c r="P32" s="6">
+      <c r="P33">
+        <v>29.6</v>
+      </c>
+      <c r="Q33">
+        <v>29.2</v>
+      </c>
+      <c r="R33">
+        <v>29.2</v>
+      </c>
+    </row>
+    <row r="34" spans="1:19">
+      <c r="A34" t="s">
+        <v>46</v>
+      </c>
+      <c r="B34" t="s">
+        <v>23</v>
+      </c>
+      <c r="C34">
+        <v>2800</v>
+      </c>
+      <c r="D34">
         <v>18</v>
       </c>
-      <c r="Q32" s="6">
-[...78 lines deleted...]
-      <c r="F34" s="7">
+      <c r="E34" t="s">
+        <v>24</v>
+      </c>
+      <c r="F34" s="5">
         <v>45.2</v>
       </c>
-      <c r="G34" s="6">
+      <c r="G34">
         <v>44.4</v>
       </c>
-      <c r="H34" s="6">
+      <c r="H34">
         <v>43.6</v>
       </c>
-      <c r="I34" s="6">
+      <c r="I34">
         <v>42.9</v>
       </c>
-      <c r="J34" s="6">
+      <c r="J34">
         <v>42.1</v>
       </c>
-      <c r="K34" s="6">
+      <c r="K34">
         <v>41.4</v>
       </c>
-      <c r="L34" s="6">
-[...2 lines deleted...]
-      <c r="M34" s="6">
+      <c r="L34">
+        <v>41.0</v>
+      </c>
+      <c r="M34">
         <v>40.6</v>
       </c>
-      <c r="N34" s="6">
+      <c r="N34">
         <v>40.1</v>
       </c>
-      <c r="O34" s="6">
+      <c r="O34">
         <v>39.7</v>
       </c>
-      <c r="P34" s="6">
+      <c r="P34">
         <v>39.3</v>
       </c>
-      <c r="Q34" s="6">
+      <c r="Q34">
         <v>38.9</v>
       </c>
-      <c r="R34" s="6">
+      <c r="R34">
         <v>38.9</v>
       </c>
     </row>
     <row r="35" spans="1:19">
-      <c r="A35" s="0" t="s">
+      <c r="A35" t="s">
         <v>47</v>
       </c>
-      <c r="B35" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C35" s="0">
+      <c r="B35" t="s">
+        <v>26</v>
+      </c>
+      <c r="C35">
         <v>1100</v>
       </c>
-      <c r="D35" s="0">
+      <c r="D35">
         <v>5</v>
       </c>
-      <c r="E35" s="0" t="s">
+      <c r="E35" t="s">
         <v>24</v>
       </c>
       <c r="F35" s="5">
         <v>31.9</v>
       </c>
-      <c r="G35" s="0">
+      <c r="G35">
         <v>30.3</v>
       </c>
-      <c r="H35" s="0">
+      <c r="H35">
         <v>29.6</v>
       </c>
-      <c r="I35" s="0">
+      <c r="I35">
         <v>28.1</v>
       </c>
-      <c r="J35" s="0">
+      <c r="J35">
         <v>27.4</v>
       </c>
-      <c r="K35" s="0">
+      <c r="K35">
         <v>23.4</v>
       </c>
-      <c r="L35" s="0">
+      <c r="L35">
         <v>22.1</v>
       </c>
-      <c r="M35" s="0">
+      <c r="M35">
         <v>20.7</v>
       </c>
-      <c r="N35" s="0">
+      <c r="N35">
         <v>19.5</v>
       </c>
-      <c r="O35" s="0">
+      <c r="O35">
         <v>19.2</v>
       </c>
-      <c r="P35" s="0">
+      <c r="P35">
         <v>18.9</v>
       </c>
-      <c r="Q35" s="0">
+      <c r="Q35">
         <v>18.6</v>
       </c>
-      <c r="R35" s="0">
+      <c r="R35">
         <v>18.6</v>
       </c>
     </row>
     <row r="36" spans="1:19">
-      <c r="A36" s="6" t="s">
+      <c r="A36" t="s">
         <v>48</v>
       </c>
-      <c r="B36" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C36" s="6">
+      <c r="B36" t="s">
+        <v>26</v>
+      </c>
+      <c r="C36">
         <v>3000</v>
       </c>
-      <c r="D36" s="6">
+      <c r="D36">
         <v>3</v>
       </c>
-      <c r="E36" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F36" s="7">
+      <c r="E36" t="s">
+        <v>24</v>
+      </c>
+      <c r="F36" s="5">
         <v>15.3</v>
       </c>
-      <c r="G36" s="6">
+      <c r="G36">
         <v>15.2</v>
       </c>
-      <c r="H36" s="6">
+      <c r="H36">
         <v>15</v>
       </c>
-      <c r="I36" s="6">
+      <c r="I36">
         <v>13.1</v>
       </c>
-      <c r="J36" s="6">
+      <c r="J36">
         <v>12.3</v>
       </c>
-      <c r="K36" s="6">
+      <c r="K36">
         <v>11.4</v>
       </c>
-      <c r="L36" s="6">
+      <c r="L36">
         <v>11.1</v>
       </c>
-      <c r="M36" s="6">
+      <c r="M36">
         <v>10.5</v>
       </c>
-      <c r="N36" s="6">
+      <c r="N36">
         <v>9.9</v>
       </c>
-      <c r="O36" s="6">
+      <c r="O36">
         <v>9.4</v>
       </c>
-      <c r="P36" s="6">
-[...6 lines deleted...]
-        <v>8.300000000000001</v>
+      <c r="P36">
+        <v>8.8</v>
+      </c>
+      <c r="Q36">
+        <v>8.3</v>
+      </c>
+      <c r="R36">
+        <v>8.3</v>
       </c>
     </row>
     <row r="37" spans="1:19">
-      <c r="A37" s="0" t="s">
+      <c r="A37" t="s">
         <v>49</v>
       </c>
-      <c r="B37" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C37" s="0">
+      <c r="B37" t="s">
+        <v>26</v>
+      </c>
+      <c r="C37">
         <v>750</v>
       </c>
-      <c r="D37" s="0">
+      <c r="D37">
         <v>3</v>
       </c>
-      <c r="E37" s="0" t="s">
+      <c r="E37" t="s">
         <v>24</v>
       </c>
       <c r="F37" s="5">
         <v>22.3</v>
       </c>
-      <c r="G37" s="0">
+      <c r="G37">
         <v>21.8</v>
       </c>
-      <c r="H37" s="0">
+      <c r="H37">
         <v>21.3</v>
       </c>
-      <c r="I37" s="0">
+      <c r="I37">
         <v>20.8</v>
       </c>
-      <c r="J37" s="0">
+      <c r="J37">
         <v>20.3</v>
       </c>
-      <c r="K37" s="0">
+      <c r="K37">
         <v>19.8</v>
       </c>
-      <c r="L37" s="0">
+      <c r="L37">
         <v>19.5</v>
       </c>
-      <c r="M37" s="0">
+      <c r="M37">
         <v>19.2</v>
       </c>
-      <c r="N37" s="0">
+      <c r="N37">
         <v>18.9</v>
       </c>
-      <c r="O37" s="0">
+      <c r="O37">
         <v>18.6</v>
       </c>
-      <c r="P37" s="0">
+      <c r="P37">
         <v>18.3</v>
       </c>
-      <c r="Q37" s="0">
+      <c r="Q37">
         <v>18</v>
       </c>
-      <c r="R37" s="0">
+      <c r="R37">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:19">
-      <c r="A38" s="6" t="s">
+      <c r="A38" t="s">
         <v>50</v>
       </c>
-      <c r="B38" s="6" t="s">
+      <c r="B38" t="s">
         <v>29</v>
       </c>
-      <c r="C38" s="6">
+      <c r="C38">
         <v>1020</v>
       </c>
-      <c r="D38" s="6">
+      <c r="D38">
         <v>16</v>
       </c>
-      <c r="E38" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F38" s="7">
+      <c r="E38" t="s">
+        <v>24</v>
+      </c>
+      <c r="F38" s="5">
         <v>17.2</v>
       </c>
-      <c r="G38" s="6">
+      <c r="G38">
         <v>16.8</v>
       </c>
-      <c r="H38" s="6">
+      <c r="H38">
         <v>16.4</v>
       </c>
-      <c r="I38" s="6">
+      <c r="I38">
         <v>16</v>
       </c>
-      <c r="J38" s="6">
+      <c r="J38">
         <v>15.6</v>
       </c>
-      <c r="K38" s="6">
+      <c r="K38">
         <v>15.2</v>
       </c>
-      <c r="L38" s="6">
+      <c r="L38">
         <v>15</v>
       </c>
-      <c r="M38" s="6">
+      <c r="M38">
         <v>14.8</v>
       </c>
-      <c r="N38" s="6">
+      <c r="N38">
         <v>14.6</v>
       </c>
-      <c r="O38" s="6">
+      <c r="O38">
         <v>14.4</v>
       </c>
-      <c r="P38" s="6">
+      <c r="P38">
         <v>14.2</v>
       </c>
-      <c r="Q38" s="6">
+      <c r="Q38">
         <v>14</v>
       </c>
-      <c r="R38" s="6">
+      <c r="R38">
         <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:19">
-      <c r="A39" s="0" t="s">
+      <c r="A39" t="s">
         <v>50</v>
       </c>
-      <c r="B39" s="0" t="s">
-[...5 lines deleted...]
-      <c r="D39" s="0">
+      <c r="B39" t="s">
+        <v>26</v>
+      </c>
+      <c r="C39">
+        <v>1600</v>
+      </c>
+      <c r="D39">
         <v>7</v>
       </c>
-      <c r="E39" s="0" t="s">
+      <c r="E39" t="s">
         <v>24</v>
       </c>
       <c r="F39" s="5">
         <v>46.2</v>
       </c>
-      <c r="G39" s="0">
+      <c r="G39">
         <v>45.1</v>
       </c>
-      <c r="H39" s="0">
+      <c r="H39">
         <v>44</v>
       </c>
-      <c r="I39" s="0">
+      <c r="I39">
         <v>42.9</v>
       </c>
-      <c r="J39" s="0">
+      <c r="J39">
         <v>41.9</v>
       </c>
-      <c r="K39" s="0">
+      <c r="K39">
         <v>40.9</v>
       </c>
-      <c r="L39" s="0">
+      <c r="L39">
         <v>40.3</v>
       </c>
-      <c r="M39" s="0">
+      <c r="M39">
         <v>39.7</v>
       </c>
-      <c r="N39" s="0">
+      <c r="N39">
         <v>39.1</v>
       </c>
-      <c r="O39" s="0">
+      <c r="O39">
         <v>38.5</v>
       </c>
-      <c r="P39" s="0">
+      <c r="P39">
         <v>37.9</v>
       </c>
-      <c r="Q39" s="0">
+      <c r="Q39">
         <v>37.3</v>
       </c>
-      <c r="R39" s="0">
+      <c r="R39">
         <v>37.3</v>
       </c>
     </row>
     <row r="40" spans="1:19">
-      <c r="A40" s="0" t="s">
+      <c r="A40" t="s">
         <v>50</v>
       </c>
-      <c r="B40" s="0" t="s">
+      <c r="B40" t="s">
         <v>29</v>
       </c>
-      <c r="C40" s="0">
+      <c r="C40">
         <v>1000</v>
       </c>
-      <c r="D40" s="0">
+      <c r="D40">
         <v>11</v>
       </c>
-      <c r="E40" s="0" t="s">
+      <c r="E40" t="s">
         <v>30</v>
       </c>
       <c r="F40" s="5">
         <v>18</v>
       </c>
-      <c r="G40" s="0">
+      <c r="G40">
         <v>17.6</v>
       </c>
-      <c r="H40" s="0">
+      <c r="H40">
         <v>17.2</v>
       </c>
-      <c r="I40" s="0">
+      <c r="I40">
         <v>16.8</v>
       </c>
-      <c r="J40" s="0">
+      <c r="J40">
         <v>16.4</v>
       </c>
-      <c r="K40" s="0">
+      <c r="K40">
         <v>16</v>
       </c>
-      <c r="L40" s="0">
+      <c r="L40">
         <v>15.8</v>
       </c>
-      <c r="M40" s="0">
+      <c r="M40">
         <v>15.6</v>
       </c>
-      <c r="N40" s="0">
+      <c r="N40">
         <v>15.4</v>
       </c>
-      <c r="O40" s="0">
+      <c r="O40">
         <v>15.2</v>
       </c>
-      <c r="P40" s="0">
+      <c r="P40">
         <v>15</v>
       </c>
-      <c r="Q40" s="0">
+      <c r="Q40">
         <v>14.8</v>
       </c>
-      <c r="R40" s="0">
+      <c r="R40">
         <v>14.8</v>
       </c>
     </row>
     <row r="41" spans="1:19">
-      <c r="A41" s="6" t="s">
+      <c r="A41" t="s">
         <v>51</v>
       </c>
-      <c r="B41" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C41" s="6">
+      <c r="B41" t="s">
+        <v>26</v>
+      </c>
+      <c r="C41">
         <v>1100</v>
       </c>
-      <c r="D41" s="6">
+      <c r="D41">
         <v>5</v>
       </c>
-      <c r="E41" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F41" s="7">
+      <c r="E41" t="s">
+        <v>24</v>
+      </c>
+      <c r="F41" s="5">
         <v>27.6</v>
       </c>
-      <c r="G41" s="6">
+      <c r="G41">
         <v>26.9</v>
       </c>
-      <c r="H41" s="6">
+      <c r="H41">
         <v>26.2</v>
       </c>
-      <c r="I41" s="6">
+      <c r="I41">
         <v>25.6</v>
       </c>
-      <c r="J41" s="6">
+      <c r="J41">
         <v>25</v>
       </c>
-      <c r="K41" s="6">
+      <c r="K41">
         <v>24.4</v>
       </c>
-      <c r="L41" s="6">
-[...2 lines deleted...]
-      <c r="M41" s="6">
+      <c r="L41">
+        <v>24</v>
+      </c>
+      <c r="M41">
         <v>23.6</v>
       </c>
-      <c r="N41" s="6">
+      <c r="N41">
         <v>23.3</v>
       </c>
-      <c r="O41" s="6">
+      <c r="O41">
         <v>23</v>
       </c>
-      <c r="P41" s="6">
+      <c r="P41">
         <v>22.7</v>
       </c>
-      <c r="Q41" s="6">
+      <c r="Q41">
         <v>22.4</v>
       </c>
-      <c r="R41" s="6">
+      <c r="R41">
         <v>22.4</v>
       </c>
     </row>
     <row r="42" spans="1:19">
-      <c r="A42" s="0" t="s">
+      <c r="A42" t="s">
         <v>52</v>
       </c>
-      <c r="B42" s="0" t="s">
+      <c r="B42" t="s">
         <v>23</v>
       </c>
-      <c r="C42" s="0">
+      <c r="C42">
         <v>2520</v>
       </c>
-      <c r="D42" s="0">
+      <c r="D42">
         <v>20</v>
       </c>
-      <c r="E42" s="0" t="s">
+      <c r="E42" t="s">
         <v>24</v>
       </c>
       <c r="F42" s="5">
         <v>35.4</v>
       </c>
-      <c r="G42" s="0">
+      <c r="G42">
         <v>34.6</v>
       </c>
-      <c r="H42" s="0">
+      <c r="H42">
         <v>33.8</v>
       </c>
-      <c r="I42" s="0">
+      <c r="I42">
         <v>33</v>
       </c>
-      <c r="J42" s="0">
+      <c r="J42">
         <v>32.2</v>
       </c>
-      <c r="K42" s="0">
+      <c r="K42">
         <v>31.4</v>
       </c>
-      <c r="L42" s="0">
+      <c r="L42">
         <v>31</v>
       </c>
-      <c r="M42" s="0">
+      <c r="M42">
         <v>30.6</v>
       </c>
-      <c r="N42" s="0">
+      <c r="N42">
         <v>30.2</v>
       </c>
-      <c r="O42" s="0">
+      <c r="O42">
         <v>29.8</v>
       </c>
-      <c r="P42" s="0">
+      <c r="P42">
         <v>29.4</v>
       </c>
-      <c r="Q42" s="0">
+      <c r="Q42">
         <v>29</v>
       </c>
-      <c r="R42" s="0">
+      <c r="R42">
         <v>29</v>
       </c>
     </row>
     <row r="43" spans="1:19">
-      <c r="A43" s="6" t="s">
+      <c r="A43" t="s">
         <v>53</v>
       </c>
-      <c r="B43" s="6" t="s">
+      <c r="B43" t="s">
         <v>29</v>
       </c>
-      <c r="C43" s="6">
+      <c r="C43">
         <v>1500</v>
       </c>
-      <c r="D43" s="6">
+      <c r="D43">
         <v>6</v>
       </c>
-      <c r="E43" s="6" t="s">
-[...39 lines deleted...]
-        <v>14</v>
+      <c r="E43" t="s">
+        <v>24</v>
+      </c>
+      <c r="F43" s="5">
+        <v>17.8</v>
+      </c>
+      <c r="G43">
+        <v>17.8</v>
+      </c>
+      <c r="H43">
+        <v>17.8</v>
+      </c>
+      <c r="I43">
+        <v>17.8</v>
+      </c>
+      <c r="J43">
+        <v>17.8</v>
+      </c>
+      <c r="K43">
+        <v>17.8</v>
+      </c>
+      <c r="L43">
+        <v>16.5</v>
+      </c>
+      <c r="M43">
+        <v>16.5</v>
+      </c>
+      <c r="N43">
+        <v>16.5</v>
+      </c>
+      <c r="O43">
+        <v>16</v>
+      </c>
+      <c r="P43">
+        <v>16</v>
+      </c>
+      <c r="Q43">
+        <v>16</v>
+      </c>
+      <c r="R43">
+        <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:19">
-      <c r="A44" s="0" t="s">
+      <c r="A44" t="s">
         <v>54</v>
       </c>
-      <c r="B44" s="0" t="s">
+      <c r="B44" t="s">
         <v>29</v>
       </c>
-      <c r="C44" s="0">
-[...2 lines deleted...]
-      <c r="D44" s="0">
+      <c r="C44">
+        <v>4500</v>
+      </c>
+      <c r="D44">
         <v>35</v>
       </c>
-      <c r="E44" s="0" t="s">
+      <c r="E44" t="s">
         <v>24</v>
       </c>
       <c r="F44" s="5">
         <v>40.5</v>
       </c>
-      <c r="G44" s="0">
+      <c r="G44">
         <v>40.3</v>
       </c>
-      <c r="H44" s="0">
+      <c r="H44">
         <v>40.1</v>
       </c>
-      <c r="I44" s="0">
+      <c r="I44">
         <v>39.9</v>
       </c>
-      <c r="J44" s="0">
+      <c r="J44">
         <v>39.7</v>
       </c>
-      <c r="K44" s="0">
+      <c r="K44">
         <v>39.5</v>
       </c>
-      <c r="L44" s="0">
+      <c r="L44">
         <v>39.3</v>
       </c>
-      <c r="M44" s="0">
+      <c r="M44">
         <v>39.1</v>
       </c>
-      <c r="N44" s="0">
+      <c r="N44">
         <v>38.9</v>
       </c>
-      <c r="O44" s="0">
+      <c r="O44">
         <v>38.7</v>
       </c>
-      <c r="P44" s="0">
+      <c r="P44">
         <v>38.5</v>
       </c>
-      <c r="Q44" s="0">
+      <c r="Q44">
         <v>38.5</v>
       </c>
-      <c r="R44" s="0">
+      <c r="R44">
         <v>38.5</v>
       </c>
     </row>
     <row r="45" spans="1:19">
-      <c r="A45" s="6" t="s">
+      <c r="A45" t="s">
         <v>55</v>
       </c>
-      <c r="B45" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C45" s="6">
+      <c r="B45" t="s">
+        <v>26</v>
+      </c>
+      <c r="C45">
         <v>1000</v>
       </c>
-      <c r="D45" s="6">
+      <c r="D45">
         <v>4</v>
       </c>
-      <c r="E45" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F45" s="7">
+      <c r="E45" t="s">
+        <v>24</v>
+      </c>
+      <c r="F45" s="5">
         <v>27.1</v>
       </c>
-      <c r="G45" s="6">
+      <c r="G45">
         <v>26.4</v>
       </c>
-      <c r="H45" s="6">
+      <c r="H45">
         <v>25.8</v>
       </c>
-      <c r="I45" s="6">
+      <c r="I45">
         <v>25.2</v>
       </c>
-      <c r="J45" s="6">
+      <c r="J45">
         <v>24.6</v>
       </c>
-      <c r="K45" s="6">
-[...2 lines deleted...]
-      <c r="L45" s="6">
+      <c r="K45">
+        <v>24</v>
+      </c>
+      <c r="L45">
         <v>23.6</v>
       </c>
-      <c r="M45" s="6">
+      <c r="M45">
         <v>23.3</v>
       </c>
-      <c r="N45" s="6">
+      <c r="N45">
         <v>23</v>
       </c>
-      <c r="O45" s="6">
+      <c r="O45">
         <v>22.7</v>
       </c>
-      <c r="P45" s="6">
+      <c r="P45">
         <v>22.4</v>
       </c>
-      <c r="Q45" s="6">
+      <c r="Q45">
         <v>22.1</v>
       </c>
-      <c r="R45" s="6">
+      <c r="R45">
         <v>22.1</v>
       </c>
     </row>
     <row r="46" spans="1:19">
-      <c r="A46" s="0" t="s">
+      <c r="A46" t="s">
         <v>56</v>
       </c>
-      <c r="B46" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C46" s="0">
+      <c r="B46" t="s">
+        <v>26</v>
+      </c>
+      <c r="C46">
         <v>1000</v>
       </c>
-      <c r="D46" s="0">
+      <c r="D46">
         <v>3</v>
       </c>
-      <c r="E46" s="0" t="s">
+      <c r="E46" t="s">
         <v>24</v>
       </c>
       <c r="F46" s="5">
-        <v>24.3</v>
-[...4 lines deleted...]
-      <c r="H46" s="0">
+        <v>26.5</v>
+      </c>
+      <c r="G46">
+        <v>25.9</v>
+      </c>
+      <c r="H46">
+        <v>25.3</v>
+      </c>
+      <c r="I46">
+        <v>24.7</v>
+      </c>
+      <c r="J46">
+        <v>24.1</v>
+      </c>
+      <c r="K46">
+        <v>23.5</v>
+      </c>
+      <c r="L46">
+        <v>23.2</v>
+      </c>
+      <c r="M46">
+        <v>22.9</v>
+      </c>
+      <c r="N46">
+        <v>22.6</v>
+      </c>
+      <c r="O46">
+        <v>22.3</v>
+      </c>
+      <c r="P46">
+        <v>22</v>
+      </c>
+      <c r="Q46">
+        <v>21.7</v>
+      </c>
+      <c r="R46">
+        <v>21.7</v>
+      </c>
+    </row>
+    <row r="47" spans="1:19">
+      <c r="A47" t="s">
+        <v>57</v>
+      </c>
+      <c r="B47" t="s">
+        <v>26</v>
+      </c>
+      <c r="C47">
+        <v>1100</v>
+      </c>
+      <c r="D47">
+        <v>5</v>
+      </c>
+      <c r="E47" t="s">
+        <v>24</v>
+      </c>
+      <c r="F47" s="5">
+        <v>25.2</v>
+      </c>
+      <c r="G47">
+        <v>24.6</v>
+      </c>
+      <c r="H47">
+        <v>24</v>
+      </c>
+      <c r="I47">
+        <v>23.4</v>
+      </c>
+      <c r="J47">
+        <v>22.8</v>
+      </c>
+      <c r="K47">
+        <v>22.2</v>
+      </c>
+      <c r="L47">
+        <v>21.9</v>
+      </c>
+      <c r="M47">
+        <v>21.6</v>
+      </c>
+      <c r="N47">
+        <v>21.3</v>
+      </c>
+      <c r="O47">
+        <v>21</v>
+      </c>
+      <c r="P47">
+        <v>20.7</v>
+      </c>
+      <c r="Q47">
+        <v>20.4</v>
+      </c>
+      <c r="R47">
+        <v>20.4</v>
+      </c>
+    </row>
+    <row r="48" spans="1:19">
+      <c r="A48" t="s">
+        <v>58</v>
+      </c>
+      <c r="B48" t="s">
+        <v>26</v>
+      </c>
+      <c r="C48">
+        <v>3420</v>
+      </c>
+      <c r="D48">
+        <v>6</v>
+      </c>
+      <c r="E48" t="s">
+        <v>24</v>
+      </c>
+      <c r="F48" s="5">
+        <v>43.0</v>
+      </c>
+      <c r="G48">
+        <v>42.0</v>
+      </c>
+      <c r="H48">
+        <v>41.0</v>
+      </c>
+      <c r="I48">
+        <v>40.0</v>
+      </c>
+      <c r="J48">
+        <v>39.0</v>
+      </c>
+      <c r="K48">
+        <v>38.0</v>
+      </c>
+      <c r="L48">
+        <v>37.5</v>
+      </c>
+      <c r="M48">
+        <v>37.0</v>
+      </c>
+      <c r="N48">
+        <v>36.5</v>
+      </c>
+      <c r="O48">
+        <v>36.0</v>
+      </c>
+      <c r="P48">
+        <v>35.5</v>
+      </c>
+      <c r="Q48">
+        <v>35.0</v>
+      </c>
+      <c r="R48">
+        <v>35.0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:19">
+      <c r="A49" t="s">
+        <v>59</v>
+      </c>
+      <c r="B49" t="s">
+        <v>26</v>
+      </c>
+      <c r="C49">
+        <v>1000</v>
+      </c>
+      <c r="D49">
+        <v>3</v>
+      </c>
+      <c r="E49" t="s">
+        <v>24</v>
+      </c>
+      <c r="F49" s="5">
+        <v>25.4</v>
+      </c>
+      <c r="G49">
+        <v>23.9</v>
+      </c>
+      <c r="H49">
         <v>23.1</v>
       </c>
-      <c r="I46" s="0">
-[...8 lines deleted...]
-      <c r="L46" s="0">
+      <c r="I49">
+        <v>22.9</v>
+      </c>
+      <c r="J49">
+        <v>21.9</v>
+      </c>
+      <c r="K49">
         <v>21.2</v>
       </c>
-      <c r="M46" s="0">
+      <c r="L49">
+        <v>20.8</v>
+      </c>
+      <c r="M49">
+        <v>20.4</v>
+      </c>
+      <c r="N49">
+        <v>20.4</v>
+      </c>
+      <c r="O49">
+        <v>19.6</v>
+      </c>
+      <c r="P49">
+        <v>19.6</v>
+      </c>
+      <c r="Q49">
+        <v>19.6</v>
+      </c>
+      <c r="R49">
+        <v>19.6</v>
+      </c>
+    </row>
+    <row r="50" spans="1:19">
+      <c r="A50" t="s">
+        <v>60</v>
+      </c>
+      <c r="B50" t="s">
+        <v>23</v>
+      </c>
+      <c r="C50">
+        <v>4500</v>
+      </c>
+      <c r="D50">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>24</v>
+      </c>
+      <c r="F50" s="5">
+        <v>38.3</v>
+      </c>
+      <c r="G50">
+        <v>38.2</v>
+      </c>
+      <c r="H50">
+        <v>38.0</v>
+      </c>
+      <c r="I50">
+        <v>37.0</v>
+      </c>
+      <c r="J50">
+        <v>36.8</v>
+      </c>
+      <c r="K50">
+        <v>35.2</v>
+      </c>
+      <c r="L50">
+        <v>33.7</v>
+      </c>
+      <c r="M50">
+        <v>33.1</v>
+      </c>
+      <c r="N50">
+        <v>32.8</v>
+      </c>
+      <c r="O50">
+        <v>32.0</v>
+      </c>
+      <c r="P50">
+        <v>31.8</v>
+      </c>
+      <c r="Q50">
+        <v>31.3</v>
+      </c>
+      <c r="R50">
+        <v>31.3</v>
+      </c>
+    </row>
+    <row r="51" spans="1:19">
+      <c r="A51" t="s">
+        <v>61</v>
+      </c>
+      <c r="B51" t="s">
+        <v>29</v>
+      </c>
+      <c r="C51">
+        <v>2850</v>
+      </c>
+      <c r="D51">
+        <v>19</v>
+      </c>
+      <c r="E51" t="s">
+        <v>24</v>
+      </c>
+      <c r="F51" s="5">
+        <v>30.1</v>
+      </c>
+      <c r="G51">
+        <v>29.4</v>
+      </c>
+      <c r="H51">
+        <v>28.7</v>
+      </c>
+      <c r="I51">
+        <v>28.0</v>
+      </c>
+      <c r="J51">
+        <v>27.3</v>
+      </c>
+      <c r="K51">
+        <v>26.6</v>
+      </c>
+      <c r="L51">
+        <v>26.2</v>
+      </c>
+      <c r="M51">
+        <v>25.8</v>
+      </c>
+      <c r="N51">
+        <v>25.4</v>
+      </c>
+      <c r="O51">
+        <v>25.0</v>
+      </c>
+      <c r="P51">
+        <v>24.6</v>
+      </c>
+      <c r="Q51">
+        <v>24.2</v>
+      </c>
+      <c r="R51">
+        <v>24.2</v>
+      </c>
+    </row>
+    <row r="52" spans="1:19">
+      <c r="A52" t="s">
+        <v>62</v>
+      </c>
+      <c r="B52" t="s">
+        <v>26</v>
+      </c>
+      <c r="C52">
+        <v>700</v>
+      </c>
+      <c r="D52">
+        <v>2</v>
+      </c>
+      <c r="E52" t="s">
+        <v>24</v>
+      </c>
+      <c r="F52" s="5">
+        <v>9.2</v>
+      </c>
+      <c r="G52">
+        <v>9.1</v>
+      </c>
+      <c r="H52">
+        <v>9</v>
+      </c>
+      <c r="I52">
+        <v>8.9</v>
+      </c>
+      <c r="J52">
+        <v>8.8</v>
+      </c>
+      <c r="K52">
+        <v>8.7</v>
+      </c>
+      <c r="L52">
+        <v>8.6</v>
+      </c>
+      <c r="M52">
+        <v>8.5</v>
+      </c>
+      <c r="N52">
+        <v>8.3</v>
+      </c>
+      <c r="O52">
+        <v>7.9</v>
+      </c>
+      <c r="P52">
+        <v>7.6</v>
+      </c>
+      <c r="Q52">
+        <v>7.3</v>
+      </c>
+      <c r="R52">
+        <v>7.3</v>
+      </c>
+    </row>
+    <row r="53" spans="1:19">
+      <c r="A53" t="s">
+        <v>63</v>
+      </c>
+      <c r="B53" t="s">
+        <v>23</v>
+      </c>
+      <c r="C53">
+        <v>2400</v>
+      </c>
+      <c r="D53">
+        <v>10</v>
+      </c>
+      <c r="E53" t="s">
+        <v>24</v>
+      </c>
+      <c r="F53" s="5">
+        <v>21.9</v>
+      </c>
+      <c r="G53">
+        <v>21.4</v>
+      </c>
+      <c r="H53">
         <v>20.9</v>
       </c>
-      <c r="N46" s="0">
-[...64 lines deleted...]
-      <c r="Q47" s="6">
+      <c r="I53">
         <v>20.4</v>
       </c>
-      <c r="R47" s="6">
-[...66 lines deleted...]
-      <c r="C49" s="6">
+      <c r="J53">
+        <v>19.9</v>
+      </c>
+      <c r="K53">
+        <v>19.4</v>
+      </c>
+      <c r="L53">
+        <v>19.1</v>
+      </c>
+      <c r="M53">
+        <v>18.8</v>
+      </c>
+      <c r="N53">
+        <v>18.5</v>
+      </c>
+      <c r="O53">
+        <v>18.2</v>
+      </c>
+      <c r="P53">
+        <v>17.9</v>
+      </c>
+      <c r="Q53">
+        <v>17.6</v>
+      </c>
+      <c r="R53">
+        <v>17.6</v>
+      </c>
+    </row>
+    <row r="54" spans="1:19">
+      <c r="A54" t="s">
+        <v>64</v>
+      </c>
+      <c r="B54" t="s">
+        <v>26</v>
+      </c>
+      <c r="C54">
         <v>1000</v>
       </c>
-      <c r="D49" s="6">
+      <c r="D54">
         <v>3</v>
       </c>
-      <c r="E49" s="6" t="s">
-[...279 lines deleted...]
-      <c r="E54" s="0" t="s">
+      <c r="E54" t="s">
         <v>24</v>
       </c>
       <c r="F54" s="5">
         <v>24.3</v>
       </c>
-      <c r="G54" s="0">
+      <c r="G54">
         <v>23.7</v>
       </c>
-      <c r="H54" s="0">
+      <c r="H54">
         <v>23.1</v>
       </c>
-      <c r="I54" s="0">
+      <c r="I54">
         <v>22.5</v>
       </c>
-      <c r="J54" s="0">
+      <c r="J54">
         <v>22</v>
       </c>
-      <c r="K54" s="0">
+      <c r="K54">
         <v>21.5</v>
       </c>
-      <c r="L54" s="0">
+      <c r="L54">
         <v>21.2</v>
       </c>
-      <c r="M54" s="0">
+      <c r="M54">
         <v>20.9</v>
       </c>
-      <c r="N54" s="0">
+      <c r="N54">
         <v>20.6</v>
       </c>
-      <c r="O54" s="0">
+      <c r="O54">
         <v>20.3</v>
       </c>
-      <c r="P54" s="0">
+      <c r="P54">
         <v>20</v>
       </c>
-      <c r="Q54" s="0">
+      <c r="Q54">
         <v>19.7</v>
       </c>
-      <c r="R54" s="0">
+      <c r="R54">
         <v>19.7</v>
       </c>
     </row>
     <row r="55" spans="1:19">
-      <c r="A55" s="6" t="s">
+      <c r="A55" t="s">
         <v>65</v>
       </c>
-      <c r="B55" s="6" t="s">
+      <c r="B55" t="s">
         <v>29</v>
       </c>
-      <c r="C55" s="6">
+      <c r="C55">
         <v>1350</v>
       </c>
-      <c r="D55" s="6">
+      <c r="D55">
         <v>9</v>
       </c>
-      <c r="E55" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F55" s="7">
+      <c r="E55" t="s">
+        <v>24</v>
+      </c>
+      <c r="F55" s="5">
         <v>13.4</v>
       </c>
-      <c r="G55" s="6">
+      <c r="G55">
         <v>13.1</v>
       </c>
-      <c r="H55" s="6">
+      <c r="H55">
         <v>12.8</v>
       </c>
-      <c r="I55" s="6">
+      <c r="I55">
         <v>12.5</v>
       </c>
-      <c r="J55" s="6">
+      <c r="J55">
         <v>12.2</v>
       </c>
-      <c r="K55" s="6">
+      <c r="K55">
         <v>11.9</v>
       </c>
-      <c r="L55" s="6">
+      <c r="L55">
         <v>11.7</v>
       </c>
-      <c r="M55" s="6">
+      <c r="M55">
         <v>11.5</v>
       </c>
-      <c r="N55" s="6">
+      <c r="N55">
         <v>11.3</v>
       </c>
-      <c r="O55" s="6">
+      <c r="O55">
         <v>11.1</v>
       </c>
-      <c r="P55" s="6">
+      <c r="P55">
         <v>10.9</v>
       </c>
-      <c r="Q55" s="6">
+      <c r="Q55">
         <v>10.7</v>
       </c>
-      <c r="R55" s="6">
+      <c r="R55">
         <v>10.7</v>
       </c>
     </row>
     <row r="56" spans="1:19">
-      <c r="A56" s="0" t="s">
+      <c r="A56" t="s">
         <v>65</v>
       </c>
-      <c r="B56" s="0" t="s">
+      <c r="B56" t="s">
         <v>29</v>
       </c>
-      <c r="C56" s="0">
+      <c r="C56">
         <v>2600</v>
       </c>
-      <c r="D56" s="0">
+      <c r="D56">
         <v>9</v>
       </c>
-      <c r="E56" s="0" t="s">
+      <c r="E56" t="s">
         <v>30</v>
       </c>
       <c r="F56" s="5">
         <v>17.5</v>
       </c>
-      <c r="G56" s="0">
+      <c r="G56">
         <v>17.1</v>
       </c>
-      <c r="H56" s="0">
+      <c r="H56">
         <v>16.7</v>
       </c>
-      <c r="I56" s="0">
+      <c r="I56">
         <v>16.3</v>
       </c>
-      <c r="J56" s="0">
+      <c r="J56">
         <v>15.9</v>
       </c>
-      <c r="K56" s="0">
+      <c r="K56">
         <v>15.5</v>
       </c>
-      <c r="L56" s="0">
+      <c r="L56">
         <v>15.3</v>
       </c>
-      <c r="M56" s="0">
+      <c r="M56">
         <v>15.1</v>
       </c>
-      <c r="N56" s="0">
+      <c r="N56">
         <v>14.9</v>
       </c>
-      <c r="O56" s="0">
+      <c r="O56">
         <v>14.7</v>
       </c>
-      <c r="P56" s="0">
+      <c r="P56">
         <v>14.5</v>
       </c>
-      <c r="Q56" s="0">
+      <c r="Q56">
         <v>14.3</v>
       </c>
-      <c r="R56" s="0">
+      <c r="R56">
         <v>14.3</v>
       </c>
     </row>
     <row r="57" spans="1:19">
-      <c r="A57" s="6" t="s">
+      <c r="A57" t="s">
         <v>65</v>
       </c>
-      <c r="B57" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C57" s="6">
+      <c r="B57" t="s">
+        <v>26</v>
+      </c>
+      <c r="C57">
         <v>1000</v>
       </c>
-      <c r="D57" s="6">
+      <c r="D57">
         <v>5</v>
       </c>
-      <c r="E57" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F57" s="7">
+      <c r="E57" t="s">
+        <v>24</v>
+      </c>
+      <c r="F57" s="5">
         <v>31.5</v>
       </c>
-      <c r="G57" s="6">
+      <c r="G57">
         <v>30.7</v>
       </c>
-      <c r="H57" s="6">
+      <c r="H57">
         <v>30</v>
       </c>
-      <c r="I57" s="6">
+      <c r="I57">
         <v>29.3</v>
       </c>
-      <c r="J57" s="6">
+      <c r="J57">
         <v>28.6</v>
       </c>
-      <c r="K57" s="6">
+      <c r="K57">
         <v>27.9</v>
       </c>
-      <c r="L57" s="6">
+      <c r="L57">
         <v>27.5</v>
       </c>
-      <c r="M57" s="6">
+      <c r="M57">
         <v>27.1</v>
       </c>
-      <c r="N57" s="6">
+      <c r="N57">
         <v>26.7</v>
       </c>
-      <c r="O57" s="6">
+      <c r="O57">
         <v>26.3</v>
       </c>
-      <c r="P57" s="6">
+      <c r="P57">
         <v>25.9</v>
       </c>
-      <c r="Q57" s="6">
+      <c r="Q57">
         <v>25.5</v>
       </c>
-      <c r="R57" s="6">
+      <c r="R57">
         <v>25.5</v>
       </c>
     </row>
     <row r="58" spans="1:19">
-      <c r="A58" s="0" t="s">
+      <c r="A58" t="s">
         <v>66</v>
       </c>
-      <c r="B58" s="0" t="s">
+      <c r="B58" t="s">
         <v>29</v>
       </c>
-      <c r="C58" s="0">
-[...2 lines deleted...]
-      <c r="D58" s="0">
+      <c r="C58">
+        <v>1000</v>
+      </c>
+      <c r="D58">
         <v>8</v>
       </c>
-      <c r="E58" s="0" t="s">
+      <c r="E58" t="s">
         <v>24</v>
       </c>
       <c r="F58" s="5">
+        <v>9.8</v>
+      </c>
+      <c r="G58">
+        <v>9.6</v>
+      </c>
+      <c r="H58">
+        <v>9.4</v>
+      </c>
+      <c r="I58">
+        <v>9.2</v>
+      </c>
+      <c r="J58">
+        <v>9</v>
+      </c>
+      <c r="K58">
+        <v>8.8</v>
+      </c>
+      <c r="L58">
+        <v>8.7</v>
+      </c>
+      <c r="M58">
         <v>8.6</v>
       </c>
-      <c r="G58" s="0">
+      <c r="N58">
+        <v>8.5</v>
+      </c>
+      <c r="O58">
         <v>8.4</v>
       </c>
-      <c r="H58" s="0">
-[...2 lines deleted...]
-      <c r="I58" s="0">
+      <c r="P58">
+        <v>8.3</v>
+      </c>
+      <c r="Q58">
+        <v>8.2</v>
+      </c>
+      <c r="R58">
+        <v>8.2</v>
+      </c>
+    </row>
+    <row r="59" spans="1:19">
+      <c r="A59" t="s">
+        <v>66</v>
+      </c>
+      <c r="B59" t="s">
+        <v>29</v>
+      </c>
+      <c r="C59">
+        <v>1800</v>
+      </c>
+      <c r="D59">
         <v>8</v>
       </c>
-      <c r="J58" s="0">
-[...28 lines deleted...]
-      <c r="A59" s="6" t="s">
+      <c r="E59" t="s">
+        <v>30</v>
+      </c>
+      <c r="F59" s="5">
+        <v>17.6</v>
+      </c>
+      <c r="G59">
+        <v>17.2</v>
+      </c>
+      <c r="H59">
+        <v>16.8</v>
+      </c>
+      <c r="I59">
+        <v>16.4</v>
+      </c>
+      <c r="J59">
+        <v>16</v>
+      </c>
+      <c r="K59">
+        <v>15.6</v>
+      </c>
+      <c r="L59">
+        <v>15.4</v>
+      </c>
+      <c r="M59">
+        <v>15.2</v>
+      </c>
+      <c r="N59">
+        <v>15</v>
+      </c>
+      <c r="O59">
+        <v>14.8</v>
+      </c>
+      <c r="P59">
+        <v>14.6</v>
+      </c>
+      <c r="Q59">
+        <v>14.4</v>
+      </c>
+      <c r="R59">
+        <v>14.4</v>
+      </c>
+    </row>
+    <row r="60" spans="1:19">
+      <c r="A60" t="s">
         <v>66</v>
       </c>
-      <c r="B59" s="6" t="s">
-[...58 lines deleted...]
-      <c r="C60" s="0">
+      <c r="B60" t="s">
+        <v>26</v>
+      </c>
+      <c r="C60">
         <v>900</v>
       </c>
-      <c r="D60" s="0">
+      <c r="D60">
         <v>5</v>
       </c>
-      <c r="E60" s="0" t="s">
+      <c r="E60" t="s">
         <v>24</v>
       </c>
       <c r="F60" s="5">
         <v>27.1</v>
       </c>
-      <c r="G60" s="0">
+      <c r="G60">
         <v>26.4</v>
       </c>
-      <c r="H60" s="0">
+      <c r="H60">
         <v>25.8</v>
       </c>
-      <c r="I60" s="0">
+      <c r="I60">
         <v>25.2</v>
       </c>
-      <c r="J60" s="0">
+      <c r="J60">
         <v>24.6</v>
       </c>
-      <c r="K60" s="0">
-[...2 lines deleted...]
-      <c r="L60" s="0">
+      <c r="K60">
+        <v>24</v>
+      </c>
+      <c r="L60">
         <v>23.6</v>
       </c>
-      <c r="M60" s="0">
+      <c r="M60">
         <v>23.3</v>
       </c>
-      <c r="N60" s="0">
+      <c r="N60">
         <v>23</v>
       </c>
-      <c r="O60" s="0">
+      <c r="O60">
         <v>22.7</v>
       </c>
-      <c r="P60" s="0">
+      <c r="P60">
         <v>22.4</v>
       </c>
-      <c r="Q60" s="0">
+      <c r="Q60">
         <v>22.1</v>
       </c>
-      <c r="R60" s="0">
+      <c r="R60">
         <v>22.1</v>
       </c>
     </row>
     <row r="61" spans="1:19">
-      <c r="A61" s="6" t="s">
+      <c r="A61" t="s">
         <v>67</v>
       </c>
-      <c r="B61" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C61" s="6">
+      <c r="B61" t="s">
+        <v>26</v>
+      </c>
+      <c r="C61">
         <v>880</v>
       </c>
-      <c r="D61" s="6">
+      <c r="D61">
         <v>5</v>
       </c>
-      <c r="E61" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F61" s="7">
+      <c r="E61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F61" s="5">
         <v>21.2</v>
       </c>
-      <c r="G61" s="6">
+      <c r="G61">
         <v>20.7</v>
       </c>
-      <c r="H61" s="6">
+      <c r="H61">
         <v>20.2</v>
       </c>
-      <c r="I61" s="6">
+      <c r="I61">
         <v>19.7</v>
       </c>
-      <c r="J61" s="6">
+      <c r="J61">
         <v>19.2</v>
       </c>
-      <c r="K61" s="6">
+      <c r="K61">
         <v>18.7</v>
       </c>
-      <c r="L61" s="6">
+      <c r="L61">
         <v>18.4</v>
       </c>
-      <c r="M61" s="6">
+      <c r="M61">
         <v>18.1</v>
       </c>
-      <c r="N61" s="6">
+      <c r="N61">
         <v>17.8</v>
       </c>
-      <c r="O61" s="6">
+      <c r="O61">
         <v>17.5</v>
       </c>
-      <c r="P61" s="6">
+      <c r="P61">
         <v>17.2</v>
       </c>
-      <c r="Q61" s="6">
+      <c r="Q61">
         <v>16.9</v>
       </c>
-      <c r="R61" s="6">
+      <c r="R61">
         <v>16.9</v>
       </c>
     </row>
     <row r="62" spans="1:19">
-      <c r="A62" s="0" t="s">
+      <c r="A62" t="s">
         <v>68</v>
       </c>
-      <c r="B62" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C62" s="0">
+      <c r="B62" t="s">
+        <v>26</v>
+      </c>
+      <c r="C62">
         <v>650</v>
       </c>
-      <c r="D62" s="0">
+      <c r="D62">
         <v>3</v>
       </c>
-      <c r="E62" s="0" t="s">
+      <c r="E62" t="s">
         <v>24</v>
       </c>
       <c r="F62" s="5">
         <v>21</v>
       </c>
-      <c r="G62" s="0">
+      <c r="G62">
         <v>20.5</v>
       </c>
-      <c r="H62" s="0">
+      <c r="H62">
         <v>20</v>
       </c>
-      <c r="I62" s="0">
+      <c r="I62">
         <v>19.5</v>
       </c>
-      <c r="J62" s="0">
+      <c r="J62">
         <v>19</v>
       </c>
-      <c r="K62" s="0">
+      <c r="K62">
         <v>18.5</v>
       </c>
-      <c r="L62" s="0">
+      <c r="L62">
         <v>18.2</v>
       </c>
-      <c r="M62" s="0">
+      <c r="M62">
         <v>17.9</v>
       </c>
-      <c r="N62" s="0">
+      <c r="N62">
         <v>17.6</v>
       </c>
-      <c r="O62" s="0">
+      <c r="O62">
         <v>17.3</v>
       </c>
-      <c r="P62" s="0">
+      <c r="P62">
         <v>17</v>
       </c>
-      <c r="Q62" s="0">
+      <c r="Q62">
         <v>16.7</v>
       </c>
-      <c r="R62" s="0">
+      <c r="R62">
         <v>16.7</v>
       </c>
     </row>
     <row r="63" spans="1:19">
-      <c r="A63" s="6" t="s">
+      <c r="A63" t="s">
         <v>69</v>
       </c>
-      <c r="B63" s="6" t="s">
+      <c r="B63" t="s">
         <v>29</v>
       </c>
-      <c r="C63" s="6">
+      <c r="C63">
         <v>4000</v>
       </c>
-      <c r="D63" s="6">
+      <c r="D63">
         <v>40</v>
       </c>
-      <c r="E63" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F63" s="7">
+      <c r="E63" t="s">
+        <v>24</v>
+      </c>
+      <c r="F63" s="5">
         <v>41.5</v>
       </c>
-      <c r="G63" s="6">
+      <c r="G63">
         <v>41.5</v>
       </c>
-      <c r="H63" s="6">
+      <c r="H63">
         <v>41.4</v>
       </c>
-      <c r="I63" s="6">
+      <c r="I63">
         <v>41.3</v>
       </c>
-      <c r="J63" s="6">
+      <c r="J63">
         <v>41.2</v>
       </c>
-      <c r="K63" s="6">
+      <c r="K63">
         <v>41</v>
       </c>
-      <c r="L63" s="6">
+      <c r="L63">
         <v>40.5</v>
       </c>
-      <c r="M63" s="6">
+      <c r="M63">
         <v>40</v>
       </c>
-      <c r="N63" s="6">
+      <c r="N63">
         <v>39.5</v>
       </c>
-      <c r="O63" s="6">
+      <c r="O63">
         <v>39</v>
       </c>
-      <c r="P63" s="6">
+      <c r="P63">
         <v>39</v>
       </c>
-      <c r="Q63" s="6">
+      <c r="Q63">
         <v>39</v>
       </c>
-      <c r="R63" s="6">
+      <c r="R63">
         <v>39</v>
       </c>
     </row>
     <row r="64" spans="1:19">
-      <c r="A64" s="0" t="s">
+      <c r="A64" t="s">
         <v>70</v>
       </c>
-      <c r="B64" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C64" s="0">
+      <c r="B64" t="s">
+        <v>26</v>
+      </c>
+      <c r="C64">
         <v>670</v>
       </c>
-      <c r="D64" s="0">
+      <c r="D64">
         <v>3</v>
       </c>
-      <c r="E64" s="0" t="s">
+      <c r="E64" t="s">
         <v>24</v>
       </c>
       <c r="F64" s="5">
         <v>25.5</v>
       </c>
-      <c r="G64" s="0">
+      <c r="G64">
         <v>24.9</v>
       </c>
-      <c r="H64" s="0">
+      <c r="H64">
         <v>24.3</v>
       </c>
-      <c r="I64" s="0">
+      <c r="I64">
         <v>23.7</v>
       </c>
-      <c r="J64" s="0">
+      <c r="J64">
         <v>23.1</v>
       </c>
-      <c r="K64" s="0">
+      <c r="K64">
         <v>22.5</v>
       </c>
-      <c r="L64" s="0">
+      <c r="L64">
         <v>22.2</v>
       </c>
-      <c r="M64" s="0">
+      <c r="M64">
         <v>21.9</v>
       </c>
-      <c r="N64" s="0">
+      <c r="N64">
         <v>21.6</v>
       </c>
-      <c r="O64" s="0">
+      <c r="O64">
         <v>21.3</v>
       </c>
-      <c r="P64" s="0">
+      <c r="P64">
         <v>21</v>
       </c>
-      <c r="Q64" s="0">
+      <c r="Q64">
         <v>20.7</v>
       </c>
-      <c r="R64" s="0">
+      <c r="R64">
         <v>20.7</v>
       </c>
     </row>
     <row r="65" spans="1:19">
-      <c r="A65" s="6" t="s">
+      <c r="A65" t="s">
         <v>71</v>
       </c>
-      <c r="B65" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C65" s="6">
+      <c r="B65" t="s">
+        <v>26</v>
+      </c>
+      <c r="C65">
         <v>450</v>
       </c>
-      <c r="D65" s="6">
+      <c r="D65">
         <v>3</v>
       </c>
-      <c r="E65" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F65" s="7">
+      <c r="E65" t="s">
+        <v>24</v>
+      </c>
+      <c r="F65" s="5">
         <v>19.7</v>
       </c>
-      <c r="G65" s="6">
+      <c r="G65">
         <v>19.2</v>
       </c>
-      <c r="H65" s="6">
+      <c r="H65">
         <v>18.7</v>
       </c>
-      <c r="I65" s="6">
+      <c r="I65">
         <v>18.2</v>
       </c>
-      <c r="J65" s="6">
+      <c r="J65">
         <v>17.8</v>
       </c>
-      <c r="K65" s="6">
+      <c r="K65">
         <v>17.4</v>
       </c>
-      <c r="L65" s="6">
+      <c r="L65">
         <v>17.1</v>
       </c>
-      <c r="M65" s="6">
+      <c r="M65">
         <v>16.8</v>
       </c>
-      <c r="N65" s="6">
+      <c r="N65">
         <v>16.6</v>
       </c>
-      <c r="O65" s="6">
+      <c r="O65">
         <v>16.4</v>
       </c>
-      <c r="P65" s="6">
+      <c r="P65">
         <v>16.2</v>
       </c>
-      <c r="Q65" s="6">
+      <c r="Q65">
         <v>16</v>
       </c>
-      <c r="R65" s="6">
+      <c r="R65">
         <v>16</v>
       </c>
     </row>
     <row r="66" spans="1:19">
-      <c r="A66" s="0" t="s">
+      <c r="A66" t="s">
         <v>72</v>
       </c>
-      <c r="B66" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C66" s="0">
+      <c r="B66" t="s">
+        <v>26</v>
+      </c>
+      <c r="C66">
         <v>920</v>
       </c>
-      <c r="D66" s="0">
+      <c r="D66">
         <v>1</v>
       </c>
-      <c r="E66" s="0" t="s">
+      <c r="E66" t="s">
         <v>24</v>
       </c>
       <c r="F66" s="5">
         <v>17.3</v>
       </c>
-      <c r="G66" s="0">
+      <c r="G66">
         <v>16.9</v>
       </c>
-      <c r="H66" s="0">
+      <c r="H66">
         <v>16.5</v>
       </c>
-      <c r="I66" s="0">
+      <c r="I66">
         <v>16.1</v>
       </c>
-      <c r="J66" s="0">
+      <c r="J66">
         <v>15.7</v>
       </c>
-      <c r="K66" s="0">
+      <c r="K66">
         <v>15.3</v>
       </c>
-      <c r="L66" s="0">
+      <c r="L66">
         <v>15.1</v>
       </c>
-      <c r="M66" s="0">
+      <c r="M66">
         <v>14.9</v>
       </c>
-      <c r="N66" s="0">
+      <c r="N66">
         <v>14.7</v>
       </c>
-      <c r="O66" s="0">
+      <c r="O66">
         <v>14.5</v>
       </c>
-      <c r="P66" s="0">
+      <c r="P66">
         <v>14.3</v>
       </c>
-      <c r="Q66" s="0">
+      <c r="Q66">
         <v>14.1</v>
       </c>
-      <c r="R66" s="0">
+      <c r="R66">
         <v>14.1</v>
       </c>
     </row>
     <row r="67" spans="1:19">
-      <c r="A67" s="0" t="s">
+      <c r="A67" t="s">
         <v>73</v>
       </c>
-      <c r="B67" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C67" s="0">
+      <c r="B67" t="s">
+        <v>26</v>
+      </c>
+      <c r="C67">
         <v>750</v>
       </c>
-      <c r="D67" s="0">
+      <c r="D67">
         <v>3</v>
       </c>
-      <c r="E67" s="0" t="s">
+      <c r="E67" t="s">
         <v>24</v>
       </c>
       <c r="F67" s="5">
         <v>19.6</v>
       </c>
-      <c r="G67" s="0">
+      <c r="G67">
         <v>19.1</v>
       </c>
-      <c r="H67" s="0">
+      <c r="H67">
         <v>18.6</v>
       </c>
-      <c r="I67" s="0">
+      <c r="I67">
         <v>18.1</v>
       </c>
-      <c r="J67" s="0">
+      <c r="J67">
         <v>17.7</v>
       </c>
-      <c r="K67" s="0">
+      <c r="K67">
         <v>17.3</v>
       </c>
-      <c r="L67" s="0">
+      <c r="L67">
         <v>17</v>
       </c>
-      <c r="M67" s="0">
+      <c r="M67">
         <v>16.7</v>
       </c>
-      <c r="N67" s="0">
+      <c r="N67">
         <v>16.5</v>
       </c>
-      <c r="O67" s="0">
+      <c r="O67">
         <v>16.3</v>
       </c>
-      <c r="P67" s="0">
+      <c r="P67">
         <v>16.1</v>
       </c>
-      <c r="Q67" s="0">
+      <c r="Q67">
         <v>15.9</v>
       </c>
-      <c r="R67" s="0">
+      <c r="R67">
         <v>15.9</v>
       </c>
     </row>
     <row r="68" spans="1:19">
-      <c r="A68" s="6" t="s">
+      <c r="A68" t="s">
         <v>74</v>
       </c>
-      <c r="B68" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D68" s="6">
+      <c r="B68" t="s">
+        <v>26</v>
+      </c>
+      <c r="C68">
+        <v>600</v>
+      </c>
+      <c r="D68">
         <v>3</v>
       </c>
-      <c r="E68" s="6" t="s">
-[...8 lines deleted...]
-      <c r="H68" s="6">
+      <c r="E68" t="s">
+        <v>24</v>
+      </c>
+      <c r="F68" s="5">
+        <v>19.3</v>
+      </c>
+      <c r="G68">
+        <v>18.8</v>
+      </c>
+      <c r="H68">
+        <v>18.3</v>
+      </c>
+      <c r="I68">
+        <v>17.9</v>
+      </c>
+      <c r="J68">
+        <v>17.5</v>
+      </c>
+      <c r="K68">
+        <v>17.1</v>
+      </c>
+      <c r="L68">
         <v>16.8</v>
       </c>
-      <c r="I68" s="6">
+      <c r="M68">
+        <v>16.6</v>
+      </c>
+      <c r="N68">
         <v>16.4</v>
       </c>
-      <c r="J68" s="6">
+      <c r="O68">
+        <v>16.2</v>
+      </c>
+      <c r="P68">
         <v>16</v>
       </c>
-      <c r="K68" s="6">
-[...21 lines deleted...]
-        <v>14.4</v>
+      <c r="Q68">
+        <v>15.8</v>
+      </c>
+      <c r="R68">
+        <v>15.8</v>
       </c>
     </row>
     <row r="69" spans="1:19">
-      <c r="A69" s="0" t="s">
+      <c r="A69" t="s">
         <v>75</v>
       </c>
-      <c r="B69" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C69" s="0">
+      <c r="B69" t="s">
+        <v>26</v>
+      </c>
+      <c r="C69">
         <v>650</v>
       </c>
-      <c r="D69" s="0">
+      <c r="D69">
         <v>6</v>
       </c>
-      <c r="E69" s="0" t="s">
+      <c r="E69" t="s">
         <v>24</v>
       </c>
       <c r="F69" s="5">
         <v>25.2</v>
       </c>
-      <c r="G69" s="0">
+      <c r="G69">
         <v>24.6</v>
       </c>
-      <c r="H69" s="0">
-[...2 lines deleted...]
-      <c r="I69" s="0">
+      <c r="H69">
+        <v>24</v>
+      </c>
+      <c r="I69">
         <v>23.4</v>
       </c>
-      <c r="J69" s="0">
+      <c r="J69">
         <v>22.8</v>
       </c>
-      <c r="K69" s="0">
+      <c r="K69">
         <v>22.2</v>
       </c>
-      <c r="L69" s="0">
+      <c r="L69">
         <v>21.9</v>
       </c>
-      <c r="M69" s="0">
+      <c r="M69">
         <v>21.6</v>
       </c>
-      <c r="N69" s="0">
+      <c r="N69">
         <v>21.3</v>
       </c>
-      <c r="O69" s="0">
+      <c r="O69">
         <v>21</v>
       </c>
-      <c r="P69" s="0">
+      <c r="P69">
         <v>20.7</v>
       </c>
-      <c r="Q69" s="0">
+      <c r="Q69">
         <v>20.4</v>
       </c>
-      <c r="R69" s="0">
+      <c r="R69">
         <v>20.4</v>
       </c>
     </row>
     <row r="70" spans="1:19">
-      <c r="A70" s="6" t="s">
+      <c r="A70" t="s">
         <v>76</v>
       </c>
-      <c r="B70" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C70" s="6">
+      <c r="B70" t="s">
+        <v>26</v>
+      </c>
+      <c r="C70">
         <v>800</v>
       </c>
-      <c r="D70" s="6">
+      <c r="D70">
         <v>7</v>
       </c>
-      <c r="E70" s="6" t="s">
-[...5 lines deleted...]
-      <c r="G70" s="6">
+      <c r="E70" t="s">
+        <v>24</v>
+      </c>
+      <c r="F70" s="5">
+        <v>29.3</v>
+      </c>
+      <c r="G70">
+        <v>28.6</v>
+      </c>
+      <c r="H70">
+        <v>27.9</v>
+      </c>
+      <c r="I70">
+        <v>27.2</v>
+      </c>
+      <c r="J70">
+        <v>26.5</v>
+      </c>
+      <c r="K70">
+        <v>25.9</v>
+      </c>
+      <c r="L70">
+        <v>25.5</v>
+      </c>
+      <c r="M70">
+        <v>25.1</v>
+      </c>
+      <c r="N70">
+        <v>24.7</v>
+      </c>
+      <c r="O70">
         <v>24.3</v>
       </c>
-      <c r="H70" s="6">
-[...30 lines deleted...]
-        <v>20.2</v>
+      <c r="P70">
+        <v>23.9</v>
+      </c>
+      <c r="Q70">
+        <v>23.5</v>
+      </c>
+      <c r="R70">
+        <v>23.5</v>
       </c>
     </row>
     <row r="71" spans="1:19">
-      <c r="A71" s="0" t="s">
+      <c r="A71" t="s">
         <v>77</v>
       </c>
-      <c r="B71" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C71" s="0">
+      <c r="B71" t="s">
+        <v>26</v>
+      </c>
+      <c r="C71">
         <v>700</v>
       </c>
-      <c r="D71" s="0">
+      <c r="D71">
         <v>3</v>
       </c>
-      <c r="E71" s="0" t="s">
+      <c r="E71" t="s">
         <v>24</v>
       </c>
       <c r="F71" s="5">
         <v>26.1</v>
       </c>
-      <c r="G71" s="0">
+      <c r="G71">
         <v>25.5</v>
       </c>
-      <c r="H71" s="0">
+      <c r="H71">
         <v>24.9</v>
       </c>
-      <c r="I71" s="0">
+      <c r="I71">
         <v>24.3</v>
       </c>
-      <c r="J71" s="0">
+      <c r="J71">
         <v>23.7</v>
       </c>
-      <c r="K71" s="0">
+      <c r="K71">
         <v>23.1</v>
       </c>
-      <c r="L71" s="0">
+      <c r="L71">
         <v>22.8</v>
       </c>
-      <c r="M71" s="0">
+      <c r="M71">
         <v>22.5</v>
       </c>
-      <c r="N71" s="0">
+      <c r="N71">
         <v>22.2</v>
       </c>
-      <c r="O71" s="0">
+      <c r="O71">
         <v>21.9</v>
       </c>
-      <c r="P71" s="0">
+      <c r="P71">
         <v>21.6</v>
       </c>
-      <c r="Q71" s="0">
+      <c r="Q71">
         <v>21.3</v>
       </c>
-      <c r="R71" s="0">
+      <c r="R71">
         <v>21.3</v>
       </c>
     </row>
     <row r="72" spans="1:19">
-      <c r="A72" s="6" t="s">
+      <c r="A72" t="s">
         <v>78</v>
       </c>
-      <c r="B72" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C72" s="6">
+      <c r="B72" t="s">
+        <v>26</v>
+      </c>
+      <c r="C72">
         <v>1850</v>
       </c>
-      <c r="D72" s="6">
+      <c r="D72">
         <v>3</v>
       </c>
-      <c r="E72" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F72" s="7">
+      <c r="E72" t="s">
+        <v>24</v>
+      </c>
+      <c r="F72" s="5">
         <v>35.8</v>
       </c>
-      <c r="G72" s="6">
-[...2 lines deleted...]
-      <c r="H72" s="6">
+      <c r="G72">
+        <v>35.0</v>
+      </c>
+      <c r="H72">
         <v>34.2</v>
       </c>
-      <c r="I72" s="6">
+      <c r="I72">
         <v>33.4</v>
       </c>
-      <c r="J72" s="6">
+      <c r="J72">
         <v>32.6</v>
       </c>
-      <c r="K72" s="6">
+      <c r="K72">
         <v>31.8</v>
       </c>
-      <c r="L72" s="6">
+      <c r="L72">
         <v>31.3</v>
       </c>
-      <c r="M72" s="6">
+      <c r="M72">
         <v>30.8</v>
       </c>
-      <c r="N72" s="6">
+      <c r="N72">
         <v>30.3</v>
       </c>
-      <c r="O72" s="6">
+      <c r="O72">
         <v>29.8</v>
       </c>
-      <c r="P72" s="6">
+      <c r="P72">
         <v>29.3</v>
       </c>
-      <c r="Q72" s="6">
+      <c r="Q72">
         <v>28.8</v>
       </c>
-      <c r="R72" s="6">
+      <c r="R72">
         <v>28.8</v>
       </c>
     </row>
     <row r="73" spans="1:19">
-      <c r="A73" s="0" t="s">
+      <c r="A73" t="s">
         <v>79</v>
       </c>
-      <c r="B73" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C73" s="0">
+      <c r="B73" t="s">
+        <v>26</v>
+      </c>
+      <c r="C73">
         <v>1200</v>
       </c>
-      <c r="D73" s="0">
+      <c r="D73">
         <v>6</v>
       </c>
-      <c r="E73" s="0" t="s">
+      <c r="E73" t="s">
         <v>30</v>
       </c>
       <c r="F73" s="5">
         <v>42.4</v>
       </c>
-      <c r="G73" s="0">
+      <c r="G73">
         <v>42.4</v>
       </c>
-      <c r="H73" s="0">
+      <c r="H73">
         <v>42.3</v>
       </c>
-      <c r="I73" s="0">
+      <c r="I73">
         <v>42</v>
       </c>
-      <c r="J73" s="0">
+      <c r="J73">
         <v>41.7</v>
       </c>
-      <c r="K73" s="0">
+      <c r="K73">
         <v>41.5</v>
       </c>
-      <c r="L73" s="0">
+      <c r="L73">
         <v>41.2</v>
       </c>
-      <c r="M73" s="0">
+      <c r="M73">
         <v>41.1</v>
       </c>
-      <c r="N73" s="0">
+      <c r="N73">
         <v>40.8</v>
       </c>
-      <c r="O73" s="0">
+      <c r="O73">
         <v>40.8</v>
       </c>
-      <c r="P73" s="0">
+      <c r="P73">
         <v>40.5</v>
       </c>
-      <c r="Q73" s="0">
+      <c r="Q73">
         <v>40.5</v>
       </c>
-      <c r="R73" s="0">
+      <c r="R73">
         <v>40.5</v>
       </c>
     </row>
     <row r="74" spans="1:19">
-      <c r="A74" s="6" t="s">
+      <c r="A74" t="s">
         <v>79</v>
       </c>
-      <c r="B74" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C74" s="6">
+      <c r="B74" t="s">
+        <v>26</v>
+      </c>
+      <c r="C74">
         <v>800</v>
       </c>
-      <c r="D74" s="6">
+      <c r="D74">
         <v>6</v>
       </c>
-      <c r="E74" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F74" s="7">
+      <c r="E74" t="s">
+        <v>24</v>
+      </c>
+      <c r="F74" s="5">
         <v>28.3</v>
       </c>
-      <c r="G74" s="6">
+      <c r="G74">
         <v>28.3</v>
       </c>
-      <c r="H74" s="6">
+      <c r="H74">
         <v>28.2</v>
       </c>
-      <c r="I74" s="6">
+      <c r="I74">
         <v>28</v>
       </c>
-      <c r="J74" s="6">
+      <c r="J74">
         <v>27.8</v>
       </c>
-      <c r="K74" s="6">
+      <c r="K74">
         <v>27.7</v>
       </c>
-      <c r="L74" s="6">
+      <c r="L74">
         <v>27.5</v>
       </c>
-      <c r="M74" s="6">
+      <c r="M74">
         <v>27.4</v>
       </c>
-      <c r="N74" s="6">
+      <c r="N74">
         <v>27.2</v>
       </c>
-      <c r="O74" s="6">
+      <c r="O74">
         <v>27.2</v>
       </c>
-      <c r="P74" s="6">
+      <c r="P74">
         <v>27</v>
       </c>
-      <c r="Q74" s="6">
+      <c r="Q74">
         <v>27</v>
       </c>
-      <c r="R74" s="6">
+      <c r="R74">
         <v>27</v>
       </c>
     </row>
     <row r="75" spans="1:19">
-      <c r="A75" s="0" t="s">
+      <c r="A75" t="s">
         <v>80</v>
       </c>
-      <c r="B75" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C75" s="0">
+      <c r="B75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C75">
         <v>850</v>
       </c>
-      <c r="D75" s="0">
+      <c r="D75">
         <v>4</v>
       </c>
-      <c r="E75" s="0" t="s">
+      <c r="E75" t="s">
         <v>24</v>
       </c>
       <c r="F75" s="5">
         <v>21.1</v>
       </c>
-      <c r="G75" s="0">
+      <c r="G75">
         <v>20.6</v>
       </c>
-      <c r="H75" s="0">
+      <c r="H75">
         <v>20.1</v>
       </c>
-      <c r="I75" s="0">
+      <c r="I75">
         <v>19.6</v>
       </c>
-      <c r="J75" s="0">
+      <c r="J75">
         <v>19.1</v>
       </c>
-      <c r="K75" s="0">
+      <c r="K75">
         <v>18.6</v>
       </c>
-      <c r="L75" s="0">
+      <c r="L75">
         <v>18.3</v>
       </c>
-      <c r="M75" s="0">
+      <c r="M75">
         <v>18</v>
       </c>
-      <c r="N75" s="0">
+      <c r="N75">
         <v>17.7</v>
       </c>
-      <c r="O75" s="0">
+      <c r="O75">
         <v>17.4</v>
       </c>
-      <c r="P75" s="0">
+      <c r="P75">
         <v>17.1</v>
       </c>
-      <c r="Q75" s="0">
+      <c r="Q75">
         <v>16.8</v>
       </c>
-      <c r="R75" s="0">
+      <c r="R75">
         <v>16.8</v>
       </c>
     </row>
     <row r="76" spans="1:19">
-      <c r="A76" s="6" t="s">
+      <c r="A76" t="s">
         <v>81</v>
       </c>
-      <c r="B76" s="6" t="s">
+      <c r="B76" t="s">
         <v>29</v>
       </c>
-      <c r="C76" s="6">
+      <c r="C76">
         <v>1000</v>
       </c>
-      <c r="D76" s="6">
+      <c r="D76">
         <v>10</v>
       </c>
-      <c r="E76" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F76" s="7">
+      <c r="E76" t="s">
+        <v>24</v>
+      </c>
+      <c r="F76" s="5">
         <v>16.5</v>
       </c>
-      <c r="G76" s="6">
+      <c r="G76">
         <v>16</v>
       </c>
-      <c r="H76" s="6">
+      <c r="H76">
         <v>16</v>
       </c>
-      <c r="I76" s="6">
+      <c r="I76">
         <v>15.5</v>
       </c>
-      <c r="J76" s="6">
+      <c r="J76">
         <v>15.5</v>
       </c>
-      <c r="K76" s="6">
+      <c r="K76">
         <v>14.5</v>
       </c>
-      <c r="L76" s="6">
+      <c r="L76">
         <v>14.5</v>
       </c>
-      <c r="M76" s="6">
+      <c r="M76">
         <v>14</v>
       </c>
-      <c r="N76" s="6">
+      <c r="N76">
         <v>14</v>
       </c>
-      <c r="O76" s="6">
+      <c r="O76">
         <v>13.5</v>
       </c>
-      <c r="P76" s="6">
+      <c r="P76">
         <v>13.5</v>
       </c>
-      <c r="Q76" s="6">
+      <c r="Q76">
         <v>13</v>
       </c>
-      <c r="R76" s="6">
+      <c r="R76">
         <v>13</v>
       </c>
     </row>
     <row r="77" spans="1:19">
-      <c r="A77" s="0" t="s">
+      <c r="A77" t="s">
         <v>81</v>
       </c>
-      <c r="B77" s="0" t="s">
+      <c r="B77" t="s">
         <v>29</v>
       </c>
-      <c r="C77" s="0">
+      <c r="C77">
         <v>3000</v>
       </c>
-      <c r="D77" s="0">
+      <c r="D77">
         <v>12</v>
       </c>
-      <c r="E77" s="0" t="s">
+      <c r="E77" t="s">
         <v>30</v>
       </c>
       <c r="F77" s="5">
         <v>21.5</v>
       </c>
-      <c r="G77" s="0">
+      <c r="G77">
         <v>21</v>
       </c>
-      <c r="H77" s="0">
+      <c r="H77">
         <v>20</v>
       </c>
-      <c r="I77" s="0">
+      <c r="I77">
         <v>20</v>
       </c>
-      <c r="J77" s="0">
+      <c r="J77">
         <v>19.5</v>
       </c>
-      <c r="K77" s="0">
+      <c r="K77">
         <v>19</v>
       </c>
-      <c r="L77" s="0">
+      <c r="L77">
         <v>18.5</v>
       </c>
-      <c r="M77" s="0">
+      <c r="M77">
         <v>18.5</v>
       </c>
-      <c r="N77" s="0">
+      <c r="N77">
         <v>18</v>
       </c>
-      <c r="O77" s="0">
+      <c r="O77">
         <v>17.5</v>
       </c>
-      <c r="P77" s="0">
+      <c r="P77">
         <v>17.5</v>
       </c>
-      <c r="Q77" s="0">
+      <c r="Q77">
         <v>17</v>
       </c>
-      <c r="R77" s="0">
+      <c r="R77">
         <v>17</v>
       </c>
     </row>
     <row r="78" spans="1:19">
-      <c r="A78" s="6" t="s">
+      <c r="A78" t="s">
         <v>81</v>
       </c>
-      <c r="B78" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C78" s="6">
+      <c r="B78" t="s">
+        <v>26</v>
+      </c>
+      <c r="C78">
         <v>1200</v>
       </c>
-      <c r="D78" s="6">
+      <c r="D78">
         <v>6</v>
       </c>
-      <c r="E78" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F78" s="7">
+      <c r="E78" t="s">
+        <v>24</v>
+      </c>
+      <c r="F78" s="5">
         <v>27</v>
       </c>
-      <c r="G78" s="6">
+      <c r="G78">
         <v>26.8</v>
       </c>
-      <c r="H78" s="6">
+      <c r="H78">
         <v>26.7</v>
       </c>
-      <c r="I78" s="6">
+      <c r="I78">
         <v>26.5</v>
       </c>
-      <c r="J78" s="6">
+      <c r="J78">
         <v>26.3</v>
       </c>
-      <c r="K78" s="6">
-[...2 lines deleted...]
-      <c r="L78" s="6">
+      <c r="K78">
+        <v>26</v>
+      </c>
+      <c r="L78">
         <v>25.8</v>
       </c>
-      <c r="M78" s="6">
+      <c r="M78">
         <v>25.5</v>
       </c>
-      <c r="N78" s="6">
+      <c r="N78">
         <v>25.3</v>
       </c>
-      <c r="O78" s="6">
+      <c r="O78">
         <v>25</v>
       </c>
-      <c r="P78" s="6">
+      <c r="P78">
         <v>24.8</v>
       </c>
-      <c r="Q78" s="6">
+      <c r="Q78">
         <v>24.5</v>
       </c>
-      <c r="R78" s="6">
+      <c r="R78">
         <v>24.5</v>
       </c>
     </row>
     <row r="79" spans="1:19">
-      <c r="A79" s="0" t="s">
+      <c r="A79" t="s">
         <v>82</v>
       </c>
-      <c r="B79" s="0" t="s">
-[...5 lines deleted...]
-      <c r="D79" s="0">
+      <c r="B79" t="s">
+        <v>26</v>
+      </c>
+      <c r="C79">
+        <v>1000</v>
+      </c>
+      <c r="D79">
         <v>5</v>
       </c>
-      <c r="E79" s="0" t="s">
+      <c r="E79" t="s">
         <v>24</v>
       </c>
       <c r="F79" s="5">
-        <v>23.1</v>
-[...13 lines deleted...]
-      <c r="K79" s="0">
+        <v>23.5</v>
+      </c>
+      <c r="G79">
+        <v>22.9</v>
+      </c>
+      <c r="H79">
+        <v>22.3</v>
+      </c>
+      <c r="I79">
+        <v>21.8</v>
+      </c>
+      <c r="J79">
+        <v>21.3</v>
+      </c>
+      <c r="K79">
+        <v>20.8</v>
+      </c>
+      <c r="L79">
         <v>20.5</v>
       </c>
-      <c r="L79" s="0">
+      <c r="M79">
         <v>20.2</v>
       </c>
-      <c r="M79" s="0">
+      <c r="N79">
         <v>19.9</v>
       </c>
-      <c r="N79" s="0">
+      <c r="O79">
         <v>19.6</v>
       </c>
-      <c r="O79" s="0">
+      <c r="P79">
         <v>19.3</v>
       </c>
-      <c r="P79" s="0">
+      <c r="Q79">
         <v>19</v>
       </c>
-      <c r="Q79" s="0">
-[...3 lines deleted...]
-        <v>18.7</v>
+      <c r="R79">
+        <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:19">
-      <c r="A80" s="6" t="s">
+      <c r="A80" t="s">
         <v>83</v>
       </c>
-      <c r="B80" s="6" t="s">
+      <c r="B80" t="s">
         <v>23</v>
       </c>
-      <c r="C80" s="6">
+      <c r="C80">
         <v>8050</v>
       </c>
-      <c r="D80" s="6">
+      <c r="D80">
         <v>14</v>
       </c>
-      <c r="E80" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F80" s="7">
+      <c r="E80" t="s">
+        <v>24</v>
+      </c>
+      <c r="F80" s="5">
         <v>31.9</v>
       </c>
-      <c r="G80" s="6">
+      <c r="G80">
         <v>30.9</v>
       </c>
-      <c r="H80" s="6">
+      <c r="H80">
         <v>30.4</v>
       </c>
-      <c r="I80" s="6">
+      <c r="I80">
         <v>29.8</v>
       </c>
-      <c r="J80" s="6">
+      <c r="J80">
         <v>29.3</v>
       </c>
-      <c r="K80" s="6">
+      <c r="K80">
         <v>28.5</v>
       </c>
-      <c r="L80" s="6">
+      <c r="L80">
         <v>28.1</v>
       </c>
-      <c r="M80" s="6">
+      <c r="M80">
         <v>27.6</v>
       </c>
-      <c r="N80" s="6">
+      <c r="N80">
         <v>26.3</v>
       </c>
-      <c r="O80" s="6">
+      <c r="O80">
         <v>25.5</v>
       </c>
-      <c r="P80" s="6">
+      <c r="P80">
         <v>25.1</v>
       </c>
-      <c r="Q80" s="6">
+      <c r="Q80">
         <v>24.8</v>
       </c>
-      <c r="R80" s="6">
+      <c r="R80">
         <v>24.8</v>
       </c>
     </row>
     <row r="81" spans="1:19">
-      <c r="A81" s="0" t="s">
+      <c r="A81" t="s">
         <v>84</v>
       </c>
-      <c r="B81" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C81" s="0">
+      <c r="B81" t="s">
+        <v>26</v>
+      </c>
+      <c r="C81">
         <v>700</v>
       </c>
-      <c r="D81" s="0">
+      <c r="D81">
         <v>4</v>
       </c>
-      <c r="E81" s="0" t="s">
+      <c r="E81" t="s">
         <v>24</v>
       </c>
       <c r="F81" s="5">
         <v>18.5</v>
       </c>
-      <c r="G81" s="0">
+      <c r="G81">
         <v>18</v>
       </c>
-      <c r="H81" s="0">
+      <c r="H81">
         <v>17.6</v>
       </c>
-      <c r="I81" s="0">
+      <c r="I81">
         <v>17.2</v>
       </c>
-      <c r="J81" s="0">
+      <c r="J81">
         <v>16.8</v>
       </c>
-      <c r="K81" s="0">
+      <c r="K81">
         <v>16.4</v>
       </c>
-      <c r="L81" s="0">
+      <c r="L81">
         <v>16.2</v>
       </c>
-      <c r="M81" s="0">
+      <c r="M81">
         <v>16</v>
       </c>
-      <c r="N81" s="0">
+      <c r="N81">
         <v>15.8</v>
       </c>
-      <c r="O81" s="0">
+      <c r="O81">
         <v>15.6</v>
       </c>
-      <c r="P81" s="0">
+      <c r="P81">
         <v>15.4</v>
       </c>
-      <c r="Q81" s="0">
+      <c r="Q81">
         <v>15.2</v>
       </c>
-      <c r="R81" s="0">
+      <c r="R81">
         <v>15.2</v>
       </c>
     </row>
     <row r="82" spans="1:19">
-      <c r="A82" s="6" t="s">
+      <c r="A82" t="s">
         <v>85</v>
       </c>
-      <c r="B82" s="6" t="s">
+      <c r="B82" t="s">
         <v>29</v>
       </c>
-      <c r="C82" s="6">
+      <c r="C82">
         <v>1000</v>
       </c>
-      <c r="D82" s="6">
+      <c r="D82">
         <v>19</v>
       </c>
-      <c r="E82" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F82" s="7">
+      <c r="E82" t="s">
+        <v>24</v>
+      </c>
+      <c r="F82" s="5">
         <v>29</v>
       </c>
-      <c r="G82" s="6">
+      <c r="G82">
         <v>28.9</v>
       </c>
-      <c r="H82" s="6">
+      <c r="H82">
         <v>28.7</v>
       </c>
-      <c r="I82" s="6">
+      <c r="I82">
         <v>28.5</v>
       </c>
-      <c r="J82" s="6">
+      <c r="J82">
         <v>28.3</v>
       </c>
-      <c r="K82" s="6">
+      <c r="K82">
         <v>27.8</v>
       </c>
-      <c r="L82" s="6">
+      <c r="L82">
         <v>27.3</v>
       </c>
-      <c r="M82" s="6">
+      <c r="M82">
         <v>26.7</v>
       </c>
-      <c r="N82" s="6">
+      <c r="N82">
         <v>26.4</v>
       </c>
-      <c r="O82" s="6">
+      <c r="O82">
         <v>26.2</v>
       </c>
-      <c r="P82" s="6">
-[...2 lines deleted...]
-      <c r="Q82" s="6">
+      <c r="P82">
+        <v>26</v>
+      </c>
+      <c r="Q82">
         <v>25.5</v>
       </c>
-      <c r="R82" s="6">
+      <c r="R82">
         <v>25.5</v>
       </c>
     </row>
     <row r="83" spans="1:19">
-      <c r="A83" s="0" t="s">
+      <c r="A83" t="s">
         <v>85</v>
       </c>
-      <c r="B83" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C83" s="0">
+      <c r="B83" t="s">
+        <v>26</v>
+      </c>
+      <c r="C83">
         <v>2500</v>
       </c>
-      <c r="D83" s="0">
+      <c r="D83">
         <v>13</v>
       </c>
-      <c r="E83" s="0" t="s">
+      <c r="E83" t="s">
         <v>24</v>
       </c>
       <c r="F83" s="5">
         <v>43</v>
       </c>
-      <c r="G83" s="0">
+      <c r="G83">
         <v>43</v>
       </c>
-      <c r="H83" s="0">
+      <c r="H83">
         <v>43</v>
       </c>
-      <c r="I83" s="0">
+      <c r="I83">
         <v>43</v>
       </c>
-      <c r="J83" s="0">
+      <c r="J83">
         <v>43</v>
       </c>
-      <c r="K83" s="0">
+      <c r="K83">
         <v>43</v>
       </c>
-      <c r="L83" s="0">
+      <c r="L83">
         <v>43</v>
       </c>
-      <c r="M83" s="0">
+      <c r="M83">
         <v>43</v>
       </c>
-      <c r="N83" s="0">
+      <c r="N83">
         <v>43</v>
       </c>
-      <c r="O83" s="0">
+      <c r="O83">
         <v>43</v>
       </c>
-      <c r="P83" s="0">
+      <c r="P83">
         <v>43</v>
       </c>
-      <c r="Q83" s="0">
+      <c r="Q83">
         <v>43</v>
       </c>
-      <c r="R83" s="0">
+      <c r="R83">
         <v>43</v>
       </c>
     </row>
     <row r="84" spans="1:19">
-      <c r="A84" s="6" t="s">
+      <c r="A84" t="s">
         <v>86</v>
       </c>
-      <c r="B84" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C84" s="6">
+      <c r="B84" t="s">
+        <v>26</v>
+      </c>
+      <c r="C84">
         <v>650</v>
       </c>
-      <c r="D84" s="6">
+      <c r="D84">
         <v>3</v>
       </c>
-      <c r="E84" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F84" s="7">
+      <c r="E84" t="s">
+        <v>24</v>
+      </c>
+      <c r="F84" s="5">
         <v>22.3</v>
       </c>
-      <c r="G84" s="6">
+      <c r="G84">
         <v>21.8</v>
       </c>
-      <c r="H84" s="6">
+      <c r="H84">
         <v>21.3</v>
       </c>
-      <c r="I84" s="6">
+      <c r="I84">
         <v>20.8</v>
       </c>
-      <c r="J84" s="6">
+      <c r="J84">
         <v>20.3</v>
       </c>
-      <c r="K84" s="6">
+      <c r="K84">
         <v>19.8</v>
       </c>
-      <c r="L84" s="6">
+      <c r="L84">
         <v>19.5</v>
       </c>
-      <c r="M84" s="6">
+      <c r="M84">
         <v>19.2</v>
       </c>
-      <c r="N84" s="6">
+      <c r="N84">
         <v>18.9</v>
       </c>
-      <c r="O84" s="6">
+      <c r="O84">
         <v>18.6</v>
       </c>
-      <c r="P84" s="6">
+      <c r="P84">
         <v>18.3</v>
       </c>
-      <c r="Q84" s="6">
+      <c r="Q84">
         <v>18</v>
       </c>
-      <c r="R84" s="6">
+      <c r="R84">
         <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:19">
-      <c r="A85" s="0" t="s">
+      <c r="A85" t="s">
         <v>87</v>
       </c>
-      <c r="B85" s="0" t="s">
+      <c r="B85" t="s">
         <v>29</v>
       </c>
-      <c r="C85" s="0">
+      <c r="C85">
         <v>1800</v>
       </c>
-      <c r="D85" s="0">
+      <c r="D85">
         <v>21</v>
       </c>
-      <c r="E85" s="0" t="s">
+      <c r="E85" t="s">
         <v>24</v>
       </c>
       <c r="F85" s="5">
         <v>32.7</v>
       </c>
-      <c r="G85" s="0">
+      <c r="G85">
         <v>31.9</v>
       </c>
-      <c r="H85" s="0">
+      <c r="H85">
         <v>31.1</v>
       </c>
-      <c r="I85" s="0">
+      <c r="I85">
         <v>30.4</v>
       </c>
-      <c r="J85" s="0">
+      <c r="J85">
         <v>29.6</v>
       </c>
-      <c r="K85" s="0">
+      <c r="K85">
         <v>28.9</v>
       </c>
-      <c r="L85" s="0">
+      <c r="L85">
         <v>28.5</v>
       </c>
-      <c r="M85" s="0">
+      <c r="M85">
         <v>28.1</v>
       </c>
-      <c r="N85" s="0">
+      <c r="N85">
         <v>27.6</v>
       </c>
-      <c r="O85" s="0">
+      <c r="O85">
         <v>27.2</v>
       </c>
-      <c r="P85" s="0">
+      <c r="P85">
         <v>26.8</v>
       </c>
-      <c r="Q85" s="0">
+      <c r="Q85">
         <v>26.4</v>
       </c>
-      <c r="R85" s="0">
+      <c r="R85">
         <v>26.4</v>
       </c>
     </row>
     <row r="86" spans="1:19">
-      <c r="A86" s="6" t="s">
+      <c r="A86" t="s">
         <v>87</v>
       </c>
-      <c r="B86" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C86" s="6">
+      <c r="B86" t="s">
+        <v>26</v>
+      </c>
+      <c r="C86">
         <v>3000</v>
       </c>
-      <c r="D86" s="6">
+      <c r="D86">
         <v>11</v>
       </c>
-      <c r="E86" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F86" s="7">
+      <c r="E86" t="s">
+        <v>24</v>
+      </c>
+      <c r="F86" s="5">
         <v>38</v>
       </c>
-      <c r="G86" s="6">
+      <c r="G86">
         <v>38</v>
       </c>
-      <c r="H86" s="6">
+      <c r="H86">
         <v>38</v>
       </c>
-      <c r="I86" s="6">
+      <c r="I86">
         <v>38</v>
       </c>
-      <c r="J86" s="6">
+      <c r="J86">
         <v>38</v>
       </c>
-      <c r="K86" s="6">
+      <c r="K86">
         <v>38</v>
       </c>
-      <c r="L86" s="6">
+      <c r="L86">
         <v>38</v>
       </c>
-      <c r="M86" s="6">
+      <c r="M86">
         <v>38</v>
       </c>
-      <c r="N86" s="6">
+      <c r="N86">
         <v>38</v>
       </c>
-      <c r="O86" s="6">
+      <c r="O86">
         <v>38</v>
       </c>
-      <c r="P86" s="6">
+      <c r="P86">
         <v>38</v>
       </c>
-      <c r="Q86" s="6">
+      <c r="Q86">
         <v>38</v>
       </c>
-      <c r="R86" s="6">
+      <c r="R86">
         <v>38</v>
       </c>
     </row>
     <row r="87" spans="1:19">
-      <c r="A87" s="0" t="s">
+      <c r="A87" t="s">
         <v>88</v>
       </c>
-      <c r="B87" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C87" s="0">
+      <c r="B87" t="s">
+        <v>26</v>
+      </c>
+      <c r="C87">
         <v>850</v>
       </c>
-      <c r="D87" s="0">
+      <c r="D87">
         <v>3</v>
       </c>
-      <c r="E87" s="0" t="s">
+      <c r="E87" t="s">
         <v>24</v>
       </c>
       <c r="F87" s="5">
         <v>12.7</v>
       </c>
-      <c r="G87" s="0">
+      <c r="G87">
         <v>12.5</v>
       </c>
-      <c r="H87" s="0">
+      <c r="H87">
         <v>12.4</v>
       </c>
-      <c r="I87" s="0">
+      <c r="I87">
         <v>12.2</v>
       </c>
-      <c r="J87" s="0">
+      <c r="J87">
         <v>12</v>
       </c>
-      <c r="K87" s="0">
+      <c r="K87">
         <v>11.7</v>
       </c>
-      <c r="L87" s="0">
+      <c r="L87">
         <v>11.2</v>
       </c>
-      <c r="M87" s="0">
+      <c r="M87">
         <v>10.9</v>
       </c>
-      <c r="N87" s="0">
+      <c r="N87">
         <v>10.7</v>
       </c>
-      <c r="O87" s="0">
+      <c r="O87">
         <v>10.2</v>
       </c>
-      <c r="P87" s="0">
+      <c r="P87">
         <v>10</v>
       </c>
-      <c r="Q87" s="0">
+      <c r="Q87">
         <v>9.6</v>
       </c>
-      <c r="R87" s="0">
+      <c r="R87">
         <v>9.6</v>
       </c>
     </row>
     <row r="88" spans="1:19">
-      <c r="A88" s="6" t="s">
+      <c r="A88" t="s">
         <v>89</v>
       </c>
-      <c r="B88" s="6" t="s">
+      <c r="B88" t="s">
         <v>23</v>
       </c>
-      <c r="C88" s="6">
+      <c r="C88">
         <v>29800</v>
       </c>
-      <c r="D88" s="6">
+      <c r="D88">
         <v>43</v>
       </c>
-      <c r="E88" s="6" t="s">
-[...20 lines deleted...]
-      <c r="L88" s="6">
+      <c r="E88" t="s">
+        <v>24</v>
+      </c>
+      <c r="F88" s="5">
+        <v>168.69999999999999</v>
+      </c>
+      <c r="G88">
+        <v>167.90000000000001</v>
+      </c>
+      <c r="H88">
+        <v>167.099999999999994</v>
+      </c>
+      <c r="I88">
+        <v>166.40000000000001</v>
+      </c>
+      <c r="J88">
+        <v>165.59999999999999</v>
+      </c>
+      <c r="K88">
+        <v>164.90000000000001</v>
+      </c>
+      <c r="L88">
         <v>164.5</v>
       </c>
-      <c r="M88" s="6">
-[...15 lines deleted...]
-        <v>162.4</v>
+      <c r="M88">
+        <v>164.099999999999994</v>
+      </c>
+      <c r="N88">
+        <v>163.59999999999999</v>
+      </c>
+      <c r="O88">
+        <v>163.19999999999999</v>
+      </c>
+      <c r="P88">
+        <v>162.80000000000001</v>
+      </c>
+      <c r="Q88">
+        <v>162.40000000000001</v>
+      </c>
+      <c r="R88">
+        <v>162.40000000000001</v>
       </c>
     </row>
     <row r="89" spans="1:19">
-      <c r="A89" s="0" t="s">
+      <c r="A89" t="s">
         <v>90</v>
       </c>
-      <c r="B89" s="0" t="s">
+      <c r="B89" t="s">
         <v>29</v>
       </c>
-      <c r="C89" s="0">
-[...2 lines deleted...]
-      <c r="D89" s="0">
+      <c r="C89">
+        <v>900</v>
+      </c>
+      <c r="D89">
         <v>7</v>
       </c>
-      <c r="E89" s="0" t="s">
+      <c r="E89" t="s">
         <v>24</v>
       </c>
       <c r="F89" s="5">
-        <v>13.7</v>
-[...1 lines deleted...]
-      <c r="G89" s="0">
+        <v>16.6</v>
+      </c>
+      <c r="G89">
+        <v>16.2</v>
+      </c>
+      <c r="H89">
+        <v>15.8</v>
+      </c>
+      <c r="I89">
+        <v>15.4</v>
+      </c>
+      <c r="J89">
+        <v>15</v>
+      </c>
+      <c r="K89">
+        <v>14.6</v>
+      </c>
+      <c r="L89">
+        <v>14.4</v>
+      </c>
+      <c r="M89">
+        <v>14.2</v>
+      </c>
+      <c r="N89">
+        <v>14</v>
+      </c>
+      <c r="O89">
+        <v>13.8</v>
+      </c>
+      <c r="P89">
+        <v>13.6</v>
+      </c>
+      <c r="Q89">
         <v>13.4</v>
       </c>
-      <c r="H89" s="0">
-[...30 lines deleted...]
-        <v>11</v>
+      <c r="R89">
+        <v>13.4</v>
       </c>
     </row>
     <row r="90" spans="1:19">
-      <c r="A90" s="6" t="s">
+      <c r="A90" t="s">
         <v>90</v>
       </c>
-      <c r="B90" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D90" s="6">
+      <c r="B90" t="s">
+        <v>26</v>
+      </c>
+      <c r="C90">
+        <v>890</v>
+      </c>
+      <c r="D90">
         <v>4</v>
       </c>
-      <c r="E90" s="6" t="s">
-[...17 lines deleted...]
-      <c r="K90" s="6">
+      <c r="E90" t="s">
+        <v>24</v>
+      </c>
+      <c r="F90" s="5">
+        <v>21.1</v>
+      </c>
+      <c r="G90">
+        <v>20.6</v>
+      </c>
+      <c r="H90">
+        <v>20.1</v>
+      </c>
+      <c r="I90">
+        <v>19.6</v>
+      </c>
+      <c r="J90">
+        <v>19.1</v>
+      </c>
+      <c r="K90">
+        <v>18.6</v>
+      </c>
+      <c r="L90">
         <v>18.3</v>
       </c>
-      <c r="L90" s="6">
+      <c r="M90">
         <v>18</v>
       </c>
-      <c r="M90" s="6">
+      <c r="N90">
         <v>17.7</v>
       </c>
-      <c r="N90" s="6">
+      <c r="O90">
         <v>17.4</v>
       </c>
-      <c r="O90" s="6">
+      <c r="P90">
         <v>17.1</v>
       </c>
-      <c r="P90" s="6">
+      <c r="Q90">
         <v>16.8</v>
       </c>
-      <c r="Q90" s="6">
-[...3 lines deleted...]
-        <v>16.6</v>
+      <c r="R90">
+        <v>16.8</v>
       </c>
     </row>
     <row r="91" spans="1:19">
-      <c r="A91" s="0" t="s">
+      <c r="A91" t="s">
         <v>91</v>
       </c>
-      <c r="B91" s="0" t="s">
+      <c r="B91" t="s">
         <v>23</v>
       </c>
-      <c r="C91" s="0">
+      <c r="C91">
         <v>9950</v>
       </c>
-      <c r="D91" s="0">
+      <c r="D91">
         <v>15</v>
       </c>
-      <c r="E91" s="0" t="s">
+      <c r="E91" t="s">
         <v>24</v>
       </c>
       <c r="F91" s="5">
         <v>34.7</v>
       </c>
-      <c r="G91" s="0">
+      <c r="G91">
         <v>33.8</v>
       </c>
-      <c r="H91" s="0">
+      <c r="H91">
         <v>32.8</v>
       </c>
-      <c r="I91" s="0">
+      <c r="I91">
         <v>31.8</v>
       </c>
-      <c r="J91" s="0">
+      <c r="J91">
         <v>31.3</v>
       </c>
-      <c r="K91" s="0">
+      <c r="K91">
         <v>30.8</v>
       </c>
-      <c r="L91" s="0">
-[...2 lines deleted...]
-      <c r="M91" s="0">
+      <c r="L91">
+        <v>30.0</v>
+      </c>
+      <c r="M91">
         <v>29.5</v>
       </c>
-      <c r="N91" s="0">
-[...2 lines deleted...]
-      <c r="O91" s="0">
+      <c r="N91">
+        <v>28.0</v>
+      </c>
+      <c r="O91">
         <v>27.2</v>
       </c>
-      <c r="P91" s="0">
+      <c r="P91">
         <v>26.6</v>
       </c>
-      <c r="Q91" s="0">
+      <c r="Q91">
         <v>26.2</v>
       </c>
-      <c r="R91" s="0">
+      <c r="R91">
         <v>26.2</v>
       </c>
     </row>
     <row r="92" spans="1:19">
-      <c r="A92" s="6" t="s">
+      <c r="A92" t="s">
         <v>92</v>
       </c>
-      <c r="B92" s="6" t="s">
+      <c r="B92" t="s">
         <v>29</v>
       </c>
-      <c r="C92" s="6">
+      <c r="C92">
         <v>3800</v>
       </c>
-      <c r="D92" s="6">
+      <c r="D92">
         <v>35</v>
       </c>
-      <c r="E92" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F92" s="7">
+      <c r="E92" t="s">
+        <v>24</v>
+      </c>
+      <c r="F92" s="5">
         <v>34.5</v>
       </c>
-      <c r="G92" s="6">
+      <c r="G92">
         <v>34.5</v>
       </c>
-      <c r="H92" s="6">
+      <c r="H92">
         <v>34.5</v>
       </c>
-      <c r="I92" s="6">
+      <c r="I92">
         <v>34</v>
       </c>
-      <c r="J92" s="6">
+      <c r="J92">
         <v>33.5</v>
       </c>
-      <c r="K92" s="6">
+      <c r="K92">
         <v>33.5</v>
       </c>
-      <c r="L92" s="6">
+      <c r="L92">
         <v>33</v>
       </c>
-      <c r="M92" s="6">
+      <c r="M92">
         <v>33</v>
       </c>
-      <c r="N92" s="6">
+      <c r="N92">
         <v>32.5</v>
       </c>
-      <c r="O92" s="6">
+      <c r="O92">
         <v>32</v>
       </c>
-      <c r="P92" s="6">
+      <c r="P92">
         <v>31.5</v>
       </c>
-      <c r="Q92" s="6">
+      <c r="Q92">
         <v>31</v>
       </c>
-      <c r="R92" s="6">
+      <c r="R92">
         <v>31</v>
       </c>
     </row>
     <row r="93" spans="1:19">
-      <c r="A93" s="0" t="s">
+      <c r="A93" t="s">
         <v>93</v>
       </c>
-      <c r="B93" s="0" t="s">
+      <c r="B93" t="s">
         <v>23</v>
       </c>
-      <c r="C93" s="0">
-[...2 lines deleted...]
-      <c r="D93" s="0">
+      <c r="C93">
+        <v>7250</v>
+      </c>
+      <c r="D93">
         <v>22</v>
       </c>
-      <c r="E93" s="0" t="s">
+      <c r="E93" t="s">
         <v>24</v>
       </c>
       <c r="F93" s="5">
+        <v>57.6</v>
+      </c>
+      <c r="G93">
+        <v>55.9</v>
+      </c>
+      <c r="H93">
+        <v>54.7</v>
+      </c>
+      <c r="I93">
         <v>53.5</v>
       </c>
-      <c r="G93" s="0">
-[...33 lines deleted...]
-        <v>43.9</v>
+      <c r="J93">
+        <v>52.8</v>
+      </c>
+      <c r="K93">
+        <v>52.1</v>
+      </c>
+      <c r="L93">
+        <v>51.7</v>
+      </c>
+      <c r="M93">
+        <v>50.8</v>
+      </c>
+      <c r="N93">
+        <v>49.9</v>
+      </c>
+      <c r="O93">
+        <v>49.0</v>
+      </c>
+      <c r="P93">
+        <v>48.1</v>
+      </c>
+      <c r="Q93">
+        <v>47.2</v>
+      </c>
+      <c r="R93">
+        <v>47.2</v>
       </c>
     </row>
     <row r="94" spans="1:19">
-      <c r="A94" s="6" t="s">
+      <c r="A94" t="s">
         <v>94</v>
       </c>
-      <c r="B94" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C94" s="6">
+      <c r="B94" t="s">
+        <v>26</v>
+      </c>
+      <c r="C94">
         <v>850</v>
       </c>
-      <c r="D94" s="6">
+      <c r="D94">
         <v>3</v>
       </c>
-      <c r="E94" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F94" s="7">
+      <c r="E94" t="s">
+        <v>24</v>
+      </c>
+      <c r="F94" s="5">
         <v>12.7</v>
       </c>
-      <c r="G94" s="6">
+      <c r="G94">
         <v>12.5</v>
       </c>
-      <c r="H94" s="6">
+      <c r="H94">
         <v>12.4</v>
       </c>
-      <c r="I94" s="6">
+      <c r="I94">
         <v>12.2</v>
       </c>
-      <c r="J94" s="6">
+      <c r="J94">
         <v>12</v>
       </c>
-      <c r="K94" s="6">
+      <c r="K94">
         <v>11.7</v>
       </c>
-      <c r="L94" s="6">
+      <c r="L94">
         <v>11.2</v>
       </c>
-      <c r="M94" s="6">
+      <c r="M94">
         <v>10.9</v>
       </c>
-      <c r="N94" s="6">
+      <c r="N94">
         <v>10.7</v>
       </c>
-      <c r="O94" s="6">
+      <c r="O94">
         <v>10.2</v>
       </c>
-      <c r="P94" s="6">
+      <c r="P94">
         <v>10</v>
       </c>
-      <c r="Q94" s="6">
+      <c r="Q94">
         <v>9.6</v>
       </c>
-      <c r="R94" s="6">
+      <c r="R94">
         <v>9.6</v>
       </c>
     </row>
     <row r="95" spans="1:19">
-      <c r="A95" s="0" t="s">
+      <c r="A95" t="s">
         <v>95</v>
       </c>
-      <c r="B95" s="0"/>
-[...35 lines deleted...]
-      <c r="R96" s="0"/>
     </row>
     <row r="97" spans="1:19">
-      <c r="A97" s="0" t="s">
+      <c r="A97" t="s">
         <v>96</v>
       </c>
-      <c r="B97" s="0"/>
-[...15 lines deleted...]
-      <c r="R97" s="0"/>
     </row>
     <row r="98" spans="1:19" customHeight="1" ht="20">
       <c r="A98" s="3" t="s">
         <v>97</v>
       </c>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
       <c r="D98" s="2"/>
       <c r="E98" s="2"/>
       <c r="F98" s="2"/>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
       <c r="I98" s="2"/>
       <c r="J98" s="2"/>
       <c r="K98" s="2"/>
       <c r="L98" s="2"/>
       <c r="M98" s="2"/>
       <c r="N98" s="2"/>
       <c r="O98" s="2"/>
       <c r="P98" s="2"/>
       <c r="Q98" s="2"/>
       <c r="R98" s="2"/>
     </row>
     <row r="99" spans="1:19" customHeight="1" ht="21">
       <c r="A99" s="4" t="s">
@@ -6053,5096 +5973,5042 @@
         <v>103</v>
       </c>
       <c r="L99" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M99" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N99" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O99" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P99" s="4" t="s">
         <v>108</v>
       </c>
       <c r="Q99" s="4" t="s">
         <v>109</v>
       </c>
       <c r="R99" s="4" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="100" spans="1:19">
-      <c r="A100" s="6" t="s">
+      <c r="A100" t="s">
         <v>22</v>
       </c>
-      <c r="B100" s="6" t="s">
+      <c r="B100" t="s">
         <v>23</v>
       </c>
-      <c r="C100" s="6">
+      <c r="C100">
         <v>2020</v>
       </c>
-      <c r="D100" s="6">
+      <c r="D100">
         <v>19</v>
       </c>
-      <c r="E100" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F100" s="9">
+      <c r="E100" t="s">
+        <v>24</v>
+      </c>
+      <c r="F100" s="6">
         <v>8470</v>
       </c>
-      <c r="G100" s="6">
+      <c r="G100">
         <v>8270</v>
       </c>
-      <c r="H100" s="6">
+      <c r="H100">
         <v>8070</v>
       </c>
-      <c r="I100" s="6">
+      <c r="I100">
         <v>7870</v>
       </c>
-      <c r="J100" s="6">
+      <c r="J100">
         <v>7670</v>
       </c>
-      <c r="K100" s="6">
+      <c r="K100">
         <v>7490</v>
       </c>
-      <c r="L100" s="6">
+      <c r="L100">
         <v>7380</v>
       </c>
-      <c r="M100" s="6">
+      <c r="M100">
         <v>7270</v>
       </c>
-      <c r="N100" s="6">
+      <c r="N100">
         <v>7170</v>
       </c>
-      <c r="O100" s="6">
+      <c r="O100">
         <v>7060</v>
       </c>
-      <c r="P100" s="6">
+      <c r="P100">
         <v>6950</v>
       </c>
-      <c r="Q100" s="6">
+      <c r="Q100">
         <v>6860</v>
       </c>
-      <c r="R100" s="6">
+      <c r="R100">
         <v>6860</v>
       </c>
     </row>
     <row r="101" spans="1:19">
-      <c r="A101" s="0" t="s">
+      <c r="A101" t="s">
         <v>25</v>
       </c>
-      <c r="B101" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C101" s="0">
+      <c r="B101" t="s">
+        <v>26</v>
+      </c>
+      <c r="C101">
         <v>1200</v>
       </c>
-      <c r="D101" s="0">
+      <c r="D101">
         <v>4</v>
       </c>
-      <c r="E101" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F101" s="8">
+      <c r="E101" t="s">
+        <v>24</v>
+      </c>
+      <c r="F101" s="6">
+        <v>7660</v>
+      </c>
+      <c r="G101">
+        <v>7470</v>
+      </c>
+      <c r="H101">
+        <v>7170</v>
+      </c>
+      <c r="I101">
+        <v>6960</v>
+      </c>
+      <c r="J101">
+        <v>6790</v>
+      </c>
+      <c r="K101">
+        <v>6270</v>
+      </c>
+      <c r="L101">
+        <v>6180</v>
+      </c>
+      <c r="M101">
+        <v>6030</v>
+      </c>
+      <c r="N101">
+        <v>5940</v>
+      </c>
+      <c r="O101">
+        <v>5850</v>
+      </c>
+      <c r="P101">
+        <v>5580</v>
+      </c>
+      <c r="Q101">
+        <v>5500</v>
+      </c>
+      <c r="R101">
+        <v>5500</v>
+      </c>
+    </row>
+    <row r="102" spans="1:19">
+      <c r="A102" t="s">
+        <v>27</v>
+      </c>
+      <c r="B102" t="s">
+        <v>26</v>
+      </c>
+      <c r="C102">
+        <v>850</v>
+      </c>
+      <c r="D102">
+        <v>3</v>
+      </c>
+      <c r="E102" t="s">
+        <v>24</v>
+      </c>
+      <c r="F102" s="6">
+        <v>6250</v>
+      </c>
+      <c r="G102">
+        <v>6100</v>
+      </c>
+      <c r="H102">
+        <v>5950</v>
+      </c>
+      <c r="I102">
+        <v>5800</v>
+      </c>
+      <c r="J102">
+        <v>5660</v>
+      </c>
+      <c r="K102">
+        <v>5520</v>
+      </c>
+      <c r="L102">
+        <v>5440</v>
+      </c>
+      <c r="M102">
+        <v>5360</v>
+      </c>
+      <c r="N102">
+        <v>5280</v>
+      </c>
+      <c r="O102">
+        <v>5200</v>
+      </c>
+      <c r="P102">
+        <v>4800</v>
+      </c>
+      <c r="Q102">
+        <v>4800</v>
+      </c>
+      <c r="R102">
+        <v>4800</v>
+      </c>
+    </row>
+    <row r="103" spans="1:19">
+      <c r="A103" t="s">
+        <v>28</v>
+      </c>
+      <c r="B103" t="s">
+        <v>29</v>
+      </c>
+      <c r="C103">
+        <v>1650</v>
+      </c>
+      <c r="D103">
+        <v>10</v>
+      </c>
+      <c r="E103" t="s">
+        <v>24</v>
+      </c>
+      <c r="F103" s="6">
+        <v>4150</v>
+      </c>
+      <c r="G103">
+        <v>4050</v>
+      </c>
+      <c r="H103">
+        <v>3950</v>
+      </c>
+      <c r="I103">
+        <v>3860</v>
+      </c>
+      <c r="J103">
+        <v>3760</v>
+      </c>
+      <c r="K103">
+        <v>3670</v>
+      </c>
+      <c r="L103">
+        <v>3620</v>
+      </c>
+      <c r="M103">
+        <v>3560</v>
+      </c>
+      <c r="N103">
+        <v>3510</v>
+      </c>
+      <c r="O103">
+        <v>3460</v>
+      </c>
+      <c r="P103">
+        <v>3410</v>
+      </c>
+      <c r="Q103">
+        <v>3360</v>
+      </c>
+      <c r="R103">
+        <v>3360</v>
+      </c>
+    </row>
+    <row r="104" spans="1:19">
+      <c r="A104" t="s">
+        <v>28</v>
+      </c>
+      <c r="B104" t="s">
+        <v>29</v>
+      </c>
+      <c r="C104">
+        <v>2600</v>
+      </c>
+      <c r="D104">
+        <v>10</v>
+      </c>
+      <c r="E104" t="s">
+        <v>30</v>
+      </c>
+      <c r="F104" s="6">
+        <v>6910</v>
+      </c>
+      <c r="G104">
+        <v>6740</v>
+      </c>
+      <c r="H104">
+        <v>6580</v>
+      </c>
+      <c r="I104">
+        <v>6420</v>
+      </c>
+      <c r="J104">
+        <v>6260</v>
+      </c>
+      <c r="K104">
+        <v>6110</v>
+      </c>
+      <c r="L104">
+        <v>6020</v>
+      </c>
+      <c r="M104">
+        <v>5930</v>
+      </c>
+      <c r="N104">
+        <v>5840</v>
+      </c>
+      <c r="O104">
+        <v>5760</v>
+      </c>
+      <c r="P104">
+        <v>5670</v>
+      </c>
+      <c r="Q104">
+        <v>5590</v>
+      </c>
+      <c r="R104">
+        <v>5590</v>
+      </c>
+    </row>
+    <row r="105" spans="1:19">
+      <c r="A105" t="s">
+        <v>28</v>
+      </c>
+      <c r="B105" t="s">
+        <v>26</v>
+      </c>
+      <c r="C105">
+        <v>1500</v>
+      </c>
+      <c r="D105">
+        <v>7</v>
+      </c>
+      <c r="E105" t="s">
+        <v>24</v>
+      </c>
+      <c r="F105" s="6">
+        <v>7500</v>
+      </c>
+      <c r="G105">
+        <v>7400</v>
+      </c>
+      <c r="H105">
+        <v>7300</v>
+      </c>
+      <c r="I105">
+        <v>7200</v>
+      </c>
+      <c r="J105">
+        <v>7100</v>
+      </c>
+      <c r="K105">
+        <v>7000</v>
+      </c>
+      <c r="L105">
+        <v>6900</v>
+      </c>
+      <c r="M105">
+        <v>6800</v>
+      </c>
+      <c r="N105">
+        <v>6700</v>
+      </c>
+      <c r="O105">
+        <v>6500</v>
+      </c>
+      <c r="P105">
+        <v>6400</v>
+      </c>
+      <c r="Q105">
+        <v>6300</v>
+      </c>
+      <c r="R105">
+        <v>6300</v>
+      </c>
+    </row>
+    <row r="106" spans="1:19">
+      <c r="A106" t="s">
+        <v>31</v>
+      </c>
+      <c r="B106" t="s">
+        <v>23</v>
+      </c>
+      <c r="C106">
+        <v>3300</v>
+      </c>
+      <c r="D106">
+        <v>18</v>
+      </c>
+      <c r="E106" t="s">
+        <v>24</v>
+      </c>
+      <c r="F106" s="6">
+        <v>11080</v>
+      </c>
+      <c r="G106">
+        <v>10880</v>
+      </c>
+      <c r="H106">
+        <v>10680</v>
+      </c>
+      <c r="I106">
+        <v>10490</v>
+      </c>
+      <c r="J106">
+        <v>10310</v>
+      </c>
+      <c r="K106">
+        <v>10130</v>
+      </c>
+      <c r="L106">
+        <v>10020</v>
+      </c>
+      <c r="M106">
+        <v>9920</v>
+      </c>
+      <c r="N106">
+        <v>9810</v>
+      </c>
+      <c r="O106">
+        <v>9710</v>
+      </c>
+      <c r="P106">
+        <v>9610</v>
+      </c>
+      <c r="Q106">
+        <v>9510</v>
+      </c>
+      <c r="R106">
+        <v>9510</v>
+      </c>
+    </row>
+    <row r="107" spans="1:19">
+      <c r="A107" t="s">
+        <v>32</v>
+      </c>
+      <c r="B107" t="s">
+        <v>29</v>
+      </c>
+      <c r="C107">
+        <v>1750</v>
+      </c>
+      <c r="D107">
+        <v>18</v>
+      </c>
+      <c r="E107" t="s">
+        <v>24</v>
+      </c>
+      <c r="F107" s="6">
+        <v>6900</v>
+      </c>
+      <c r="G107">
+        <v>6900</v>
+      </c>
+      <c r="H107">
+        <v>6850</v>
+      </c>
+      <c r="I107">
+        <v>6850</v>
+      </c>
+      <c r="J107">
+        <v>6850</v>
+      </c>
+      <c r="K107">
+        <v>6750</v>
+      </c>
+      <c r="L107">
+        <v>6650</v>
+      </c>
+      <c r="M107">
+        <v>6650</v>
+      </c>
+      <c r="N107">
+        <v>6650</v>
+      </c>
+      <c r="O107">
+        <v>6650</v>
+      </c>
+      <c r="P107">
+        <v>6600</v>
+      </c>
+      <c r="Q107">
+        <v>6600</v>
+      </c>
+      <c r="R107">
+        <v>6600</v>
+      </c>
+    </row>
+    <row r="108" spans="1:19">
+      <c r="A108" t="s">
+        <v>32</v>
+      </c>
+      <c r="B108" t="s">
+        <v>26</v>
+      </c>
+      <c r="C108">
+        <v>3000</v>
+      </c>
+      <c r="D108">
+        <v>12</v>
+      </c>
+      <c r="E108" t="s">
+        <v>24</v>
+      </c>
+      <c r="F108" s="6">
+        <v>10000</v>
+      </c>
+      <c r="G108">
+        <v>10000</v>
+      </c>
+      <c r="H108">
+        <v>10000</v>
+      </c>
+      <c r="I108">
+        <v>9750</v>
+      </c>
+      <c r="J108">
+        <v>9750</v>
+      </c>
+      <c r="K108">
+        <v>9500</v>
+      </c>
+      <c r="L108">
+        <v>9500</v>
+      </c>
+      <c r="M108">
+        <v>9500</v>
+      </c>
+      <c r="N108">
+        <v>9500</v>
+      </c>
+      <c r="O108">
+        <v>9500</v>
+      </c>
+      <c r="P108">
+        <v>9500</v>
+      </c>
+      <c r="Q108">
+        <v>9500</v>
+      </c>
+      <c r="R108">
+        <v>9500</v>
+      </c>
+    </row>
+    <row r="109" spans="1:19">
+      <c r="A109" t="s">
+        <v>33</v>
+      </c>
+      <c r="B109" t="s">
+        <v>23</v>
+      </c>
+      <c r="C109">
+        <v>8050</v>
+      </c>
+      <c r="D109">
+        <v>13</v>
+      </c>
+      <c r="E109" t="s">
+        <v>24</v>
+      </c>
+      <c r="F109" s="6">
+        <v>9150</v>
+      </c>
+      <c r="G109">
+        <v>8920</v>
+      </c>
+      <c r="H109">
+        <v>8700</v>
+      </c>
+      <c r="I109">
+        <v>8490</v>
+      </c>
+      <c r="J109">
+        <v>8330</v>
+      </c>
+      <c r="K109">
+        <v>8130</v>
+      </c>
+      <c r="L109">
+        <v>8040</v>
+      </c>
+      <c r="M109">
+        <v>7940</v>
+      </c>
+      <c r="N109">
+        <v>7850</v>
+      </c>
+      <c r="O109">
+        <v>7760</v>
+      </c>
+      <c r="P109">
+        <v>7660</v>
+      </c>
+      <c r="Q109">
+        <v>7490</v>
+      </c>
+      <c r="R109">
+        <v>7490</v>
+      </c>
+    </row>
+    <row r="110" spans="1:19">
+      <c r="A110" t="s">
+        <v>34</v>
+      </c>
+      <c r="B110" t="s">
+        <v>23</v>
+      </c>
+      <c r="C110">
+        <v>4300</v>
+      </c>
+      <c r="D110">
+        <v>18</v>
+      </c>
+      <c r="E110" t="s">
+        <v>24</v>
+      </c>
+      <c r="F110" s="6">
+        <v>13480</v>
+      </c>
+      <c r="G110">
+        <v>13280</v>
+      </c>
+      <c r="H110">
+        <v>13080</v>
+      </c>
+      <c r="I110">
+        <v>12890</v>
+      </c>
+      <c r="J110">
+        <v>12710</v>
+      </c>
+      <c r="K110">
+        <v>12530</v>
+      </c>
+      <c r="L110">
+        <v>12420</v>
+      </c>
+      <c r="M110">
+        <v>12320</v>
+      </c>
+      <c r="N110">
+        <v>12210</v>
+      </c>
+      <c r="O110">
+        <v>12110</v>
+      </c>
+      <c r="P110">
+        <v>12010</v>
+      </c>
+      <c r="Q110">
+        <v>11910</v>
+      </c>
+      <c r="R110">
+        <v>11910</v>
+      </c>
+    </row>
+    <row r="111" spans="1:19">
+      <c r="A111" t="s">
+        <v>35</v>
+      </c>
+      <c r="B111" t="s">
+        <v>29</v>
+      </c>
+      <c r="C111">
+        <v>1000</v>
+      </c>
+      <c r="D111">
+        <v>19</v>
+      </c>
+      <c r="E111" t="s">
+        <v>24</v>
+      </c>
+      <c r="F111" s="6">
+        <v>6850</v>
+      </c>
+      <c r="G111">
+        <v>6830</v>
+      </c>
+      <c r="H111">
+        <v>6780</v>
+      </c>
+      <c r="I111">
+        <v>6730</v>
+      </c>
+      <c r="J111">
+        <v>6650</v>
+      </c>
+      <c r="K111">
+        <v>6400</v>
+      </c>
+      <c r="L111">
+        <v>6340</v>
+      </c>
+      <c r="M111">
+        <v>6280</v>
+      </c>
+      <c r="N111">
+        <v>6210</v>
+      </c>
+      <c r="O111">
+        <v>6150</v>
+      </c>
+      <c r="P111">
+        <v>6100</v>
+      </c>
+      <c r="Q111">
+        <v>6000</v>
+      </c>
+      <c r="R111">
+        <v>6000</v>
+      </c>
+    </row>
+    <row r="112" spans="1:19">
+      <c r="A112" t="s">
+        <v>35</v>
+      </c>
+      <c r="B112" t="s">
+        <v>26</v>
+      </c>
+      <c r="C112">
+        <v>2000</v>
+      </c>
+      <c r="D112">
+        <v>12</v>
+      </c>
+      <c r="E112" t="s">
+        <v>24</v>
+      </c>
+      <c r="F112" s="6">
+        <v>9500</v>
+      </c>
+      <c r="G112">
+        <v>9500</v>
+      </c>
+      <c r="H112">
+        <v>9500</v>
+      </c>
+      <c r="I112">
+        <v>9500</v>
+      </c>
+      <c r="J112">
+        <v>9500</v>
+      </c>
+      <c r="K112">
+        <v>9500</v>
+      </c>
+      <c r="L112">
+        <v>9500</v>
+      </c>
+      <c r="M112">
+        <v>9500</v>
+      </c>
+      <c r="N112">
+        <v>9500</v>
+      </c>
+      <c r="O112">
+        <v>9500</v>
+      </c>
+      <c r="P112">
+        <v>9500</v>
+      </c>
+      <c r="Q112">
+        <v>9500</v>
+      </c>
+      <c r="R112">
+        <v>9500</v>
+      </c>
+    </row>
+    <row r="113" spans="1:19">
+      <c r="A113" t="s">
+        <v>36</v>
+      </c>
+      <c r="B113" t="s">
+        <v>26</v>
+      </c>
+      <c r="C113">
+        <v>650</v>
+      </c>
+      <c r="D113">
+        <v>1</v>
+      </c>
+      <c r="E113" t="s">
+        <v>24</v>
+      </c>
+      <c r="F113" s="6">
+        <v>5100</v>
+      </c>
+      <c r="G113">
+        <v>4980</v>
+      </c>
+      <c r="H113">
+        <v>4860</v>
+      </c>
+      <c r="I113">
+        <v>4740</v>
+      </c>
+      <c r="J113">
+        <v>4620</v>
+      </c>
+      <c r="K113">
+        <v>4510</v>
+      </c>
+      <c r="L113">
+        <v>4440</v>
+      </c>
+      <c r="M113">
+        <v>4380</v>
+      </c>
+      <c r="N113">
+        <v>4310</v>
+      </c>
+      <c r="O113">
+        <v>4250</v>
+      </c>
+      <c r="P113">
+        <v>4180</v>
+      </c>
+      <c r="Q113">
+        <v>4120</v>
+      </c>
+      <c r="R113">
+        <v>4120</v>
+      </c>
+    </row>
+    <row r="114" spans="1:19">
+      <c r="A114" t="s">
+        <v>37</v>
+      </c>
+      <c r="B114" t="s">
+        <v>26</v>
+      </c>
+      <c r="C114">
+        <v>800</v>
+      </c>
+      <c r="D114">
+        <v>1</v>
+      </c>
+      <c r="E114" t="s">
+        <v>24</v>
+      </c>
+      <c r="F114" s="6">
+        <v>3820</v>
+      </c>
+      <c r="G114">
+        <v>3730</v>
+      </c>
+      <c r="H114">
+        <v>3640</v>
+      </c>
+      <c r="I114">
+        <v>3550</v>
+      </c>
+      <c r="J114">
+        <v>3460</v>
+      </c>
+      <c r="K114">
+        <v>3380</v>
+      </c>
+      <c r="L114">
+        <v>3330</v>
+      </c>
+      <c r="M114">
+        <v>3280</v>
+      </c>
+      <c r="N114">
+        <v>3230</v>
+      </c>
+      <c r="O114">
+        <v>3180</v>
+      </c>
+      <c r="P114">
+        <v>3140</v>
+      </c>
+      <c r="Q114">
+        <v>3090</v>
+      </c>
+      <c r="R114">
+        <v>3090</v>
+      </c>
+    </row>
+    <row r="115" spans="1:19">
+      <c r="A115" t="s">
+        <v>38</v>
+      </c>
+      <c r="B115" t="s">
+        <v>26</v>
+      </c>
+      <c r="C115">
+        <v>1450</v>
+      </c>
+      <c r="D115">
+        <v>4</v>
+      </c>
+      <c r="E115" t="s">
+        <v>24</v>
+      </c>
+      <c r="F115" s="6">
+        <v>7150</v>
+      </c>
+      <c r="G115">
+        <v>6980</v>
+      </c>
+      <c r="H115">
+        <v>6810</v>
+      </c>
+      <c r="I115">
+        <v>6640</v>
+      </c>
+      <c r="J115">
+        <v>6400</v>
+      </c>
+      <c r="K115">
+        <v>6230</v>
+      </c>
+      <c r="L115">
+        <v>6140</v>
+      </c>
+      <c r="M115">
+        <v>6050</v>
+      </c>
+      <c r="N115">
+        <v>5960</v>
+      </c>
+      <c r="O115">
+        <v>5870</v>
+      </c>
+      <c r="P115">
+        <v>5790</v>
+      </c>
+      <c r="Q115">
+        <v>5700</v>
+      </c>
+      <c r="R115">
+        <v>5700</v>
+      </c>
+    </row>
+    <row r="116" spans="1:19">
+      <c r="A116" t="s">
+        <v>39</v>
+      </c>
+      <c r="B116" t="s">
+        <v>26</v>
+      </c>
+      <c r="C116">
+        <v>1600</v>
+      </c>
+      <c r="D116">
+        <v>4</v>
+      </c>
+      <c r="E116" t="s">
+        <v>30</v>
+      </c>
+      <c r="F116" s="6">
+        <v>6400</v>
+      </c>
+      <c r="G116">
+        <v>6240</v>
+      </c>
+      <c r="H116">
+        <v>6090</v>
+      </c>
+      <c r="I116">
+        <v>5940</v>
+      </c>
+      <c r="J116">
+        <v>5800</v>
+      </c>
+      <c r="K116">
+        <v>5660</v>
+      </c>
+      <c r="L116">
+        <v>5570</v>
+      </c>
+      <c r="M116">
+        <v>5490</v>
+      </c>
+      <c r="N116">
+        <v>5410</v>
+      </c>
+      <c r="O116">
+        <v>5330</v>
+      </c>
+      <c r="P116">
+        <v>5250</v>
+      </c>
+      <c r="Q116">
+        <v>5170</v>
+      </c>
+      <c r="R116">
+        <v>5170</v>
+      </c>
+    </row>
+    <row r="117" spans="1:19">
+      <c r="A117" t="s">
+        <v>39</v>
+      </c>
+      <c r="B117" t="s">
+        <v>29</v>
+      </c>
+      <c r="C117">
+        <v>600</v>
+      </c>
+      <c r="D117">
+        <v>7</v>
+      </c>
+      <c r="E117" t="s">
+        <v>24</v>
+      </c>
+      <c r="F117" s="6">
+        <v>3790</v>
+      </c>
+      <c r="G117">
+        <v>3700</v>
+      </c>
+      <c r="H117">
+        <v>3610</v>
+      </c>
+      <c r="I117">
+        <v>3520</v>
+      </c>
+      <c r="J117">
+        <v>3440</v>
+      </c>
+      <c r="K117">
+        <v>3350</v>
+      </c>
+      <c r="L117">
+        <v>3300</v>
+      </c>
+      <c r="M117">
+        <v>3250</v>
+      </c>
+      <c r="N117">
+        <v>3210</v>
+      </c>
+      <c r="O117">
+        <v>3160</v>
+      </c>
+      <c r="P117">
+        <v>3110</v>
+      </c>
+      <c r="Q117">
+        <v>3070</v>
+      </c>
+      <c r="R117">
+        <v>3070</v>
+      </c>
+    </row>
+    <row r="118" spans="1:19">
+      <c r="A118" t="s">
+        <v>39</v>
+      </c>
+      <c r="B118" t="s">
+        <v>26</v>
+      </c>
+      <c r="C118">
+        <v>650</v>
+      </c>
+      <c r="D118">
+        <v>3</v>
+      </c>
+      <c r="E118" t="s">
+        <v>24</v>
+      </c>
+      <c r="F118" s="6">
+        <v>5070</v>
+      </c>
+      <c r="G118">
+        <v>4950</v>
+      </c>
+      <c r="H118">
+        <v>4820</v>
+      </c>
+      <c r="I118">
+        <v>4710</v>
+      </c>
+      <c r="J118">
+        <v>4590</v>
+      </c>
+      <c r="K118">
+        <v>4480</v>
+      </c>
+      <c r="L118">
+        <v>4410</v>
+      </c>
+      <c r="M118">
+        <v>4350</v>
+      </c>
+      <c r="N118">
+        <v>4280</v>
+      </c>
+      <c r="O118">
+        <v>4220</v>
+      </c>
+      <c r="P118">
+        <v>4160</v>
+      </c>
+      <c r="Q118">
+        <v>4100</v>
+      </c>
+      <c r="R118">
+        <v>4100</v>
+      </c>
+    </row>
+    <row r="119" spans="1:19">
+      <c r="A119" t="s">
+        <v>40</v>
+      </c>
+      <c r="B119" t="s">
+        <v>26</v>
+      </c>
+      <c r="C119">
+        <v>600</v>
+      </c>
+      <c r="D119">
+        <v>2</v>
+      </c>
+      <c r="E119" t="s">
+        <v>24</v>
+      </c>
+      <c r="F119" s="6">
+        <v>2880</v>
+      </c>
+      <c r="G119">
+        <v>2870</v>
+      </c>
+      <c r="H119">
+        <v>2850</v>
+      </c>
+      <c r="I119">
+        <v>2700</v>
+      </c>
+      <c r="J119">
+        <v>2600</v>
+      </c>
+      <c r="K119">
+        <v>2450</v>
+      </c>
+      <c r="L119">
+        <v>2350</v>
+      </c>
+      <c r="M119">
+        <v>2200</v>
+      </c>
+      <c r="N119">
+        <v>2000</v>
+      </c>
+      <c r="O119">
+        <v>1900</v>
+      </c>
+      <c r="P119">
+        <v>1770</v>
+      </c>
+      <c r="Q119">
+        <v>1690</v>
+      </c>
+      <c r="R119">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="120" spans="1:19">
+      <c r="A120" t="s">
+        <v>41</v>
+      </c>
+      <c r="B120" t="s">
+        <v>26</v>
+      </c>
+      <c r="C120">
+        <v>800</v>
+      </c>
+      <c r="D120">
+        <v>2</v>
+      </c>
+      <c r="E120" t="s">
+        <v>24</v>
+      </c>
+      <c r="F120" s="6">
+        <v>5200</v>
+      </c>
+      <c r="G120">
+        <v>5100</v>
+      </c>
+      <c r="H120">
+        <v>5100</v>
+      </c>
+      <c r="I120">
+        <v>5000</v>
+      </c>
+      <c r="J120">
+        <v>5000</v>
+      </c>
+      <c r="K120">
+        <v>4950</v>
+      </c>
+      <c r="L120">
+        <v>4950</v>
+      </c>
+      <c r="M120">
+        <v>4950</v>
+      </c>
+      <c r="N120">
+        <v>4800</v>
+      </c>
+      <c r="O120">
+        <v>4800</v>
+      </c>
+      <c r="P120">
+        <v>4600</v>
+      </c>
+      <c r="Q120">
+        <v>4600</v>
+      </c>
+      <c r="R120">
+        <v>4600</v>
+      </c>
+    </row>
+    <row r="121" spans="1:19">
+      <c r="A121" t="s">
+        <v>42</v>
+      </c>
+      <c r="B121" t="s">
+        <v>29</v>
+      </c>
+      <c r="C121">
+        <v>1250</v>
+      </c>
+      <c r="D121">
+        <v>14</v>
+      </c>
+      <c r="E121" t="s">
+        <v>24</v>
+      </c>
+      <c r="F121" s="6">
+        <v>7150</v>
+      </c>
+      <c r="G121">
+        <v>6980</v>
+      </c>
+      <c r="H121">
+        <v>6810</v>
+      </c>
+      <c r="I121">
+        <v>6640</v>
+      </c>
+      <c r="J121">
+        <v>6480</v>
+      </c>
+      <c r="K121">
         <v>6320</v>
       </c>
-      <c r="G101" s="0">
+      <c r="L121">
+        <v>6230</v>
+      </c>
+      <c r="M121">
+        <v>6140</v>
+      </c>
+      <c r="N121">
+        <v>6050</v>
+      </c>
+      <c r="O121">
+        <v>5960</v>
+      </c>
+      <c r="P121">
+        <v>5870</v>
+      </c>
+      <c r="Q121">
+        <v>5750</v>
+      </c>
+      <c r="R121">
+        <v>5750</v>
+      </c>
+    </row>
+    <row r="122" spans="1:19">
+      <c r="A122" t="s">
+        <v>42</v>
+      </c>
+      <c r="B122" t="s">
+        <v>26</v>
+      </c>
+      <c r="C122">
+        <v>1800</v>
+      </c>
+      <c r="D122">
+        <v>10</v>
+      </c>
+      <c r="E122" t="s">
+        <v>24</v>
+      </c>
+      <c r="F122" s="6">
+        <v>7500</v>
+      </c>
+      <c r="G122">
+        <v>7500</v>
+      </c>
+      <c r="H122">
+        <v>7500</v>
+      </c>
+      <c r="I122">
+        <v>7500</v>
+      </c>
+      <c r="J122">
+        <v>7500</v>
+      </c>
+      <c r="K122">
+        <v>7500</v>
+      </c>
+      <c r="L122">
+        <v>7500</v>
+      </c>
+      <c r="M122">
+        <v>7500</v>
+      </c>
+      <c r="N122">
+        <v>7500</v>
+      </c>
+      <c r="O122">
+        <v>7500</v>
+      </c>
+      <c r="P122">
+        <v>7500</v>
+      </c>
+      <c r="Q122">
+        <v>7500</v>
+      </c>
+      <c r="R122">
+        <v>7500</v>
+      </c>
+    </row>
+    <row r="123" spans="1:19">
+      <c r="A123" t="s">
+        <v>43</v>
+      </c>
+      <c r="B123" t="s">
+        <v>26</v>
+      </c>
+      <c r="C123">
+        <v>800</v>
+      </c>
+      <c r="D123">
+        <v>3</v>
+      </c>
+      <c r="E123" t="s">
+        <v>24</v>
+      </c>
+      <c r="F123" s="6">
+        <v>4910</v>
+      </c>
+      <c r="G123">
+        <v>4790</v>
+      </c>
+      <c r="H123">
+        <v>4670</v>
+      </c>
+      <c r="I123">
+        <v>4560</v>
+      </c>
+      <c r="J123">
+        <v>4450</v>
+      </c>
+      <c r="K123">
+        <v>4340</v>
+      </c>
+      <c r="L123">
+        <v>4280</v>
+      </c>
+      <c r="M123">
+        <v>4210</v>
+      </c>
+      <c r="N123">
+        <v>4150</v>
+      </c>
+      <c r="O123">
+        <v>4090</v>
+      </c>
+      <c r="P123">
+        <v>4030</v>
+      </c>
+      <c r="Q123">
+        <v>3970</v>
+      </c>
+      <c r="R123">
+        <v>3970</v>
+      </c>
+    </row>
+    <row r="124" spans="1:19">
+      <c r="A124" t="s">
+        <v>44</v>
+      </c>
+      <c r="B124" t="s">
+        <v>26</v>
+      </c>
+      <c r="C124">
+        <v>3020</v>
+      </c>
+      <c r="D124">
+        <v>7</v>
+      </c>
+      <c r="E124" t="s">
+        <v>24</v>
+      </c>
+      <c r="F124" s="6">
+        <v>17970</v>
+      </c>
+      <c r="G124">
+        <v>17530</v>
+      </c>
+      <c r="H124">
+        <v>17100</v>
+      </c>
+      <c r="I124">
+        <v>16690</v>
+      </c>
+      <c r="J124">
+        <v>16280</v>
+      </c>
+      <c r="K124">
+        <v>15880</v>
+      </c>
+      <c r="L124">
+        <v>15640</v>
+      </c>
+      <c r="M124">
+        <v>15420</v>
+      </c>
+      <c r="N124">
+        <v>15180</v>
+      </c>
+      <c r="O124">
+        <v>14960</v>
+      </c>
+      <c r="P124">
+        <v>14750</v>
+      </c>
+      <c r="Q124">
+        <v>14520</v>
+      </c>
+      <c r="R124">
+        <v>14520</v>
+      </c>
+    </row>
+    <row r="125" spans="1:19">
+      <c r="A125" t="s">
+        <v>45</v>
+      </c>
+      <c r="B125" t="s">
+        <v>29</v>
+      </c>
+      <c r="C125">
+        <v>1000</v>
+      </c>
+      <c r="D125">
+        <v>10</v>
+      </c>
+      <c r="E125" t="s">
+        <v>24</v>
+      </c>
+      <c r="F125" s="6">
+        <v>5320</v>
+      </c>
+      <c r="G125">
+        <v>5190</v>
+      </c>
+      <c r="H125">
+        <v>5060</v>
+      </c>
+      <c r="I125">
+        <v>4940</v>
+      </c>
+      <c r="J125">
+        <v>4820</v>
+      </c>
+      <c r="K125">
+        <v>4700</v>
+      </c>
+      <c r="L125">
+        <v>4630</v>
+      </c>
+      <c r="M125">
+        <v>4560</v>
+      </c>
+      <c r="N125">
+        <v>4500</v>
+      </c>
+      <c r="O125">
+        <v>4430</v>
+      </c>
+      <c r="P125">
+        <v>4370</v>
+      </c>
+      <c r="Q125">
+        <v>4300</v>
+      </c>
+      <c r="R125">
+        <v>4300</v>
+      </c>
+    </row>
+    <row r="126" spans="1:19">
+      <c r="A126" t="s">
+        <v>45</v>
+      </c>
+      <c r="B126" t="s">
+        <v>29</v>
+      </c>
+      <c r="C126">
+        <v>3500</v>
+      </c>
+      <c r="D126">
+        <v>10</v>
+      </c>
+      <c r="E126" t="s">
+        <v>30</v>
+      </c>
+      <c r="F126" s="6">
+        <v>8740</v>
+      </c>
+      <c r="G126">
+        <v>8530</v>
+      </c>
+      <c r="H126">
+        <v>8320</v>
+      </c>
+      <c r="I126">
+        <v>8120</v>
+      </c>
+      <c r="J126">
+        <v>7920</v>
+      </c>
+      <c r="K126">
+        <v>7730</v>
+      </c>
+      <c r="L126">
+        <v>7610</v>
+      </c>
+      <c r="M126">
+        <v>7500</v>
+      </c>
+      <c r="N126">
+        <v>7390</v>
+      </c>
+      <c r="O126">
+        <v>7280</v>
+      </c>
+      <c r="P126">
+        <v>7170</v>
+      </c>
+      <c r="Q126">
+        <v>7070</v>
+      </c>
+      <c r="R126">
+        <v>7070</v>
+      </c>
+    </row>
+    <row r="127" spans="1:19">
+      <c r="A127" t="s">
+        <v>45</v>
+      </c>
+      <c r="B127" t="s">
+        <v>26</v>
+      </c>
+      <c r="C127">
+        <v>960</v>
+      </c>
+      <c r="D127">
+        <v>6</v>
+      </c>
+      <c r="E127" t="s">
+        <v>24</v>
+      </c>
+      <c r="F127" s="6">
+        <v>9090</v>
+      </c>
+      <c r="G127">
+        <v>8870</v>
+      </c>
+      <c r="H127">
+        <v>8660</v>
+      </c>
+      <c r="I127">
+        <v>8440</v>
+      </c>
+      <c r="J127">
+        <v>8240</v>
+      </c>
+      <c r="K127">
+        <v>8040</v>
+      </c>
+      <c r="L127">
+        <v>7920</v>
+      </c>
+      <c r="M127">
+        <v>7800</v>
+      </c>
+      <c r="N127">
+        <v>7690</v>
+      </c>
+      <c r="O127">
+        <v>7570</v>
+      </c>
+      <c r="P127">
+        <v>7460</v>
+      </c>
+      <c r="Q127">
+        <v>7350</v>
+      </c>
+      <c r="R127">
+        <v>7350</v>
+      </c>
+    </row>
+    <row r="128" spans="1:19">
+      <c r="A128" t="s">
+        <v>46</v>
+      </c>
+      <c r="B128" t="s">
+        <v>23</v>
+      </c>
+      <c r="C128">
+        <v>2800</v>
+      </c>
+      <c r="D128">
+        <v>18</v>
+      </c>
+      <c r="E128" t="s">
+        <v>24</v>
+      </c>
+      <c r="F128" s="6">
+        <v>10680</v>
+      </c>
+      <c r="G128">
+        <v>10480</v>
+      </c>
+      <c r="H128">
+        <v>10280</v>
+      </c>
+      <c r="I128">
+        <v>10090</v>
+      </c>
+      <c r="J128">
+        <v>9910</v>
+      </c>
+      <c r="K128">
+        <v>9730</v>
+      </c>
+      <c r="L128">
+        <v>9620</v>
+      </c>
+      <c r="M128">
+        <v>9520</v>
+      </c>
+      <c r="N128">
+        <v>9410</v>
+      </c>
+      <c r="O128">
+        <v>9310</v>
+      </c>
+      <c r="P128">
+        <v>9210</v>
+      </c>
+      <c r="Q128">
+        <v>9110</v>
+      </c>
+      <c r="R128">
+        <v>9110</v>
+      </c>
+    </row>
+    <row r="129" spans="1:19">
+      <c r="A129" t="s">
+        <v>47</v>
+      </c>
+      <c r="B129" t="s">
+        <v>26</v>
+      </c>
+      <c r="C129">
+        <v>1100</v>
+      </c>
+      <c r="D129">
+        <v>5</v>
+      </c>
+      <c r="E129" t="s">
+        <v>24</v>
+      </c>
+      <c r="F129" s="6">
+        <v>7040</v>
+      </c>
+      <c r="G129">
+        <v>6760</v>
+      </c>
+      <c r="H129">
+        <v>6280</v>
+      </c>
+      <c r="I129">
+        <v>6110</v>
+      </c>
+      <c r="J129">
+        <v>5690</v>
+      </c>
+      <c r="K129">
+        <v>5370</v>
+      </c>
+      <c r="L129">
+        <v>5000</v>
+      </c>
+      <c r="M129">
+        <v>4930</v>
+      </c>
+      <c r="N129">
+        <v>4850</v>
+      </c>
+      <c r="O129">
+        <v>4780</v>
+      </c>
+      <c r="P129">
+        <v>4710</v>
+      </c>
+      <c r="Q129">
+        <v>4640</v>
+      </c>
+      <c r="R129">
+        <v>4640</v>
+      </c>
+    </row>
+    <row r="130" spans="1:19">
+      <c r="A130" t="s">
+        <v>48</v>
+      </c>
+      <c r="B130" t="s">
+        <v>26</v>
+      </c>
+      <c r="C130">
+        <v>3000</v>
+      </c>
+      <c r="D130">
+        <v>3</v>
+      </c>
+      <c r="E130" t="s">
+        <v>24</v>
+      </c>
+      <c r="F130" s="6">
+        <v>3630</v>
+      </c>
+      <c r="G130">
+        <v>3580</v>
+      </c>
+      <c r="H130">
+        <v>3470</v>
+      </c>
+      <c r="I130">
+        <v>3410</v>
+      </c>
+      <c r="J130">
+        <v>3190</v>
+      </c>
+      <c r="K130">
+        <v>2970</v>
+      </c>
+      <c r="L130">
+        <v>2700</v>
+      </c>
+      <c r="M130">
+        <v>2620</v>
+      </c>
+      <c r="N130">
+        <v>2510</v>
+      </c>
+      <c r="O130">
+        <v>2410</v>
+      </c>
+      <c r="P130">
+        <v>2310</v>
+      </c>
+      <c r="Q130">
+        <v>2260</v>
+      </c>
+      <c r="R130">
+        <v>2260</v>
+      </c>
+    </row>
+    <row r="131" spans="1:19">
+      <c r="A131" t="s">
+        <v>49</v>
+      </c>
+      <c r="B131" t="s">
+        <v>26</v>
+      </c>
+      <c r="C131">
+        <v>750</v>
+      </c>
+      <c r="D131">
+        <v>3</v>
+      </c>
+      <c r="E131" t="s">
+        <v>24</v>
+      </c>
+      <c r="F131" s="6">
+        <v>5560</v>
+      </c>
+      <c r="G131">
+        <v>5420</v>
+      </c>
+      <c r="H131">
+        <v>5290</v>
+      </c>
+      <c r="I131">
+        <v>5160</v>
+      </c>
+      <c r="J131">
+        <v>5030</v>
+      </c>
+      <c r="K131">
+        <v>4910</v>
+      </c>
+      <c r="L131">
+        <v>4840</v>
+      </c>
+      <c r="M131">
+        <v>4770</v>
+      </c>
+      <c r="N131">
+        <v>4700</v>
+      </c>
+      <c r="O131">
+        <v>4630</v>
+      </c>
+      <c r="P131">
+        <v>4560</v>
+      </c>
+      <c r="Q131">
+        <v>4490</v>
+      </c>
+      <c r="R131">
+        <v>4490</v>
+      </c>
+    </row>
+    <row r="132" spans="1:19">
+      <c r="A132" t="s">
+        <v>50</v>
+      </c>
+      <c r="B132" t="s">
+        <v>29</v>
+      </c>
+      <c r="C132">
+        <v>1020</v>
+      </c>
+      <c r="D132">
+        <v>16</v>
+      </c>
+      <c r="E132" t="s">
+        <v>24</v>
+      </c>
+      <c r="F132" s="6">
+        <v>5530</v>
+      </c>
+      <c r="G132">
+        <v>5400</v>
+      </c>
+      <c r="H132">
+        <v>5270</v>
+      </c>
+      <c r="I132">
+        <v>5140</v>
+      </c>
+      <c r="J132">
+        <v>5010</v>
+      </c>
+      <c r="K132">
+        <v>4890</v>
+      </c>
+      <c r="L132">
+        <v>4820</v>
+      </c>
+      <c r="M132">
+        <v>4750</v>
+      </c>
+      <c r="N132">
+        <v>4680</v>
+      </c>
+      <c r="O132">
+        <v>4610</v>
+      </c>
+      <c r="P132">
+        <v>4540</v>
+      </c>
+      <c r="Q132">
+        <v>4480</v>
+      </c>
+      <c r="R132">
+        <v>4480</v>
+      </c>
+    </row>
+    <row r="133" spans="1:19">
+      <c r="A133" t="s">
+        <v>50</v>
+      </c>
+      <c r="B133" t="s">
+        <v>26</v>
+      </c>
+      <c r="C133">
+        <v>1600</v>
+      </c>
+      <c r="D133">
+        <v>7</v>
+      </c>
+      <c r="E133" t="s">
+        <v>24</v>
+      </c>
+      <c r="F133" s="6">
+        <v>11540</v>
+      </c>
+      <c r="G133">
+        <v>11260</v>
+      </c>
+      <c r="H133">
+        <v>10990</v>
+      </c>
+      <c r="I133">
+        <v>10720</v>
+      </c>
+      <c r="J133">
+        <v>10460</v>
+      </c>
+      <c r="K133">
+        <v>10200</v>
+      </c>
+      <c r="L133">
+        <v>10050</v>
+      </c>
+      <c r="M133">
+        <v>9900</v>
+      </c>
+      <c r="N133">
+        <v>9760</v>
+      </c>
+      <c r="O133">
+        <v>9610</v>
+      </c>
+      <c r="P133">
+        <v>9470</v>
+      </c>
+      <c r="Q133">
+        <v>9330</v>
+      </c>
+      <c r="R133">
+        <v>9330</v>
+      </c>
+    </row>
+    <row r="134" spans="1:19">
+      <c r="A134" t="s">
+        <v>50</v>
+      </c>
+      <c r="B134" t="s">
+        <v>29</v>
+      </c>
+      <c r="C134">
+        <v>1000</v>
+      </c>
+      <c r="D134">
+        <v>11</v>
+      </c>
+      <c r="E134" t="s">
+        <v>30</v>
+      </c>
+      <c r="F134" s="6">
+        <v>7300</v>
+      </c>
+      <c r="G134">
+        <v>7120</v>
+      </c>
+      <c r="H134">
+        <v>6950</v>
+      </c>
+      <c r="I134">
+        <v>6780</v>
+      </c>
+      <c r="J134">
+        <v>6620</v>
+      </c>
+      <c r="K134">
+        <v>6450</v>
+      </c>
+      <c r="L134">
+        <v>6360</v>
+      </c>
+      <c r="M134">
+        <v>6270</v>
+      </c>
+      <c r="N134">
         <v>6170</v>
       </c>
-      <c r="H101" s="0">
-[...2 lines deleted...]
-      <c r="I101" s="0">
+      <c r="O134">
+        <v>6080</v>
+      </c>
+      <c r="P134">
+        <v>5990</v>
+      </c>
+      <c r="Q134">
+        <v>5900</v>
+      </c>
+      <c r="R134">
+        <v>5900</v>
+      </c>
+    </row>
+    <row r="135" spans="1:19">
+      <c r="A135" t="s">
+        <v>51</v>
+      </c>
+      <c r="B135" t="s">
+        <v>26</v>
+      </c>
+      <c r="C135">
+        <v>1100</v>
+      </c>
+      <c r="D135">
+        <v>5</v>
+      </c>
+      <c r="E135" t="s">
+        <v>24</v>
+      </c>
+      <c r="F135" s="6">
+        <v>7950</v>
+      </c>
+      <c r="G135">
+        <v>7760</v>
+      </c>
+      <c r="H135">
+        <v>7570</v>
+      </c>
+      <c r="I135">
+        <v>7390</v>
+      </c>
+      <c r="J135">
+        <v>7210</v>
+      </c>
+      <c r="K135">
+        <v>7030</v>
+      </c>
+      <c r="L135">
+        <v>6930</v>
+      </c>
+      <c r="M135">
+        <v>6820</v>
+      </c>
+      <c r="N135">
+        <v>6720</v>
+      </c>
+      <c r="O135">
+        <v>6620</v>
+      </c>
+      <c r="P135">
+        <v>6530</v>
+      </c>
+      <c r="Q135">
+        <v>6430</v>
+      </c>
+      <c r="R135">
+        <v>6430</v>
+      </c>
+    </row>
+    <row r="136" spans="1:19">
+      <c r="A136" t="s">
+        <v>52</v>
+      </c>
+      <c r="B136" t="s">
+        <v>23</v>
+      </c>
+      <c r="C136">
+        <v>2520</v>
+      </c>
+      <c r="D136">
+        <v>20</v>
+      </c>
+      <c r="E136" t="s">
+        <v>24</v>
+      </c>
+      <c r="F136" s="6">
+        <v>10180</v>
+      </c>
+      <c r="G136">
+        <v>9940</v>
+      </c>
+      <c r="H136">
+        <v>9700</v>
+      </c>
+      <c r="I136">
+        <v>9460</v>
+      </c>
+      <c r="J136">
+        <v>9230</v>
+      </c>
+      <c r="K136">
+        <v>9000</v>
+      </c>
+      <c r="L136">
+        <v>8870</v>
+      </c>
+      <c r="M136">
+        <v>8740</v>
+      </c>
+      <c r="N136">
+        <v>8610</v>
+      </c>
+      <c r="O136">
+        <v>8480</v>
+      </c>
+      <c r="P136">
+        <v>8360</v>
+      </c>
+      <c r="Q136">
+        <v>8240</v>
+      </c>
+      <c r="R136">
+        <v>8240</v>
+      </c>
+    </row>
+    <row r="137" spans="1:19">
+      <c r="A137" t="s">
+        <v>53</v>
+      </c>
+      <c r="B137" t="s">
+        <v>29</v>
+      </c>
+      <c r="C137">
+        <v>1500</v>
+      </c>
+      <c r="D137">
+        <v>6</v>
+      </c>
+      <c r="E137" t="s">
+        <v>24</v>
+      </c>
+      <c r="F137" s="6">
+        <v>6150</v>
+      </c>
+      <c r="G137">
+        <v>6150</v>
+      </c>
+      <c r="H137">
+        <v>6100</v>
+      </c>
+      <c r="I137">
+        <v>6100</v>
+      </c>
+      <c r="J137">
+        <v>6100</v>
+      </c>
+      <c r="K137">
+        <v>6100</v>
+      </c>
+      <c r="L137">
+        <v>6100</v>
+      </c>
+      <c r="M137">
+        <v>6050</v>
+      </c>
+      <c r="N137">
+        <v>6050</v>
+      </c>
+      <c r="O137">
+        <v>6050</v>
+      </c>
+      <c r="P137">
+        <v>6050</v>
+      </c>
+      <c r="Q137">
+        <v>6000</v>
+      </c>
+      <c r="R137">
+        <v>6000</v>
+      </c>
+    </row>
+    <row r="138" spans="1:19">
+      <c r="A138" t="s">
+        <v>54</v>
+      </c>
+      <c r="B138" t="s">
+        <v>29</v>
+      </c>
+      <c r="C138">
+        <v>4500</v>
+      </c>
+      <c r="D138">
+        <v>35</v>
+      </c>
+      <c r="E138" t="s">
+        <v>24</v>
+      </c>
+      <c r="F138" s="6">
+        <v>11500</v>
+      </c>
+      <c r="G138">
+        <v>11450</v>
+      </c>
+      <c r="H138">
+        <v>11400</v>
+      </c>
+      <c r="I138">
+        <v>11350</v>
+      </c>
+      <c r="J138">
+        <v>11300</v>
+      </c>
+      <c r="K138">
+        <v>11250</v>
+      </c>
+      <c r="L138">
+        <v>11200</v>
+      </c>
+      <c r="M138">
+        <v>11150</v>
+      </c>
+      <c r="N138">
+        <v>11100</v>
+      </c>
+      <c r="O138">
+        <v>11050</v>
+      </c>
+      <c r="P138">
+        <v>11000</v>
+      </c>
+      <c r="Q138">
+        <v>10900</v>
+      </c>
+      <c r="R138">
+        <v>10900</v>
+      </c>
+    </row>
+    <row r="139" spans="1:19">
+      <c r="A139" t="s">
+        <v>55</v>
+      </c>
+      <c r="B139" t="s">
+        <v>26</v>
+      </c>
+      <c r="C139">
+        <v>1000</v>
+      </c>
+      <c r="D139">
+        <v>4</v>
+      </c>
+      <c r="E139" t="s">
+        <v>24</v>
+      </c>
+      <c r="F139" s="6">
+        <v>6840</v>
+      </c>
+      <c r="G139">
+        <v>6670</v>
+      </c>
+      <c r="H139">
+        <v>6510</v>
+      </c>
+      <c r="I139">
+        <v>6350</v>
+      </c>
+      <c r="J139">
+        <v>6190</v>
+      </c>
+      <c r="K139">
+        <v>6040</v>
+      </c>
+      <c r="L139">
+        <v>5950</v>
+      </c>
+      <c r="M139">
+        <v>5860</v>
+      </c>
+      <c r="N139">
+        <v>5780</v>
+      </c>
+      <c r="O139">
+        <v>5690</v>
+      </c>
+      <c r="P139">
+        <v>5610</v>
+      </c>
+      <c r="Q139">
+        <v>5520</v>
+      </c>
+      <c r="R139">
+        <v>5520</v>
+      </c>
+    </row>
+    <row r="140" spans="1:19">
+      <c r="A140" t="s">
+        <v>56</v>
+      </c>
+      <c r="B140" t="s">
+        <v>26</v>
+      </c>
+      <c r="C140">
+        <v>1000</v>
+      </c>
+      <c r="D140">
+        <v>3</v>
+      </c>
+      <c r="E140" t="s">
+        <v>24</v>
+      </c>
+      <c r="F140" s="6">
+        <v>6710</v>
+      </c>
+      <c r="G140">
+        <v>6550</v>
+      </c>
+      <c r="H140">
+        <v>6390</v>
+      </c>
+      <c r="I140">
+        <v>6230</v>
+      </c>
+      <c r="J140">
+        <v>6080</v>
+      </c>
+      <c r="K140">
+        <v>5930</v>
+      </c>
+      <c r="L140">
+        <v>5840</v>
+      </c>
+      <c r="M140">
+        <v>5760</v>
+      </c>
+      <c r="N140">
+        <v>5670</v>
+      </c>
+      <c r="O140">
+        <v>5590</v>
+      </c>
+      <c r="P140">
+        <v>5510</v>
+      </c>
+      <c r="Q140">
+        <v>5430</v>
+      </c>
+      <c r="R140">
+        <v>5430</v>
+      </c>
+    </row>
+    <row r="141" spans="1:19">
+      <c r="A141" t="s">
+        <v>57</v>
+      </c>
+      <c r="B141" t="s">
+        <v>26</v>
+      </c>
+      <c r="C141">
+        <v>1100</v>
+      </c>
+      <c r="D141">
+        <v>5</v>
+      </c>
+      <c r="E141" t="s">
+        <v>24</v>
+      </c>
+      <c r="F141" s="6">
+        <v>7190</v>
+      </c>
+      <c r="G141">
+        <v>7010</v>
+      </c>
+      <c r="H141">
+        <v>6840</v>
+      </c>
+      <c r="I141">
+        <v>6670</v>
+      </c>
+      <c r="J141">
+        <v>6510</v>
+      </c>
+      <c r="K141">
+        <v>6350</v>
+      </c>
+      <c r="L141">
+        <v>6260</v>
+      </c>
+      <c r="M141">
+        <v>6170</v>
+      </c>
+      <c r="N141">
+        <v>6080</v>
+      </c>
+      <c r="O141">
+        <v>5990</v>
+      </c>
+      <c r="P141">
+        <v>5900</v>
+      </c>
+      <c r="Q141">
+        <v>5810</v>
+      </c>
+      <c r="R141">
+        <v>5810</v>
+      </c>
+    </row>
+    <row r="142" spans="1:19">
+      <c r="A142" t="s">
+        <v>58</v>
+      </c>
+      <c r="B142" t="s">
+        <v>26</v>
+      </c>
+      <c r="C142">
+        <v>3420</v>
+      </c>
+      <c r="D142">
+        <v>6</v>
+      </c>
+      <c r="E142" t="s">
+        <v>24</v>
+      </c>
+      <c r="F142" s="6">
+        <v>10820</v>
+      </c>
+      <c r="G142">
+        <v>10550</v>
+      </c>
+      <c r="H142">
+        <v>10300</v>
+      </c>
+      <c r="I142">
+        <v>10050</v>
+      </c>
+      <c r="J142">
+        <v>9800</v>
+      </c>
+      <c r="K142">
+        <v>9560</v>
+      </c>
+      <c r="L142">
+        <v>9410</v>
+      </c>
+      <c r="M142">
+        <v>9280</v>
+      </c>
+      <c r="N142">
+        <v>9140</v>
+      </c>
+      <c r="O142">
+        <v>9010</v>
+      </c>
+      <c r="P142">
+        <v>8880</v>
+      </c>
+      <c r="Q142">
+        <v>8740</v>
+      </c>
+      <c r="R142">
+        <v>8740</v>
+      </c>
+    </row>
+    <row r="143" spans="1:19">
+      <c r="A143" t="s">
+        <v>59</v>
+      </c>
+      <c r="B143" t="s">
+        <v>26</v>
+      </c>
+      <c r="C143">
+        <v>1000</v>
+      </c>
+      <c r="D143">
+        <v>3</v>
+      </c>
+      <c r="E143" t="s">
+        <v>24</v>
+      </c>
+      <c r="F143" s="6">
+        <v>5850</v>
+      </c>
+      <c r="G143">
+        <v>5500</v>
+      </c>
+      <c r="H143">
+        <v>5320</v>
+      </c>
+      <c r="I143">
+        <v>5250</v>
+      </c>
+      <c r="J143">
+        <v>5040</v>
+      </c>
+      <c r="K143">
+        <v>4880</v>
+      </c>
+      <c r="L143">
+        <v>4780</v>
+      </c>
+      <c r="M143">
+        <v>4690</v>
+      </c>
+      <c r="N143">
+        <v>4690</v>
+      </c>
+      <c r="O143">
+        <v>4510</v>
+      </c>
+      <c r="P143">
+        <v>4510</v>
+      </c>
+      <c r="Q143">
+        <v>4510</v>
+      </c>
+      <c r="R143">
+        <v>4510</v>
+      </c>
+    </row>
+    <row r="144" spans="1:19">
+      <c r="A144" t="s">
+        <v>60</v>
+      </c>
+      <c r="B144" t="s">
+        <v>23</v>
+      </c>
+      <c r="C144">
+        <v>4500</v>
+      </c>
+      <c r="D144">
+        <v>20</v>
+      </c>
+      <c r="E144" t="s">
+        <v>24</v>
+      </c>
+      <c r="F144" s="6">
+        <v>8930</v>
+      </c>
+      <c r="G144">
+        <v>8910</v>
+      </c>
+      <c r="H144">
+        <v>8860</v>
+      </c>
+      <c r="I144">
+        <v>8680</v>
+      </c>
+      <c r="J144">
+        <v>8600</v>
+      </c>
+      <c r="K144">
+        <v>8110</v>
+      </c>
+      <c r="L144">
+        <v>7810</v>
+      </c>
+      <c r="M144">
+        <v>7750</v>
+      </c>
+      <c r="N144">
+        <v>7680</v>
+      </c>
+      <c r="O144">
+        <v>7500</v>
+      </c>
+      <c r="P144">
+        <v>7450</v>
+      </c>
+      <c r="Q144">
+        <v>7350</v>
+      </c>
+      <c r="R144">
+        <v>7350</v>
+      </c>
+    </row>
+    <row r="145" spans="1:19">
+      <c r="A145" t="s">
+        <v>61</v>
+      </c>
+      <c r="B145" t="s">
+        <v>29</v>
+      </c>
+      <c r="C145">
+        <v>2850</v>
+      </c>
+      <c r="D145">
+        <v>19</v>
+      </c>
+      <c r="E145" t="s">
+        <v>24</v>
+      </c>
+      <c r="F145" s="6">
+        <v>11110</v>
+      </c>
+      <c r="G145">
+        <v>10840</v>
+      </c>
+      <c r="H145">
+        <v>10570</v>
+      </c>
+      <c r="I145">
+        <v>10310</v>
+      </c>
+      <c r="J145">
+        <v>10060</v>
+      </c>
+      <c r="K145">
+        <v>9810</v>
+      </c>
+      <c r="L145">
+        <v>9660</v>
+      </c>
+      <c r="M145">
+        <v>9530</v>
+      </c>
+      <c r="N145">
+        <v>9390</v>
+      </c>
+      <c r="O145">
+        <v>9240</v>
+      </c>
+      <c r="P145">
+        <v>9110</v>
+      </c>
+      <c r="Q145">
+        <v>8970</v>
+      </c>
+      <c r="R145">
+        <v>8970</v>
+      </c>
+    </row>
+    <row r="146" spans="1:19">
+      <c r="A146" t="s">
+        <v>62</v>
+      </c>
+      <c r="B146" t="s">
+        <v>26</v>
+      </c>
+      <c r="C146">
+        <v>700</v>
+      </c>
+      <c r="D146">
+        <v>2</v>
+      </c>
+      <c r="E146" t="s">
+        <v>24</v>
+      </c>
+      <c r="F146" s="6">
+        <v>2280</v>
+      </c>
+      <c r="G146">
+        <v>2260</v>
+      </c>
+      <c r="H146">
+        <v>2230</v>
+      </c>
+      <c r="I146">
+        <v>2200</v>
+      </c>
+      <c r="J146">
+        <v>2170</v>
+      </c>
+      <c r="K146">
+        <v>2080</v>
+      </c>
+      <c r="L146">
+        <v>2010</v>
+      </c>
+      <c r="M146">
+        <v>1940</v>
+      </c>
+      <c r="N146">
+        <v>1900</v>
+      </c>
+      <c r="O146">
+        <v>1880</v>
+      </c>
+      <c r="P146">
+        <v>1860</v>
+      </c>
+      <c r="Q146">
+        <v>1840</v>
+      </c>
+      <c r="R146">
+        <v>1840</v>
+      </c>
+    </row>
+    <row r="147" spans="1:19">
+      <c r="A147" t="s">
+        <v>63</v>
+      </c>
+      <c r="B147" t="s">
+        <v>23</v>
+      </c>
+      <c r="C147">
+        <v>2400</v>
+      </c>
+      <c r="D147">
+        <v>10</v>
+      </c>
+      <c r="E147" t="s">
+        <v>24</v>
+      </c>
+      <c r="F147" s="6">
+        <v>7870</v>
+      </c>
+      <c r="G147">
+        <v>7580</v>
+      </c>
+      <c r="H147">
+        <v>7390</v>
+      </c>
+      <c r="I147">
+        <v>7210</v>
+      </c>
+      <c r="J147">
+        <v>7040</v>
+      </c>
+      <c r="K147">
+        <v>6860</v>
+      </c>
+      <c r="L147">
+        <v>6760</v>
+      </c>
+      <c r="M147">
+        <v>6670</v>
+      </c>
+      <c r="N147">
+        <v>6570</v>
+      </c>
+      <c r="O147">
+        <v>6460</v>
+      </c>
+      <c r="P147">
+        <v>6370</v>
+      </c>
+      <c r="Q147">
+        <v>6270</v>
+      </c>
+      <c r="R147">
+        <v>6270</v>
+      </c>
+    </row>
+    <row r="148" spans="1:19">
+      <c r="A148" t="s">
+        <v>64</v>
+      </c>
+      <c r="B148" t="s">
+        <v>26</v>
+      </c>
+      <c r="C148">
+        <v>1000</v>
+      </c>
+      <c r="D148">
+        <v>3</v>
+      </c>
+      <c r="E148" t="s">
+        <v>24</v>
+      </c>
+      <c r="F148" s="6">
+        <v>6080</v>
+      </c>
+      <c r="G148">
+        <v>5940</v>
+      </c>
+      <c r="H148">
+        <v>5790</v>
+      </c>
+      <c r="I148">
         <v>5650</v>
       </c>
-      <c r="J101" s="0">
+      <c r="J148">
         <v>5510</v>
       </c>
-      <c r="K101" s="0">
+      <c r="K148">
         <v>5380</v>
       </c>
-      <c r="L101" s="0">
+      <c r="L148">
         <v>5300</v>
       </c>
-      <c r="M101" s="0">
+      <c r="M148">
         <v>5220</v>
       </c>
-      <c r="N101" s="0">
+      <c r="N148">
         <v>5140</v>
       </c>
-      <c r="O101" s="0">
+      <c r="O148">
         <v>5070</v>
       </c>
-      <c r="P101" s="0">
+      <c r="P148">
         <v>4990</v>
       </c>
-      <c r="Q101" s="0">
+      <c r="Q148">
         <v>4920</v>
       </c>
-      <c r="R101" s="0">
+      <c r="R148">
         <v>4920</v>
       </c>
     </row>
-    <row r="102" spans="1:19">
-[...6 lines deleted...]
-      <c r="C102" s="6">
+    <row r="149" spans="1:19">
+      <c r="A149" t="s">
+        <v>65</v>
+      </c>
+      <c r="B149" t="s">
+        <v>29</v>
+      </c>
+      <c r="C149">
+        <v>1350</v>
+      </c>
+      <c r="D149">
+        <v>9</v>
+      </c>
+      <c r="E149" t="s">
+        <v>24</v>
+      </c>
+      <c r="F149" s="6">
+        <v>5280</v>
+      </c>
+      <c r="G149">
+        <v>5150</v>
+      </c>
+      <c r="H149">
+        <v>5020</v>
+      </c>
+      <c r="I149">
+        <v>4900</v>
+      </c>
+      <c r="J149">
+        <v>4780</v>
+      </c>
+      <c r="K149">
+        <v>4660</v>
+      </c>
+      <c r="L149">
+        <v>4590</v>
+      </c>
+      <c r="M149">
+        <v>4530</v>
+      </c>
+      <c r="N149">
+        <v>4460</v>
+      </c>
+      <c r="O149">
+        <v>4390</v>
+      </c>
+      <c r="P149">
+        <v>4330</v>
+      </c>
+      <c r="Q149">
+        <v>4260</v>
+      </c>
+      <c r="R149">
+        <v>4260</v>
+      </c>
+    </row>
+    <row r="150" spans="1:19">
+      <c r="A150" t="s">
+        <v>65</v>
+      </c>
+      <c r="B150" t="s">
+        <v>29</v>
+      </c>
+      <c r="C150">
+        <v>2600</v>
+      </c>
+      <c r="D150">
+        <v>9</v>
+      </c>
+      <c r="E150" t="s">
+        <v>30</v>
+      </c>
+      <c r="F150" s="6">
+        <v>7310</v>
+      </c>
+      <c r="G150">
+        <v>7140</v>
+      </c>
+      <c r="H150">
+        <v>6960</v>
+      </c>
+      <c r="I150">
+        <v>6790</v>
+      </c>
+      <c r="J150">
+        <v>6630</v>
+      </c>
+      <c r="K150">
+        <v>6460</v>
+      </c>
+      <c r="L150">
+        <v>6370</v>
+      </c>
+      <c r="M150">
+        <v>6270</v>
+      </c>
+      <c r="N150">
+        <v>6180</v>
+      </c>
+      <c r="O150">
+        <v>6090</v>
+      </c>
+      <c r="P150">
+        <v>6000</v>
+      </c>
+      <c r="Q150">
+        <v>5900</v>
+      </c>
+      <c r="R150">
+        <v>5900</v>
+      </c>
+    </row>
+    <row r="151" spans="1:19">
+      <c r="A151" t="s">
+        <v>65</v>
+      </c>
+      <c r="B151" t="s">
+        <v>26</v>
+      </c>
+      <c r="C151">
+        <v>1000</v>
+      </c>
+      <c r="D151">
+        <v>5</v>
+      </c>
+      <c r="E151" t="s">
+        <v>24</v>
+      </c>
+      <c r="F151" s="6">
+        <v>7900</v>
+      </c>
+      <c r="G151">
+        <v>7700</v>
+      </c>
+      <c r="H151">
+        <v>7520</v>
+      </c>
+      <c r="I151">
+        <v>7330</v>
+      </c>
+      <c r="J151">
+        <v>7150</v>
+      </c>
+      <c r="K151">
+        <v>6980</v>
+      </c>
+      <c r="L151">
+        <v>6880</v>
+      </c>
+      <c r="M151">
+        <v>6770</v>
+      </c>
+      <c r="N151">
+        <v>6670</v>
+      </c>
+      <c r="O151">
+        <v>6580</v>
+      </c>
+      <c r="P151">
+        <v>6480</v>
+      </c>
+      <c r="Q151">
+        <v>6380</v>
+      </c>
+      <c r="R151">
+        <v>6380</v>
+      </c>
+    </row>
+    <row r="152" spans="1:19">
+      <c r="A152" t="s">
+        <v>66</v>
+      </c>
+      <c r="B152" t="s">
+        <v>29</v>
+      </c>
+      <c r="C152">
+        <v>1000</v>
+      </c>
+      <c r="D152">
+        <v>8</v>
+      </c>
+      <c r="E152" t="s">
+        <v>24</v>
+      </c>
+      <c r="F152" s="6">
+        <v>4060</v>
+      </c>
+      <c r="G152">
+        <v>3960</v>
+      </c>
+      <c r="H152">
+        <v>3860</v>
+      </c>
+      <c r="I152">
+        <v>3770</v>
+      </c>
+      <c r="J152">
+        <v>3680</v>
+      </c>
+      <c r="K152">
+        <v>3590</v>
+      </c>
+      <c r="L152">
+        <v>3530</v>
+      </c>
+      <c r="M152">
+        <v>3480</v>
+      </c>
+      <c r="N152">
+        <v>3430</v>
+      </c>
+      <c r="O152">
+        <v>3380</v>
+      </c>
+      <c r="P152">
+        <v>3330</v>
+      </c>
+      <c r="Q152">
+        <v>3280</v>
+      </c>
+      <c r="R152">
+        <v>3280</v>
+      </c>
+    </row>
+    <row r="153" spans="1:19">
+      <c r="A153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B153" t="s">
+        <v>29</v>
+      </c>
+      <c r="C153">
+        <v>1800</v>
+      </c>
+      <c r="D153">
+        <v>8</v>
+      </c>
+      <c r="E153" t="s">
+        <v>30</v>
+      </c>
+      <c r="F153" s="6">
+        <v>7130</v>
+      </c>
+      <c r="G153">
+        <v>6960</v>
+      </c>
+      <c r="H153">
+        <v>6790</v>
+      </c>
+      <c r="I153">
+        <v>6620</v>
+      </c>
+      <c r="J153">
+        <v>6460</v>
+      </c>
+      <c r="K153">
+        <v>6300</v>
+      </c>
+      <c r="L153">
+        <v>6210</v>
+      </c>
+      <c r="M153">
+        <v>6120</v>
+      </c>
+      <c r="N153">
+        <v>6030</v>
+      </c>
+      <c r="O153">
+        <v>5940</v>
+      </c>
+      <c r="P153">
+        <v>5850</v>
+      </c>
+      <c r="Q153">
+        <v>5760</v>
+      </c>
+      <c r="R153">
+        <v>5760</v>
+      </c>
+    </row>
+    <row r="154" spans="1:19">
+      <c r="A154" t="s">
+        <v>66</v>
+      </c>
+      <c r="B154" t="s">
+        <v>26</v>
+      </c>
+      <c r="C154">
+        <v>900</v>
+      </c>
+      <c r="D154">
+        <v>5</v>
+      </c>
+      <c r="E154" t="s">
+        <v>24</v>
+      </c>
+      <c r="F154" s="6">
+        <v>7180</v>
+      </c>
+      <c r="G154">
+        <v>7000</v>
+      </c>
+      <c r="H154">
+        <v>6830</v>
+      </c>
+      <c r="I154">
+        <v>6660</v>
+      </c>
+      <c r="J154">
+        <v>6500</v>
+      </c>
+      <c r="K154">
+        <v>6340</v>
+      </c>
+      <c r="L154">
+        <v>6250</v>
+      </c>
+      <c r="M154">
+        <v>6160</v>
+      </c>
+      <c r="N154">
+        <v>6070</v>
+      </c>
+      <c r="O154">
+        <v>5980</v>
+      </c>
+      <c r="P154">
+        <v>5890</v>
+      </c>
+      <c r="Q154">
+        <v>5800</v>
+      </c>
+      <c r="R154">
+        <v>5800</v>
+      </c>
+    </row>
+    <row r="155" spans="1:19">
+      <c r="A155" t="s">
+        <v>67</v>
+      </c>
+      <c r="B155" t="s">
+        <v>26</v>
+      </c>
+      <c r="C155">
+        <v>880</v>
+      </c>
+      <c r="D155">
+        <v>5</v>
+      </c>
+      <c r="E155" t="s">
+        <v>24</v>
+      </c>
+      <c r="F155" s="6">
+        <v>5680</v>
+      </c>
+      <c r="G155">
+        <v>5540</v>
+      </c>
+      <c r="H155">
+        <v>5410</v>
+      </c>
+      <c r="I155">
+        <v>5270</v>
+      </c>
+      <c r="J155">
+        <v>5140</v>
+      </c>
+      <c r="K155">
+        <v>5020</v>
+      </c>
+      <c r="L155">
+        <v>4950</v>
+      </c>
+      <c r="M155">
+        <v>4870</v>
+      </c>
+      <c r="N155">
+        <v>4800</v>
+      </c>
+      <c r="O155">
+        <v>4730</v>
+      </c>
+      <c r="P155">
+        <v>4660</v>
+      </c>
+      <c r="Q155">
+        <v>4590</v>
+      </c>
+      <c r="R155">
+        <v>4590</v>
+      </c>
+    </row>
+    <row r="156" spans="1:19">
+      <c r="A156" t="s">
+        <v>68</v>
+      </c>
+      <c r="B156" t="s">
+        <v>26</v>
+      </c>
+      <c r="C156">
+        <v>650</v>
+      </c>
+      <c r="D156">
+        <v>3</v>
+      </c>
+      <c r="E156" t="s">
+        <v>24</v>
+      </c>
+      <c r="F156" s="6">
+        <v>5180</v>
+      </c>
+      <c r="G156">
+        <v>5050</v>
+      </c>
+      <c r="H156">
+        <v>4930</v>
+      </c>
+      <c r="I156">
+        <v>4810</v>
+      </c>
+      <c r="J156">
+        <v>4690</v>
+      </c>
+      <c r="K156">
+        <v>4580</v>
+      </c>
+      <c r="L156">
+        <v>4510</v>
+      </c>
+      <c r="M156">
+        <v>4440</v>
+      </c>
+      <c r="N156">
+        <v>4380</v>
+      </c>
+      <c r="O156">
+        <v>4310</v>
+      </c>
+      <c r="P156">
+        <v>4250</v>
+      </c>
+      <c r="Q156">
+        <v>4180</v>
+      </c>
+      <c r="R156">
+        <v>4180</v>
+      </c>
+    </row>
+    <row r="157" spans="1:19">
+      <c r="A157" t="s">
+        <v>69</v>
+      </c>
+      <c r="B157" t="s">
+        <v>29</v>
+      </c>
+      <c r="C157">
+        <v>4000</v>
+      </c>
+      <c r="D157">
+        <v>40</v>
+      </c>
+      <c r="E157" t="s">
+        <v>24</v>
+      </c>
+      <c r="F157" s="6">
+        <v>10900</v>
+      </c>
+      <c r="G157">
+        <v>10890</v>
+      </c>
+      <c r="H157">
+        <v>10880</v>
+      </c>
+      <c r="I157">
+        <v>10870</v>
+      </c>
+      <c r="J157">
+        <v>10850</v>
+      </c>
+      <c r="K157">
+        <v>10750</v>
+      </c>
+      <c r="L157">
+        <v>10700</v>
+      </c>
+      <c r="M157">
+        <v>10650</v>
+      </c>
+      <c r="N157">
+        <v>10550</v>
+      </c>
+      <c r="O157">
+        <v>10450</v>
+      </c>
+      <c r="P157">
+        <v>10350</v>
+      </c>
+      <c r="Q157">
+        <v>10300</v>
+      </c>
+      <c r="R157">
+        <v>10300</v>
+      </c>
+    </row>
+    <row r="158" spans="1:19">
+      <c r="A158" t="s">
+        <v>70</v>
+      </c>
+      <c r="B158" t="s">
+        <v>26</v>
+      </c>
+      <c r="C158">
+        <v>670</v>
+      </c>
+      <c r="D158">
+        <v>3</v>
+      </c>
+      <c r="E158" t="s">
+        <v>24</v>
+      </c>
+      <c r="F158" s="6">
+        <v>6420</v>
+      </c>
+      <c r="G158">
+        <v>6260</v>
+      </c>
+      <c r="H158">
+        <v>6110</v>
+      </c>
+      <c r="I158">
+        <v>5960</v>
+      </c>
+      <c r="J158">
+        <v>5810</v>
+      </c>
+      <c r="K158">
+        <v>5670</v>
+      </c>
+      <c r="L158">
+        <v>5590</v>
+      </c>
+      <c r="M158">
+        <v>5510</v>
+      </c>
+      <c r="N158">
+        <v>5420</v>
+      </c>
+      <c r="O158">
+        <v>5340</v>
+      </c>
+      <c r="P158">
+        <v>5270</v>
+      </c>
+      <c r="Q158">
+        <v>5190</v>
+      </c>
+      <c r="R158">
+        <v>5190</v>
+      </c>
+    </row>
+    <row r="159" spans="1:19">
+      <c r="A159" t="s">
+        <v>71</v>
+      </c>
+      <c r="B159" t="s">
+        <v>26</v>
+      </c>
+      <c r="C159">
+        <v>450</v>
+      </c>
+      <c r="D159">
+        <v>3</v>
+      </c>
+      <c r="E159" t="s">
+        <v>24</v>
+      </c>
+      <c r="F159" s="6">
+        <v>4960</v>
+      </c>
+      <c r="G159">
+        <v>4840</v>
+      </c>
+      <c r="H159">
+        <v>4720</v>
+      </c>
+      <c r="I159">
+        <v>4610</v>
+      </c>
+      <c r="J159">
+        <v>4490</v>
+      </c>
+      <c r="K159">
+        <v>4380</v>
+      </c>
+      <c r="L159">
+        <v>4320</v>
+      </c>
+      <c r="M159">
+        <v>4250</v>
+      </c>
+      <c r="N159">
+        <v>4190</v>
+      </c>
+      <c r="O159">
+        <v>4130</v>
+      </c>
+      <c r="P159">
+        <v>4070</v>
+      </c>
+      <c r="Q159">
+        <v>4010</v>
+      </c>
+      <c r="R159">
+        <v>4010</v>
+      </c>
+    </row>
+    <row r="160" spans="1:19">
+      <c r="A160" t="s">
+        <v>72</v>
+      </c>
+      <c r="B160" t="s">
+        <v>26</v>
+      </c>
+      <c r="C160">
+        <v>920</v>
+      </c>
+      <c r="D160">
+        <v>1</v>
+      </c>
+      <c r="E160" t="s">
+        <v>24</v>
+      </c>
+      <c r="F160" s="6">
+        <v>4360</v>
+      </c>
+      <c r="G160">
+        <v>4250</v>
+      </c>
+      <c r="H160">
+        <v>4150</v>
+      </c>
+      <c r="I160">
+        <v>4050</v>
+      </c>
+      <c r="J160">
+        <v>3950</v>
+      </c>
+      <c r="K160">
+        <v>3850</v>
+      </c>
+      <c r="L160">
+        <v>3790</v>
+      </c>
+      <c r="M160">
+        <v>3740</v>
+      </c>
+      <c r="N160">
+        <v>3680</v>
+      </c>
+      <c r="O160">
+        <v>3630</v>
+      </c>
+      <c r="P160">
+        <v>3580</v>
+      </c>
+      <c r="Q160">
+        <v>3520</v>
+      </c>
+      <c r="R160">
+        <v>3520</v>
+      </c>
+    </row>
+    <row r="161" spans="1:19">
+      <c r="A161" t="s">
+        <v>73</v>
+      </c>
+      <c r="B161" t="s">
+        <v>26</v>
+      </c>
+      <c r="C161">
+        <v>750</v>
+      </c>
+      <c r="D161">
+        <v>3</v>
+      </c>
+      <c r="E161" t="s">
+        <v>24</v>
+      </c>
+      <c r="F161" s="6">
+        <v>5170</v>
+      </c>
+      <c r="G161">
+        <v>5050</v>
+      </c>
+      <c r="H161">
+        <v>4920</v>
+      </c>
+      <c r="I161">
+        <v>4800</v>
+      </c>
+      <c r="J161">
+        <v>4690</v>
+      </c>
+      <c r="K161">
+        <v>4570</v>
+      </c>
+      <c r="L161">
+        <v>4510</v>
+      </c>
+      <c r="M161">
+        <v>4440</v>
+      </c>
+      <c r="N161">
+        <v>4370</v>
+      </c>
+      <c r="O161">
+        <v>4310</v>
+      </c>
+      <c r="P161">
+        <v>4240</v>
+      </c>
+      <c r="Q161">
+        <v>4180</v>
+      </c>
+      <c r="R161">
+        <v>4180</v>
+      </c>
+    </row>
+    <row r="162" spans="1:19">
+      <c r="A162" t="s">
+        <v>74</v>
+      </c>
+      <c r="B162" t="s">
+        <v>26</v>
+      </c>
+      <c r="C162">
+        <v>600</v>
+      </c>
+      <c r="D162">
+        <v>3</v>
+      </c>
+      <c r="E162" t="s">
+        <v>24</v>
+      </c>
+      <c r="F162" s="6">
+        <v>4870</v>
+      </c>
+      <c r="G162">
+        <v>4760</v>
+      </c>
+      <c r="H162">
+        <v>4640</v>
+      </c>
+      <c r="I162">
+        <v>4530</v>
+      </c>
+      <c r="J162">
+        <v>4420</v>
+      </c>
+      <c r="K162">
+        <v>4310</v>
+      </c>
+      <c r="L162">
+        <v>4240</v>
+      </c>
+      <c r="M162">
+        <v>4180</v>
+      </c>
+      <c r="N162">
+        <v>4120</v>
+      </c>
+      <c r="O162">
+        <v>4060</v>
+      </c>
+      <c r="P162">
+        <v>4000</v>
+      </c>
+      <c r="Q162">
+        <v>3940</v>
+      </c>
+      <c r="R162">
+        <v>3940</v>
+      </c>
+    </row>
+    <row r="163" spans="1:19">
+      <c r="A163" t="s">
+        <v>75</v>
+      </c>
+      <c r="B163" t="s">
+        <v>26</v>
+      </c>
+      <c r="C163">
+        <v>650</v>
+      </c>
+      <c r="D163">
+        <v>6</v>
+      </c>
+      <c r="E163" t="s">
+        <v>24</v>
+      </c>
+      <c r="F163" s="6">
+        <v>6323</v>
+      </c>
+      <c r="G163">
+        <v>6169</v>
+      </c>
+      <c r="H163">
+        <v>6019</v>
+      </c>
+      <c r="I163">
+        <v>5872</v>
+      </c>
+      <c r="J163">
+        <v>5729</v>
+      </c>
+      <c r="K163">
+        <v>5589</v>
+      </c>
+      <c r="L163">
+        <v>5506</v>
+      </c>
+      <c r="M163">
+        <v>5425</v>
+      </c>
+      <c r="N163">
+        <v>5345</v>
+      </c>
+      <c r="O163">
+        <v>5266</v>
+      </c>
+      <c r="P163">
+        <v>5188</v>
+      </c>
+      <c r="Q163">
+        <v>5111</v>
+      </c>
+      <c r="R163">
+        <v>5111</v>
+      </c>
+    </row>
+    <row r="164" spans="1:19">
+      <c r="A164" t="s">
+        <v>76</v>
+      </c>
+      <c r="B164" t="s">
+        <v>26</v>
+      </c>
+      <c r="C164">
+        <v>800</v>
+      </c>
+      <c r="D164">
+        <v>7</v>
+      </c>
+      <c r="E164" t="s">
+        <v>24</v>
+      </c>
+      <c r="F164" s="6">
+        <v>7270</v>
+      </c>
+      <c r="G164">
+        <v>7100</v>
+      </c>
+      <c r="H164">
+        <v>6920</v>
+      </c>
+      <c r="I164">
+        <v>6750</v>
+      </c>
+      <c r="J164">
+        <v>6590</v>
+      </c>
+      <c r="K164">
+        <v>6430</v>
+      </c>
+      <c r="L164">
+        <v>6330</v>
+      </c>
+      <c r="M164">
+        <v>6240</v>
+      </c>
+      <c r="N164">
+        <v>6150</v>
+      </c>
+      <c r="O164">
+        <v>6060</v>
+      </c>
+      <c r="P164">
+        <v>5970</v>
+      </c>
+      <c r="Q164">
+        <v>5880</v>
+      </c>
+      <c r="R164">
+        <v>5880</v>
+      </c>
+    </row>
+    <row r="165" spans="1:19">
+      <c r="A165" t="s">
+        <v>77</v>
+      </c>
+      <c r="B165" t="s">
+        <v>26</v>
+      </c>
+      <c r="C165">
+        <v>700</v>
+      </c>
+      <c r="D165">
+        <v>3</v>
+      </c>
+      <c r="E165" t="s">
+        <v>24</v>
+      </c>
+      <c r="F165" s="6">
+        <v>6590</v>
+      </c>
+      <c r="G165">
+        <v>6430</v>
+      </c>
+      <c r="H165">
+        <v>6280</v>
+      </c>
+      <c r="I165">
+        <v>6120</v>
+      </c>
+      <c r="J165">
+        <v>5970</v>
+      </c>
+      <c r="K165">
+        <v>5830</v>
+      </c>
+      <c r="L165">
+        <v>5740</v>
+      </c>
+      <c r="M165">
+        <v>5660</v>
+      </c>
+      <c r="N165">
+        <v>5570</v>
+      </c>
+      <c r="O165">
+        <v>5490</v>
+      </c>
+      <c r="P165">
+        <v>5410</v>
+      </c>
+      <c r="Q165">
+        <v>5330</v>
+      </c>
+      <c r="R165">
+        <v>5330</v>
+      </c>
+    </row>
+    <row r="166" spans="1:19">
+      <c r="A166" t="s">
+        <v>78</v>
+      </c>
+      <c r="B166" t="s">
+        <v>26</v>
+      </c>
+      <c r="C166">
+        <v>1850</v>
+      </c>
+      <c r="D166">
+        <v>3</v>
+      </c>
+      <c r="E166" t="s">
+        <v>24</v>
+      </c>
+      <c r="F166" s="6">
+        <v>8920</v>
+      </c>
+      <c r="G166">
+        <v>8700</v>
+      </c>
+      <c r="H166">
+        <v>8490</v>
+      </c>
+      <c r="I166">
+        <v>8280</v>
+      </c>
+      <c r="J166">
+        <v>8080</v>
+      </c>
+      <c r="K166">
+        <v>7890</v>
+      </c>
+      <c r="L166">
+        <v>7760</v>
+      </c>
+      <c r="M166">
+        <v>7650</v>
+      </c>
+      <c r="N166">
+        <v>7540</v>
+      </c>
+      <c r="O166">
+        <v>7430</v>
+      </c>
+      <c r="P166">
+        <v>7320</v>
+      </c>
+      <c r="Q166">
+        <v>7210</v>
+      </c>
+      <c r="R166">
+        <v>7210</v>
+      </c>
+    </row>
+    <row r="167" spans="1:19">
+      <c r="A167" t="s">
+        <v>79</v>
+      </c>
+      <c r="B167" t="s">
+        <v>26</v>
+      </c>
+      <c r="C167">
+        <v>1200</v>
+      </c>
+      <c r="D167">
+        <v>6</v>
+      </c>
+      <c r="E167" t="s">
+        <v>30</v>
+      </c>
+      <c r="F167" s="6">
+        <v>9770</v>
+      </c>
+      <c r="G167">
+        <v>9770</v>
+      </c>
+      <c r="H167">
+        <v>9740</v>
+      </c>
+      <c r="I167">
+        <v>9680</v>
+      </c>
+      <c r="J167">
+        <v>9620</v>
+      </c>
+      <c r="K167">
+        <v>9560</v>
+      </c>
+      <c r="L167">
+        <v>9510</v>
+      </c>
+      <c r="M167">
+        <v>9440</v>
+      </c>
+      <c r="N167">
+        <v>9390</v>
+      </c>
+      <c r="O167">
+        <v>9390</v>
+      </c>
+      <c r="P167">
+        <v>9330</v>
+      </c>
+      <c r="Q167">
+        <v>9330</v>
+      </c>
+      <c r="R167">
+        <v>9330</v>
+      </c>
+    </row>
+    <row r="168" spans="1:19">
+      <c r="A168" t="s">
+        <v>79</v>
+      </c>
+      <c r="B168" t="s">
+        <v>26</v>
+      </c>
+      <c r="C168">
+        <v>800</v>
+      </c>
+      <c r="D168">
+        <v>6</v>
+      </c>
+      <c r="E168" t="s">
+        <v>24</v>
+      </c>
+      <c r="F168" s="6">
+        <v>6520</v>
+      </c>
+      <c r="G168">
+        <v>6520</v>
+      </c>
+      <c r="H168">
+        <v>6490</v>
+      </c>
+      <c r="I168">
+        <v>6450</v>
+      </c>
+      <c r="J168">
+        <v>6410</v>
+      </c>
+      <c r="K168">
+        <v>6370</v>
+      </c>
+      <c r="L168">
+        <v>6340</v>
+      </c>
+      <c r="M168">
+        <v>6300</v>
+      </c>
+      <c r="N168">
+        <v>6260</v>
+      </c>
+      <c r="O168">
+        <v>6220</v>
+      </c>
+      <c r="P168">
+        <v>6220</v>
+      </c>
+      <c r="Q168">
+        <v>6220</v>
+      </c>
+      <c r="R168">
+        <v>6220</v>
+      </c>
+    </row>
+    <row r="169" spans="1:19">
+      <c r="A169" t="s">
+        <v>80</v>
+      </c>
+      <c r="B169" t="s">
+        <v>26</v>
+      </c>
+      <c r="C169">
         <v>850</v>
       </c>
-      <c r="D102" s="6">
+      <c r="D169">
+        <v>4</v>
+      </c>
+      <c r="E169" t="s">
+        <v>24</v>
+      </c>
+      <c r="F169" s="6">
+        <v>5290</v>
+      </c>
+      <c r="G169">
+        <v>5170</v>
+      </c>
+      <c r="H169">
+        <v>5040</v>
+      </c>
+      <c r="I169">
+        <v>4920</v>
+      </c>
+      <c r="J169">
+        <v>4800</v>
+      </c>
+      <c r="K169">
+        <v>4680</v>
+      </c>
+      <c r="L169">
+        <v>4610</v>
+      </c>
+      <c r="M169">
+        <v>4540</v>
+      </c>
+      <c r="N169">
+        <v>4480</v>
+      </c>
+      <c r="O169">
+        <v>4410</v>
+      </c>
+      <c r="P169">
+        <v>4340</v>
+      </c>
+      <c r="Q169">
+        <v>4280</v>
+      </c>
+      <c r="R169">
+        <v>4280</v>
+      </c>
+    </row>
+    <row r="170" spans="1:19">
+      <c r="A170" t="s">
+        <v>81</v>
+      </c>
+      <c r="B170" t="s">
+        <v>29</v>
+      </c>
+      <c r="C170">
+        <v>1000</v>
+      </c>
+      <c r="D170">
+        <v>10</v>
+      </c>
+      <c r="E170" t="s">
+        <v>24</v>
+      </c>
+      <c r="F170" s="6">
+        <v>4700</v>
+      </c>
+      <c r="G170">
+        <v>4600</v>
+      </c>
+      <c r="H170">
+        <v>4450</v>
+      </c>
+      <c r="I170">
+        <v>4350</v>
+      </c>
+      <c r="J170">
+        <v>4250</v>
+      </c>
+      <c r="K170">
+        <v>4250</v>
+      </c>
+      <c r="L170">
+        <v>4150</v>
+      </c>
+      <c r="M170">
+        <v>4050</v>
+      </c>
+      <c r="N170">
+        <v>4000</v>
+      </c>
+      <c r="O170">
+        <v>3950</v>
+      </c>
+      <c r="P170">
+        <v>3850</v>
+      </c>
+      <c r="Q170">
+        <v>3800</v>
+      </c>
+      <c r="R170">
+        <v>3800</v>
+      </c>
+    </row>
+    <row r="171" spans="1:19">
+      <c r="A171" t="s">
+        <v>81</v>
+      </c>
+      <c r="B171" t="s">
+        <v>29</v>
+      </c>
+      <c r="C171">
+        <v>3000</v>
+      </c>
+      <c r="D171">
+        <v>12</v>
+      </c>
+      <c r="E171" t="s">
+        <v>30</v>
+      </c>
+      <c r="F171" s="6">
+        <v>7100</v>
+      </c>
+      <c r="G171">
+        <v>7000</v>
+      </c>
+      <c r="H171">
+        <v>6800</v>
+      </c>
+      <c r="I171">
+        <v>6700</v>
+      </c>
+      <c r="J171">
+        <v>6600</v>
+      </c>
+      <c r="K171">
+        <v>6500</v>
+      </c>
+      <c r="L171">
+        <v>6400</v>
+      </c>
+      <c r="M171">
+        <v>6400</v>
+      </c>
+      <c r="N171">
+        <v>6300</v>
+      </c>
+      <c r="O171">
+        <v>6200</v>
+      </c>
+      <c r="P171">
+        <v>6100</v>
+      </c>
+      <c r="Q171">
+        <v>6000</v>
+      </c>
+      <c r="R171">
+        <v>6000</v>
+      </c>
+    </row>
+    <row r="172" spans="1:19">
+      <c r="A172" t="s">
+        <v>81</v>
+      </c>
+      <c r="B172" t="s">
+        <v>26</v>
+      </c>
+      <c r="C172">
+        <v>1200</v>
+      </c>
+      <c r="D172">
+        <v>6</v>
+      </c>
+      <c r="E172" t="s">
+        <v>24</v>
+      </c>
+      <c r="F172" s="6">
+        <v>7500</v>
+      </c>
+      <c r="G172">
+        <v>7450</v>
+      </c>
+      <c r="H172">
+        <v>7400</v>
+      </c>
+      <c r="I172">
+        <v>7350</v>
+      </c>
+      <c r="J172">
+        <v>7300</v>
+      </c>
+      <c r="K172">
+        <v>7250</v>
+      </c>
+      <c r="L172">
+        <v>7200</v>
+      </c>
+      <c r="M172">
+        <v>7150</v>
+      </c>
+      <c r="N172">
+        <v>7100</v>
+      </c>
+      <c r="O172">
+        <v>7000</v>
+      </c>
+      <c r="P172">
+        <v>6900</v>
+      </c>
+      <c r="Q172">
+        <v>6800</v>
+      </c>
+      <c r="R172">
+        <v>6800</v>
+      </c>
+    </row>
+    <row r="173" spans="1:19">
+      <c r="A173" t="s">
+        <v>82</v>
+      </c>
+      <c r="B173" t="s">
+        <v>26</v>
+      </c>
+      <c r="C173">
+        <v>1000</v>
+      </c>
+      <c r="D173">
+        <v>5</v>
+      </c>
+      <c r="E173" t="s">
+        <v>24</v>
+      </c>
+      <c r="F173" s="6">
+        <v>5890</v>
+      </c>
+      <c r="G173">
+        <v>5750</v>
+      </c>
+      <c r="H173">
+        <v>5610</v>
+      </c>
+      <c r="I173">
+        <v>5470</v>
+      </c>
+      <c r="J173">
+        <v>5340</v>
+      </c>
+      <c r="K173">
+        <v>5210</v>
+      </c>
+      <c r="L173">
+        <v>5130</v>
+      </c>
+      <c r="M173">
+        <v>5050</v>
+      </c>
+      <c r="N173">
+        <v>4980</v>
+      </c>
+      <c r="O173">
+        <v>4910</v>
+      </c>
+      <c r="P173">
+        <v>4830</v>
+      </c>
+      <c r="Q173">
+        <v>4760</v>
+      </c>
+      <c r="R173">
+        <v>4760</v>
+      </c>
+    </row>
+    <row r="174" spans="1:19">
+      <c r="A174" t="s">
+        <v>83</v>
+      </c>
+      <c r="B174" t="s">
+        <v>23</v>
+      </c>
+      <c r="C174">
+        <v>8050</v>
+      </c>
+      <c r="D174">
+        <v>14</v>
+      </c>
+      <c r="E174" t="s">
+        <v>24</v>
+      </c>
+      <c r="F174" s="6">
+        <v>9300</v>
+      </c>
+      <c r="G174">
+        <v>9080</v>
+      </c>
+      <c r="H174">
+        <v>8840</v>
+      </c>
+      <c r="I174">
+        <v>8620</v>
+      </c>
+      <c r="J174">
+        <v>8430</v>
+      </c>
+      <c r="K174">
+        <v>8250</v>
+      </c>
+      <c r="L174">
+        <v>8130</v>
+      </c>
+      <c r="M174">
+        <v>8010</v>
+      </c>
+      <c r="N174">
+        <v>7900</v>
+      </c>
+      <c r="O174">
+        <v>7790</v>
+      </c>
+      <c r="P174">
+        <v>7600</v>
+      </c>
+      <c r="Q174">
+        <v>7450</v>
+      </c>
+      <c r="R174">
+        <v>7450</v>
+      </c>
+    </row>
+    <row r="175" spans="1:19">
+      <c r="A175" t="s">
+        <v>84</v>
+      </c>
+      <c r="B175" t="s">
+        <v>26</v>
+      </c>
+      <c r="C175">
+        <v>700</v>
+      </c>
+      <c r="D175">
+        <v>4</v>
+      </c>
+      <c r="E175" t="s">
+        <v>24</v>
+      </c>
+      <c r="F175" s="6">
+        <v>4690</v>
+      </c>
+      <c r="G175">
+        <v>4580</v>
+      </c>
+      <c r="H175">
+        <v>4470</v>
+      </c>
+      <c r="I175">
+        <v>4360</v>
+      </c>
+      <c r="J175">
+        <v>4250</v>
+      </c>
+      <c r="K175">
+        <v>4150</v>
+      </c>
+      <c r="L175">
+        <v>4090</v>
+      </c>
+      <c r="M175">
+        <v>4030</v>
+      </c>
+      <c r="N175">
+        <v>3970</v>
+      </c>
+      <c r="O175">
+        <v>3910</v>
+      </c>
+      <c r="P175">
+        <v>3850</v>
+      </c>
+      <c r="Q175">
+        <v>3790</v>
+      </c>
+      <c r="R175">
+        <v>3790</v>
+      </c>
+    </row>
+    <row r="176" spans="1:19">
+      <c r="A176" t="s">
+        <v>85</v>
+      </c>
+      <c r="B176" t="s">
+        <v>29</v>
+      </c>
+      <c r="C176">
+        <v>1000</v>
+      </c>
+      <c r="D176">
+        <v>19</v>
+      </c>
+      <c r="E176" t="s">
+        <v>24</v>
+      </c>
+      <c r="F176" s="6">
+        <v>6850</v>
+      </c>
+      <c r="G176">
+        <v>6830</v>
+      </c>
+      <c r="H176">
+        <v>6780</v>
+      </c>
+      <c r="I176">
+        <v>6730</v>
+      </c>
+      <c r="J176">
+        <v>6650</v>
+      </c>
+      <c r="K176">
+        <v>6400</v>
+      </c>
+      <c r="L176">
+        <v>6340</v>
+      </c>
+      <c r="M176">
+        <v>6280</v>
+      </c>
+      <c r="N176">
+        <v>6210</v>
+      </c>
+      <c r="O176">
+        <v>6150</v>
+      </c>
+      <c r="P176">
+        <v>6100</v>
+      </c>
+      <c r="Q176">
+        <v>6000</v>
+      </c>
+      <c r="R176">
+        <v>6000</v>
+      </c>
+    </row>
+    <row r="177" spans="1:19">
+      <c r="A177" t="s">
+        <v>85</v>
+      </c>
+      <c r="B177" t="s">
+        <v>26</v>
+      </c>
+      <c r="C177">
+        <v>2500</v>
+      </c>
+      <c r="D177">
+        <v>13</v>
+      </c>
+      <c r="E177" t="s">
+        <v>24</v>
+      </c>
+      <c r="F177" s="6">
+        <v>10000</v>
+      </c>
+      <c r="G177">
+        <v>10000</v>
+      </c>
+      <c r="H177">
+        <v>10000</v>
+      </c>
+      <c r="I177">
+        <v>10000</v>
+      </c>
+      <c r="J177">
+        <v>10000</v>
+      </c>
+      <c r="K177">
+        <v>10000</v>
+      </c>
+      <c r="L177">
+        <v>10000</v>
+      </c>
+      <c r="M177">
+        <v>10000</v>
+      </c>
+      <c r="N177">
+        <v>10000</v>
+      </c>
+      <c r="O177">
+        <v>10000</v>
+      </c>
+      <c r="P177">
+        <v>10000</v>
+      </c>
+      <c r="Q177">
+        <v>10000</v>
+      </c>
+      <c r="R177">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="178" spans="1:19">
+      <c r="A178" t="s">
+        <v>86</v>
+      </c>
+      <c r="B178" t="s">
+        <v>26</v>
+      </c>
+      <c r="C178">
+        <v>650</v>
+      </c>
+      <c r="D178">
         <v>3</v>
       </c>
-      <c r="E102" s="6" t="s">
-[...29 lines deleted...]
-      <c r="O102" s="6">
+      <c r="E178" t="s">
+        <v>24</v>
+      </c>
+      <c r="F178" s="6">
+        <v>5580</v>
+      </c>
+      <c r="G178">
+        <v>5450</v>
+      </c>
+      <c r="H178">
+        <v>5310</v>
+      </c>
+      <c r="I178">
+        <v>5180</v>
+      </c>
+      <c r="J178">
+        <v>5060</v>
+      </c>
+      <c r="K178">
+        <v>4940</v>
+      </c>
+      <c r="L178">
+        <v>4860</v>
+      </c>
+      <c r="M178">
+        <v>4790</v>
+      </c>
+      <c r="N178">
+        <v>4720</v>
+      </c>
+      <c r="O178">
+        <v>4650</v>
+      </c>
+      <c r="P178">
+        <v>4580</v>
+      </c>
+      <c r="Q178">
+        <v>4510</v>
+      </c>
+      <c r="R178">
+        <v>4510</v>
+      </c>
+    </row>
+    <row r="179" spans="1:19">
+      <c r="A179" t="s">
+        <v>87</v>
+      </c>
+      <c r="B179" t="s">
+        <v>29</v>
+      </c>
+      <c r="C179">
+        <v>1800</v>
+      </c>
+      <c r="D179">
+        <v>21</v>
+      </c>
+      <c r="E179" t="s">
+        <v>24</v>
+      </c>
+      <c r="F179" s="6">
+        <v>8180</v>
+      </c>
+      <c r="G179">
+        <v>7980</v>
+      </c>
+      <c r="H179">
+        <v>7780</v>
+      </c>
+      <c r="I179">
+        <v>7590</v>
+      </c>
+      <c r="J179">
+        <v>7410</v>
+      </c>
+      <c r="K179">
+        <v>7230</v>
+      </c>
+      <c r="L179">
+        <v>7120</v>
+      </c>
+      <c r="M179">
+        <v>7020</v>
+      </c>
+      <c r="N179">
+        <v>6910</v>
+      </c>
+      <c r="O179">
+        <v>6810</v>
+      </c>
+      <c r="P179">
+        <v>6710</v>
+      </c>
+      <c r="Q179">
+        <v>6610</v>
+      </c>
+      <c r="R179">
+        <v>6610</v>
+      </c>
+    </row>
+    <row r="180" spans="1:19">
+      <c r="A180" t="s">
+        <v>87</v>
+      </c>
+      <c r="B180" t="s">
+        <v>26</v>
+      </c>
+      <c r="C180">
+        <v>3000</v>
+      </c>
+      <c r="D180">
+        <v>11</v>
+      </c>
+      <c r="E180" t="s">
+        <v>24</v>
+      </c>
+      <c r="F180" s="6">
+        <v>9500</v>
+      </c>
+      <c r="G180">
+        <v>9500</v>
+      </c>
+      <c r="H180">
+        <v>9500</v>
+      </c>
+      <c r="I180">
+        <v>9500</v>
+      </c>
+      <c r="J180">
+        <v>9500</v>
+      </c>
+      <c r="K180">
+        <v>9500</v>
+      </c>
+      <c r="L180">
+        <v>9500</v>
+      </c>
+      <c r="M180">
+        <v>9500</v>
+      </c>
+      <c r="N180">
+        <v>9500</v>
+      </c>
+      <c r="O180">
+        <v>9500</v>
+      </c>
+      <c r="P180">
+        <v>9500</v>
+      </c>
+      <c r="Q180">
+        <v>9500</v>
+      </c>
+      <c r="R180">
+        <v>9500</v>
+      </c>
+    </row>
+    <row r="181" spans="1:19">
+      <c r="A181" t="s">
+        <v>88</v>
+      </c>
+      <c r="B181" t="s">
+        <v>26</v>
+      </c>
+      <c r="C181">
+        <v>850</v>
+      </c>
+      <c r="D181">
+        <v>3</v>
+      </c>
+      <c r="E181" t="s">
+        <v>24</v>
+      </c>
+      <c r="F181" s="6">
+        <v>3490</v>
+      </c>
+      <c r="G181">
+        <v>3470</v>
+      </c>
+      <c r="H181">
+        <v>3420</v>
+      </c>
+      <c r="I181">
+        <v>3320</v>
+      </c>
+      <c r="J181">
+        <v>3210</v>
+      </c>
+      <c r="K181">
+        <v>3100</v>
+      </c>
+      <c r="L181">
+        <v>2970</v>
+      </c>
+      <c r="M181">
+        <v>2860</v>
+      </c>
+      <c r="N181">
+        <v>2750</v>
+      </c>
+      <c r="O181">
+        <v>2640</v>
+      </c>
+      <c r="P181">
+        <v>2510</v>
+      </c>
+      <c r="Q181">
+        <v>2410</v>
+      </c>
+      <c r="R181">
+        <v>2410</v>
+      </c>
+    </row>
+    <row r="182" spans="1:19">
+      <c r="A182" t="s">
+        <v>89</v>
+      </c>
+      <c r="B182" t="s">
+        <v>23</v>
+      </c>
+      <c r="C182">
+        <v>29800</v>
+      </c>
+      <c r="D182">
+        <v>43</v>
+      </c>
+      <c r="E182" t="s">
+        <v>24</v>
+      </c>
+      <c r="F182" s="6">
+        <v>46180</v>
+      </c>
+      <c r="G182">
+        <v>45980</v>
+      </c>
+      <c r="H182">
+        <v>45780</v>
+      </c>
+      <c r="I182">
+        <v>45590</v>
+      </c>
+      <c r="J182">
+        <v>45410</v>
+      </c>
+      <c r="K182">
+        <v>45230</v>
+      </c>
+      <c r="L182">
+        <v>45120</v>
+      </c>
+      <c r="M182">
+        <v>45020</v>
+      </c>
+      <c r="N182">
+        <v>44910</v>
+      </c>
+      <c r="O182">
+        <v>44810</v>
+      </c>
+      <c r="P182">
+        <v>44710</v>
+      </c>
+      <c r="Q182">
+        <v>44610</v>
+      </c>
+      <c r="R182">
+        <v>44610</v>
+      </c>
+    </row>
+    <row r="183" spans="1:19">
+      <c r="A183" t="s">
+        <v>90</v>
+      </c>
+      <c r="B183" t="s">
+        <v>29</v>
+      </c>
+      <c r="C183">
+        <v>900</v>
+      </c>
+      <c r="D183">
+        <v>7</v>
+      </c>
+      <c r="E183" t="s">
+        <v>24</v>
+      </c>
+      <c r="F183" s="6">
+        <v>4310</v>
+      </c>
+      <c r="G183">
+        <v>4210</v>
+      </c>
+      <c r="H183">
+        <v>4100</v>
+      </c>
+      <c r="I183">
+        <v>4000</v>
+      </c>
+      <c r="J183">
+        <v>3900</v>
+      </c>
+      <c r="K183">
+        <v>3810</v>
+      </c>
+      <c r="L183">
+        <v>3750</v>
+      </c>
+      <c r="M183">
+        <v>3700</v>
+      </c>
+      <c r="N183">
+        <v>3640</v>
+      </c>
+      <c r="O183">
+        <v>3590</v>
+      </c>
+      <c r="P183">
+        <v>3540</v>
+      </c>
+      <c r="Q183">
+        <v>3480</v>
+      </c>
+      <c r="R183">
+        <v>3480</v>
+      </c>
+    </row>
+    <row r="184" spans="1:19">
+      <c r="A184" t="s">
+        <v>90</v>
+      </c>
+      <c r="B184" t="s">
+        <v>26</v>
+      </c>
+      <c r="C184">
+        <v>890</v>
+      </c>
+      <c r="D184">
+        <v>4</v>
+      </c>
+      <c r="E184" t="s">
+        <v>24</v>
+      </c>
+      <c r="F184" s="6">
         <v>5200</v>
       </c>
-      <c r="P102" s="6">
-[...13 lines deleted...]
-      <c r="B103" s="0" t="s">
+      <c r="G184">
+        <v>5080</v>
+      </c>
+      <c r="H184">
+        <v>4950</v>
+      </c>
+      <c r="I184">
+        <v>4830</v>
+      </c>
+      <c r="J184">
+        <v>4710</v>
+      </c>
+      <c r="K184">
+        <v>4600</v>
+      </c>
+      <c r="L184">
+        <v>4530</v>
+      </c>
+      <c r="M184">
+        <v>4460</v>
+      </c>
+      <c r="N184">
+        <v>4400</v>
+      </c>
+      <c r="O184">
+        <v>4330</v>
+      </c>
+      <c r="P184">
+        <v>4270</v>
+      </c>
+      <c r="Q184">
+        <v>4210</v>
+      </c>
+      <c r="R184">
+        <v>4210</v>
+      </c>
+    </row>
+    <row r="185" spans="1:19">
+      <c r="A185" t="s">
+        <v>91</v>
+      </c>
+      <c r="B185" t="s">
+        <v>23</v>
+      </c>
+      <c r="C185">
+        <v>9950</v>
+      </c>
+      <c r="D185">
+        <v>15</v>
+      </c>
+      <c r="E185" t="s">
+        <v>24</v>
+      </c>
+      <c r="F185" s="6">
+        <v>10150</v>
+      </c>
+      <c r="G185">
+        <v>9810</v>
+      </c>
+      <c r="H185">
+        <v>9590</v>
+      </c>
+      <c r="I185">
+        <v>9370</v>
+      </c>
+      <c r="J185">
+        <v>9210</v>
+      </c>
+      <c r="K185">
+        <v>9050</v>
+      </c>
+      <c r="L185">
+        <v>8860</v>
+      </c>
+      <c r="M185">
+        <v>8770</v>
+      </c>
+      <c r="N185">
+        <v>8630</v>
+      </c>
+      <c r="O185">
+        <v>8540</v>
+      </c>
+      <c r="P185">
+        <v>8370</v>
+      </c>
+      <c r="Q185">
+        <v>8230</v>
+      </c>
+      <c r="R185">
+        <v>8230</v>
+      </c>
+    </row>
+    <row r="186" spans="1:19">
+      <c r="A186" t="s">
+        <v>92</v>
+      </c>
+      <c r="B186" t="s">
         <v>29</v>
       </c>
-      <c r="C103" s="0">
-[...55 lines deleted...]
-      <c r="C104" s="6">
+      <c r="C186">
+        <v>3800</v>
+      </c>
+      <c r="D186">
+        <v>35</v>
+      </c>
+      <c r="E186" t="s">
+        <v>24</v>
+      </c>
+      <c r="F186" s="6">
+        <v>9550</v>
+      </c>
+      <c r="G186">
+        <v>9550</v>
+      </c>
+      <c r="H186">
+        <v>9550</v>
+      </c>
+      <c r="I186">
+        <v>9450</v>
+      </c>
+      <c r="J186">
+        <v>9350</v>
+      </c>
+      <c r="K186">
+        <v>9150</v>
+      </c>
+      <c r="L186">
+        <v>9150</v>
+      </c>
+      <c r="M186">
+        <v>9000</v>
+      </c>
+      <c r="N186">
+        <v>8900</v>
+      </c>
+      <c r="O186">
+        <v>8800</v>
+      </c>
+      <c r="P186">
+        <v>8700</v>
+      </c>
+      <c r="Q186">
+        <v>8600</v>
+      </c>
+      <c r="R186">
+        <v>8600</v>
+      </c>
+    </row>
+    <row r="187" spans="1:19">
+      <c r="A187" t="s">
+        <v>93</v>
+      </c>
+      <c r="B187" t="s">
+        <v>23</v>
+      </c>
+      <c r="C187">
+        <v>7250</v>
+      </c>
+      <c r="D187">
+        <v>22</v>
+      </c>
+      <c r="E187" t="s">
+        <v>24</v>
+      </c>
+      <c r="F187" s="6">
+        <v>16110</v>
+      </c>
+      <c r="G187">
+        <v>15840</v>
+      </c>
+      <c r="H187">
+        <v>15520</v>
+      </c>
+      <c r="I187">
+        <v>15210</v>
+      </c>
+      <c r="J187">
+        <v>14860</v>
+      </c>
+      <c r="K187">
+        <v>14560</v>
+      </c>
+      <c r="L187">
+        <v>14410</v>
+      </c>
+      <c r="M187">
+        <v>14210</v>
+      </c>
+      <c r="N187">
+        <v>13990</v>
+      </c>
+      <c r="O187">
+        <v>13800</v>
+      </c>
+      <c r="P187">
+        <v>13610</v>
+      </c>
+      <c r="Q187">
+        <v>13370</v>
+      </c>
+      <c r="R187">
+        <v>13370</v>
+      </c>
+    </row>
+    <row r="188" spans="1:19">
+      <c r="A188" t="s">
+        <v>94</v>
+      </c>
+      <c r="B188" t="s">
+        <v>26</v>
+      </c>
+      <c r="C188">
+        <v>850</v>
+      </c>
+      <c r="D188">
+        <v>3</v>
+      </c>
+      <c r="E188" t="s">
+        <v>24</v>
+      </c>
+      <c r="F188" s="6">
+        <v>2530</v>
+      </c>
+      <c r="G188">
+        <v>2520</v>
+      </c>
+      <c r="H188">
+        <v>2510</v>
+      </c>
+      <c r="I188">
         <v>2500</v>
       </c>
-      <c r="D104" s="6">
-[...1488 lines deleted...]
-      <c r="O130" s="6">
+      <c r="J188">
+        <v>2490</v>
+      </c>
+      <c r="K188">
+        <v>2480</v>
+      </c>
+      <c r="L188">
+        <v>2460</v>
+      </c>
+      <c r="M188">
         <v>2410</v>
       </c>
-      <c r="P130" s="6">
+      <c r="N188">
         <v>2310</v>
       </c>
-      <c r="Q130" s="6">
-[...868 lines deleted...]
-      <c r="H146" s="0">
+      <c r="O188">
         <v>2230</v>
       </c>
-      <c r="I146" s="0">
-[...5 lines deleted...]
-      <c r="K146" s="0">
+      <c r="P188">
+        <v>2100</v>
+      </c>
+      <c r="Q188">
         <v>2080</v>
       </c>
-      <c r="L146" s="0">
-[...2366 lines deleted...]
-      <c r="Q188" s="6">
+      <c r="R188">
         <v>2080</v>
       </c>
-      <c r="R188" s="6">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="189" spans="1:19">
-      <c r="A189" s="0" t="s">
+      <c r="A189" t="s">
         <v>95</v>
       </c>
-      <c r="B189" s="0"/>
-[...35 lines deleted...]
-      <c r="R190" s="0"/>
     </row>
     <row r="191" spans="1:19">
-      <c r="A191" s="0" t="s">
+      <c r="A191" t="s">
         <v>96</v>
       </c>
-      <c r="B191" s="0"/>
-[...15 lines deleted...]
-      <c r="R191" s="0"/>
     </row>
     <row r="192" spans="1:19" customHeight="1" ht="20">
       <c r="A192" s="3" t="s">
         <v>111</v>
       </c>
       <c r="B192" s="2"/>
       <c r="C192" s="2"/>
       <c r="D192" s="2"/>
       <c r="E192" s="2"/>
       <c r="F192" s="2"/>
       <c r="G192" s="2"/>
       <c r="H192" s="2"/>
       <c r="I192" s="2"/>
       <c r="J192" s="2"/>
       <c r="K192" s="2"/>
       <c r="L192" s="2"/>
       <c r="M192" s="2"/>
       <c r="N192" s="2"/>
       <c r="O192" s="2"/>
       <c r="P192" s="2"/>
       <c r="Q192" s="2"/>
       <c r="R192" s="2"/>
     </row>
     <row r="193" spans="1:19" customHeight="1" ht="21">
       <c r="A193" s="4" t="s">
@@ -11179,1792 +11045,1738 @@
         <v>14</v>
       </c>
       <c r="L193" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M193" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N193" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O193" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P193" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q193" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R193" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="194" spans="1:19">
-      <c r="A194" s="6" t="s">
+      <c r="A194" t="s">
         <v>36</v>
       </c>
-      <c r="B194" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C194" s="6">
+      <c r="B194" t="s">
+        <v>26</v>
+      </c>
+      <c r="C194">
         <v>650</v>
       </c>
-      <c r="D194" s="6">
+      <c r="D194">
         <v>1</v>
       </c>
-      <c r="E194" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F194" s="7">
+      <c r="E194" t="s">
+        <v>24</v>
+      </c>
+      <c r="F194" s="5">
         <v>16.1</v>
       </c>
-      <c r="G194" s="6">
+      <c r="G194">
         <v>15.7</v>
       </c>
-      <c r="H194" s="6">
+      <c r="H194">
         <v>15.3</v>
       </c>
-      <c r="I194" s="6">
+      <c r="I194">
         <v>14.9</v>
       </c>
-      <c r="J194" s="6">
+      <c r="J194">
         <v>14.5</v>
       </c>
-      <c r="K194" s="6">
+      <c r="K194">
         <v>14.1</v>
       </c>
-      <c r="L194" s="6">
+      <c r="L194">
         <v>13.9</v>
       </c>
-      <c r="M194" s="6">
+      <c r="M194">
         <v>13.7</v>
       </c>
-      <c r="N194" s="6">
+      <c r="N194">
         <v>13.5</v>
       </c>
-      <c r="O194" s="6">
+      <c r="O194">
         <v>13.3</v>
       </c>
-      <c r="P194" s="6">
+      <c r="P194">
         <v>13.1</v>
       </c>
-      <c r="Q194" s="6">
+      <c r="Q194">
         <v>12.9</v>
       </c>
-      <c r="R194" s="6">
+      <c r="R194">
         <v>12.9</v>
       </c>
     </row>
     <row r="195" spans="1:19">
-      <c r="A195" s="0" t="s">
+      <c r="A195" t="s">
         <v>37</v>
       </c>
-      <c r="B195" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C195" s="0">
+      <c r="B195" t="s">
+        <v>26</v>
+      </c>
+      <c r="C195">
         <v>750</v>
       </c>
-      <c r="D195" s="0">
+      <c r="D195">
         <v>1</v>
       </c>
-      <c r="E195" s="0" t="s">
+      <c r="E195" t="s">
         <v>24</v>
       </c>
       <c r="F195" s="5">
         <v>11.6</v>
       </c>
-      <c r="G195" s="0">
+      <c r="G195">
         <v>11.3</v>
       </c>
-      <c r="H195" s="0">
+      <c r="H195">
         <v>11</v>
       </c>
-      <c r="I195" s="0">
+      <c r="I195">
         <v>10.7</v>
       </c>
-      <c r="J195" s="0">
+      <c r="J195">
         <v>10.4</v>
       </c>
-      <c r="K195" s="0">
+      <c r="K195">
         <v>10.1</v>
       </c>
-      <c r="L195" s="0">
+      <c r="L195">
         <v>10</v>
       </c>
-      <c r="M195" s="0">
+      <c r="M195">
         <v>9.9</v>
       </c>
-      <c r="N195" s="0">
-[...5 lines deleted...]
-      <c r="P195" s="0">
+      <c r="N195">
+        <v>9.8</v>
+      </c>
+      <c r="O195">
+        <v>9.7</v>
+      </c>
+      <c r="P195">
         <v>9.6</v>
       </c>
-      <c r="Q195" s="0">
+      <c r="Q195">
         <v>9.5</v>
       </c>
-      <c r="R195" s="0">
+      <c r="R195">
         <v>9.5</v>
       </c>
     </row>
     <row r="196" spans="1:19">
-      <c r="A196" s="6" t="s">
+      <c r="A196" t="s">
         <v>39</v>
       </c>
-      <c r="B196" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C196" s="6">
+      <c r="B196" t="s">
+        <v>26</v>
+      </c>
+      <c r="C196">
         <v>600</v>
       </c>
-      <c r="D196" s="6">
+      <c r="D196">
         <v>4</v>
       </c>
-      <c r="E196" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F196" s="7">
+      <c r="E196" t="s">
+        <v>24</v>
+      </c>
+      <c r="F196" s="5">
         <v>14.3</v>
       </c>
-      <c r="G196" s="6">
+      <c r="G196">
         <v>14</v>
       </c>
-      <c r="H196" s="6">
+      <c r="H196">
         <v>13.7</v>
       </c>
-      <c r="I196" s="6">
+      <c r="I196">
         <v>13.4</v>
       </c>
-      <c r="J196" s="6">
+      <c r="J196">
         <v>13.1</v>
       </c>
-      <c r="K196" s="6">
+      <c r="K196">
         <v>12.8</v>
       </c>
-      <c r="L196" s="6">
+      <c r="L196">
         <v>12.6</v>
       </c>
-      <c r="M196" s="6">
+      <c r="M196">
         <v>12.4</v>
       </c>
-      <c r="N196" s="6">
+      <c r="N196">
         <v>12.2</v>
       </c>
-      <c r="O196" s="6">
+      <c r="O196">
         <v>12</v>
       </c>
-      <c r="P196" s="6">
+      <c r="P196">
         <v>11.8</v>
       </c>
-      <c r="Q196" s="6">
+      <c r="Q196">
         <v>11.6</v>
       </c>
-      <c r="R196" s="6">
+      <c r="R196">
         <v>11.6</v>
       </c>
     </row>
     <row r="197" spans="1:19">
-      <c r="A197" s="0" t="s">
+      <c r="A197" t="s">
         <v>40</v>
       </c>
-      <c r="B197" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C197" s="0">
+      <c r="B197" t="s">
+        <v>26</v>
+      </c>
+      <c r="C197">
         <v>600</v>
       </c>
-      <c r="D197" s="0">
+      <c r="D197">
         <v>2</v>
       </c>
-      <c r="E197" s="0" t="s">
+      <c r="E197" t="s">
         <v>24</v>
       </c>
       <c r="F197" s="5">
         <v>9.9</v>
       </c>
-      <c r="G197" s="0">
-[...5 lines deleted...]
-      <c r="I197" s="0">
+      <c r="G197">
+        <v>9.8</v>
+      </c>
+      <c r="H197">
+        <v>9.7</v>
+      </c>
+      <c r="I197">
         <v>9.6</v>
       </c>
-      <c r="J197" s="0">
+      <c r="J197">
         <v>9.5</v>
       </c>
-      <c r="K197" s="0">
+      <c r="K197">
         <v>9.4</v>
       </c>
-      <c r="L197" s="0">
-[...5 lines deleted...]
-      <c r="N197" s="0">
+      <c r="L197">
+        <v>9.3</v>
+      </c>
+      <c r="M197">
+        <v>8.8</v>
+      </c>
+      <c r="N197">
         <v>7.9</v>
       </c>
-      <c r="O197" s="0">
+      <c r="O197">
         <v>7.2</v>
       </c>
-      <c r="P197" s="0">
+      <c r="P197">
         <v>6.5</v>
       </c>
-      <c r="Q197" s="0">
+      <c r="Q197">
         <v>6.1</v>
       </c>
-      <c r="R197" s="0">
+      <c r="R197">
         <v>6.1</v>
       </c>
     </row>
     <row r="198" spans="1:19">
-      <c r="A198" s="6" t="s">
+      <c r="A198" t="s">
         <v>43</v>
       </c>
-      <c r="B198" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C198" s="6">
+      <c r="B198" t="s">
+        <v>26</v>
+      </c>
+      <c r="C198">
         <v>750</v>
       </c>
-      <c r="D198" s="6">
+      <c r="D198">
         <v>3</v>
       </c>
-      <c r="E198" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F198" s="7">
+      <c r="E198" t="s">
+        <v>24</v>
+      </c>
+      <c r="F198" s="5">
         <v>14.7</v>
       </c>
-      <c r="G198" s="6">
+      <c r="G198">
         <v>14.3</v>
       </c>
-      <c r="H198" s="6">
+      <c r="H198">
         <v>14</v>
       </c>
-      <c r="I198" s="6">
+      <c r="I198">
         <v>13.7</v>
       </c>
-      <c r="J198" s="6">
+      <c r="J198">
         <v>13.4</v>
       </c>
-      <c r="K198" s="6">
+      <c r="K198">
         <v>13.1</v>
       </c>
-      <c r="L198" s="6">
+      <c r="L198">
         <v>12.9</v>
       </c>
-      <c r="M198" s="6">
+      <c r="M198">
         <v>12.7</v>
       </c>
-      <c r="N198" s="6">
+      <c r="N198">
         <v>12.5</v>
       </c>
-      <c r="O198" s="6">
+      <c r="O198">
         <v>12.3</v>
       </c>
-      <c r="P198" s="6">
+      <c r="P198">
         <v>12.1</v>
       </c>
-      <c r="Q198" s="6">
+      <c r="Q198">
         <v>11.9</v>
       </c>
-      <c r="R198" s="6">
+      <c r="R198">
         <v>11.9</v>
       </c>
     </row>
     <row r="199" spans="1:19">
-      <c r="A199" s="0" t="s">
+      <c r="A199" t="s">
         <v>48</v>
       </c>
-      <c r="B199" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C199" s="0">
+      <c r="B199" t="s">
+        <v>26</v>
+      </c>
+      <c r="C199">
         <v>3000</v>
       </c>
-      <c r="D199" s="0">
+      <c r="D199">
         <v>3</v>
       </c>
-      <c r="E199" s="0" t="s">
+      <c r="E199" t="s">
         <v>24</v>
       </c>
       <c r="F199" s="5">
         <v>13.6</v>
       </c>
-      <c r="G199" s="0">
+      <c r="G199">
         <v>13.5</v>
       </c>
-      <c r="H199" s="0">
+      <c r="H199">
         <v>13.3</v>
       </c>
-      <c r="I199" s="0">
+      <c r="I199">
         <v>11.6</v>
       </c>
-      <c r="J199" s="0">
+      <c r="J199">
         <v>10.8</v>
       </c>
-      <c r="K199" s="0">
+      <c r="K199">
         <v>10.1</v>
       </c>
-      <c r="L199" s="0">
+      <c r="L199">
         <v>9.9</v>
       </c>
-      <c r="M199" s="0">
-[...8 lines deleted...]
-      <c r="P199" s="0">
+      <c r="M199">
+        <v>9.2</v>
+      </c>
+      <c r="N199">
+        <v>8.8</v>
+      </c>
+      <c r="O199">
+        <v>8.3</v>
+      </c>
+      <c r="P199">
         <v>7.8</v>
       </c>
-      <c r="Q199" s="0">
+      <c r="Q199">
         <v>7.3</v>
       </c>
-      <c r="R199" s="0">
+      <c r="R199">
         <v>7.3</v>
       </c>
     </row>
     <row r="200" spans="1:19">
-      <c r="A200" s="6" t="s">
+      <c r="A200" t="s">
         <v>49</v>
       </c>
-      <c r="B200" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C200" s="6">
+      <c r="B200" t="s">
+        <v>26</v>
+      </c>
+      <c r="C200">
         <v>700</v>
       </c>
-      <c r="D200" s="6">
+      <c r="D200">
         <v>3</v>
       </c>
-      <c r="E200" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F200" s="7">
+      <c r="E200" t="s">
+        <v>24</v>
+      </c>
+      <c r="F200" s="5">
         <v>15.3</v>
       </c>
-      <c r="G200" s="6">
+      <c r="G200">
         <v>14.9</v>
       </c>
-      <c r="H200" s="6">
+      <c r="H200">
         <v>14.5</v>
       </c>
-      <c r="I200" s="6">
+      <c r="I200">
         <v>14.1</v>
       </c>
-      <c r="J200" s="6">
+      <c r="J200">
         <v>13.8</v>
       </c>
-      <c r="K200" s="6">
+      <c r="K200">
         <v>13.5</v>
       </c>
-      <c r="L200" s="6">
+      <c r="L200">
         <v>13.3</v>
       </c>
-      <c r="M200" s="6">
+      <c r="M200">
         <v>13.1</v>
       </c>
-      <c r="N200" s="6">
+      <c r="N200">
         <v>12.9</v>
       </c>
-      <c r="O200" s="6">
+      <c r="O200">
         <v>12.7</v>
       </c>
-      <c r="P200" s="6">
+      <c r="P200">
         <v>12.5</v>
       </c>
-      <c r="Q200" s="6">
+      <c r="Q200">
         <v>12.3</v>
       </c>
-      <c r="R200" s="6">
+      <c r="R200">
         <v>12.3</v>
       </c>
     </row>
     <row r="201" spans="1:19">
-      <c r="A201" s="0" t="s">
+      <c r="A201" t="s">
         <v>50</v>
       </c>
-      <c r="B201" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C201" s="0">
+      <c r="B201" t="s">
+        <v>26</v>
+      </c>
+      <c r="C201">
         <v>2000</v>
       </c>
-      <c r="D201" s="0">
+      <c r="D201">
         <v>7</v>
       </c>
-      <c r="E201" s="0" t="s">
+      <c r="E201" t="s">
         <v>24</v>
       </c>
       <c r="F201" s="5">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="G201" s="0">
+        <v>33.0</v>
+      </c>
+      <c r="G201">
         <v>32.2</v>
       </c>
-      <c r="H201" s="0">
+      <c r="H201">
         <v>31.4</v>
       </c>
-      <c r="I201" s="0">
+      <c r="I201">
         <v>30.7</v>
       </c>
-      <c r="J201" s="0">
-[...2 lines deleted...]
-      <c r="K201" s="0">
+      <c r="J201">
+        <v>30.0</v>
+      </c>
+      <c r="K201">
         <v>29.3</v>
       </c>
-      <c r="L201" s="0">
+      <c r="L201">
         <v>28.9</v>
       </c>
-      <c r="M201" s="0">
+      <c r="M201">
         <v>28.5</v>
       </c>
-      <c r="N201" s="0">
+      <c r="N201">
         <v>28.1</v>
       </c>
-      <c r="O201" s="0">
+      <c r="O201">
         <v>27.7</v>
       </c>
-      <c r="P201" s="0">
+      <c r="P201">
         <v>27.3</v>
       </c>
-      <c r="Q201" s="0">
+      <c r="Q201">
         <v>26.9</v>
       </c>
-      <c r="R201" s="0">
+      <c r="R201">
         <v>26.9</v>
       </c>
     </row>
     <row r="202" spans="1:19">
-      <c r="A202" s="6" t="s">
+      <c r="A202" t="s">
         <v>59</v>
       </c>
-      <c r="B202" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C202" s="6">
+      <c r="B202" t="s">
+        <v>26</v>
+      </c>
+      <c r="C202">
         <v>1000</v>
       </c>
-      <c r="D202" s="6">
+      <c r="D202">
         <v>3</v>
       </c>
-      <c r="E202" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F202" s="7">
+      <c r="E202" t="s">
+        <v>24</v>
+      </c>
+      <c r="F202" s="5">
         <v>20.6</v>
       </c>
-      <c r="G202" s="6">
+      <c r="G202">
         <v>19.8</v>
       </c>
-      <c r="H202" s="6">
+      <c r="H202">
         <v>19.6</v>
       </c>
-      <c r="I202" s="6">
+      <c r="I202">
         <v>19.2</v>
       </c>
-      <c r="J202" s="6">
+      <c r="J202">
         <v>19</v>
       </c>
-      <c r="K202" s="6">
+      <c r="K202">
         <v>17.8</v>
       </c>
-      <c r="L202" s="6">
+      <c r="L202">
         <v>16.4</v>
       </c>
-      <c r="M202" s="6">
+      <c r="M202">
         <v>16.2</v>
       </c>
-      <c r="N202" s="6">
+      <c r="N202">
         <v>15.4</v>
       </c>
-      <c r="O202" s="6">
+      <c r="O202">
         <v>15.4</v>
       </c>
-      <c r="P202" s="6">
+      <c r="P202">
         <v>15.4</v>
       </c>
-      <c r="Q202" s="6">
+      <c r="Q202">
         <v>15.4</v>
       </c>
-      <c r="R202" s="6">
+      <c r="R202">
         <v>15.4</v>
       </c>
     </row>
     <row r="203" spans="1:19">
-      <c r="A203" s="0" t="s">
+      <c r="A203" t="s">
         <v>62</v>
       </c>
-      <c r="B203" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C203" s="0">
+      <c r="B203" t="s">
+        <v>26</v>
+      </c>
+      <c r="C203">
         <v>660</v>
       </c>
-      <c r="D203" s="0">
+      <c r="D203">
         <v>2</v>
       </c>
-      <c r="E203" s="0" t="s">
+      <c r="E203" t="s">
         <v>24</v>
       </c>
       <c r="F203" s="5">
-        <v>8.699999999999999</v>
-[...1 lines deleted...]
-      <c r="G203" s="0">
+        <v>8.7</v>
+      </c>
+      <c r="G203">
         <v>8.6</v>
       </c>
-      <c r="H203" s="0">
+      <c r="H203">
         <v>8.5</v>
       </c>
-      <c r="I203" s="0">
+      <c r="I203">
         <v>8.4</v>
       </c>
-      <c r="J203" s="0">
-[...2 lines deleted...]
-      <c r="K203" s="0">
+      <c r="J203">
+        <v>8.3</v>
+      </c>
+      <c r="K203">
         <v>7.8</v>
       </c>
-      <c r="L203" s="0">
+      <c r="L203">
         <v>7.5</v>
       </c>
-      <c r="M203" s="0">
+      <c r="M203">
         <v>7.2</v>
       </c>
-      <c r="N203" s="0">
+      <c r="N203">
         <v>6.8</v>
       </c>
-      <c r="O203" s="0">
+      <c r="O203">
         <v>6.5</v>
       </c>
-      <c r="P203" s="0">
+      <c r="P203">
         <v>6.2</v>
       </c>
-      <c r="Q203" s="0">
+      <c r="Q203">
         <v>6.2</v>
       </c>
-      <c r="R203" s="0">
+      <c r="R203">
         <v>6.2</v>
       </c>
     </row>
     <row r="204" spans="1:19">
-      <c r="A204" s="6" t="s">
+      <c r="A204" t="s">
         <v>65</v>
       </c>
-      <c r="B204" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C204" s="6">
+      <c r="B204" t="s">
+        <v>26</v>
+      </c>
+      <c r="C204">
         <v>1000</v>
       </c>
-      <c r="D204" s="6">
+      <c r="D204">
         <v>5</v>
       </c>
-      <c r="E204" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F204" s="7">
+      <c r="E204" t="s">
+        <v>24</v>
+      </c>
+      <c r="F204" s="5">
         <v>17.9</v>
       </c>
-      <c r="G204" s="6">
+      <c r="G204">
         <v>17.5</v>
       </c>
-      <c r="H204" s="6">
+      <c r="H204">
         <v>17.1</v>
       </c>
-      <c r="I204" s="6">
+      <c r="I204">
         <v>16.7</v>
       </c>
-      <c r="J204" s="6">
+      <c r="J204">
         <v>16.3</v>
       </c>
-      <c r="K204" s="6">
+      <c r="K204">
         <v>15.9</v>
       </c>
-      <c r="L204" s="6">
+      <c r="L204">
         <v>15.7</v>
       </c>
-      <c r="M204" s="6">
+      <c r="M204">
         <v>15.5</v>
       </c>
-      <c r="N204" s="6">
+      <c r="N204">
         <v>15.3</v>
       </c>
-      <c r="O204" s="6">
+      <c r="O204">
         <v>15.1</v>
       </c>
-      <c r="P204" s="6">
+      <c r="P204">
         <v>14.9</v>
       </c>
-      <c r="Q204" s="6">
+      <c r="Q204">
         <v>14.7</v>
       </c>
-      <c r="R204" s="6">
+      <c r="R204">
         <v>14.7</v>
       </c>
     </row>
     <row r="205" spans="1:19">
-      <c r="A205" s="0" t="s">
+      <c r="A205" t="s">
         <v>66</v>
       </c>
-      <c r="B205" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C205" s="0">
+      <c r="B205" t="s">
+        <v>26</v>
+      </c>
+      <c r="C205">
         <v>700</v>
       </c>
-      <c r="D205" s="0">
+      <c r="D205">
         <v>5</v>
       </c>
-      <c r="E205" s="0" t="s">
+      <c r="E205" t="s">
         <v>24</v>
       </c>
       <c r="F205" s="5">
         <v>21.5</v>
       </c>
-      <c r="G205" s="0">
+      <c r="G205">
         <v>21</v>
       </c>
-      <c r="H205" s="0">
+      <c r="H205">
         <v>20.5</v>
       </c>
-      <c r="I205" s="0">
+      <c r="I205">
         <v>20</v>
       </c>
-      <c r="J205" s="0">
+      <c r="J205">
         <v>19.5</v>
       </c>
-      <c r="K205" s="0">
+      <c r="K205">
         <v>19</v>
       </c>
-      <c r="L205" s="0">
+      <c r="L205">
         <v>18.7</v>
       </c>
-      <c r="M205" s="0">
+      <c r="M205">
         <v>18.4</v>
       </c>
-      <c r="N205" s="0">
+      <c r="N205">
         <v>18.1</v>
       </c>
-      <c r="O205" s="0">
+      <c r="O205">
         <v>17.8</v>
       </c>
-      <c r="P205" s="0">
+      <c r="P205">
         <v>17.5</v>
       </c>
-      <c r="Q205" s="0">
+      <c r="Q205">
         <v>17.2</v>
       </c>
-      <c r="R205" s="0">
+      <c r="R205">
         <v>17.2</v>
       </c>
     </row>
     <row r="206" spans="1:19">
-      <c r="A206" s="6" t="s">
+      <c r="A206" t="s">
         <v>68</v>
       </c>
-      <c r="B206" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C206" s="6">
+      <c r="B206" t="s">
+        <v>26</v>
+      </c>
+      <c r="C206">
         <v>900</v>
       </c>
-      <c r="D206" s="6">
+      <c r="D206">
         <v>3</v>
       </c>
-      <c r="E206" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F206" s="7">
+      <c r="E206" t="s">
+        <v>24</v>
+      </c>
+      <c r="F206" s="5">
         <v>20.8</v>
       </c>
-      <c r="G206" s="6">
+      <c r="G206">
         <v>20.3</v>
       </c>
-      <c r="H206" s="6">
+      <c r="H206">
         <v>19.8</v>
       </c>
-      <c r="I206" s="6">
+      <c r="I206">
         <v>19.3</v>
       </c>
-      <c r="J206" s="6">
+      <c r="J206">
         <v>18.8</v>
       </c>
-      <c r="K206" s="6">
+      <c r="K206">
         <v>18.3</v>
       </c>
-      <c r="L206" s="6">
+      <c r="L206">
         <v>18</v>
       </c>
-      <c r="M206" s="6">
+      <c r="M206">
         <v>17.7</v>
       </c>
-      <c r="N206" s="6">
+      <c r="N206">
         <v>17.4</v>
       </c>
-      <c r="O206" s="6">
+      <c r="O206">
         <v>17.1</v>
       </c>
-      <c r="P206" s="6">
+      <c r="P206">
         <v>16.8</v>
       </c>
-      <c r="Q206" s="6">
+      <c r="Q206">
         <v>16.6</v>
       </c>
-      <c r="R206" s="6">
+      <c r="R206">
         <v>16.6</v>
       </c>
     </row>
     <row r="207" spans="1:19">
-      <c r="A207" s="0" t="s">
+      <c r="A207" t="s">
         <v>70</v>
       </c>
-      <c r="B207" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C207" s="0">
+      <c r="B207" t="s">
+        <v>26</v>
+      </c>
+      <c r="C207">
         <v>700</v>
       </c>
-      <c r="D207" s="0">
+      <c r="D207">
         <v>4</v>
       </c>
-      <c r="E207" s="0" t="s">
+      <c r="E207" t="s">
         <v>24</v>
       </c>
       <c r="F207" s="5">
         <v>23.9</v>
       </c>
-      <c r="G207" s="0">
+      <c r="G207">
         <v>23.3</v>
       </c>
-      <c r="H207" s="0">
+      <c r="H207">
         <v>22.7</v>
       </c>
-      <c r="I207" s="0">
+      <c r="I207">
         <v>22.1</v>
       </c>
-      <c r="J207" s="0">
+      <c r="J207">
         <v>21.6</v>
       </c>
-      <c r="K207" s="0">
+      <c r="K207">
         <v>21.1</v>
       </c>
-      <c r="L207" s="0">
+      <c r="L207">
         <v>20.8</v>
       </c>
-      <c r="M207" s="0">
+      <c r="M207">
         <v>20.5</v>
       </c>
-      <c r="N207" s="0">
+      <c r="N207">
         <v>20.2</v>
       </c>
-      <c r="O207" s="0">
+      <c r="O207">
         <v>19.9</v>
       </c>
-      <c r="P207" s="0">
+      <c r="P207">
         <v>19.6</v>
       </c>
-      <c r="Q207" s="0">
+      <c r="Q207">
         <v>19.3</v>
       </c>
-      <c r="R207" s="0">
+      <c r="R207">
         <v>19.3</v>
       </c>
     </row>
     <row r="208" spans="1:19">
-      <c r="A208" s="6" t="s">
+      <c r="A208" t="s">
         <v>71</v>
       </c>
-      <c r="B208" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C208" s="6">
+      <c r="B208" t="s">
+        <v>26</v>
+      </c>
+      <c r="C208">
         <v>350</v>
       </c>
-      <c r="D208" s="6">
+      <c r="D208">
         <v>3</v>
       </c>
-      <c r="E208" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F208" s="7">
+      <c r="E208" t="s">
+        <v>24</v>
+      </c>
+      <c r="F208" s="5">
         <v>15</v>
       </c>
-      <c r="G208" s="6">
+      <c r="G208">
         <v>14.6</v>
       </c>
-      <c r="H208" s="6">
+      <c r="H208">
         <v>14.2</v>
       </c>
-      <c r="I208" s="6">
+      <c r="I208">
         <v>13.9</v>
       </c>
-      <c r="J208" s="6">
+      <c r="J208">
         <v>13.6</v>
       </c>
-      <c r="K208" s="6">
+      <c r="K208">
         <v>13.3</v>
       </c>
-      <c r="L208" s="6">
+      <c r="L208">
         <v>13.1</v>
       </c>
-      <c r="M208" s="6">
+      <c r="M208">
         <v>12.9</v>
       </c>
-      <c r="N208" s="6">
+      <c r="N208">
         <v>12.7</v>
       </c>
-      <c r="O208" s="6">
+      <c r="O208">
         <v>12.5</v>
       </c>
-      <c r="P208" s="6">
+      <c r="P208">
         <v>12.3</v>
       </c>
-      <c r="Q208" s="6">
+      <c r="Q208">
         <v>12.1</v>
       </c>
-      <c r="R208" s="6">
+      <c r="R208">
         <v>12.1</v>
       </c>
     </row>
     <row r="209" spans="1:19">
-      <c r="A209" s="0" t="s">
+      <c r="A209" t="s">
         <v>72</v>
       </c>
-      <c r="B209" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C209" s="0">
+      <c r="B209" t="s">
+        <v>26</v>
+      </c>
+      <c r="C209">
         <v>880</v>
       </c>
-      <c r="D209" s="0">
+      <c r="D209">
         <v>1</v>
       </c>
-      <c r="E209" s="0" t="s">
+      <c r="E209" t="s">
         <v>24</v>
       </c>
       <c r="F209" s="5">
         <v>16.9</v>
       </c>
-      <c r="G209" s="0">
+      <c r="G209">
         <v>16.5</v>
       </c>
-      <c r="H209" s="0">
+      <c r="H209">
         <v>16.1</v>
       </c>
-      <c r="I209" s="0">
+      <c r="I209">
         <v>15.7</v>
       </c>
-      <c r="J209" s="0">
+      <c r="J209">
         <v>15.3</v>
       </c>
-      <c r="K209" s="0">
+      <c r="K209">
         <v>14.9</v>
       </c>
-      <c r="L209" s="0">
+      <c r="L209">
         <v>14.7</v>
       </c>
-      <c r="M209" s="0">
+      <c r="M209">
         <v>14.5</v>
       </c>
-      <c r="N209" s="0">
+      <c r="N209">
         <v>14.3</v>
       </c>
-      <c r="O209" s="0">
+      <c r="O209">
         <v>14.1</v>
       </c>
-      <c r="P209" s="0">
+      <c r="P209">
         <v>13.9</v>
       </c>
-      <c r="Q209" s="0">
+      <c r="Q209">
         <v>13.7</v>
       </c>
-      <c r="R209" s="0">
+      <c r="R209">
         <v>13.7</v>
       </c>
     </row>
     <row r="210" spans="1:19">
-      <c r="A210" s="6" t="s">
+      <c r="A210" t="s">
         <v>73</v>
       </c>
-      <c r="B210" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C210" s="6">
+      <c r="B210" t="s">
+        <v>26</v>
+      </c>
+      <c r="C210">
         <v>700</v>
       </c>
-      <c r="D210" s="6">
+      <c r="D210">
         <v>4</v>
       </c>
-      <c r="E210" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F210" s="7">
+      <c r="E210" t="s">
+        <v>24</v>
+      </c>
+      <c r="F210" s="5">
         <v>15.9</v>
       </c>
-      <c r="G210" s="6">
+      <c r="G210">
         <v>15.5</v>
       </c>
-      <c r="H210" s="6">
+      <c r="H210">
         <v>15.1</v>
       </c>
-      <c r="I210" s="6">
+      <c r="I210">
         <v>14.7</v>
       </c>
-      <c r="J210" s="6">
+      <c r="J210">
         <v>14.3</v>
       </c>
-      <c r="K210" s="6">
+      <c r="K210">
         <v>14</v>
       </c>
-      <c r="L210" s="6">
+      <c r="L210">
         <v>13.8</v>
       </c>
-      <c r="M210" s="6">
+      <c r="M210">
         <v>13.6</v>
       </c>
-      <c r="N210" s="6">
+      <c r="N210">
         <v>13.4</v>
       </c>
-      <c r="O210" s="6">
+      <c r="O210">
         <v>13.2</v>
       </c>
-      <c r="P210" s="6">
+      <c r="P210">
         <v>13</v>
       </c>
-      <c r="Q210" s="6">
+      <c r="Q210">
         <v>12.8</v>
       </c>
-      <c r="R210" s="6">
+      <c r="R210">
         <v>12.8</v>
       </c>
     </row>
     <row r="211" spans="1:19">
-      <c r="A211" s="0" t="s">
+      <c r="A211" t="s">
         <v>74</v>
       </c>
-      <c r="B211" s="0" t="s">
-[...5 lines deleted...]
-      <c r="D211" s="0">
+      <c r="B211" t="s">
+        <v>26</v>
+      </c>
+      <c r="C211">
+        <v>600</v>
+      </c>
+      <c r="D211">
         <v>2</v>
       </c>
-      <c r="E211" s="0" t="s">
+      <c r="E211" t="s">
         <v>24</v>
       </c>
       <c r="F211" s="5">
-        <v>16.2</v>
-[...4 lines deleted...]
-      <c r="H211" s="0">
+        <v>17.6</v>
+      </c>
+      <c r="G211">
+        <v>17.2</v>
+      </c>
+      <c r="H211">
+        <v>16.8</v>
+      </c>
+      <c r="I211">
+        <v>16.4</v>
+      </c>
+      <c r="J211">
+        <v>16</v>
+      </c>
+      <c r="K211">
+        <v>15.6</v>
+      </c>
+      <c r="L211">
         <v>15.4</v>
       </c>
-      <c r="I211" s="0">
+      <c r="M211">
+        <v>15.2</v>
+      </c>
+      <c r="N211">
         <v>15</v>
       </c>
-      <c r="J211" s="0">
+      <c r="O211">
+        <v>14.8</v>
+      </c>
+      <c r="P211">
         <v>14.6</v>
       </c>
-      <c r="K211" s="0">
-[...21 lines deleted...]
-        <v>13</v>
+      <c r="Q211">
+        <v>14.4</v>
+      </c>
+      <c r="R211">
+        <v>14.4</v>
       </c>
     </row>
     <row r="212" spans="1:19">
-      <c r="A212" s="6" t="s">
+      <c r="A212" t="s">
         <v>75</v>
       </c>
-      <c r="B212" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C212" s="6">
+      <c r="B212" t="s">
+        <v>26</v>
+      </c>
+      <c r="C212">
         <v>3900</v>
       </c>
-      <c r="D212" s="6">
+      <c r="D212">
         <v>4</v>
       </c>
-      <c r="E212" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F212" s="7">
+      <c r="E212" t="s">
+        <v>24</v>
+      </c>
+      <c r="F212" s="5">
         <v>41.5</v>
       </c>
-      <c r="G212" s="6">
+      <c r="G212">
         <v>40.5</v>
       </c>
-      <c r="H212" s="6">
+      <c r="H212">
         <v>39.5</v>
       </c>
-      <c r="I212" s="6">
+      <c r="I212">
         <v>38.5</v>
       </c>
-      <c r="J212" s="6">
+      <c r="J212">
         <v>37.6</v>
       </c>
-      <c r="K212" s="6">
+      <c r="K212">
         <v>36.7</v>
       </c>
-      <c r="L212" s="6">
+      <c r="L212">
         <v>36.2</v>
       </c>
-      <c r="M212" s="6">
+      <c r="M212">
         <v>35.7</v>
       </c>
-      <c r="N212" s="6">
+      <c r="N212">
         <v>35.2</v>
       </c>
-      <c r="O212" s="6">
+      <c r="O212">
         <v>34.7</v>
       </c>
-      <c r="P212" s="6">
+      <c r="P212">
         <v>34.2</v>
       </c>
-      <c r="Q212" s="6">
+      <c r="Q212">
         <v>33.7</v>
       </c>
-      <c r="R212" s="6">
+      <c r="R212">
         <v>33.7</v>
       </c>
     </row>
     <row r="213" spans="1:19">
-      <c r="A213" s="0" t="s">
+      <c r="A213" t="s">
         <v>77</v>
       </c>
-      <c r="B213" s="0" t="s">
-[...5 lines deleted...]
-      <c r="D213" s="0">
+      <c r="B213" t="s">
+        <v>26</v>
+      </c>
+      <c r="C213">
+        <v>1850</v>
+      </c>
+      <c r="D213">
         <v>9</v>
       </c>
-      <c r="E213" s="0" t="s">
+      <c r="E213" t="s">
         <v>24</v>
       </c>
       <c r="F213" s="5">
-        <v>38.6</v>
-[...35 lines deleted...]
-        <v>31.4</v>
+        <v>42.8</v>
+      </c>
+      <c r="G213">
+        <v>41.8</v>
+      </c>
+      <c r="H213">
+        <v>40.8</v>
+      </c>
+      <c r="I213">
+        <v>39.9</v>
+      </c>
+      <c r="J213">
+        <v>39.0</v>
+      </c>
+      <c r="K213">
+        <v>38.099999999999994</v>
+      </c>
+      <c r="L213">
+        <v>37.5</v>
+      </c>
+      <c r="M213">
+        <v>36.9</v>
+      </c>
+      <c r="N213">
+        <v>36.3</v>
+      </c>
+      <c r="O213">
+        <v>35.7</v>
+      </c>
+      <c r="P213">
+        <v>35.099999999999994</v>
+      </c>
+      <c r="Q213">
+        <v>34.5</v>
+      </c>
+      <c r="R213">
+        <v>34.5</v>
       </c>
     </row>
     <row r="214" spans="1:19">
-      <c r="A214" s="6" t="s">
+      <c r="A214" t="s">
         <v>78</v>
       </c>
-      <c r="B214" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C214" s="6">
+      <c r="B214" t="s">
+        <v>26</v>
+      </c>
+      <c r="C214">
         <v>1850</v>
       </c>
-      <c r="D214" s="6">
+      <c r="D214">
         <v>4</v>
       </c>
-      <c r="E214" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F214" s="7">
+      <c r="E214" t="s">
+        <v>24</v>
+      </c>
+      <c r="F214" s="5">
         <v>30.1</v>
       </c>
-      <c r="G214" s="6">
+      <c r="G214">
         <v>29.4</v>
       </c>
-      <c r="H214" s="6">
+      <c r="H214">
         <v>28.7</v>
       </c>
-      <c r="I214" s="6">
-[...2 lines deleted...]
-      <c r="J214" s="6">
+      <c r="I214">
+        <v>28.0</v>
+      </c>
+      <c r="J214">
         <v>27.3</v>
       </c>
-      <c r="K214" s="6">
+      <c r="K214">
         <v>26.6</v>
       </c>
-      <c r="L214" s="6">
+      <c r="L214">
         <v>26.2</v>
       </c>
-      <c r="M214" s="6">
+      <c r="M214">
         <v>25.8</v>
       </c>
-      <c r="N214" s="6">
+      <c r="N214">
         <v>25.4</v>
       </c>
-      <c r="O214" s="6">
+      <c r="O214">
         <v>25</v>
       </c>
-      <c r="P214" s="6">
+      <c r="P214">
         <v>24.6</v>
       </c>
-      <c r="Q214" s="6">
+      <c r="Q214">
         <v>24.2</v>
       </c>
-      <c r="R214" s="6">
+      <c r="R214">
         <v>24.2</v>
       </c>
     </row>
     <row r="215" spans="1:19">
-      <c r="A215" s="0" t="s">
+      <c r="A215" t="s">
         <v>79</v>
       </c>
-      <c r="B215" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C215" s="0">
+      <c r="B215" t="s">
+        <v>26</v>
+      </c>
+      <c r="C215">
         <v>1600</v>
       </c>
-      <c r="D215" s="0">
+      <c r="D215">
         <v>6</v>
       </c>
-      <c r="E215" s="0" t="s">
+      <c r="E215" t="s">
         <v>24</v>
       </c>
       <c r="F215" s="5">
         <v>26.2</v>
       </c>
-      <c r="G215" s="0">
+      <c r="G215">
         <v>26.2</v>
       </c>
-      <c r="H215" s="0">
+      <c r="H215">
         <v>26.1</v>
       </c>
-      <c r="I215" s="0">
-[...2 lines deleted...]
-      <c r="J215" s="0">
+      <c r="I215">
+        <v>26</v>
+      </c>
+      <c r="J215">
         <v>25.8</v>
       </c>
-      <c r="K215" s="0">
+      <c r="K215">
         <v>25.7</v>
       </c>
-      <c r="L215" s="0">
+      <c r="L215">
         <v>25.5</v>
       </c>
-      <c r="M215" s="0">
+      <c r="M215">
         <v>25.3</v>
       </c>
-      <c r="N215" s="0">
+      <c r="N215">
         <v>25.2</v>
       </c>
-      <c r="O215" s="0">
+      <c r="O215">
         <v>25.2</v>
       </c>
-      <c r="P215" s="0">
+      <c r="P215">
         <v>25</v>
       </c>
-      <c r="Q215" s="0">
+      <c r="Q215">
         <v>25</v>
       </c>
-      <c r="R215" s="0">
+      <c r="R215">
         <v>25</v>
       </c>
     </row>
     <row r="216" spans="1:19">
-      <c r="A216" s="6" t="s">
+      <c r="A216" t="s">
         <v>80</v>
       </c>
-      <c r="B216" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C216" s="6">
+      <c r="B216" t="s">
+        <v>26</v>
+      </c>
+      <c r="C216">
         <v>1180</v>
       </c>
-      <c r="D216" s="6">
+      <c r="D216">
         <v>5</v>
       </c>
-      <c r="E216" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F216" s="7">
+      <c r="E216" t="s">
+        <v>24</v>
+      </c>
+      <c r="F216" s="5">
         <v>18.5</v>
       </c>
-      <c r="G216" s="6">
+      <c r="G216">
         <v>18.1</v>
       </c>
-      <c r="H216" s="6">
+      <c r="H216">
         <v>17.6</v>
       </c>
-      <c r="I216" s="6">
-[...2 lines deleted...]
-      <c r="J216" s="6">
+      <c r="I216">
+        <v>17.099999999999998</v>
+      </c>
+      <c r="J216">
         <v>16.7</v>
       </c>
-      <c r="K216" s="6">
+      <c r="K216">
         <v>16.3</v>
       </c>
-      <c r="L216" s="6">
+      <c r="L216">
         <v>16.1</v>
       </c>
-      <c r="M216" s="6">
+      <c r="M216">
         <v>15.9</v>
       </c>
-      <c r="N216" s="6">
+      <c r="N216">
         <v>15.6</v>
       </c>
-      <c r="O216" s="6">
+      <c r="O216">
         <v>15.4</v>
       </c>
-      <c r="P216" s="6">
+      <c r="P216">
         <v>15.2</v>
       </c>
-      <c r="Q216" s="6">
+      <c r="Q216">
         <v>14.9</v>
       </c>
-      <c r="R216" s="6">
+      <c r="R216">
         <v>14.9</v>
       </c>
     </row>
     <row r="217" spans="1:19">
-      <c r="A217" s="0" t="s">
+      <c r="A217" t="s">
         <v>81</v>
       </c>
-      <c r="B217" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C217" s="0">
+      <c r="B217" t="s">
+        <v>26</v>
+      </c>
+      <c r="C217">
         <v>1800</v>
       </c>
-      <c r="D217" s="0">
+      <c r="D217">
         <v>6</v>
       </c>
-      <c r="E217" s="0" t="s">
+      <c r="E217" t="s">
         <v>24</v>
       </c>
       <c r="F217" s="5">
-        <v>25.1</v>
-[...1 lines deleted...]
-      <c r="G217" s="0">
+        <v>25.099999999999998</v>
+      </c>
+      <c r="G217">
         <v>24.5</v>
       </c>
-      <c r="H217" s="0">
+      <c r="H217">
         <v>23.9</v>
       </c>
-      <c r="I217" s="0">
+      <c r="I217">
         <v>23.3</v>
       </c>
-      <c r="J217" s="0">
+      <c r="J217">
         <v>22.7</v>
       </c>
-      <c r="K217" s="0">
+      <c r="K217">
         <v>22.1</v>
       </c>
-      <c r="L217" s="0">
+      <c r="L217">
         <v>21.8</v>
       </c>
-      <c r="M217" s="0">
+      <c r="M217">
         <v>21.5</v>
       </c>
-      <c r="N217" s="0">
+      <c r="N217">
         <v>21.2</v>
       </c>
-      <c r="O217" s="0">
+      <c r="O217">
         <v>20.9</v>
       </c>
-      <c r="P217" s="0">
+      <c r="P217">
         <v>20.6</v>
       </c>
-      <c r="Q217" s="0">
+      <c r="Q217">
         <v>20.3</v>
       </c>
-      <c r="R217" s="0">
+      <c r="R217">
         <v>20.3</v>
       </c>
     </row>
     <row r="218" spans="1:19">
-      <c r="A218" s="6" t="s">
+      <c r="A218" t="s">
         <v>82</v>
       </c>
-      <c r="B218" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C218" s="6">
+      <c r="B218" t="s">
+        <v>26</v>
+      </c>
+      <c r="C218">
         <v>1000</v>
       </c>
-      <c r="D218" s="6">
+      <c r="D218">
         <v>5</v>
       </c>
-      <c r="E218" s="6" t="s">
-[...17 lines deleted...]
-      <c r="K218" s="6">
+      <c r="E218" t="s">
+        <v>24</v>
+      </c>
+      <c r="F218" s="5">
+        <v>20.7</v>
+      </c>
+      <c r="G218">
+        <v>20.2</v>
+      </c>
+      <c r="H218">
+        <v>19.7</v>
+      </c>
+      <c r="I218">
+        <v>19.2</v>
+      </c>
+      <c r="J218">
+        <v>18.7</v>
+      </c>
+      <c r="K218">
+        <v>18.2</v>
+      </c>
+      <c r="L218">
+        <v>17.9</v>
+      </c>
+      <c r="M218">
+        <v>17.6</v>
+      </c>
+      <c r="N218">
         <v>17.3</v>
       </c>
-      <c r="L218" s="6">
+      <c r="O218">
         <v>17</v>
       </c>
-      <c r="M218" s="6">
+      <c r="P218">
         <v>16.7</v>
       </c>
-      <c r="N218" s="6">
+      <c r="Q218">
         <v>16.5</v>
       </c>
-      <c r="O218" s="6">
-[...9 lines deleted...]
-        <v>15.9</v>
+      <c r="R218">
+        <v>16.5</v>
       </c>
     </row>
     <row r="219" spans="1:19">
-      <c r="A219" s="0" t="s">
+      <c r="A219" t="s">
         <v>84</v>
       </c>
-      <c r="B219" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C219" s="0">
+      <c r="B219" t="s">
+        <v>26</v>
+      </c>
+      <c r="C219">
         <v>700</v>
       </c>
-      <c r="D219" s="0">
+      <c r="D219">
         <v>4</v>
       </c>
-      <c r="E219" s="0" t="s">
+      <c r="E219" t="s">
         <v>24</v>
       </c>
       <c r="F219" s="5">
         <v>16.3</v>
       </c>
-      <c r="G219" s="0">
+      <c r="G219">
         <v>15.9</v>
       </c>
-      <c r="H219" s="0">
+      <c r="H219">
         <v>15.6</v>
       </c>
-      <c r="I219" s="0">
+      <c r="I219">
         <v>15.3</v>
       </c>
-      <c r="J219" s="0">
+      <c r="J219">
         <v>15</v>
       </c>
-      <c r="K219" s="0">
+      <c r="K219">
         <v>14.7</v>
       </c>
-      <c r="L219" s="0">
+      <c r="L219">
         <v>14.5</v>
       </c>
-      <c r="M219" s="0">
+      <c r="M219">
         <v>14.3</v>
       </c>
-      <c r="N219" s="0">
+      <c r="N219">
         <v>14.1</v>
       </c>
-      <c r="O219" s="0">
+      <c r="O219">
         <v>13.9</v>
       </c>
-      <c r="P219" s="0">
+      <c r="P219">
         <v>13.7</v>
       </c>
-      <c r="Q219" s="0">
+      <c r="Q219">
         <v>13.5</v>
       </c>
-      <c r="R219" s="0">
+      <c r="R219">
         <v>13.5</v>
       </c>
     </row>
     <row r="220" spans="1:19">
-      <c r="A220" s="6" t="s">
+      <c r="A220" t="s">
         <v>86</v>
       </c>
-      <c r="B220" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C220" s="6">
+      <c r="B220" t="s">
+        <v>26</v>
+      </c>
+      <c r="C220">
         <v>650</v>
       </c>
-      <c r="D220" s="6">
+      <c r="D220">
         <v>3</v>
       </c>
-      <c r="E220" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F220" s="7">
+      <c r="E220" t="s">
+        <v>24</v>
+      </c>
+      <c r="F220" s="5">
         <v>16.8</v>
       </c>
-      <c r="G220" s="6">
+      <c r="G220">
         <v>16.4</v>
       </c>
-      <c r="H220" s="6">
+      <c r="H220">
         <v>16</v>
       </c>
-      <c r="I220" s="6">
+      <c r="I220">
         <v>15.6</v>
       </c>
-      <c r="J220" s="6">
+      <c r="J220">
         <v>15.2</v>
       </c>
-      <c r="K220" s="6">
+      <c r="K220">
         <v>14.8</v>
       </c>
-      <c r="L220" s="6">
+      <c r="L220">
         <v>14.6</v>
       </c>
-      <c r="M220" s="6">
+      <c r="M220">
         <v>14.4</v>
       </c>
-      <c r="N220" s="6">
+      <c r="N220">
         <v>14.2</v>
       </c>
-      <c r="O220" s="6">
+      <c r="O220">
         <v>14</v>
       </c>
-      <c r="P220" s="6">
+      <c r="P220">
         <v>13.8</v>
       </c>
-      <c r="Q220" s="6">
+      <c r="Q220">
         <v>13.6</v>
       </c>
-      <c r="R220" s="6">
+      <c r="R220">
         <v>13.6</v>
       </c>
     </row>
     <row r="221" spans="1:19">
-      <c r="A221" s="0" t="s">
+      <c r="A221" t="s">
         <v>88</v>
       </c>
-      <c r="B221" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C221" s="0">
+      <c r="B221" t="s">
+        <v>26</v>
+      </c>
+      <c r="C221">
         <v>600</v>
       </c>
-      <c r="D221" s="0">
+      <c r="D221">
         <v>3</v>
       </c>
-      <c r="E221" s="0" t="s">
+      <c r="E221" t="s">
         <v>24</v>
       </c>
       <c r="F221" s="5">
         <v>10.9</v>
       </c>
-      <c r="G221" s="0">
+      <c r="G221">
         <v>10.8</v>
       </c>
-      <c r="H221" s="0">
+      <c r="H221">
         <v>10.7</v>
       </c>
-      <c r="I221" s="0">
+      <c r="I221">
         <v>10.6</v>
       </c>
-      <c r="J221" s="0">
+      <c r="J221">
         <v>10.4</v>
       </c>
-      <c r="K221" s="0">
+      <c r="K221">
         <v>10.1</v>
       </c>
-      <c r="L221" s="0">
-[...2 lines deleted...]
-      <c r="M221" s="0">
+      <c r="L221">
+        <v>9.8</v>
+      </c>
+      <c r="M221">
         <v>9.5</v>
       </c>
-      <c r="N221" s="0">
-[...2 lines deleted...]
-      <c r="O221" s="0">
+      <c r="N221">
+        <v>9.3</v>
+      </c>
+      <c r="O221">
         <v>8.9</v>
       </c>
-      <c r="P221" s="0">
+      <c r="P221">
         <v>8.6</v>
       </c>
-      <c r="Q221" s="0">
+      <c r="Q221">
         <v>8.4</v>
       </c>
-      <c r="R221" s="0">
+      <c r="R221">
         <v>8.4</v>
       </c>
     </row>
     <row r="222" spans="1:19">
-      <c r="A222" s="6" t="s">
+      <c r="A222" t="s">
         <v>90</v>
       </c>
-      <c r="B222" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D222" s="6">
+      <c r="B222" t="s">
+        <v>26</v>
+      </c>
+      <c r="C222">
+        <v>900</v>
+      </c>
+      <c r="D222">
         <v>4</v>
       </c>
-      <c r="E222" s="6" t="s">
-[...39 lines deleted...]
-        <v>13.4</v>
+      <c r="E222" t="s">
+        <v>24</v>
+      </c>
+      <c r="F222" s="5">
+        <v>22.2</v>
+      </c>
+      <c r="G222">
+        <v>21.7</v>
+      </c>
+      <c r="H222">
+        <v>21.2</v>
+      </c>
+      <c r="I222">
+        <v>20.7</v>
+      </c>
+      <c r="J222">
+        <v>20.2</v>
+      </c>
+      <c r="K222">
+        <v>19.7</v>
+      </c>
+      <c r="L222">
+        <v>19.4</v>
+      </c>
+      <c r="M222">
+        <v>19.1</v>
+      </c>
+      <c r="N222">
+        <v>18.8</v>
+      </c>
+      <c r="O222">
+        <v>18.5</v>
+      </c>
+      <c r="P222">
+        <v>18.2</v>
+      </c>
+      <c r="Q222">
+        <v>17.9</v>
+      </c>
+      <c r="R222">
+        <v>17.9</v>
       </c>
     </row>
     <row r="223" spans="1:19">
-      <c r="A223" s="0" t="s">
+      <c r="A223" t="s">
         <v>94</v>
       </c>
-      <c r="B223" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C223" s="0">
+      <c r="B223" t="s">
+        <v>26</v>
+      </c>
+      <c r="C223">
         <v>600</v>
       </c>
-      <c r="D223" s="0">
+      <c r="D223">
         <v>3</v>
       </c>
-      <c r="E223" s="0" t="s">
+      <c r="E223" t="s">
         <v>24</v>
       </c>
       <c r="F223" s="5">
         <v>10.2</v>
       </c>
-      <c r="G223" s="0">
+      <c r="G223">
         <v>10.1</v>
       </c>
-      <c r="H223" s="0">
+      <c r="H223">
         <v>10</v>
       </c>
-      <c r="I223" s="0">
+      <c r="I223">
         <v>9.9</v>
       </c>
-      <c r="J223" s="0">
-[...2 lines deleted...]
-      <c r="K223" s="0">
+      <c r="J223">
+        <v>9.8</v>
+      </c>
+      <c r="K223">
         <v>9.6</v>
       </c>
-      <c r="L223" s="0">
+      <c r="L223">
         <v>9.5</v>
       </c>
-      <c r="M223" s="0">
+      <c r="M223">
         <v>9</v>
       </c>
-      <c r="N223" s="0">
+      <c r="N223">
         <v>7.9</v>
       </c>
-      <c r="O223" s="0">
+      <c r="O223">
         <v>7</v>
       </c>
-      <c r="P223" s="0">
+      <c r="P223">
         <v>6.4</v>
       </c>
-      <c r="Q223" s="0">
+      <c r="Q223">
         <v>6.2</v>
       </c>
-      <c r="R223" s="0">
+      <c r="R223">
         <v>6.2</v>
       </c>
     </row>
     <row r="224" spans="1:19">
-      <c r="A224" s="0" t="s">
+      <c r="A224" t="s">
         <v>95</v>
       </c>
-      <c r="B224" s="0"/>
-[...35 lines deleted...]
-      <c r="R225" s="0"/>
     </row>
     <row r="226" spans="1:19">
-      <c r="A226" s="0" t="s">
+      <c r="A226" t="s">
         <v>96</v>
       </c>
-      <c r="B226" s="0"/>
-[...15 lines deleted...]
-      <c r="R226" s="0"/>
     </row>
     <row r="227" spans="1:19" customHeight="1" ht="20">
       <c r="A227" s="3" t="s">
         <v>113</v>
       </c>
       <c r="B227" s="2"/>
       <c r="C227" s="2"/>
       <c r="D227" s="2"/>
       <c r="E227" s="2"/>
       <c r="F227" s="2"/>
       <c r="G227" s="2"/>
       <c r="H227" s="2"/>
       <c r="I227" s="2"/>
       <c r="J227" s="2"/>
       <c r="K227" s="2"/>
       <c r="L227" s="2"/>
       <c r="M227" s="2"/>
       <c r="N227" s="2"/>
       <c r="O227" s="2"/>
       <c r="P227" s="2"/>
       <c r="Q227" s="2"/>
       <c r="R227" s="2"/>
     </row>
     <row r="228" spans="1:19" customHeight="1" ht="21">
       <c r="A228" s="4" t="s">
@@ -13001,1846 +12813,1785 @@
         <v>103</v>
       </c>
       <c r="L228" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M228" s="4" t="s">
         <v>105</v>
       </c>
       <c r="N228" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O228" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P228" s="4" t="s">
         <v>108</v>
       </c>
       <c r="Q228" s="4" t="s">
         <v>109</v>
       </c>
       <c r="R228" s="4" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="229" spans="1:19">
-      <c r="A229" s="6" t="s">
+      <c r="A229" t="s">
         <v>36</v>
       </c>
-      <c r="B229" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C229" s="6">
+      <c r="B229" t="s">
+        <v>26</v>
+      </c>
+      <c r="C229">
         <v>650</v>
       </c>
-      <c r="D229" s="6">
+      <c r="D229">
         <v>1</v>
       </c>
-      <c r="E229" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F229" s="9">
+      <c r="E229" t="s">
+        <v>24</v>
+      </c>
+      <c r="F229" s="6">
         <v>3990</v>
       </c>
-      <c r="G229" s="6">
+      <c r="G229">
         <v>3890</v>
       </c>
-      <c r="H229" s="6">
+      <c r="H229">
         <v>3800</v>
       </c>
-      <c r="I229" s="6">
+      <c r="I229">
         <v>3700</v>
       </c>
-      <c r="J229" s="6">
+      <c r="J229">
         <v>3610</v>
       </c>
-      <c r="K229" s="6">
+      <c r="K229">
         <v>3520</v>
       </c>
-      <c r="L229" s="6">
+      <c r="L229">
         <v>3470</v>
       </c>
-      <c r="M229" s="6">
+      <c r="M229">
         <v>3420</v>
       </c>
-      <c r="N229" s="6">
+      <c r="N229">
         <v>3370</v>
       </c>
-      <c r="O229" s="6">
+      <c r="O229">
         <v>3320</v>
       </c>
-      <c r="P229" s="6">
+      <c r="P229">
         <v>3270</v>
       </c>
-      <c r="Q229" s="6">
+      <c r="Q229">
         <v>3220</v>
       </c>
-      <c r="R229" s="6">
+      <c r="R229">
         <v>3220</v>
       </c>
     </row>
     <row r="230" spans="1:19">
-      <c r="A230" s="0" t="s">
+      <c r="A230" t="s">
         <v>37</v>
       </c>
-      <c r="B230" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C230" s="0">
+      <c r="B230" t="s">
+        <v>26</v>
+      </c>
+      <c r="C230">
         <v>750</v>
       </c>
-      <c r="D230" s="0">
+      <c r="D230">
         <v>1</v>
       </c>
-      <c r="E230" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F230" s="8">
+      <c r="E230" t="s">
+        <v>24</v>
+      </c>
+      <c r="F230" s="6">
         <v>3180</v>
       </c>
-      <c r="G230" s="0">
+      <c r="G230">
         <v>3100</v>
       </c>
-      <c r="H230" s="0">
+      <c r="H230">
         <v>3030</v>
       </c>
-      <c r="I230" s="0">
+      <c r="I230">
         <v>2950</v>
       </c>
-      <c r="J230" s="0">
+      <c r="J230">
         <v>2880</v>
       </c>
-      <c r="K230" s="0">
+      <c r="K230">
         <v>2810</v>
       </c>
-      <c r="L230" s="0">
+      <c r="L230">
         <v>2770</v>
       </c>
-      <c r="M230" s="0">
+      <c r="M230">
         <v>2730</v>
       </c>
-      <c r="N230" s="0">
+      <c r="N230">
         <v>2690</v>
       </c>
-      <c r="O230" s="0">
+      <c r="O230">
         <v>2650</v>
       </c>
-      <c r="P230" s="0">
+      <c r="P230">
         <v>2610</v>
       </c>
-      <c r="Q230" s="0">
+      <c r="Q230">
         <v>2570</v>
       </c>
-      <c r="R230" s="0">
+      <c r="R230">
         <v>2570</v>
       </c>
     </row>
     <row r="231" spans="1:19">
-      <c r="A231" s="6" t="s">
+      <c r="A231" t="s">
         <v>39</v>
       </c>
-      <c r="B231" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C231" s="6">
+      <c r="B231" t="s">
+        <v>26</v>
+      </c>
+      <c r="C231">
         <v>600</v>
       </c>
-      <c r="D231" s="6">
+      <c r="D231">
         <v>4</v>
       </c>
-      <c r="E231" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F231" s="9">
+      <c r="E231" t="s">
+        <v>24</v>
+      </c>
+      <c r="F231" s="6">
         <v>3580</v>
       </c>
-      <c r="G231" s="6">
+      <c r="G231">
         <v>3500</v>
       </c>
-      <c r="H231" s="6">
+      <c r="H231">
         <v>3410</v>
       </c>
-      <c r="I231" s="6">
+      <c r="I231">
         <v>3330</v>
       </c>
-      <c r="J231" s="6">
+      <c r="J231">
         <v>3250</v>
       </c>
-      <c r="K231" s="6">
+      <c r="K231">
         <v>3170</v>
       </c>
-      <c r="L231" s="6">
+      <c r="L231">
         <v>3120</v>
       </c>
-      <c r="M231" s="6">
+      <c r="M231">
         <v>3070</v>
       </c>
-      <c r="N231" s="6">
+      <c r="N231">
         <v>3030</v>
       </c>
-      <c r="O231" s="6">
+      <c r="O231">
         <v>2980</v>
       </c>
-      <c r="P231" s="6">
+      <c r="P231">
         <v>2940</v>
       </c>
-      <c r="Q231" s="6">
+      <c r="Q231">
         <v>2900</v>
       </c>
-      <c r="R231" s="6">
+      <c r="R231">
         <v>2900</v>
       </c>
     </row>
     <row r="232" spans="1:19">
-      <c r="A232" s="0" t="s">
+      <c r="A232" t="s">
         <v>40</v>
       </c>
-      <c r="B232" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C232" s="0">
+      <c r="B232" t="s">
+        <v>26</v>
+      </c>
+      <c r="C232">
         <v>600</v>
       </c>
-      <c r="D232" s="0">
+      <c r="D232">
         <v>2</v>
       </c>
-      <c r="E232" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F232" s="8">
+      <c r="E232" t="s">
+        <v>24</v>
+      </c>
+      <c r="F232" s="6">
         <v>2850</v>
       </c>
-      <c r="G232" s="0">
+      <c r="G232">
         <v>2830</v>
       </c>
-      <c r="H232" s="0">
+      <c r="H232">
         <v>2780</v>
       </c>
-      <c r="I232" s="0">
+      <c r="I232">
         <v>2600</v>
       </c>
-      <c r="J232" s="0">
+      <c r="J232">
         <v>2500</v>
       </c>
-      <c r="K232" s="0">
+      <c r="K232">
         <v>2330</v>
       </c>
-      <c r="L232" s="0">
+      <c r="L232">
         <v>2250</v>
       </c>
-      <c r="M232" s="0">
+      <c r="M232">
         <v>2150</v>
       </c>
-      <c r="N232" s="0">
+      <c r="N232">
         <v>1990</v>
       </c>
-      <c r="O232" s="0">
+      <c r="O232">
         <v>1880</v>
       </c>
-      <c r="P232" s="0">
+      <c r="P232">
         <v>1780</v>
       </c>
-      <c r="Q232" s="0">
+      <c r="Q232">
         <v>1650</v>
       </c>
-      <c r="R232" s="0">
+      <c r="R232">
         <v>1650</v>
       </c>
     </row>
     <row r="233" spans="1:19">
-      <c r="A233" s="6" t="s">
+      <c r="A233" t="s">
         <v>43</v>
       </c>
-      <c r="B233" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C233" s="6">
+      <c r="B233" t="s">
+        <v>26</v>
+      </c>
+      <c r="C233">
         <v>750</v>
       </c>
-      <c r="D233" s="6">
+      <c r="D233">
         <v>3</v>
       </c>
-      <c r="E233" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F233" s="9">
+      <c r="E233" t="s">
+        <v>24</v>
+      </c>
+      <c r="F233" s="6">
         <v>3680</v>
       </c>
-      <c r="G233" s="6">
+      <c r="G233">
         <v>3590</v>
       </c>
-      <c r="H233" s="6">
+      <c r="H233">
         <v>3500</v>
       </c>
-      <c r="I233" s="6">
+      <c r="I233">
         <v>3420</v>
       </c>
-      <c r="J233" s="6">
+      <c r="J233">
         <v>3340</v>
       </c>
-      <c r="K233" s="6">
+      <c r="K233">
         <v>3260</v>
       </c>
-      <c r="L233" s="6">
+      <c r="L233">
         <v>3210</v>
       </c>
-      <c r="M233" s="6">
+      <c r="M233">
         <v>3160</v>
       </c>
-      <c r="N233" s="6">
+      <c r="N233">
         <v>3110</v>
       </c>
-      <c r="O233" s="6">
+      <c r="O233">
         <v>3070</v>
       </c>
-      <c r="P233" s="6">
+      <c r="P233">
         <v>3020</v>
       </c>
-      <c r="Q233" s="6">
+      <c r="Q233">
         <v>2980</v>
       </c>
-      <c r="R233" s="6">
+      <c r="R233">
         <v>2980</v>
       </c>
     </row>
     <row r="234" spans="1:19">
-      <c r="A234" s="0" t="s">
+      <c r="A234" t="s">
         <v>48</v>
       </c>
-      <c r="B234" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C234" s="0">
+      <c r="B234" t="s">
+        <v>26</v>
+      </c>
+      <c r="C234">
         <v>3000</v>
       </c>
-      <c r="D234" s="0">
+      <c r="D234">
         <v>3</v>
       </c>
-      <c r="E234" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F234" s="8">
+      <c r="E234" t="s">
+        <v>24</v>
+      </c>
+      <c r="F234" s="6">
         <v>3200</v>
       </c>
-      <c r="G234" s="0">
+      <c r="G234">
         <v>3150</v>
       </c>
-      <c r="H234" s="0">
+      <c r="H234">
         <v>3070</v>
       </c>
-      <c r="I234" s="0">
+      <c r="I234">
         <v>3000</v>
       </c>
-      <c r="J234" s="0">
+      <c r="J234">
         <v>2800</v>
       </c>
-      <c r="K234" s="0">
+      <c r="K234">
         <v>2600</v>
       </c>
-      <c r="L234" s="0">
+      <c r="L234">
         <v>2500</v>
       </c>
-      <c r="M234" s="0">
+      <c r="M234">
         <v>2350</v>
       </c>
-      <c r="N234" s="0">
+      <c r="N234">
         <v>2250</v>
       </c>
-      <c r="O234" s="0">
+      <c r="O234">
         <v>2150</v>
       </c>
-      <c r="P234" s="0">
+      <c r="P234">
         <v>2080</v>
       </c>
-      <c r="Q234" s="0">
+      <c r="Q234">
         <v>2020</v>
       </c>
-      <c r="R234" s="0">
+      <c r="R234">
         <v>2020</v>
       </c>
     </row>
     <row r="235" spans="1:19">
-      <c r="A235" s="6" t="s">
+      <c r="A235" t="s">
         <v>49</v>
       </c>
-      <c r="B235" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C235" s="6">
+      <c r="B235" t="s">
+        <v>26</v>
+      </c>
+      <c r="C235">
         <v>700</v>
       </c>
-      <c r="D235" s="6">
+      <c r="D235">
         <v>3</v>
       </c>
-      <c r="E235" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F235" s="9">
+      <c r="E235" t="s">
+        <v>24</v>
+      </c>
+      <c r="F235" s="6">
         <v>3800</v>
       </c>
-      <c r="G235" s="6">
+      <c r="G235">
         <v>3710</v>
       </c>
-      <c r="H235" s="6">
+      <c r="H235">
         <v>3620</v>
       </c>
-      <c r="I235" s="6">
+      <c r="I235">
         <v>3530</v>
       </c>
-      <c r="J235" s="6">
+      <c r="J235">
         <v>3440</v>
       </c>
-      <c r="K235" s="6">
+      <c r="K235">
         <v>3360</v>
       </c>
-      <c r="L235" s="6">
+      <c r="L235">
         <v>3310</v>
       </c>
-      <c r="M235" s="6">
+      <c r="M235">
         <v>3260</v>
       </c>
-      <c r="N235" s="6">
+      <c r="N235">
         <v>3210</v>
       </c>
-      <c r="O235" s="6">
+      <c r="O235">
         <v>3160</v>
       </c>
-      <c r="P235" s="6">
+      <c r="P235">
         <v>3120</v>
       </c>
-      <c r="Q235" s="6">
+      <c r="Q235">
         <v>3070</v>
       </c>
-      <c r="R235" s="6">
+      <c r="R235">
         <v>3070</v>
       </c>
     </row>
     <row r="236" spans="1:19">
-      <c r="A236" s="0" t="s">
+      <c r="A236" t="s">
         <v>50</v>
       </c>
-      <c r="B236" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C236" s="0">
+      <c r="B236" t="s">
+        <v>26</v>
+      </c>
+      <c r="C236">
         <v>2000</v>
       </c>
-      <c r="D236" s="0">
+      <c r="D236">
         <v>7</v>
       </c>
-      <c r="E236" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F236" s="8">
+      <c r="E236" t="s">
+        <v>24</v>
+      </c>
+      <c r="F236" s="6">
         <v>8310</v>
       </c>
-      <c r="G236" s="0">
+      <c r="G236">
         <v>8100</v>
       </c>
-      <c r="H236" s="0">
+      <c r="H236">
         <v>7890</v>
       </c>
-      <c r="I236" s="0">
+      <c r="I236">
         <v>7710</v>
       </c>
-      <c r="J236" s="0">
+      <c r="J236">
         <v>7510</v>
       </c>
-      <c r="K236" s="0">
+      <c r="K236">
         <v>7330</v>
       </c>
-      <c r="L236" s="0">
+      <c r="L236">
         <v>7170</v>
       </c>
-      <c r="M236" s="0">
+      <c r="M236">
         <v>7060</v>
       </c>
-      <c r="N236" s="0">
+      <c r="N236">
         <v>6960</v>
       </c>
-      <c r="O236" s="0">
+      <c r="O236">
         <v>6860</v>
       </c>
-      <c r="P236" s="0">
+      <c r="P236">
         <v>6760</v>
       </c>
-      <c r="Q236" s="0">
+      <c r="Q236">
         <v>6660</v>
       </c>
-      <c r="R236" s="0">
+      <c r="R236">
         <v>6660</v>
       </c>
     </row>
     <row r="237" spans="1:19">
-      <c r="A237" s="6" t="s">
+      <c r="A237" t="s">
         <v>59</v>
       </c>
-      <c r="B237" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C237" s="6">
+      <c r="B237" t="s">
+        <v>26</v>
+      </c>
+      <c r="C237">
         <v>1000</v>
       </c>
-      <c r="D237" s="6">
+      <c r="D237">
         <v>3</v>
       </c>
-      <c r="E237" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F237" s="9">
+      <c r="E237" t="s">
+        <v>24</v>
+      </c>
+      <c r="F237" s="6">
         <v>4200</v>
       </c>
-      <c r="G237" s="6">
+      <c r="G237">
         <v>4160</v>
       </c>
-      <c r="H237" s="6">
+      <c r="H237">
         <v>4120</v>
       </c>
-      <c r="I237" s="6">
+      <c r="I237">
         <v>4080</v>
       </c>
-      <c r="J237" s="6">
+      <c r="J237">
         <v>4040</v>
       </c>
-      <c r="K237" s="6">
+      <c r="K237">
         <v>4000</v>
       </c>
-      <c r="L237" s="6">
+      <c r="L237">
         <v>3900</v>
       </c>
-      <c r="M237" s="6">
+      <c r="M237">
         <v>3840</v>
       </c>
-      <c r="N237" s="6">
+      <c r="N237">
         <v>3760</v>
       </c>
-      <c r="O237" s="6">
+      <c r="O237">
         <v>3700</v>
       </c>
-      <c r="P237" s="6">
+      <c r="P237">
         <v>3650</v>
       </c>
-      <c r="Q237" s="6">
+      <c r="Q237">
         <v>3600</v>
       </c>
-      <c r="R237" s="6">
+      <c r="R237">
         <v>3600</v>
       </c>
     </row>
     <row r="238" spans="1:19">
-      <c r="A238" s="0" t="s">
+      <c r="A238" t="s">
         <v>62</v>
       </c>
-      <c r="B238" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C238" s="0">
+      <c r="B238" t="s">
+        <v>26</v>
+      </c>
+      <c r="C238">
         <v>660</v>
       </c>
-      <c r="D238" s="0">
+      <c r="D238">
         <v>2</v>
       </c>
-      <c r="E238" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F238" s="8">
+      <c r="E238" t="s">
+        <v>24</v>
+      </c>
+      <c r="F238" s="6">
         <v>2040</v>
       </c>
-      <c r="G238" s="0">
+      <c r="G238">
         <v>2020</v>
       </c>
-      <c r="H238" s="0">
+      <c r="H238">
         <v>1960</v>
       </c>
-      <c r="I238" s="0">
+      <c r="I238">
         <v>1930</v>
       </c>
-      <c r="J238" s="0">
+      <c r="J238">
         <v>1870</v>
       </c>
-      <c r="K238" s="0">
+      <c r="K238">
         <v>1820</v>
       </c>
-      <c r="L238" s="0">
+      <c r="L238">
         <v>1760</v>
       </c>
-      <c r="M238" s="0">
+      <c r="M238">
         <v>1700</v>
       </c>
-      <c r="N238" s="0">
+      <c r="N238">
         <v>1600</v>
       </c>
-      <c r="O238" s="0">
+      <c r="O238">
         <v>1550</v>
       </c>
-      <c r="P238" s="0">
+      <c r="P238">
         <v>1550</v>
       </c>
-      <c r="Q238" s="0">
+      <c r="Q238">
         <v>1550</v>
       </c>
-      <c r="R238" s="0">
+      <c r="R238">
         <v>1550</v>
       </c>
     </row>
     <row r="239" spans="1:19">
-      <c r="A239" s="6" t="s">
+      <c r="A239" t="s">
         <v>65</v>
       </c>
-      <c r="B239" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C239" s="6">
+      <c r="B239" t="s">
+        <v>26</v>
+      </c>
+      <c r="C239">
         <v>1000</v>
       </c>
-      <c r="D239" s="6">
+      <c r="D239">
         <v>5</v>
       </c>
-      <c r="E239" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F239" s="9">
+      <c r="E239" t="s">
+        <v>24</v>
+      </c>
+      <c r="F239" s="6">
         <v>4570</v>
       </c>
-      <c r="G239" s="6">
+      <c r="G239">
         <v>4450</v>
       </c>
-      <c r="H239" s="6">
+      <c r="H239">
         <v>4340</v>
       </c>
-      <c r="I239" s="6">
+      <c r="I239">
         <v>4240</v>
       </c>
-      <c r="J239" s="6">
+      <c r="J239">
         <v>4130</v>
       </c>
-      <c r="K239" s="6">
+      <c r="K239">
         <v>4030</v>
       </c>
-      <c r="L239" s="6">
+      <c r="L239">
         <v>3970</v>
       </c>
-      <c r="M239" s="6">
+      <c r="M239">
         <v>3910</v>
       </c>
-      <c r="N239" s="6">
+      <c r="N239">
         <v>3850</v>
       </c>
-      <c r="O239" s="6">
+      <c r="O239">
         <v>3800</v>
       </c>
-      <c r="P239" s="6">
+      <c r="P239">
         <v>3740</v>
       </c>
-      <c r="Q239" s="6">
+      <c r="Q239">
         <v>3690</v>
       </c>
-      <c r="R239" s="6">
+      <c r="R239">
         <v>3690</v>
       </c>
     </row>
     <row r="240" spans="1:19">
-      <c r="A240" s="0" t="s">
+      <c r="A240" t="s">
         <v>66</v>
       </c>
-      <c r="B240" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C240" s="0">
+      <c r="B240" t="s">
+        <v>26</v>
+      </c>
+      <c r="C240">
         <v>700</v>
       </c>
-      <c r="D240" s="0">
+      <c r="D240">
         <v>5</v>
       </c>
-      <c r="E240" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F240" s="8">
+      <c r="E240" t="s">
+        <v>24</v>
+      </c>
+      <c r="F240" s="6">
         <v>5330</v>
       </c>
-      <c r="G240" s="0">
+      <c r="G240">
         <v>5200</v>
       </c>
-      <c r="H240" s="0">
+      <c r="H240">
         <v>5070</v>
       </c>
-      <c r="I240" s="0">
+      <c r="I240">
         <v>4950</v>
       </c>
-      <c r="J240" s="0">
+      <c r="J240">
         <v>4830</v>
       </c>
-      <c r="K240" s="0">
+      <c r="K240">
         <v>4710</v>
       </c>
-      <c r="L240" s="0">
+      <c r="L240">
         <v>4640</v>
       </c>
-      <c r="M240" s="0">
+      <c r="M240">
         <v>4570</v>
       </c>
-      <c r="N240" s="0">
+      <c r="N240">
         <v>4500</v>
       </c>
-      <c r="O240" s="0">
+      <c r="O240">
         <v>4440</v>
       </c>
-      <c r="P240" s="0">
+      <c r="P240">
         <v>4370</v>
       </c>
-      <c r="Q240" s="0">
+      <c r="Q240">
         <v>4310</v>
       </c>
-      <c r="R240" s="0">
+      <c r="R240">
         <v>4310</v>
       </c>
     </row>
     <row r="241" spans="1:19">
-      <c r="A241" s="6" t="s">
+      <c r="A241" t="s">
         <v>68</v>
       </c>
-      <c r="B241" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C241" s="6">
+      <c r="B241" t="s">
+        <v>26</v>
+      </c>
+      <c r="C241">
         <v>900</v>
       </c>
-      <c r="D241" s="6">
+      <c r="D241">
         <v>3</v>
       </c>
-      <c r="E241" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F241" s="9">
+      <c r="E241" t="s">
+        <v>24</v>
+      </c>
+      <c r="F241" s="6">
         <v>5140</v>
       </c>
-      <c r="G241" s="6">
+      <c r="G241">
         <v>5010</v>
       </c>
-      <c r="H241" s="6">
+      <c r="H241">
         <v>4890</v>
       </c>
-      <c r="I241" s="6">
+      <c r="I241">
         <v>4770</v>
       </c>
-      <c r="J241" s="6">
+      <c r="J241">
         <v>4660</v>
       </c>
-      <c r="K241" s="6">
+      <c r="K241">
         <v>4540</v>
       </c>
-      <c r="L241" s="6">
+      <c r="L241">
         <v>4480</v>
       </c>
-      <c r="M241" s="6">
+      <c r="M241">
         <v>4410</v>
       </c>
-      <c r="N241" s="6">
+      <c r="N241">
         <v>4350</v>
       </c>
-      <c r="O241" s="6">
+      <c r="O241">
         <v>4280</v>
       </c>
-      <c r="P241" s="6">
+      <c r="P241">
         <v>4220</v>
       </c>
-      <c r="Q241" s="6">
+      <c r="Q241">
         <v>4160</v>
       </c>
-      <c r="R241" s="6">
+      <c r="R241">
         <v>4160</v>
       </c>
     </row>
     <row r="242" spans="1:19">
-      <c r="A242" s="0" t="s">
+      <c r="A242" t="s">
         <v>70</v>
       </c>
-      <c r="B242" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C242" s="0">
+      <c r="B242" t="s">
+        <v>26</v>
+      </c>
+      <c r="C242">
         <v>700</v>
       </c>
-      <c r="D242" s="0">
+      <c r="D242">
         <v>4</v>
       </c>
-      <c r="E242" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F242" s="8">
+      <c r="E242" t="s">
+        <v>24</v>
+      </c>
+      <c r="F242" s="6">
         <v>5960</v>
       </c>
-      <c r="G242" s="0">
+      <c r="G242">
         <v>5820</v>
       </c>
-      <c r="H242" s="0">
+      <c r="H242">
         <v>5670</v>
       </c>
-      <c r="I242" s="0">
+      <c r="I242">
         <v>5540</v>
       </c>
-      <c r="J242" s="0">
+      <c r="J242">
         <v>5400</v>
       </c>
-      <c r="K242" s="0">
+      <c r="K242">
         <v>5270</v>
       </c>
-      <c r="L242" s="0">
+      <c r="L242">
         <v>5190</v>
       </c>
-      <c r="M242" s="0">
+      <c r="M242">
         <v>5110</v>
       </c>
-      <c r="N242" s="0">
+      <c r="N242">
         <v>5040</v>
       </c>
-      <c r="O242" s="0">
+      <c r="O242">
         <v>4960</v>
       </c>
-      <c r="P242" s="0">
+      <c r="P242">
         <v>4890</v>
       </c>
-      <c r="Q242" s="0">
+      <c r="Q242">
         <v>4820</v>
       </c>
-      <c r="R242" s="0">
+      <c r="R242">
         <v>4820</v>
       </c>
     </row>
     <row r="243" spans="1:19">
-      <c r="A243" s="6" t="s">
+      <c r="A243" t="s">
         <v>71</v>
       </c>
-      <c r="B243" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C243" s="6">
+      <c r="B243" t="s">
+        <v>26</v>
+      </c>
+      <c r="C243">
         <v>350</v>
       </c>
-      <c r="D243" s="6">
+      <c r="D243">
         <v>3</v>
       </c>
-      <c r="E243" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F243" s="9">
+      <c r="E243" t="s">
+        <v>24</v>
+      </c>
+      <c r="F243" s="6">
         <v>3760</v>
       </c>
-      <c r="G243" s="6">
+      <c r="G243">
         <v>3660</v>
       </c>
-      <c r="H243" s="6">
+      <c r="H243">
         <v>3580</v>
       </c>
-      <c r="I243" s="6">
+      <c r="I243">
         <v>3490</v>
       </c>
-      <c r="J243" s="6">
+      <c r="J243">
         <v>3400</v>
       </c>
-      <c r="K243" s="6">
+      <c r="K243">
         <v>3320</v>
       </c>
-      <c r="L243" s="6">
+      <c r="L243">
         <v>3270</v>
       </c>
-      <c r="M243" s="6">
+      <c r="M243">
         <v>3220</v>
       </c>
-      <c r="N243" s="6">
+      <c r="N243">
         <v>3180</v>
       </c>
-      <c r="O243" s="6">
+      <c r="O243">
         <v>3130</v>
       </c>
-      <c r="P243" s="6">
+      <c r="P243">
         <v>3080</v>
       </c>
-      <c r="Q243" s="6">
+      <c r="Q243">
         <v>3040</v>
       </c>
-      <c r="R243" s="6">
+      <c r="R243">
         <v>3040</v>
       </c>
     </row>
     <row r="244" spans="1:19">
-      <c r="A244" s="0" t="s">
+      <c r="A244" t="s">
         <v>72</v>
       </c>
-      <c r="B244" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C244" s="0">
+      <c r="B244" t="s">
+        <v>26</v>
+      </c>
+      <c r="C244">
         <v>880</v>
       </c>
-      <c r="D244" s="0">
+      <c r="D244">
         <v>1</v>
       </c>
-      <c r="E244" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F244" s="8">
+      <c r="E244" t="s">
+        <v>24</v>
+      </c>
+      <c r="F244" s="6">
         <v>4240</v>
       </c>
-      <c r="G244" s="0">
+      <c r="G244">
         <v>4140</v>
       </c>
-      <c r="H244" s="0">
+      <c r="H244">
         <v>4040</v>
       </c>
-      <c r="I244" s="0">
+      <c r="I244">
         <v>3940</v>
       </c>
-      <c r="J244" s="0">
+      <c r="J244">
         <v>3840</v>
       </c>
-      <c r="K244" s="0">
+      <c r="K244">
         <v>3750</v>
       </c>
-      <c r="L244" s="0">
+      <c r="L244">
         <v>3690</v>
       </c>
-      <c r="M244" s="0">
+      <c r="M244">
         <v>3640</v>
       </c>
-      <c r="N244" s="0">
+      <c r="N244">
         <v>3590</v>
       </c>
-      <c r="O244" s="0">
+      <c r="O244">
         <v>3530</v>
       </c>
-      <c r="P244" s="0">
+      <c r="P244">
         <v>3480</v>
       </c>
-      <c r="Q244" s="0">
+      <c r="Q244">
         <v>3430</v>
       </c>
-      <c r="R244" s="0">
+      <c r="R244">
         <v>3430</v>
       </c>
     </row>
     <row r="245" spans="1:19">
-      <c r="A245" s="6" t="s">
+      <c r="A245" t="s">
         <v>73</v>
       </c>
-      <c r="B245" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C245" s="6">
+      <c r="B245" t="s">
+        <v>26</v>
+      </c>
+      <c r="C245">
         <v>700</v>
       </c>
-      <c r="D245" s="6">
+      <c r="D245">
         <v>4</v>
       </c>
-      <c r="E245" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F245" s="9">
+      <c r="E245" t="s">
+        <v>24</v>
+      </c>
+      <c r="F245" s="6">
         <v>3970</v>
       </c>
-      <c r="G245" s="6">
+      <c r="G245">
         <v>3870</v>
       </c>
-      <c r="H245" s="6">
+      <c r="H245">
         <v>3780</v>
       </c>
-      <c r="I245" s="6">
+      <c r="I245">
         <v>3690</v>
       </c>
-      <c r="J245" s="6">
+      <c r="J245">
         <v>3600</v>
       </c>
-      <c r="K245" s="6">
+      <c r="K245">
         <v>3510</v>
       </c>
-      <c r="L245" s="6">
+      <c r="L245">
         <v>3460</v>
       </c>
-      <c r="M245" s="6">
+      <c r="M245">
         <v>3410</v>
       </c>
-      <c r="N245" s="6">
+      <c r="N245">
         <v>3360</v>
       </c>
-      <c r="O245" s="6">
+      <c r="O245">
         <v>3310</v>
       </c>
-      <c r="P245" s="6">
+      <c r="P245">
         <v>3260</v>
       </c>
-      <c r="Q245" s="6">
+      <c r="Q245">
         <v>3210</v>
       </c>
-      <c r="R245" s="6">
+      <c r="R245">
         <v>3210</v>
       </c>
     </row>
     <row r="246" spans="1:19">
-      <c r="A246" s="0" t="s">
+      <c r="A246" t="s">
         <v>74</v>
       </c>
-      <c r="B246" s="0" t="s">
-[...5 lines deleted...]
-      <c r="D246" s="0">
+      <c r="B246" t="s">
+        <v>26</v>
+      </c>
+      <c r="C246">
+        <v>600</v>
+      </c>
+      <c r="D246">
         <v>2</v>
       </c>
-      <c r="E246" s="0" t="s">
-[...14 lines deleted...]
-      <c r="J246" s="0">
+      <c r="E246" t="s">
+        <v>24</v>
+      </c>
+      <c r="F246" s="6">
+        <v>4450</v>
+      </c>
+      <c r="G246">
+        <v>4340</v>
+      </c>
+      <c r="H246">
+        <v>4240</v>
+      </c>
+      <c r="I246">
+        <v>4130</v>
+      </c>
+      <c r="J246">
+        <v>4030</v>
+      </c>
+      <c r="K246">
+        <v>3930</v>
+      </c>
+      <c r="L246">
+        <v>3880</v>
+      </c>
+      <c r="M246">
+        <v>3820</v>
+      </c>
+      <c r="N246">
+        <v>3760</v>
+      </c>
+      <c r="O246">
+        <v>3710</v>
+      </c>
+      <c r="P246">
+        <v>3650</v>
+      </c>
+      <c r="Q246">
+        <v>3600</v>
+      </c>
+      <c r="R246">
+        <v>3600</v>
+      </c>
+    </row>
+    <row r="247" spans="1:19">
+      <c r="A247" t="s">
+        <v>75</v>
+      </c>
+      <c r="B247" t="s">
+        <v>26</v>
+      </c>
+      <c r="C247">
+        <v>3900</v>
+      </c>
+      <c r="D247">
+        <v>4</v>
+      </c>
+      <c r="E247" t="s">
+        <v>24</v>
+      </c>
+      <c r="F247" s="6">
+        <v>10410</v>
+      </c>
+      <c r="G247">
+        <v>10160</v>
+      </c>
+      <c r="H247">
+        <v>9910</v>
+      </c>
+      <c r="I247">
+        <v>9670</v>
+      </c>
+      <c r="J247">
+        <v>9430</v>
+      </c>
+      <c r="K247">
+        <v>9200</v>
+      </c>
+      <c r="L247">
+        <v>9070</v>
+      </c>
+      <c r="M247">
+        <v>8930</v>
+      </c>
+      <c r="N247">
+        <v>8800</v>
+      </c>
+      <c r="O247">
+        <v>8670</v>
+      </c>
+      <c r="P247">
+        <v>8540</v>
+      </c>
+      <c r="Q247">
+        <v>8410</v>
+      </c>
+      <c r="R247">
+        <v>8410</v>
+      </c>
+    </row>
+    <row r="248" spans="1:19">
+      <c r="A248" t="s">
+        <v>77</v>
+      </c>
+      <c r="B248" t="s">
+        <v>26</v>
+      </c>
+      <c r="C248">
+        <v>1850</v>
+      </c>
+      <c r="D248">
+        <v>9</v>
+      </c>
+      <c r="E248" t="s">
+        <v>24</v>
+      </c>
+      <c r="F248" s="6">
+        <v>10700</v>
+      </c>
+      <c r="G248">
+        <v>10430</v>
+      </c>
+      <c r="H248">
+        <v>10180</v>
+      </c>
+      <c r="I248">
+        <v>9930</v>
+      </c>
+      <c r="J248">
+        <v>9680</v>
+      </c>
+      <c r="K248">
+        <v>9450</v>
+      </c>
+      <c r="L248">
+        <v>9310</v>
+      </c>
+      <c r="M248">
+        <v>9170</v>
+      </c>
+      <c r="N248">
+        <v>9040</v>
+      </c>
+      <c r="O248">
+        <v>8900</v>
+      </c>
+      <c r="P248">
+        <v>8770</v>
+      </c>
+      <c r="Q248">
+        <v>8650</v>
+      </c>
+      <c r="R248">
+        <v>8650</v>
+      </c>
+    </row>
+    <row r="249" spans="1:19">
+      <c r="A249" t="s">
+        <v>78</v>
+      </c>
+      <c r="B249" t="s">
+        <v>26</v>
+      </c>
+      <c r="C249">
+        <v>1850</v>
+      </c>
+      <c r="D249">
+        <v>4</v>
+      </c>
+      <c r="E249" t="s">
+        <v>24</v>
+      </c>
+      <c r="F249" s="6">
+        <v>7500</v>
+      </c>
+      <c r="G249">
+        <v>7310</v>
+      </c>
+      <c r="H249">
+        <v>7130</v>
+      </c>
+      <c r="I249">
+        <v>6960</v>
+      </c>
+      <c r="J249">
+        <v>6790</v>
+      </c>
+      <c r="K249">
+        <v>6630</v>
+      </c>
+      <c r="L249">
+        <v>6520</v>
+      </c>
+      <c r="M249">
+        <v>6430</v>
+      </c>
+      <c r="N249">
+        <v>6340</v>
+      </c>
+      <c r="O249">
+        <v>6240</v>
+      </c>
+      <c r="P249">
+        <v>6150</v>
+      </c>
+      <c r="Q249">
+        <v>6060</v>
+      </c>
+      <c r="R249">
+        <v>6060</v>
+      </c>
+    </row>
+    <row r="250" spans="1:19">
+      <c r="A250" t="s">
+        <v>79</v>
+      </c>
+      <c r="B250" t="s">
+        <v>26</v>
+      </c>
+      <c r="C250">
+        <v>1600</v>
+      </c>
+      <c r="D250">
+        <v>6</v>
+      </c>
+      <c r="E250" t="s">
+        <v>24</v>
+      </c>
+      <c r="F250" s="6">
+        <v>6030</v>
+      </c>
+      <c r="G250">
+        <v>6030</v>
+      </c>
+      <c r="H250">
+        <v>6010</v>
+      </c>
+      <c r="I250">
+        <v>5970</v>
+      </c>
+      <c r="J250">
+        <v>5940</v>
+      </c>
+      <c r="K250">
+        <v>5900</v>
+      </c>
+      <c r="L250">
+        <v>5870</v>
+      </c>
+      <c r="M250">
+        <v>5830</v>
+      </c>
+      <c r="N250">
+        <v>5800</v>
+      </c>
+      <c r="O250">
+        <v>5800</v>
+      </c>
+      <c r="P250">
+        <v>5760</v>
+      </c>
+      <c r="Q250">
+        <v>5760</v>
+      </c>
+      <c r="R250">
+        <v>5760</v>
+      </c>
+    </row>
+    <row r="251" spans="1:19">
+      <c r="A251" t="s">
+        <v>80</v>
+      </c>
+      <c r="B251" t="s">
+        <v>26</v>
+      </c>
+      <c r="C251">
+        <v>1180</v>
+      </c>
+      <c r="D251">
+        <v>5</v>
+      </c>
+      <c r="E251" t="s">
+        <v>24</v>
+      </c>
+      <c r="F251" s="6">
+        <v>4626</v>
+      </c>
+      <c r="G251">
+        <v>4510</v>
+      </c>
+      <c r="H251">
+        <v>4404</v>
+      </c>
+      <c r="I251">
+        <v>4299</v>
+      </c>
+      <c r="J251">
+        <v>4194</v>
+      </c>
+      <c r="K251">
+        <v>4090</v>
+      </c>
+      <c r="L251">
+        <v>4031</v>
+      </c>
+      <c r="M251">
+        <v>3973</v>
+      </c>
+      <c r="N251">
+        <v>3914</v>
+      </c>
+      <c r="O251">
+        <v>3856</v>
+      </c>
+      <c r="P251">
+        <v>3798</v>
+      </c>
+      <c r="Q251">
+        <v>3740</v>
+      </c>
+      <c r="R251">
+        <v>3740</v>
+      </c>
+    </row>
+    <row r="252" spans="1:19">
+      <c r="A252" t="s">
+        <v>81</v>
+      </c>
+      <c r="B252" t="s">
+        <v>26</v>
+      </c>
+      <c r="C252">
+        <v>1800</v>
+      </c>
+      <c r="D252">
+        <v>6</v>
+      </c>
+      <c r="E252" t="s">
+        <v>24</v>
+      </c>
+      <c r="F252" s="6">
+        <v>6300</v>
+      </c>
+      <c r="G252">
+        <v>6140</v>
+      </c>
+      <c r="H252">
+        <v>5990</v>
+      </c>
+      <c r="I252">
+        <v>5850</v>
+      </c>
+      <c r="J252">
+        <v>5700</v>
+      </c>
+      <c r="K252">
+        <v>5560</v>
+      </c>
+      <c r="L252">
+        <v>5480</v>
+      </c>
+      <c r="M252">
+        <v>5400</v>
+      </c>
+      <c r="N252">
+        <v>5310</v>
+      </c>
+      <c r="O252">
+        <v>5240</v>
+      </c>
+      <c r="P252">
+        <v>5160</v>
+      </c>
+      <c r="Q252">
+        <v>5090</v>
+      </c>
+      <c r="R252">
+        <v>5090</v>
+      </c>
+    </row>
+    <row r="253" spans="1:19">
+      <c r="A253" t="s">
+        <v>82</v>
+      </c>
+      <c r="B253" t="s">
+        <v>26</v>
+      </c>
+      <c r="C253">
+        <v>1000</v>
+      </c>
+      <c r="D253">
+        <v>5</v>
+      </c>
+      <c r="E253" t="s">
+        <v>24</v>
+      </c>
+      <c r="F253" s="6">
+        <v>5110</v>
+      </c>
+      <c r="G253">
+        <v>4980</v>
+      </c>
+      <c r="H253">
+        <v>4860</v>
+      </c>
+      <c r="I253">
+        <v>4740</v>
+      </c>
+      <c r="J253">
+        <v>4630</v>
+      </c>
+      <c r="K253">
+        <v>4510</v>
+      </c>
+      <c r="L253">
+        <v>4450</v>
+      </c>
+      <c r="M253">
+        <v>4380</v>
+      </c>
+      <c r="N253">
+        <v>4310</v>
+      </c>
+      <c r="O253">
+        <v>4250</v>
+      </c>
+      <c r="P253">
+        <v>4190</v>
+      </c>
+      <c r="Q253">
+        <v>4130</v>
+      </c>
+      <c r="R253">
+        <v>4130</v>
+      </c>
+    </row>
+    <row r="254" spans="1:19">
+      <c r="A254" t="s">
+        <v>84</v>
+      </c>
+      <c r="B254" t="s">
+        <v>26</v>
+      </c>
+      <c r="C254">
+        <v>700</v>
+      </c>
+      <c r="D254">
+        <v>4</v>
+      </c>
+      <c r="E254" t="s">
+        <v>24</v>
+      </c>
+      <c r="F254" s="6">
+        <v>4870</v>
+      </c>
+      <c r="G254">
+        <v>4770</v>
+      </c>
+      <c r="H254">
+        <v>4670</v>
+      </c>
+      <c r="I254">
+        <v>4580</v>
+      </c>
+      <c r="J254">
+        <v>4480</v>
+      </c>
+      <c r="K254">
+        <v>4390</v>
+      </c>
+      <c r="L254">
+        <v>4340</v>
+      </c>
+      <c r="M254">
+        <v>4280</v>
+      </c>
+      <c r="N254">
+        <v>4230</v>
+      </c>
+      <c r="O254">
+        <v>4180</v>
+      </c>
+      <c r="P254">
+        <v>4130</v>
+      </c>
+      <c r="Q254">
+        <v>4080</v>
+      </c>
+      <c r="R254">
+        <v>4080</v>
+      </c>
+    </row>
+    <row r="255" spans="1:19">
+      <c r="A255" t="s">
+        <v>86</v>
+      </c>
+      <c r="B255" t="s">
+        <v>26</v>
+      </c>
+      <c r="C255">
+        <v>650</v>
+      </c>
+      <c r="D255">
+        <v>3</v>
+      </c>
+      <c r="E255" t="s">
+        <v>24</v>
+      </c>
+      <c r="F255" s="6">
+        <v>4210</v>
+      </c>
+      <c r="G255">
+        <v>4100</v>
+      </c>
+      <c r="H255">
+        <v>4000</v>
+      </c>
+      <c r="I255">
+        <v>3910</v>
+      </c>
+      <c r="J255">
+        <v>3810</v>
+      </c>
+      <c r="K255">
+        <v>3720</v>
+      </c>
+      <c r="L255">
         <v>3660</v>
       </c>
-      <c r="K246" s="0">
-[...34 lines deleted...]
-      <c r="D247" s="6">
+      <c r="M255">
+        <v>3610</v>
+      </c>
+      <c r="N255">
+        <v>3560</v>
+      </c>
+      <c r="O255">
+        <v>3500</v>
+      </c>
+      <c r="P255">
+        <v>3450</v>
+      </c>
+      <c r="Q255">
+        <v>3400</v>
+      </c>
+      <c r="R255">
+        <v>3400</v>
+      </c>
+    </row>
+    <row r="256" spans="1:19">
+      <c r="A256" t="s">
+        <v>88</v>
+      </c>
+      <c r="B256" t="s">
+        <v>26</v>
+      </c>
+      <c r="C256">
+        <v>600</v>
+      </c>
+      <c r="D256">
+        <v>3</v>
+      </c>
+      <c r="E256" t="s">
+        <v>24</v>
+      </c>
+      <c r="F256" s="6">
+        <v>3050</v>
+      </c>
+      <c r="G256">
+        <v>3020</v>
+      </c>
+      <c r="H256">
+        <v>2980</v>
+      </c>
+      <c r="I256">
+        <v>2900</v>
+      </c>
+      <c r="J256">
+        <v>2810</v>
+      </c>
+      <c r="K256">
+        <v>2710</v>
+      </c>
+      <c r="L256">
+        <v>2600</v>
+      </c>
+      <c r="M256">
+        <v>2500</v>
+      </c>
+      <c r="N256">
+        <v>2420</v>
+      </c>
+      <c r="O256">
+        <v>2320</v>
+      </c>
+      <c r="P256">
+        <v>2220</v>
+      </c>
+      <c r="Q256">
+        <v>2130</v>
+      </c>
+      <c r="R256">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="257" spans="1:19">
+      <c r="A257" t="s">
+        <v>90</v>
+      </c>
+      <c r="B257" t="s">
+        <v>26</v>
+      </c>
+      <c r="C257">
+        <v>900</v>
+      </c>
+      <c r="D257">
         <v>4</v>
       </c>
-      <c r="E247" s="6" t="s">
-[...105 lines deleted...]
-      <c r="C249" s="6">
+      <c r="E257" t="s">
+        <v>24</v>
+      </c>
+      <c r="F257" s="6">
+        <v>5540</v>
+      </c>
+      <c r="G257">
+        <v>5400</v>
+      </c>
+      <c r="H257">
+        <v>5270</v>
+      </c>
+      <c r="I257">
+        <v>5140</v>
+      </c>
+      <c r="J257">
+        <v>5020</v>
+      </c>
+      <c r="K257">
+        <v>4900</v>
+      </c>
+      <c r="L257">
+        <v>4820</v>
+      </c>
+      <c r="M257">
+        <v>4750</v>
+      </c>
+      <c r="N257">
+        <v>4680</v>
+      </c>
+      <c r="O257">
+        <v>4610</v>
+      </c>
+      <c r="P257">
+        <v>4550</v>
+      </c>
+      <c r="Q257">
+        <v>4480</v>
+      </c>
+      <c r="R257">
+        <v>4480</v>
+      </c>
+    </row>
+    <row r="258" spans="1:19">
+      <c r="A258" t="s">
+        <v>94</v>
+      </c>
+      <c r="B258" t="s">
+        <v>26</v>
+      </c>
+      <c r="C258">
+        <v>600</v>
+      </c>
+      <c r="D258">
+        <v>3</v>
+      </c>
+      <c r="E258" t="s">
+        <v>24</v>
+      </c>
+      <c r="F258" s="6">
+        <v>2260</v>
+      </c>
+      <c r="G258">
+        <v>2250</v>
+      </c>
+      <c r="H258">
+        <v>2240</v>
+      </c>
+      <c r="I258">
+        <v>2230</v>
+      </c>
+      <c r="J258">
+        <v>2220</v>
+      </c>
+      <c r="K258">
+        <v>2210</v>
+      </c>
+      <c r="L258">
+        <v>2200</v>
+      </c>
+      <c r="M258">
+        <v>2170</v>
+      </c>
+      <c r="N258">
+        <v>2100</v>
+      </c>
+      <c r="O258">
+        <v>1910</v>
+      </c>
+      <c r="P258">
+        <v>1870</v>
+      </c>
+      <c r="Q258">
         <v>1850</v>
       </c>
-      <c r="D249" s="6">
-[...542 lines deleted...]
-      <c r="Q258" s="0">
+      <c r="R258">
         <v>1850</v>
       </c>
-      <c r="R258" s="0">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="259" spans="1:19">
-      <c r="A259" s="0" t="s">
+      <c r="A259" t="s">
         <v>95</v>
       </c>
-      <c r="B259" s="0"/>
-[...35 lines deleted...]
-      <c r="R260" s="0"/>
     </row>
     <row r="261" spans="1:19">
-      <c r="A261" s="0" t="s">
+      <c r="A261" t="s">
         <v>96</v>
       </c>
-      <c r="B261" s="0"/>
-[...15 lines deleted...]
-      <c r="R261" s="0"/>
     </row>
   </sheetData>
-  <sheetProtection password="BEF2A0" sheet="true" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="true" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="true" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <sheetProtection password="F3DC" sheet="1" insertRows="1" sort="1"/>
   <mergeCells>
     <mergeCell ref="A1:D3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A95:R95"/>
     <mergeCell ref="A96:R96"/>
     <mergeCell ref="A97:R97"/>
     <mergeCell ref="A98:R98"/>
     <mergeCell ref="A189:R189"/>
     <mergeCell ref="A190:R190"/>
     <mergeCell ref="A191:R191"/>
     <mergeCell ref="A192:R192"/>
     <mergeCell ref="A224:R224"/>
     <mergeCell ref="A225:R225"/>
     <mergeCell ref="A226:R226"/>
     <mergeCell ref="A227:R227"/>
     <mergeCell ref="A259:R259"/>
     <mergeCell ref="A260:R260"/>
     <mergeCell ref="A261:R261"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
-  <pageMargins left="0.7" right="0.7" top="0.1968503937007874" bottom="0.1968503937007874" header="0.3" footer="0.3"/>
-[...8 lines deleted...]
-  </headerFooter>
+  <pageMargins left="0.7" right="0.7" top="0.19685039370079" bottom="0.19685039370079" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft Corporation</Company>
+  <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>