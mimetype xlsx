--- v0 (2025-10-25)
+++ v1 (2026-02-08)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
-  <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Позвоните нам и наши менеджеры рассчитают стоимость Вашей перевозки!</t>
   </si>
   <si>
     <t>Телефон: +7 (41147) 7-67-79</t>
   </si>
   <si>
     <t>Сайт: http://www.railcontinent.ru/</t>
   </si>
   <si>
     <t>Тарифы из города НЕРЮНГРИ руб/кг</t>
   </si>
   <si>
     <t>В город</t>
   </si>
   <si>
     <t>Скоростной режим</t>
   </si>
   <si>
     <t>Мин. цена</t>
@@ -178,150 +178,136 @@
   <si>
     <t>авто+жд</t>
   </si>
   <si>
     <t>МОСКВА</t>
   </si>
   <si>
     <t>жд</t>
   </si>
   <si>
     <t>НОВОСИБИРСК</t>
   </si>
   <si>
     <t>САМАРА</t>
   </si>
   <si>
     <t>ТЮМЕНЬ</t>
   </si>
   <si>
     <t>Тарифы в город НЕРЮНГРИ руб/м3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="7"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...8 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
-[...2 lines deleted...]
-    </xf>
+  <cellXfs count="7">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
-[...4 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="3" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lo1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20f39754899fce9b8e0787eb9d3a669.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2095500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Рейл Континент" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -605,106 +591,94 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:S39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A36" sqref="A36"/>
+      <selection activeCell="A36" sqref="A36:R36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="14.664621" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14.831264" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="14.665" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14.831" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.5" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.5" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.5" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.5" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.5" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.5" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.5" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.5" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.5" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.5" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.5" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.5" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.5" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.5" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.5" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.5" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.5" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19">
-      <c r="A1" s="0"/>
-[...2 lines deleted...]
-      <c r="D1" s="0"/>
       <c r="R1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:19">
-      <c r="A2" s="0"/>
-[...2 lines deleted...]
-      <c r="D2" s="0"/>
       <c r="R2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:19">
-      <c r="A3" s="0"/>
-[...2 lines deleted...]
-      <c r="D3" s="0"/>
       <c r="R3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:19" customHeight="1" ht="20">
       <c r="A4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
@@ -744,280 +718,226 @@
         <v>14</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P5" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R5" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:19">
-      <c r="A6" s="6" t="s">
+      <c r="A6" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="6">
+      <c r="B6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6">
+        <v>2700</v>
+      </c>
+      <c r="D6">
+        <v>2</v>
+      </c>
+      <c r="E6" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" s="5">
+        <v>16.5</v>
+      </c>
+      <c r="G6">
+        <v>16.5</v>
+      </c>
+      <c r="H6">
+        <v>16.5</v>
+      </c>
+      <c r="I6">
+        <v>16.5</v>
+      </c>
+      <c r="J6">
+        <v>16.5</v>
+      </c>
+      <c r="K6">
+        <v>16.5</v>
+      </c>
+      <c r="L6">
+        <v>16.5</v>
+      </c>
+      <c r="M6">
+        <v>16.5</v>
+      </c>
+      <c r="N6">
+        <v>16.5</v>
+      </c>
+      <c r="O6">
+        <v>16.5</v>
+      </c>
+      <c r="P6">
+        <v>16.5</v>
+      </c>
+      <c r="Q6">
+        <v>16.5</v>
+      </c>
+      <c r="R6">
+        <v>16.5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:19">
+      <c r="A7" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7">
         <v>3200</v>
       </c>
-      <c r="D6" s="6">
-[...2 lines deleted...]
-      <c r="E6" s="6" t="s">
+      <c r="D7">
+        <v>0</v>
+      </c>
+      <c r="E7" t="s">
         <v>24</v>
       </c>
-      <c r="F6" s="7">
-[...40 lines deleted...]
-      <c r="A7" s="0" t="s">
+      <c r="F7" s="5">
+        <v>23</v>
+      </c>
+      <c r="G7">
+        <v>23</v>
+      </c>
+      <c r="H7">
+        <v>23</v>
+      </c>
+      <c r="I7">
+        <v>23</v>
+      </c>
+      <c r="J7">
+        <v>23</v>
+      </c>
+      <c r="K7">
+        <v>23</v>
+      </c>
+      <c r="L7">
+        <v>23</v>
+      </c>
+      <c r="M7">
+        <v>23</v>
+      </c>
+      <c r="N7">
+        <v>23</v>
+      </c>
+      <c r="O7">
+        <v>23</v>
+      </c>
+      <c r="P7">
+        <v>23</v>
+      </c>
+      <c r="Q7">
+        <v>23</v>
+      </c>
+      <c r="R7">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="8" spans="1:19">
+      <c r="A8" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8">
+        <v>4400</v>
+      </c>
+      <c r="D8">
+        <v>3</v>
+      </c>
+      <c r="E8" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" s="5">
+        <v>27.5</v>
+      </c>
+      <c r="G8">
+        <v>26.5</v>
+      </c>
+      <c r="H8">
+        <v>26</v>
+      </c>
+      <c r="I8">
+        <v>25.5</v>
+      </c>
+      <c r="J8">
+        <v>25.5</v>
+      </c>
+      <c r="K8">
+        <v>25.5</v>
+      </c>
+      <c r="L8">
+        <v>25.5</v>
+      </c>
+      <c r="M8">
         <v>25</v>
       </c>
-      <c r="B7" s="0" t="s">
-[...8 lines deleted...]
-      <c r="E7" s="0" t="s">
+      <c r="N8">
+        <v>24.5</v>
+      </c>
+      <c r="O8">
         <v>24</v>
       </c>
-      <c r="F7" s="5">
-[...61 lines deleted...]
-      <c r="H8" s="6">
+      <c r="P8">
         <v>23.5</v>
       </c>
-      <c r="I8" s="6">
-[...27 lines deleted...]
-        <v>21</v>
+      <c r="Q8">
+        <v>23</v>
+      </c>
+      <c r="R8">
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:19">
-      <c r="A9" s="0" t="s">
+      <c r="A9" t="s">
         <v>27</v>
       </c>
-      <c r="B9" s="0"/>
-[...35 lines deleted...]
-      <c r="R10" s="0"/>
     </row>
     <row r="11" spans="1:19">
-      <c r="A11" s="0" t="s">
+      <c r="A11" t="s">
         <v>28</v>
       </c>
-      <c r="B11" s="0"/>
-[...15 lines deleted...]
-      <c r="R11" s="0"/>
     </row>
     <row r="12" spans="1:19" customHeight="1" ht="20">
       <c r="A12" s="3" t="s">
         <v>29</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
       <c r="J12" s="2"/>
       <c r="K12" s="2"/>
       <c r="L12" s="2"/>
       <c r="M12" s="2"/>
       <c r="N12" s="2"/>
       <c r="O12" s="2"/>
       <c r="P12" s="2"/>
       <c r="Q12" s="2"/>
       <c r="R12" s="2"/>
     </row>
     <row r="13" spans="1:19" customHeight="1" ht="21">
       <c r="A13" s="4" t="s">
@@ -1054,280 +974,226 @@
         <v>35</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P13" s="4" t="s">
         <v>40</v>
       </c>
       <c r="Q13" s="4" t="s">
         <v>41</v>
       </c>
       <c r="R13" s="4" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:19">
-      <c r="A14" s="6" t="s">
+      <c r="A14" t="s">
         <v>22</v>
       </c>
-      <c r="B14" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="6">
+      <c r="B14" t="s">
+        <v>23</v>
+      </c>
+      <c r="C14">
+        <v>2700</v>
+      </c>
+      <c r="D14">
+        <v>2</v>
+      </c>
+      <c r="E14" t="s">
+        <v>24</v>
+      </c>
+      <c r="F14" s="6">
+        <v>3500</v>
+      </c>
+      <c r="G14">
+        <v>3500</v>
+      </c>
+      <c r="H14">
+        <v>3500</v>
+      </c>
+      <c r="I14">
+        <v>3500</v>
+      </c>
+      <c r="J14">
+        <v>3500</v>
+      </c>
+      <c r="K14">
+        <v>3500</v>
+      </c>
+      <c r="L14">
+        <v>3500</v>
+      </c>
+      <c r="M14">
+        <v>3500</v>
+      </c>
+      <c r="N14">
+        <v>3500</v>
+      </c>
+      <c r="O14">
+        <v>3500</v>
+      </c>
+      <c r="P14">
+        <v>3500</v>
+      </c>
+      <c r="Q14">
+        <v>3500</v>
+      </c>
+      <c r="R14">
+        <v>3500</v>
+      </c>
+    </row>
+    <row r="15" spans="1:19">
+      <c r="A15" t="s">
+        <v>25</v>
+      </c>
+      <c r="B15" t="s">
+        <v>23</v>
+      </c>
+      <c r="C15">
         <v>3200</v>
       </c>
-      <c r="D14" s="6">
-[...2 lines deleted...]
-      <c r="E14" s="6" t="s">
+      <c r="D15">
+        <v>0</v>
+      </c>
+      <c r="E15" t="s">
         <v>24</v>
       </c>
-      <c r="F14" s="9">
-[...52 lines deleted...]
-      <c r="E15" s="0" t="s">
+      <c r="F15" s="6">
+        <v>4180</v>
+      </c>
+      <c r="G15">
+        <v>4180</v>
+      </c>
+      <c r="H15">
+        <v>4180</v>
+      </c>
+      <c r="I15">
+        <v>4180</v>
+      </c>
+      <c r="J15">
+        <v>4180</v>
+      </c>
+      <c r="K15">
+        <v>4180</v>
+      </c>
+      <c r="L15">
+        <v>4180</v>
+      </c>
+      <c r="M15">
+        <v>4180</v>
+      </c>
+      <c r="N15">
+        <v>4180</v>
+      </c>
+      <c r="O15">
+        <v>4180</v>
+      </c>
+      <c r="P15">
+        <v>4180</v>
+      </c>
+      <c r="Q15">
+        <v>4180</v>
+      </c>
+      <c r="R15">
+        <v>4180</v>
+      </c>
+    </row>
+    <row r="16" spans="1:19">
+      <c r="A16" t="s">
+        <v>26</v>
+      </c>
+      <c r="B16" t="s">
+        <v>23</v>
+      </c>
+      <c r="C16">
+        <v>4400</v>
+      </c>
+      <c r="D16">
+        <v>3</v>
+      </c>
+      <c r="E16" t="s">
         <v>24</v>
       </c>
-      <c r="F15" s="8">
-[...55 lines deleted...]
-      <c r="F16" s="9">
+      <c r="F16" s="6">
+        <v>5000</v>
+      </c>
+      <c r="G16">
+        <v>5000</v>
+      </c>
+      <c r="H16">
+        <v>4950</v>
+      </c>
+      <c r="I16">
+        <v>4900</v>
+      </c>
+      <c r="J16">
+        <v>4800</v>
+      </c>
+      <c r="K16">
+        <v>4750</v>
+      </c>
+      <c r="L16">
+        <v>4750</v>
+      </c>
+      <c r="M16">
+        <v>4680</v>
+      </c>
+      <c r="N16">
+        <v>4600</v>
+      </c>
+      <c r="O16">
         <v>4560</v>
       </c>
-      <c r="G16" s="6">
-[...2 lines deleted...]
-      <c r="H16" s="6">
+      <c r="P16">
         <v>4500</v>
       </c>
-      <c r="I16" s="6">
-[...27 lines deleted...]
-        <v>4100</v>
+      <c r="Q16">
+        <v>4400</v>
+      </c>
+      <c r="R16">
+        <v>4400</v>
       </c>
     </row>
     <row r="17" spans="1:19">
-      <c r="A17" s="0" t="s">
+      <c r="A17" t="s">
         <v>27</v>
       </c>
-      <c r="B17" s="0"/>
-[...35 lines deleted...]
-      <c r="R18" s="0"/>
     </row>
     <row r="19" spans="1:19">
-      <c r="A19" s="0" t="s">
+      <c r="A19" t="s">
         <v>28</v>
       </c>
-      <c r="B19" s="0"/>
-[...15 lines deleted...]
-      <c r="R19" s="0"/>
     </row>
     <row r="20" spans="1:19" customHeight="1" ht="20">
       <c r="A20" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="2"/>
       <c r="K20" s="2"/>
       <c r="L20" s="2"/>
       <c r="M20" s="2"/>
       <c r="N20" s="2"/>
       <c r="O20" s="2"/>
       <c r="P20" s="2"/>
       <c r="Q20" s="2"/>
       <c r="R20" s="2"/>
     </row>
     <row r="21" spans="1:19" customHeight="1" ht="21">
       <c r="A21" s="4" t="s">
@@ -1364,392 +1230,338 @@
         <v>14</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P21" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q21" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R21" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:19">
-      <c r="A22" s="6" t="s">
+      <c r="A22" t="s">
         <v>45</v>
       </c>
-      <c r="B22" s="6" t="s">
+      <c r="B22" t="s">
         <v>46</v>
       </c>
-      <c r="C22" s="6">
+      <c r="C22">
         <v>2150</v>
       </c>
-      <c r="D22" s="6">
+      <c r="D22">
         <v>13</v>
       </c>
-      <c r="E22" s="6" t="s">
+      <c r="E22" t="s">
         <v>24</v>
       </c>
-      <c r="F22" s="7">
+      <c r="F22" s="5">
+        <v>34.7</v>
+      </c>
+      <c r="G22">
+        <v>33.90000000000001</v>
+      </c>
+      <c r="H22">
         <v>33.1</v>
       </c>
-      <c r="G22" s="6">
+      <c r="I22">
         <v>32.3</v>
       </c>
-      <c r="H22" s="6">
+      <c r="J22">
         <v>31.5</v>
       </c>
-      <c r="I22" s="6">
-[...2 lines deleted...]
-      <c r="J22" s="6">
+      <c r="K22">
+        <v>30.7</v>
+      </c>
+      <c r="L22">
+        <v>30.3</v>
+      </c>
+      <c r="M22">
+        <v>29.9</v>
+      </c>
+      <c r="N22">
+        <v>29.5</v>
+      </c>
+      <c r="O22">
+        <v>29.1</v>
+      </c>
+      <c r="P22">
+        <v>28.7</v>
+      </c>
+      <c r="Q22">
+        <v>28.3</v>
+      </c>
+      <c r="R22">
+        <v>28.3</v>
+      </c>
+    </row>
+    <row r="23" spans="1:19">
+      <c r="A23" t="s">
+        <v>47</v>
+      </c>
+      <c r="B23" t="s">
+        <v>48</v>
+      </c>
+      <c r="C23">
+        <v>2850</v>
+      </c>
+      <c r="D23">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>24</v>
+      </c>
+      <c r="F23" s="5">
         <v>30.1</v>
       </c>
-      <c r="K22" s="6">
+      <c r="G23">
         <v>29.4</v>
       </c>
-      <c r="L22" s="6">
-[...14 lines deleted...]
-      <c r="Q22" s="6">
+      <c r="H23">
+        <v>28.7</v>
+      </c>
+      <c r="I23">
+        <v>28.0</v>
+      </c>
+      <c r="J23">
+        <v>27.3</v>
+      </c>
+      <c r="K23">
+        <v>26.6</v>
+      </c>
+      <c r="L23">
+        <v>26.2</v>
+      </c>
+      <c r="M23">
+        <v>25.8</v>
+      </c>
+      <c r="N23">
+        <v>25.4</v>
+      </c>
+      <c r="O23">
+        <v>25.0</v>
+      </c>
+      <c r="P23">
+        <v>24.6</v>
+      </c>
+      <c r="Q23">
+        <v>24.2</v>
+      </c>
+      <c r="R23">
+        <v>24.2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:19">
+      <c r="A24" t="s">
+        <v>49</v>
+      </c>
+      <c r="B24" t="s">
+        <v>48</v>
+      </c>
+      <c r="C24">
+        <v>1500</v>
+      </c>
+      <c r="D24">
+        <v>10</v>
+      </c>
+      <c r="E24" t="s">
+        <v>24</v>
+      </c>
+      <c r="F24" s="5">
+        <v>16.7</v>
+      </c>
+      <c r="G24">
+        <v>16.3</v>
+      </c>
+      <c r="H24">
+        <v>15.9</v>
+      </c>
+      <c r="I24">
+        <v>15.5</v>
+      </c>
+      <c r="J24">
+        <v>15.1</v>
+      </c>
+      <c r="K24">
+        <v>14.7</v>
+      </c>
+      <c r="L24">
+        <v>14.5</v>
+      </c>
+      <c r="M24">
+        <v>14.3</v>
+      </c>
+      <c r="N24">
+        <v>14.1</v>
+      </c>
+      <c r="O24">
+        <v>13.9</v>
+      </c>
+      <c r="P24">
+        <v>13.7</v>
+      </c>
+      <c r="Q24">
+        <v>13.5</v>
+      </c>
+      <c r="R24">
+        <v>13.5</v>
+      </c>
+    </row>
+    <row r="25" spans="1:19">
+      <c r="A25" t="s">
+        <v>50</v>
+      </c>
+      <c r="B25" t="s">
+        <v>46</v>
+      </c>
+      <c r="C25">
+        <v>2200</v>
+      </c>
+      <c r="D25">
+        <v>18</v>
+      </c>
+      <c r="E25" t="s">
+        <v>24</v>
+      </c>
+      <c r="F25" s="5">
+        <v>65.099999999999994</v>
+      </c>
+      <c r="G25">
+        <v>63.5</v>
+      </c>
+      <c r="H25">
+        <v>62.0</v>
+      </c>
+      <c r="I25">
+        <v>60.5</v>
+      </c>
+      <c r="J25">
+        <v>59.0</v>
+      </c>
+      <c r="K25">
+        <v>57.5</v>
+      </c>
+      <c r="L25">
+        <v>56.7</v>
+      </c>
+      <c r="M25">
+        <v>55.90000000000001</v>
+      </c>
+      <c r="N25">
+        <v>55.1</v>
+      </c>
+      <c r="O25">
+        <v>54.3</v>
+      </c>
+      <c r="P25">
+        <v>53.5</v>
+      </c>
+      <c r="Q25">
+        <v>52.7</v>
+      </c>
+      <c r="R25">
+        <v>52.7</v>
+      </c>
+    </row>
+    <row r="26" spans="1:19">
+      <c r="A26" t="s">
+        <v>51</v>
+      </c>
+      <c r="B26" t="s">
+        <v>46</v>
+      </c>
+      <c r="C26">
+        <v>3150</v>
+      </c>
+      <c r="D26">
+        <v>14</v>
+      </c>
+      <c r="E26" t="s">
+        <v>24</v>
+      </c>
+      <c r="F26" s="5">
+        <v>48.099999999999994</v>
+      </c>
+      <c r="G26">
+        <v>47.0</v>
+      </c>
+      <c r="H26">
+        <v>45.9</v>
+      </c>
+      <c r="I26">
+        <v>44.8</v>
+      </c>
+      <c r="J26">
+        <v>43.7</v>
+      </c>
+      <c r="K26">
+        <v>42.59999999999999</v>
+      </c>
+      <c r="L26">
+        <v>42.0</v>
+      </c>
+      <c r="M26">
+        <v>41.40000000000001</v>
+      </c>
+      <c r="N26">
+        <v>40.8</v>
+      </c>
+      <c r="O26">
+        <v>40.2</v>
+      </c>
+      <c r="P26">
+        <v>39.59999999999999</v>
+      </c>
+      <c r="Q26">
+        <v>39.0</v>
+      </c>
+      <c r="R26">
+        <v>39.0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:19">
+      <c r="A27" t="s">
         <v>27</v>
       </c>
-      <c r="R22" s="6">
-[...267 lines deleted...]
-      <c r="R28" s="0"/>
     </row>
     <row r="29" spans="1:19">
-      <c r="A29" s="0" t="s">
+      <c r="A29" t="s">
         <v>28</v>
       </c>
-      <c r="B29" s="0"/>
-[...15 lines deleted...]
-      <c r="R29" s="0"/>
     </row>
     <row r="30" spans="1:19" customHeight="1" ht="20">
       <c r="A30" s="3" t="s">
         <v>52</v>
       </c>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
       <c r="D30" s="2"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
       <c r="J30" s="2"/>
       <c r="K30" s="2"/>
       <c r="L30" s="2"/>
       <c r="M30" s="2"/>
       <c r="N30" s="2"/>
       <c r="O30" s="2"/>
       <c r="P30" s="2"/>
       <c r="Q30" s="2"/>
       <c r="R30" s="2"/>
     </row>
     <row r="31" spans="1:19" customHeight="1" ht="21">
       <c r="A31" s="4" t="s">
@@ -1786,446 +1598,385 @@
         <v>35</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P31" s="4" t="s">
         <v>40</v>
       </c>
       <c r="Q31" s="4" t="s">
         <v>41</v>
       </c>
       <c r="R31" s="4" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="32" spans="1:19">
-      <c r="A32" s="6" t="s">
+      <c r="A32" t="s">
         <v>45</v>
       </c>
-      <c r="B32" s="6" t="s">
+      <c r="B32" t="s">
         <v>46</v>
       </c>
-      <c r="C32" s="6">
+      <c r="C32">
         <v>2150</v>
       </c>
-      <c r="D32" s="6">
+      <c r="D32">
         <v>13</v>
       </c>
-      <c r="E32" s="6" t="s">
+      <c r="E32" t="s">
         <v>24</v>
       </c>
-      <c r="F32" s="9">
-[...36 lines deleted...]
-        <v>7960</v>
+      <c r="F32" s="6">
+        <v>10410</v>
+      </c>
+      <c r="G32">
+        <v>10160</v>
+      </c>
+      <c r="H32">
+        <v>9910</v>
+      </c>
+      <c r="I32">
+        <v>9660</v>
+      </c>
+      <c r="J32">
+        <v>9430</v>
+      </c>
+      <c r="K32">
+        <v>9200</v>
+      </c>
+      <c r="L32">
+        <v>9060</v>
+      </c>
+      <c r="M32">
+        <v>8930</v>
+      </c>
+      <c r="N32">
+        <v>8800</v>
+      </c>
+      <c r="O32">
+        <v>8660</v>
+      </c>
+      <c r="P32">
+        <v>8540</v>
+      </c>
+      <c r="Q32">
+        <v>8410</v>
+      </c>
+      <c r="R32">
+        <v>8410</v>
       </c>
     </row>
     <row r="33" spans="1:19">
-      <c r="A33" s="0" t="s">
+      <c r="A33" t="s">
         <v>47</v>
       </c>
-      <c r="B33" s="0" t="s">
+      <c r="B33" t="s">
         <v>48</v>
       </c>
-      <c r="C33" s="0">
+      <c r="C33">
         <v>2850</v>
       </c>
-      <c r="D33" s="0">
+      <c r="D33">
         <v>19</v>
       </c>
-      <c r="E33" s="0" t="s">
+      <c r="E33" t="s">
         <v>24</v>
       </c>
-      <c r="F33" s="8">
-[...36 lines deleted...]
-        <v>8520</v>
+      <c r="F33" s="6">
+        <v>11110</v>
+      </c>
+      <c r="G33">
+        <v>10840</v>
+      </c>
+      <c r="H33">
+        <v>10570</v>
+      </c>
+      <c r="I33">
+        <v>10310</v>
+      </c>
+      <c r="J33">
+        <v>10060</v>
+      </c>
+      <c r="K33">
+        <v>9810</v>
+      </c>
+      <c r="L33">
+        <v>9660</v>
+      </c>
+      <c r="M33">
+        <v>9530</v>
+      </c>
+      <c r="N33">
+        <v>9390</v>
+      </c>
+      <c r="O33">
+        <v>9240</v>
+      </c>
+      <c r="P33">
+        <v>9110</v>
+      </c>
+      <c r="Q33">
+        <v>8970</v>
+      </c>
+      <c r="R33">
+        <v>8970</v>
       </c>
     </row>
     <row r="34" spans="1:19">
-      <c r="A34" s="6" t="s">
+      <c r="A34" t="s">
         <v>49</v>
       </c>
-      <c r="B34" s="6" t="s">
+      <c r="B34" t="s">
         <v>48</v>
       </c>
-      <c r="C34" s="6">
+      <c r="C34">
         <v>1500</v>
       </c>
-      <c r="D34" s="6">
+      <c r="D34">
         <v>10</v>
       </c>
-      <c r="E34" s="6" t="s">
+      <c r="E34" t="s">
         <v>24</v>
       </c>
-      <c r="F34" s="9">
-[...36 lines deleted...]
-        <v>4260</v>
+      <c r="F34" s="6">
+        <v>5830</v>
+      </c>
+      <c r="G34">
+        <v>5690</v>
+      </c>
+      <c r="H34">
+        <v>5550</v>
+      </c>
+      <c r="I34">
+        <v>5410</v>
+      </c>
+      <c r="J34">
+        <v>5280</v>
+      </c>
+      <c r="K34">
+        <v>5150</v>
+      </c>
+      <c r="L34">
+        <v>5070</v>
+      </c>
+      <c r="M34">
+        <v>5000</v>
+      </c>
+      <c r="N34">
+        <v>4930</v>
+      </c>
+      <c r="O34">
+        <v>4850</v>
+      </c>
+      <c r="P34">
+        <v>4780</v>
+      </c>
+      <c r="Q34">
+        <v>4710</v>
+      </c>
+      <c r="R34">
+        <v>4710</v>
       </c>
     </row>
     <row r="35" spans="1:19">
-      <c r="A35" s="0" t="s">
+      <c r="A35" t="s">
         <v>50</v>
       </c>
-      <c r="B35" s="0" t="s">
+      <c r="B35" t="s">
         <v>46</v>
       </c>
-      <c r="C35" s="0">
-[...2 lines deleted...]
-      <c r="D35" s="0">
+      <c r="C35">
+        <v>2200</v>
+      </c>
+      <c r="D35">
         <v>18</v>
       </c>
-      <c r="E35" s="0" t="s">
+      <c r="E35" t="s">
         <v>24</v>
       </c>
-      <c r="F35" s="8">
-[...36 lines deleted...]
-        <v>13660</v>
+      <c r="F35" s="6">
+        <v>17980</v>
+      </c>
+      <c r="G35">
+        <v>17530</v>
+      </c>
+      <c r="H35">
+        <v>17110</v>
+      </c>
+      <c r="I35">
+        <v>16680</v>
+      </c>
+      <c r="J35">
+        <v>16280</v>
+      </c>
+      <c r="K35">
+        <v>15880</v>
+      </c>
+      <c r="L35">
+        <v>15650</v>
+      </c>
+      <c r="M35">
+        <v>15410</v>
+      </c>
+      <c r="N35">
+        <v>15190</v>
+      </c>
+      <c r="O35">
+        <v>14960</v>
+      </c>
+      <c r="P35">
+        <v>14740</v>
+      </c>
+      <c r="Q35">
+        <v>14520</v>
+      </c>
+      <c r="R35">
+        <v>14520</v>
       </c>
     </row>
     <row r="36" spans="1:19">
-      <c r="A36" s="6" t="s">
+      <c r="A36" t="s">
         <v>51</v>
       </c>
-      <c r="B36" s="6" t="s">
+      <c r="B36" t="s">
         <v>46</v>
       </c>
-      <c r="C36" s="6">
+      <c r="C36">
         <v>3150</v>
       </c>
-      <c r="D36" s="6">
+      <c r="D36">
         <v>14</v>
       </c>
-      <c r="E36" s="6" t="s">
+      <c r="E36" t="s">
         <v>24</v>
       </c>
-      <c r="F36" s="9">
-[...36 lines deleted...]
-        <v>10330</v>
+      <c r="F36" s="6">
+        <v>13710</v>
+      </c>
+      <c r="G36">
+        <v>13380</v>
+      </c>
+      <c r="H36">
+        <v>13050</v>
+      </c>
+      <c r="I36">
+        <v>12720</v>
+      </c>
+      <c r="J36">
+        <v>12420</v>
+      </c>
+      <c r="K36">
+        <v>12110</v>
+      </c>
+      <c r="L36">
+        <v>11930</v>
+      </c>
+      <c r="M36">
+        <v>11760</v>
+      </c>
+      <c r="N36">
+        <v>11590</v>
+      </c>
+      <c r="O36">
+        <v>11410</v>
+      </c>
+      <c r="P36">
+        <v>11250</v>
+      </c>
+      <c r="Q36">
+        <v>11080</v>
+      </c>
+      <c r="R36">
+        <v>11080</v>
       </c>
     </row>
     <row r="37" spans="1:19">
-      <c r="A37" s="0" t="s">
+      <c r="A37" t="s">
         <v>27</v>
       </c>
-      <c r="B37" s="0"/>
-[...35 lines deleted...]
-      <c r="R38" s="0"/>
     </row>
     <row r="39" spans="1:19">
-      <c r="A39" s="0" t="s">
+      <c r="A39" t="s">
         <v>28</v>
       </c>
-      <c r="B39" s="0"/>
-[...15 lines deleted...]
-      <c r="R39" s="0"/>
     </row>
   </sheetData>
-  <sheetProtection password="BEF2A0" sheet="true" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="true" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="true" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <sheetProtection password="F3DC" sheet="1" insertRows="1" sort="1"/>
   <mergeCells>
     <mergeCell ref="A1:D3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A9:R9"/>
     <mergeCell ref="A10:R10"/>
     <mergeCell ref="A11:R11"/>
     <mergeCell ref="A12:R12"/>
     <mergeCell ref="A17:R17"/>
     <mergeCell ref="A18:R18"/>
     <mergeCell ref="A19:R19"/>
     <mergeCell ref="A20:R20"/>
     <mergeCell ref="A27:R27"/>
     <mergeCell ref="A28:R28"/>
     <mergeCell ref="A29:R29"/>
     <mergeCell ref="A30:R30"/>
     <mergeCell ref="A37:R37"/>
     <mergeCell ref="A38:R38"/>
     <mergeCell ref="A39:R39"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
-  <pageMargins left="0.7" right="0.7" top="0.1968503937007874" bottom="0.1968503937007874" header="0.3" footer="0.3"/>
-[...8 lines deleted...]
-  </headerFooter>
+  <pageMargins left="0.7" right="0.7" top="0.19685039370079" bottom="0.19685039370079" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft Corporation</Company>
+  <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>