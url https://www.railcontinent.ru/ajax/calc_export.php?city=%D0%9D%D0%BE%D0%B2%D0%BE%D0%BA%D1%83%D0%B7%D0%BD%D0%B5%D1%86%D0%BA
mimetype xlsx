--- v0 (2025-12-04)
+++ v1 (2026-02-02)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
-  <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Позвоните нам и наши менеджеры рассчитают стоимость Вашей перевозки!</t>
   </si>
   <si>
     <t>Телефон: +7 (3843) 72-88-85</t>
   </si>
   <si>
     <t>Сайт: http://www.railcontinent.ru/</t>
   </si>
   <si>
     <t>Тарифы в город НОВОКУЗНЕЦК руб/кг</t>
   </si>
   <si>
     <t>Из города</t>
   </si>
   <si>
     <t>Скоростной режим</t>
   </si>
   <si>
     <t>Мин. цена</t>
@@ -187,150 +187,136 @@
   <si>
     <t>10- 14.99</t>
   </si>
   <si>
     <t>15- 19.99</t>
   </si>
   <si>
     <t>20- 24.99</t>
   </si>
   <si>
     <t>25- 29.99</t>
   </si>
   <si>
     <t>30- 39.99</t>
   </si>
   <si>
     <t>40- 69.99</t>
   </si>
   <si>
     <t>70 и более</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="7"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...8 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
-[...2 lines deleted...]
-    </xf>
+  <cellXfs count="7">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
-[...4 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="3" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lo1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20f39754899fce9b8e0787eb9d3a669.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2095500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Рейл Континент" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -614,106 +600,94 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:S41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F38" sqref="F38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.664481" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14.831264" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="15.665" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14.831" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.5" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.5" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.5" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.5" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.5" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.5" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.5" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.5" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.5" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.5" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.5" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.5" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.5" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.5" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.5" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.5" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.5" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19">
-      <c r="A1" s="0"/>
-[...2 lines deleted...]
-      <c r="D1" s="0"/>
       <c r="R1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:19">
-      <c r="A2" s="0"/>
-[...2 lines deleted...]
-      <c r="D2" s="0"/>
       <c r="R2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:19">
-      <c r="A3" s="0"/>
-[...2 lines deleted...]
-      <c r="D3" s="0"/>
       <c r="R3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:19" customHeight="1" ht="20">
       <c r="A4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
@@ -753,896 +727,842 @@
         <v>14</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P5" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R5" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:19">
-      <c r="A6" s="6" t="s">
+      <c r="A6" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="B6" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="6">
+      <c r="C6">
         <v>2280</v>
       </c>
-      <c r="D6" s="6">
+      <c r="D6">
         <v>10</v>
       </c>
-      <c r="E6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="7">
+      <c r="E6" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" s="5">
         <v>28.6</v>
       </c>
-      <c r="G6" s="6">
+      <c r="G6">
         <v>28.2</v>
       </c>
-      <c r="H6" s="6">
+      <c r="H6">
         <v>27.8</v>
       </c>
-      <c r="I6" s="6">
+      <c r="I6">
         <v>27.4</v>
       </c>
-      <c r="J6" s="6">
+      <c r="J6">
         <v>26.1</v>
       </c>
-      <c r="K6" s="6">
+      <c r="K6">
         <v>25.7</v>
       </c>
-      <c r="L6" s="6">
+      <c r="L6">
         <v>25.5</v>
       </c>
-      <c r="M6" s="6">
+      <c r="M6">
         <v>24.4</v>
       </c>
-      <c r="N6" s="6">
+      <c r="N6">
         <v>24.2</v>
       </c>
-      <c r="O6" s="6">
-[...2 lines deleted...]
-      <c r="P6" s="6">
+      <c r="O6">
+        <v>24.0</v>
+      </c>
+      <c r="P6">
         <v>23.8</v>
       </c>
-      <c r="Q6" s="6">
+      <c r="Q6">
         <v>23.6</v>
       </c>
-      <c r="R6" s="6">
+      <c r="R6">
         <v>23.6</v>
       </c>
     </row>
     <row r="7" spans="1:19">
-      <c r="A7" s="0" t="s">
+      <c r="A7" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="0" t="s">
+      <c r="B7" t="s">
         <v>23</v>
       </c>
-      <c r="C7" s="0">
+      <c r="C7">
         <v>2380</v>
       </c>
-      <c r="D7" s="0">
+      <c r="D7">
         <v>10</v>
       </c>
-      <c r="E7" s="0" t="s">
+      <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="5">
         <v>24.1</v>
       </c>
-      <c r="G7" s="0">
+      <c r="G7">
         <v>23.8</v>
       </c>
-      <c r="H7" s="0">
+      <c r="H7">
         <v>23.5</v>
       </c>
-      <c r="I7" s="0">
+      <c r="I7">
         <v>23.2</v>
       </c>
-      <c r="J7" s="0">
+      <c r="J7">
+        <v>22.0</v>
+      </c>
+      <c r="K7">
+        <v>21.7</v>
+      </c>
+      <c r="L7">
+        <v>21.6</v>
+      </c>
+      <c r="M7">
+        <v>20.6</v>
+      </c>
+      <c r="N7">
+        <v>20.5</v>
+      </c>
+      <c r="O7">
+        <v>20.4</v>
+      </c>
+      <c r="P7">
+        <v>20.3</v>
+      </c>
+      <c r="Q7">
+        <v>20.2</v>
+      </c>
+      <c r="R7">
+        <v>20.2</v>
+      </c>
+    </row>
+    <row r="8" spans="1:19">
+      <c r="A8" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C8">
+        <v>1700</v>
+      </c>
+      <c r="D8">
+        <v>4</v>
+      </c>
+      <c r="E8" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" s="5">
+        <v>26.5</v>
+      </c>
+      <c r="G8">
+        <v>25.9</v>
+      </c>
+      <c r="H8">
+        <v>25.3</v>
+      </c>
+      <c r="I8">
+        <v>24.7</v>
+      </c>
+      <c r="J8">
+        <v>24.099999999999998</v>
+      </c>
+      <c r="K8">
+        <v>23.5</v>
+      </c>
+      <c r="L8">
+        <v>23.2</v>
+      </c>
+      <c r="M8">
+        <v>22.9</v>
+      </c>
+      <c r="N8">
+        <v>22.6</v>
+      </c>
+      <c r="O8">
+        <v>22.3</v>
+      </c>
+      <c r="P8">
         <v>22</v>
       </c>
-      <c r="K7" s="0">
+      <c r="Q8">
         <v>21.7</v>
       </c>
-      <c r="L7" s="0">
-[...70 lines deleted...]
-      <c r="Q8" s="6">
+      <c r="R8">
         <v>21.7</v>
       </c>
-      <c r="R8" s="6">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="9" spans="1:19">
-      <c r="A9" s="0" t="s">
+      <c r="A9" t="s">
         <v>28</v>
       </c>
-      <c r="B9" s="0" t="s">
+      <c r="B9" t="s">
         <v>23</v>
       </c>
-      <c r="C9" s="0">
+      <c r="C9">
         <v>2380</v>
       </c>
-      <c r="D9" s="0">
+      <c r="D9">
         <v>12</v>
       </c>
-      <c r="E9" s="0" t="s">
+      <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="5">
         <v>27.2</v>
       </c>
-      <c r="G9" s="0">
+      <c r="G9">
         <v>26.8</v>
       </c>
-      <c r="H9" s="0">
+      <c r="H9">
         <v>26.5</v>
       </c>
-      <c r="I9" s="0">
+      <c r="I9">
         <v>26.2</v>
       </c>
-      <c r="J9" s="0">
-[...2 lines deleted...]
-      <c r="K9" s="0">
+      <c r="J9">
+        <v>25.0</v>
+      </c>
+      <c r="K9">
         <v>24.7</v>
       </c>
-      <c r="L9" s="0">
+      <c r="L9">
         <v>24.5</v>
       </c>
-      <c r="M9" s="0">
+      <c r="M9">
         <v>23.4</v>
       </c>
-      <c r="N9" s="0">
+      <c r="N9">
         <v>23.2</v>
       </c>
-      <c r="O9" s="0">
+      <c r="O9">
+        <v>23.0</v>
+      </c>
+      <c r="P9">
+        <v>22.8</v>
+      </c>
+      <c r="Q9">
+        <v>22.6</v>
+      </c>
+      <c r="R9">
+        <v>22.6</v>
+      </c>
+    </row>
+    <row r="10" spans="1:19">
+      <c r="A10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="P9" s="0">
-[...13 lines deleted...]
-      <c r="B10" s="6" t="s">
+      <c r="C10">
+        <v>2330</v>
+      </c>
+      <c r="D10">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>24</v>
+      </c>
+      <c r="F10" s="5">
+        <v>27.8</v>
+      </c>
+      <c r="G10">
+        <v>27.4</v>
+      </c>
+      <c r="H10">
+        <v>27.0</v>
+      </c>
+      <c r="I10">
+        <v>26.6</v>
+      </c>
+      <c r="J10">
+        <v>25.4</v>
+      </c>
+      <c r="K10">
+        <v>25.1</v>
+      </c>
+      <c r="L10">
+        <v>24.9</v>
+      </c>
+      <c r="M10">
+        <v>23.8</v>
+      </c>
+      <c r="N10">
+        <v>23.6</v>
+      </c>
+      <c r="O10">
+        <v>23.4</v>
+      </c>
+      <c r="P10">
+        <v>23.2</v>
+      </c>
+      <c r="Q10">
+        <v>23.0</v>
+      </c>
+      <c r="R10">
+        <v>23.0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:19">
+      <c r="A11" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" t="s">
         <v>23</v>
       </c>
-      <c r="C10" s="6">
-[...55 lines deleted...]
-      <c r="C11" s="0">
+      <c r="C11">
         <v>2400</v>
       </c>
-      <c r="D11" s="0">
+      <c r="D11">
         <v>10</v>
       </c>
-      <c r="E11" s="0" t="s">
+      <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" s="5">
         <v>21.9</v>
       </c>
-      <c r="G11" s="0">
+      <c r="G11">
         <v>21.4</v>
       </c>
-      <c r="H11" s="0">
+      <c r="H11">
         <v>20.9</v>
       </c>
-      <c r="I11" s="0">
+      <c r="I11">
         <v>20.4</v>
       </c>
-      <c r="J11" s="0">
+      <c r="J11">
         <v>19.9</v>
       </c>
-      <c r="K11" s="0">
+      <c r="K11">
         <v>19.4</v>
       </c>
-      <c r="L11" s="0">
+      <c r="L11">
         <v>19.1</v>
       </c>
-      <c r="M11" s="0">
+      <c r="M11">
         <v>18.8</v>
       </c>
-      <c r="N11" s="0">
+      <c r="N11">
         <v>18.5</v>
       </c>
-      <c r="O11" s="0">
+      <c r="O11">
         <v>18.2</v>
       </c>
-      <c r="P11" s="0">
+      <c r="P11">
         <v>17.9</v>
       </c>
-      <c r="Q11" s="0">
+      <c r="Q11">
         <v>17.6</v>
       </c>
-      <c r="R11" s="0">
+      <c r="R11">
         <v>17.6</v>
       </c>
     </row>
     <row r="12" spans="1:19">
-      <c r="A12" s="6" t="s">
+      <c r="A12" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="6" t="s">
+      <c r="B12" t="s">
         <v>23</v>
       </c>
-      <c r="C12" s="6">
+      <c r="C12">
         <v>2290</v>
       </c>
-      <c r="D12" s="6">
+      <c r="D12">
         <v>11</v>
       </c>
-      <c r="E12" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F12" s="7">
+      <c r="E12" t="s">
+        <v>24</v>
+      </c>
+      <c r="F12" s="5">
         <v>21.2</v>
       </c>
-      <c r="G12" s="6">
+      <c r="G12">
         <v>21.1</v>
       </c>
-      <c r="H12" s="6">
-[...2 lines deleted...]
-      <c r="I12" s="6">
+      <c r="H12">
+        <v>21.0</v>
+      </c>
+      <c r="I12">
         <v>20.9</v>
       </c>
-      <c r="J12" s="6">
+      <c r="J12">
         <v>19.9</v>
       </c>
-      <c r="K12" s="6">
+      <c r="K12">
         <v>19.4</v>
       </c>
-      <c r="L12" s="6">
+      <c r="L12">
         <v>19.1</v>
       </c>
-      <c r="M12" s="6">
+      <c r="M12">
         <v>17.9</v>
       </c>
-      <c r="N12" s="6">
+      <c r="N12">
         <v>17.5</v>
       </c>
-      <c r="O12" s="6">
+      <c r="O12">
         <v>17.2</v>
       </c>
-      <c r="P12" s="6">
+      <c r="P12">
         <v>16.9</v>
       </c>
-      <c r="Q12" s="6">
+      <c r="Q12">
         <v>16.9</v>
       </c>
-      <c r="R12" s="6">
+      <c r="R12">
         <v>16.9</v>
       </c>
     </row>
     <row r="13" spans="1:19">
-      <c r="A13" s="0" t="s">
+      <c r="A13" t="s">
         <v>32</v>
       </c>
-      <c r="B13" s="0" t="s">
+      <c r="B13" t="s">
         <v>27</v>
       </c>
-      <c r="C13" s="0">
+      <c r="C13">
         <v>1050</v>
       </c>
-      <c r="D13" s="0">
+      <c r="D13">
         <v>1</v>
       </c>
-      <c r="E13" s="0" t="s">
+      <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" s="5">
         <v>8.5</v>
       </c>
-      <c r="G13" s="0">
-[...2 lines deleted...]
-      <c r="H13" s="0">
+      <c r="G13">
+        <v>8.3</v>
+      </c>
+      <c r="H13">
         <v>8.1</v>
       </c>
-      <c r="I13" s="0">
+      <c r="I13">
         <v>7.9</v>
       </c>
-      <c r="J13" s="0">
+      <c r="J13">
         <v>7.7</v>
       </c>
-      <c r="K13" s="0">
+      <c r="K13">
         <v>7.5</v>
       </c>
-      <c r="L13" s="0">
+      <c r="L13">
         <v>7.4</v>
       </c>
-      <c r="M13" s="0">
+      <c r="M13">
         <v>7.3</v>
       </c>
-      <c r="N13" s="0">
+      <c r="N13">
         <v>7.2</v>
       </c>
-      <c r="O13" s="0">
+      <c r="O13">
         <v>7.1</v>
       </c>
-      <c r="P13" s="0">
+      <c r="P13">
         <v>7</v>
       </c>
-      <c r="Q13" s="0">
+      <c r="Q13">
         <v>6.9</v>
       </c>
-      <c r="R13" s="0">
+      <c r="R13">
         <v>6.9</v>
       </c>
     </row>
     <row r="14" spans="1:19">
-      <c r="A14" s="6" t="s">
+      <c r="A14" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="6" t="s">
+      <c r="B14" t="s">
         <v>23</v>
       </c>
-      <c r="C14" s="6">
+      <c r="C14">
         <v>2330</v>
       </c>
-      <c r="D14" s="6">
+      <c r="D14">
         <v>13</v>
       </c>
-      <c r="E14" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F14" s="7">
+      <c r="E14" t="s">
+        <v>24</v>
+      </c>
+      <c r="F14" s="5">
         <v>36.4</v>
       </c>
-      <c r="G14" s="6">
+      <c r="G14">
         <v>35.8</v>
       </c>
-      <c r="H14" s="6">
+      <c r="H14">
         <v>35.2</v>
       </c>
-      <c r="I14" s="6">
+      <c r="I14">
         <v>34.6</v>
       </c>
-      <c r="J14" s="6">
+      <c r="J14">
         <v>33.2</v>
       </c>
-      <c r="K14" s="6">
+      <c r="K14">
         <v>32.7</v>
       </c>
-      <c r="L14" s="6">
+      <c r="L14">
         <v>32.4</v>
       </c>
-      <c r="M14" s="6">
+      <c r="M14">
         <v>31.2</v>
       </c>
-      <c r="N14" s="6">
+      <c r="N14">
         <v>30.9</v>
       </c>
-      <c r="O14" s="6">
+      <c r="O14">
         <v>30.6</v>
       </c>
-      <c r="P14" s="6">
+      <c r="P14">
         <v>30.3</v>
       </c>
-      <c r="Q14" s="6">
-[...3 lines deleted...]
-        <v>30</v>
+      <c r="Q14">
+        <v>30.0</v>
+      </c>
+      <c r="R14">
+        <v>30.0</v>
       </c>
     </row>
     <row r="15" spans="1:19">
-      <c r="A15" s="0" t="s">
+      <c r="A15" t="s">
         <v>34</v>
       </c>
-      <c r="B15" s="0" t="s">
+      <c r="B15" t="s">
         <v>23</v>
       </c>
-      <c r="C15" s="0">
+      <c r="C15">
         <v>1980</v>
       </c>
-      <c r="D15" s="0">
+      <c r="D15">
         <v>12</v>
       </c>
-      <c r="E15" s="0" t="s">
+      <c r="E15" t="s">
         <v>24</v>
       </c>
       <c r="F15" s="5">
         <v>27.5</v>
       </c>
-      <c r="G15" s="0">
+      <c r="G15">
         <v>27.1</v>
       </c>
-      <c r="H15" s="0">
+      <c r="H15">
         <v>26.7</v>
       </c>
-      <c r="I15" s="0">
+      <c r="I15">
         <v>26.4</v>
       </c>
-      <c r="J15" s="0">
+      <c r="J15">
         <v>25.2</v>
       </c>
-      <c r="K15" s="0">
+      <c r="K15">
         <v>24.9</v>
       </c>
-      <c r="L15" s="0">
+      <c r="L15">
         <v>24.7</v>
       </c>
-      <c r="M15" s="0">
+      <c r="M15">
         <v>23.6</v>
       </c>
-      <c r="N15" s="0">
+      <c r="N15">
         <v>23.4</v>
       </c>
-      <c r="O15" s="0">
+      <c r="O15">
         <v>23.2</v>
       </c>
-      <c r="P15" s="0">
+      <c r="P15">
+        <v>23.0</v>
+      </c>
+      <c r="Q15">
+        <v>22.8</v>
+      </c>
+      <c r="R15">
+        <v>22.8</v>
+      </c>
+    </row>
+    <row r="16" spans="1:19">
+      <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
+        <v>36</v>
+      </c>
+      <c r="C16">
+        <v>2700</v>
+      </c>
+      <c r="D16">
+        <v>14</v>
+      </c>
+      <c r="E16" t="s">
+        <v>24</v>
+      </c>
+      <c r="F16" s="5">
+        <v>16.4</v>
+      </c>
+      <c r="G16">
+        <v>16.3</v>
+      </c>
+      <c r="H16">
+        <v>15.8</v>
+      </c>
+      <c r="I16">
+        <v>15.6</v>
+      </c>
+      <c r="J16">
+        <v>14.9</v>
+      </c>
+      <c r="K16">
+        <v>14.9</v>
+      </c>
+      <c r="L16">
+        <v>14.5</v>
+      </c>
+      <c r="M16">
+        <v>14.1</v>
+      </c>
+      <c r="N16">
+        <v>14</v>
+      </c>
+      <c r="O16">
+        <v>13.1</v>
+      </c>
+      <c r="P16">
+        <v>13.1</v>
+      </c>
+      <c r="Q16">
+        <v>12.9</v>
+      </c>
+      <c r="R16">
+        <v>12.9</v>
+      </c>
+    </row>
+    <row r="17" spans="1:19">
+      <c r="A17" t="s">
+        <v>37</v>
+      </c>
+      <c r="B17" t="s">
         <v>23</v>
       </c>
-      <c r="Q15" s="0">
-[...69 lines deleted...]
-      <c r="C17" s="0">
+      <c r="C17">
         <v>2330</v>
       </c>
-      <c r="D17" s="0">
+      <c r="D17">
         <v>13</v>
       </c>
-      <c r="E17" s="0" t="s">
+      <c r="E17" t="s">
         <v>24</v>
       </c>
       <c r="F17" s="5">
         <v>28.4</v>
       </c>
-      <c r="G17" s="0">
-[...2 lines deleted...]
-      <c r="H17" s="0">
+      <c r="G17">
+        <v>28.0</v>
+      </c>
+      <c r="H17">
         <v>27.6</v>
       </c>
-      <c r="I17" s="0">
+      <c r="I17">
         <v>27.2</v>
       </c>
-      <c r="J17" s="0">
+      <c r="J17">
         <v>25.9</v>
       </c>
-      <c r="K17" s="0">
+      <c r="K17">
         <v>25.6</v>
       </c>
-      <c r="L17" s="0">
+      <c r="L17">
         <v>25.4</v>
       </c>
-      <c r="M17" s="0">
+      <c r="M17">
         <v>24.3</v>
       </c>
-      <c r="N17" s="0">
+      <c r="N17">
         <v>24.1</v>
       </c>
-      <c r="O17" s="0">
+      <c r="O17">
         <v>23.9</v>
       </c>
-      <c r="P17" s="0">
+      <c r="P17">
         <v>23.7</v>
       </c>
-      <c r="Q17" s="0">
+      <c r="Q17">
         <v>23.5</v>
       </c>
-      <c r="R17" s="0">
+      <c r="R17">
         <v>23.5</v>
       </c>
     </row>
     <row r="18" spans="1:19">
-      <c r="A18" s="6" t="s">
+      <c r="A18" t="s">
         <v>38</v>
       </c>
-      <c r="B18" s="6" t="s">
+      <c r="B18" t="s">
         <v>23</v>
       </c>
-      <c r="C18" s="6">
+      <c r="C18">
         <v>3230</v>
       </c>
-      <c r="D18" s="6">
+      <c r="D18">
         <v>14</v>
       </c>
-      <c r="E18" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="7">
+      <c r="E18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F18" s="5">
+        <v>40.2</v>
+      </c>
+      <c r="G18">
+        <v>39.6</v>
+      </c>
+      <c r="H18">
+        <v>39.0</v>
+      </c>
+      <c r="I18">
         <v>38.4</v>
       </c>
-      <c r="G18" s="6">
-[...14 lines deleted...]
-      <c r="L18" s="6">
+      <c r="J18">
+        <v>36.9</v>
+      </c>
+      <c r="K18">
+        <v>36.3</v>
+      </c>
+      <c r="L18">
+        <v>35.9</v>
+      </c>
+      <c r="M18">
+        <v>34.59999999999999</v>
+      </c>
+      <c r="N18">
         <v>34.2</v>
       </c>
-      <c r="M18" s="6">
-[...15 lines deleted...]
-        <v>31.8</v>
+      <c r="O18">
+        <v>33.8</v>
+      </c>
+      <c r="P18">
+        <v>33.40000000000001</v>
+      </c>
+      <c r="Q18">
+        <v>33.0</v>
+      </c>
+      <c r="R18">
+        <v>33.0</v>
       </c>
     </row>
     <row r="19" spans="1:19">
-      <c r="A19" s="0" t="s">
+      <c r="A19" t="s">
         <v>39</v>
       </c>
-      <c r="B19" s="0" t="s">
+      <c r="B19" t="s">
         <v>23</v>
       </c>
-      <c r="C19" s="0">
+      <c r="C19">
         <v>2230</v>
       </c>
-      <c r="D19" s="0">
+      <c r="D19">
         <v>12</v>
       </c>
-      <c r="E19" s="0" t="s">
+      <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" s="5">
         <v>22.7</v>
       </c>
-      <c r="G19" s="0">
+      <c r="G19">
         <v>22.6</v>
       </c>
-      <c r="H19" s="0">
+      <c r="H19">
         <v>22.5</v>
       </c>
-      <c r="I19" s="0">
+      <c r="I19">
         <v>22.4</v>
       </c>
-      <c r="J19" s="0">
+      <c r="J19">
         <v>21.4</v>
       </c>
-      <c r="K19" s="0">
+      <c r="K19">
         <v>21.2</v>
       </c>
-      <c r="L19" s="0">
+      <c r="L19">
         <v>21.1</v>
       </c>
-      <c r="M19" s="0">
+      <c r="M19">
         <v>19.7</v>
       </c>
-      <c r="N19" s="0">
+      <c r="N19">
         <v>18.6</v>
       </c>
-      <c r="O19" s="0">
+      <c r="O19">
         <v>17.7</v>
       </c>
-      <c r="P19" s="0">
+      <c r="P19">
         <v>17.1</v>
       </c>
-      <c r="Q19" s="0">
+      <c r="Q19">
         <v>16.9</v>
       </c>
-      <c r="R19" s="0">
+      <c r="R19">
         <v>16.9</v>
       </c>
     </row>
     <row r="20" spans="1:19">
-      <c r="A20" s="0" t="s">
+      <c r="A20" t="s">
         <v>40</v>
       </c>
-      <c r="B20" s="0"/>
-[...35 lines deleted...]
-      <c r="R21" s="0"/>
     </row>
     <row r="22" spans="1:19">
-      <c r="A22" s="0" t="s">
+      <c r="A22" t="s">
         <v>41</v>
       </c>
-      <c r="B22" s="0"/>
-[...15 lines deleted...]
-      <c r="R22" s="0"/>
     </row>
     <row r="23" spans="1:19" customHeight="1" ht="20">
       <c r="A23" s="3" t="s">
         <v>42</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
       <c r="J23" s="2"/>
       <c r="K23" s="2"/>
       <c r="L23" s="2"/>
       <c r="M23" s="2"/>
       <c r="N23" s="2"/>
       <c r="O23" s="2"/>
       <c r="P23" s="2"/>
       <c r="Q23" s="2"/>
       <c r="R23" s="2"/>
     </row>
     <row r="24" spans="1:19" customHeight="1" ht="21">
       <c r="A24" s="4" t="s">
@@ -1679,942 +1599,881 @@
         <v>48</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>50</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>51</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P24" s="4" t="s">
         <v>53</v>
       </c>
       <c r="Q24" s="4" t="s">
         <v>54</v>
       </c>
       <c r="R24" s="4" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="25" spans="1:19">
-      <c r="A25" s="6" t="s">
+      <c r="A25" t="s">
         <v>22</v>
       </c>
-      <c r="B25" s="6" t="s">
+      <c r="B25" t="s">
         <v>23</v>
       </c>
-      <c r="C25" s="6">
+      <c r="C25">
         <v>2280</v>
       </c>
-      <c r="D25" s="6">
+      <c r="D25">
         <v>10</v>
       </c>
-      <c r="E25" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F25" s="9">
+      <c r="E25" t="s">
+        <v>24</v>
+      </c>
+      <c r="F25" s="6">
         <v>7980</v>
       </c>
-      <c r="G25" s="6">
+      <c r="G25">
         <v>7880</v>
       </c>
-      <c r="H25" s="6">
+      <c r="H25">
         <v>7790</v>
       </c>
-      <c r="I25" s="6">
+      <c r="I25">
         <v>7690</v>
       </c>
-      <c r="J25" s="6">
+      <c r="J25">
         <v>7600</v>
       </c>
-      <c r="K25" s="6">
+      <c r="K25">
         <v>7510</v>
       </c>
-      <c r="L25" s="6">
+      <c r="L25">
         <v>7460</v>
       </c>
-      <c r="M25" s="6">
+      <c r="M25">
         <v>7410</v>
       </c>
-      <c r="N25" s="6">
+      <c r="N25">
         <v>7360</v>
       </c>
-      <c r="O25" s="6">
+      <c r="O25">
         <v>7310</v>
       </c>
-      <c r="P25" s="6">
+      <c r="P25">
         <v>7260</v>
       </c>
-      <c r="Q25" s="6">
+      <c r="Q25">
         <v>7210</v>
       </c>
-      <c r="R25" s="6">
+      <c r="R25">
         <v>7210</v>
       </c>
     </row>
     <row r="26" spans="1:19">
-      <c r="A26" s="0" t="s">
+      <c r="A26" t="s">
         <v>25</v>
       </c>
-      <c r="B26" s="0" t="s">
+      <c r="B26" t="s">
         <v>23</v>
       </c>
-      <c r="C26" s="0">
+      <c r="C26">
         <v>2380</v>
       </c>
-      <c r="D26" s="0">
+      <c r="D26">
         <v>10</v>
       </c>
-      <c r="E26" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F26" s="8">
+      <c r="E26" t="s">
+        <v>24</v>
+      </c>
+      <c r="F26" s="6">
         <v>7170</v>
       </c>
-      <c r="G26" s="0">
+      <c r="G26">
         <v>7090</v>
       </c>
-      <c r="H26" s="0">
+      <c r="H26">
         <v>7020</v>
       </c>
-      <c r="I26" s="0">
+      <c r="I26">
         <v>6940</v>
       </c>
-      <c r="J26" s="0">
+      <c r="J26">
         <v>6870</v>
       </c>
-      <c r="K26" s="0">
+      <c r="K26">
         <v>6800</v>
       </c>
-      <c r="L26" s="0">
+      <c r="L26">
         <v>6760</v>
       </c>
-      <c r="M26" s="0">
+      <c r="M26">
         <v>6720</v>
       </c>
-      <c r="N26" s="0">
+      <c r="N26">
         <v>6680</v>
       </c>
-      <c r="O26" s="0">
+      <c r="O26">
         <v>6640</v>
       </c>
-      <c r="P26" s="0">
+      <c r="P26">
         <v>6600</v>
       </c>
-      <c r="Q26" s="0">
+      <c r="Q26">
         <v>6560</v>
       </c>
-      <c r="R26" s="0">
+      <c r="R26">
         <v>6560</v>
       </c>
     </row>
     <row r="27" spans="1:19">
-      <c r="A27" s="6" t="s">
+      <c r="A27" t="s">
         <v>26</v>
       </c>
-      <c r="B27" s="6" t="s">
+      <c r="B27" t="s">
         <v>27</v>
       </c>
-      <c r="C27" s="6">
+      <c r="C27">
         <v>1700</v>
       </c>
-      <c r="D27" s="6">
+      <c r="D27">
         <v>4</v>
       </c>
-      <c r="E27" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F27" s="9">
+      <c r="E27" t="s">
+        <v>24</v>
+      </c>
+      <c r="F27" s="6">
         <v>7170</v>
       </c>
-      <c r="G27" s="6">
+      <c r="G27">
         <v>6900</v>
       </c>
-      <c r="H27" s="6">
+      <c r="H27">
         <v>6730</v>
       </c>
-      <c r="I27" s="6">
+      <c r="I27">
         <v>6560</v>
       </c>
-      <c r="J27" s="6">
+      <c r="J27">
         <v>6410</v>
       </c>
-      <c r="K27" s="6">
+      <c r="K27">
         <v>6250</v>
       </c>
-      <c r="L27" s="6">
+      <c r="L27">
         <v>6160</v>
       </c>
-      <c r="M27" s="6">
+      <c r="M27">
         <v>6070</v>
       </c>
-      <c r="N27" s="6">
+      <c r="N27">
         <v>5980</v>
       </c>
-      <c r="O27" s="6">
+      <c r="O27">
         <v>5880</v>
       </c>
-      <c r="P27" s="6">
+      <c r="P27">
         <v>5800</v>
       </c>
-      <c r="Q27" s="6">
+      <c r="Q27">
         <v>5710</v>
       </c>
-      <c r="R27" s="6">
+      <c r="R27">
         <v>5710</v>
       </c>
     </row>
     <row r="28" spans="1:19">
-      <c r="A28" s="0" t="s">
+      <c r="A28" t="s">
         <v>28</v>
       </c>
-      <c r="B28" s="0" t="s">
+      <c r="B28" t="s">
         <v>23</v>
       </c>
-      <c r="C28" s="0">
+      <c r="C28">
         <v>2380</v>
       </c>
-      <c r="D28" s="0">
+      <c r="D28">
         <v>12</v>
       </c>
-      <c r="E28" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F28" s="8">
+      <c r="E28" t="s">
+        <v>24</v>
+      </c>
+      <c r="F28" s="6">
         <v>7670</v>
       </c>
-      <c r="G28" s="0">
+      <c r="G28">
         <v>7580</v>
       </c>
-      <c r="H28" s="0">
+      <c r="H28">
         <v>7490</v>
       </c>
-      <c r="I28" s="0">
+      <c r="I28">
         <v>7410</v>
       </c>
-      <c r="J28" s="0">
+      <c r="J28">
         <v>7330</v>
       </c>
-      <c r="K28" s="0">
+      <c r="K28">
         <v>7250</v>
       </c>
-      <c r="L28" s="0">
+      <c r="L28">
         <v>7200</v>
       </c>
-      <c r="M28" s="0">
+      <c r="M28">
         <v>7150</v>
       </c>
-      <c r="N28" s="0">
+      <c r="N28">
         <v>7100</v>
       </c>
-      <c r="O28" s="0">
+      <c r="O28">
         <v>7060</v>
       </c>
-      <c r="P28" s="0">
+      <c r="P28">
         <v>7010</v>
       </c>
-      <c r="Q28" s="0">
+      <c r="Q28">
         <v>6970</v>
       </c>
-      <c r="R28" s="0">
+      <c r="R28">
         <v>6970</v>
       </c>
     </row>
     <row r="29" spans="1:19">
-      <c r="A29" s="6" t="s">
+      <c r="A29" t="s">
         <v>29</v>
       </c>
-      <c r="B29" s="6" t="s">
+      <c r="B29" t="s">
         <v>23</v>
       </c>
-      <c r="C29" s="6">
+      <c r="C29">
         <v>2330</v>
       </c>
-      <c r="D29" s="6">
+      <c r="D29">
         <v>12</v>
       </c>
-      <c r="E29" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F29" s="9">
+      <c r="E29" t="s">
+        <v>24</v>
+      </c>
+      <c r="F29" s="6">
         <v>7790</v>
       </c>
-      <c r="G29" s="6">
+      <c r="G29">
         <v>7700</v>
       </c>
-      <c r="H29" s="6">
+      <c r="H29">
         <v>7610</v>
       </c>
-      <c r="I29" s="6">
+      <c r="I29">
         <v>7520</v>
       </c>
-      <c r="J29" s="6">
+      <c r="J29">
         <v>7430</v>
       </c>
-      <c r="K29" s="6">
+      <c r="K29">
         <v>7350</v>
       </c>
-      <c r="L29" s="6">
+      <c r="L29">
         <v>7300</v>
       </c>
-      <c r="M29" s="6">
+      <c r="M29">
         <v>7250</v>
       </c>
-      <c r="N29" s="6">
+      <c r="N29">
         <v>7200</v>
       </c>
-      <c r="O29" s="6">
+      <c r="O29">
         <v>7150</v>
       </c>
-      <c r="P29" s="6">
+      <c r="P29">
         <v>7110</v>
       </c>
-      <c r="Q29" s="6">
+      <c r="Q29">
         <v>7060</v>
       </c>
-      <c r="R29" s="6">
+      <c r="R29">
         <v>7060</v>
       </c>
     </row>
     <row r="30" spans="1:19">
-      <c r="A30" s="0" t="s">
+      <c r="A30" t="s">
         <v>30</v>
       </c>
-      <c r="B30" s="0" t="s">
+      <c r="B30" t="s">
         <v>23</v>
       </c>
-      <c r="C30" s="0">
+      <c r="C30">
         <v>2400</v>
       </c>
-      <c r="D30" s="0">
+      <c r="D30">
         <v>10</v>
       </c>
-      <c r="E30" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F30" s="8">
+      <c r="E30" t="s">
+        <v>24</v>
+      </c>
+      <c r="F30" s="6">
         <v>7870</v>
       </c>
-      <c r="G30" s="0">
+      <c r="G30">
         <v>7580</v>
       </c>
-      <c r="H30" s="0">
+      <c r="H30">
         <v>7390</v>
       </c>
-      <c r="I30" s="0">
+      <c r="I30">
         <v>7210</v>
       </c>
-      <c r="J30" s="0">
+      <c r="J30">
         <v>7040</v>
       </c>
-      <c r="K30" s="0">
+      <c r="K30">
         <v>6860</v>
       </c>
-      <c r="L30" s="0">
+      <c r="L30">
         <v>6760</v>
       </c>
-      <c r="M30" s="0">
+      <c r="M30">
         <v>6670</v>
       </c>
-      <c r="N30" s="0">
+      <c r="N30">
         <v>6570</v>
       </c>
-      <c r="O30" s="0">
+      <c r="O30">
         <v>6460</v>
       </c>
-      <c r="P30" s="0">
+      <c r="P30">
         <v>6370</v>
       </c>
-      <c r="Q30" s="0">
+      <c r="Q30">
         <v>6270</v>
       </c>
-      <c r="R30" s="0">
+      <c r="R30">
         <v>6270</v>
       </c>
     </row>
     <row r="31" spans="1:19">
-      <c r="A31" s="6" t="s">
+      <c r="A31" t="s">
         <v>31</v>
       </c>
-      <c r="B31" s="6" t="s">
+      <c r="B31" t="s">
         <v>23</v>
       </c>
-      <c r="C31" s="6">
+      <c r="C31">
         <v>2290</v>
       </c>
-      <c r="D31" s="6">
+      <c r="D31">
         <v>11</v>
       </c>
-      <c r="E31" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F31" s="9">
+      <c r="E31" t="s">
+        <v>24</v>
+      </c>
+      <c r="F31" s="6">
         <v>6030</v>
       </c>
-      <c r="G31" s="6">
+      <c r="G31">
         <v>6010</v>
       </c>
-      <c r="H31" s="6">
+      <c r="H31">
         <v>5950</v>
       </c>
-      <c r="I31" s="6">
+      <c r="I31">
         <v>5920</v>
       </c>
-      <c r="J31" s="6">
+      <c r="J31">
         <v>5860</v>
       </c>
-      <c r="K31" s="6">
+      <c r="K31">
         <v>5810</v>
       </c>
-      <c r="L31" s="6">
+      <c r="L31">
         <v>5750</v>
       </c>
-      <c r="M31" s="6">
+      <c r="M31">
         <v>5690</v>
       </c>
-      <c r="N31" s="6">
+      <c r="N31">
         <v>5590</v>
       </c>
-      <c r="O31" s="6">
+      <c r="O31">
         <v>5540</v>
       </c>
-      <c r="P31" s="6">
+      <c r="P31">
         <v>5540</v>
       </c>
-      <c r="Q31" s="6">
+      <c r="Q31">
         <v>5540</v>
       </c>
-      <c r="R31" s="6">
+      <c r="R31">
         <v>5540</v>
       </c>
     </row>
     <row r="32" spans="1:19">
-      <c r="A32" s="0" t="s">
+      <c r="A32" t="s">
         <v>32</v>
       </c>
-      <c r="B32" s="0" t="s">
+      <c r="B32" t="s">
         <v>27</v>
       </c>
-      <c r="C32" s="0">
+      <c r="C32">
         <v>1050</v>
       </c>
-      <c r="D32" s="0">
+      <c r="D32">
         <v>1</v>
       </c>
-      <c r="E32" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F32" s="8">
+      <c r="E32" t="s">
+        <v>24</v>
+      </c>
+      <c r="F32" s="6">
         <v>2590</v>
       </c>
-      <c r="G32" s="0">
+      <c r="G32">
         <v>2430</v>
       </c>
-      <c r="H32" s="0">
+      <c r="H32">
         <v>2370</v>
       </c>
-      <c r="I32" s="0">
+      <c r="I32">
         <v>2310</v>
       </c>
-      <c r="J32" s="0">
+      <c r="J32">
         <v>2260</v>
       </c>
-      <c r="K32" s="0">
+      <c r="K32">
         <v>2200</v>
       </c>
-      <c r="L32" s="0">
+      <c r="L32">
         <v>2170</v>
       </c>
-      <c r="M32" s="0">
+      <c r="M32">
         <v>2140</v>
       </c>
-      <c r="N32" s="0">
+      <c r="N32">
         <v>2110</v>
       </c>
-      <c r="O32" s="0">
+      <c r="O32">
         <v>2070</v>
       </c>
-      <c r="P32" s="0">
+      <c r="P32">
         <v>2040</v>
       </c>
-      <c r="Q32" s="0">
+      <c r="Q32">
         <v>2010</v>
       </c>
-      <c r="R32" s="0">
+      <c r="R32">
         <v>2010</v>
       </c>
     </row>
     <row r="33" spans="1:19">
-      <c r="A33" s="6" t="s">
+      <c r="A33" t="s">
         <v>33</v>
       </c>
-      <c r="B33" s="6" t="s">
+      <c r="B33" t="s">
         <v>23</v>
       </c>
-      <c r="C33" s="6">
+      <c r="C33">
         <v>2330</v>
       </c>
-      <c r="D33" s="6">
+      <c r="D33">
         <v>13</v>
       </c>
-      <c r="E33" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F33" s="9">
+      <c r="E33" t="s">
+        <v>24</v>
+      </c>
+      <c r="F33" s="6">
         <v>9950</v>
       </c>
-      <c r="G33" s="6">
+      <c r="G33">
         <v>9810</v>
       </c>
-      <c r="H33" s="6">
+      <c r="H33">
         <v>9660</v>
       </c>
-      <c r="I33" s="6">
+      <c r="I33">
         <v>9530</v>
       </c>
-      <c r="J33" s="6">
+      <c r="J33">
         <v>9390</v>
       </c>
-      <c r="K33" s="6">
+      <c r="K33">
         <v>9260</v>
       </c>
-      <c r="L33" s="6">
+      <c r="L33">
         <v>9180</v>
       </c>
-      <c r="M33" s="6">
+      <c r="M33">
         <v>9100</v>
       </c>
-      <c r="N33" s="6">
+      <c r="N33">
         <v>9030</v>
       </c>
-      <c r="O33" s="6">
+      <c r="O33">
         <v>8950</v>
       </c>
-      <c r="P33" s="6">
+      <c r="P33">
         <v>8880</v>
       </c>
-      <c r="Q33" s="6">
+      <c r="Q33">
         <v>8810</v>
       </c>
-      <c r="R33" s="6">
+      <c r="R33">
         <v>8810</v>
       </c>
     </row>
     <row r="34" spans="1:19">
-      <c r="A34" s="0" t="s">
+      <c r="A34" t="s">
         <v>34</v>
       </c>
-      <c r="B34" s="0" t="s">
+      <c r="B34" t="s">
         <v>23</v>
       </c>
-      <c r="C34" s="0">
+      <c r="C34">
         <v>1980</v>
       </c>
-      <c r="D34" s="0">
+      <c r="D34">
         <v>12</v>
       </c>
-      <c r="E34" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F34" s="8">
+      <c r="E34" t="s">
+        <v>24</v>
+      </c>
+      <c r="F34" s="6">
         <v>7750</v>
       </c>
-      <c r="G34" s="0">
+      <c r="G34">
         <v>7650</v>
       </c>
-      <c r="H34" s="0">
+      <c r="H34">
         <v>7570</v>
       </c>
-      <c r="I34" s="0">
+      <c r="I34">
         <v>7480</v>
       </c>
-      <c r="J34" s="0">
+      <c r="J34">
         <v>7390</v>
       </c>
-      <c r="K34" s="0">
+      <c r="K34">
         <v>7310</v>
       </c>
-      <c r="L34" s="0">
+      <c r="L34">
         <v>7260</v>
       </c>
-      <c r="M34" s="0">
+      <c r="M34">
         <v>7210</v>
       </c>
-      <c r="N34" s="0">
+      <c r="N34">
         <v>7170</v>
       </c>
-      <c r="O34" s="0">
+      <c r="O34">
         <v>7120</v>
       </c>
-      <c r="P34" s="0">
+      <c r="P34">
         <v>7070</v>
       </c>
-      <c r="Q34" s="0">
+      <c r="Q34">
         <v>7030</v>
       </c>
-      <c r="R34" s="0">
+      <c r="R34">
         <v>7030</v>
       </c>
     </row>
     <row r="35" spans="1:19">
-      <c r="A35" s="6" t="s">
+      <c r="A35" t="s">
         <v>35</v>
       </c>
-      <c r="B35" s="6" t="s">
+      <c r="B35" t="s">
         <v>36</v>
       </c>
-      <c r="C35" s="6">
+      <c r="C35">
         <v>2700</v>
       </c>
-      <c r="D35" s="6">
+      <c r="D35">
         <v>14</v>
       </c>
-      <c r="E35" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F35" s="9">
+      <c r="E35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F35" s="6">
         <v>5420</v>
       </c>
-      <c r="G35" s="6">
+      <c r="G35">
         <v>5420</v>
       </c>
-      <c r="H35" s="6">
+      <c r="H35">
         <v>5310</v>
       </c>
-      <c r="I35" s="6">
+      <c r="I35">
         <v>5160</v>
       </c>
-      <c r="J35" s="6">
+      <c r="J35">
         <v>5100</v>
       </c>
-      <c r="K35" s="6">
+      <c r="K35">
         <v>5010</v>
       </c>
-      <c r="L35" s="6">
+      <c r="L35">
         <v>4760</v>
       </c>
-      <c r="M35" s="6">
+      <c r="M35">
         <v>4710</v>
       </c>
-      <c r="N35" s="6">
+      <c r="N35">
         <v>4550</v>
       </c>
-      <c r="O35" s="6">
+      <c r="O35">
         <v>4550</v>
       </c>
-      <c r="P35" s="6">
+      <c r="P35">
         <v>4170</v>
       </c>
-      <c r="Q35" s="6">
+      <c r="Q35">
         <v>4170</v>
       </c>
-      <c r="R35" s="6">
+      <c r="R35">
         <v>4170</v>
       </c>
     </row>
     <row r="36" spans="1:19">
-      <c r="A36" s="0" t="s">
+      <c r="A36" t="s">
         <v>37</v>
       </c>
-      <c r="B36" s="0" t="s">
+      <c r="B36" t="s">
         <v>23</v>
       </c>
-      <c r="C36" s="0">
+      <c r="C36">
         <v>2330</v>
       </c>
-      <c r="D36" s="0">
+      <c r="D36">
         <v>13</v>
       </c>
-      <c r="E36" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F36" s="8">
+      <c r="E36" t="s">
+        <v>24</v>
+      </c>
+      <c r="F36" s="6">
         <v>7960</v>
       </c>
-      <c r="G36" s="0">
+      <c r="G36">
         <v>7860</v>
       </c>
-      <c r="H36" s="0">
+      <c r="H36">
         <v>7770</v>
       </c>
-      <c r="I36" s="0">
+      <c r="I36">
         <v>7680</v>
       </c>
-      <c r="J36" s="0">
+      <c r="J36">
         <v>7590</v>
       </c>
-      <c r="K36" s="0">
+      <c r="K36">
         <v>7500</v>
       </c>
-      <c r="L36" s="0">
+      <c r="L36">
         <v>7450</v>
       </c>
-      <c r="M36" s="0">
+      <c r="M36">
         <v>7400</v>
       </c>
-      <c r="N36" s="0">
+      <c r="N36">
         <v>7350</v>
       </c>
-      <c r="O36" s="0">
+      <c r="O36">
         <v>7300</v>
       </c>
-      <c r="P36" s="0">
+      <c r="P36">
         <v>7250</v>
       </c>
-      <c r="Q36" s="0">
+      <c r="Q36">
         <v>7200</v>
       </c>
-      <c r="R36" s="0">
+      <c r="R36">
         <v>7200</v>
       </c>
     </row>
     <row r="37" spans="1:19">
-      <c r="A37" s="6" t="s">
+      <c r="A37" t="s">
         <v>38</v>
       </c>
-      <c r="B37" s="6" t="s">
+      <c r="B37" t="s">
         <v>23</v>
       </c>
-      <c r="C37" s="6">
+      <c r="C37">
         <v>3230</v>
       </c>
-      <c r="D37" s="6">
+      <c r="D37">
         <v>14</v>
       </c>
-      <c r="E37" s="6" t="s">
-[...14 lines deleted...]
-      <c r="J37" s="6">
+      <c r="E37" t="s">
+        <v>24</v>
+      </c>
+      <c r="F37" s="6">
+        <v>10870</v>
+      </c>
+      <c r="G37">
+        <v>10710</v>
+      </c>
+      <c r="H37">
+        <v>10540</v>
+      </c>
+      <c r="I37">
+        <v>10380</v>
+      </c>
+      <c r="J37">
+        <v>10230</v>
+      </c>
+      <c r="K37">
+        <v>10070</v>
+      </c>
+      <c r="L37">
+        <v>9980</v>
+      </c>
+      <c r="M37">
         <v>9890</v>
       </c>
-      <c r="K37" s="6">
-[...21 lines deleted...]
-        <v>9260</v>
+      <c r="N37">
+        <v>9810</v>
+      </c>
+      <c r="O37">
+        <v>9720</v>
+      </c>
+      <c r="P37">
+        <v>9640</v>
+      </c>
+      <c r="Q37">
+        <v>9560</v>
+      </c>
+      <c r="R37">
+        <v>9560</v>
       </c>
     </row>
     <row r="38" spans="1:19">
-      <c r="A38" s="0" t="s">
+      <c r="A38" t="s">
         <v>39</v>
       </c>
-      <c r="B38" s="0" t="s">
+      <c r="B38" t="s">
         <v>23</v>
       </c>
-      <c r="C38" s="0">
+      <c r="C38">
         <v>2230</v>
       </c>
-      <c r="D38" s="0">
+      <c r="D38">
         <v>12</v>
       </c>
-      <c r="E38" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F38" s="8">
+      <c r="E38" t="s">
+        <v>24</v>
+      </c>
+      <c r="F38" s="6">
         <v>6250</v>
       </c>
-      <c r="G38" s="0">
+      <c r="G38">
         <v>6240</v>
       </c>
-      <c r="H38" s="0">
+      <c r="H38">
         <v>6230</v>
       </c>
-      <c r="I38" s="0">
+      <c r="I38">
         <v>6220</v>
       </c>
-      <c r="J38" s="0">
+      <c r="J38">
         <v>6210</v>
       </c>
-      <c r="K38" s="0">
+      <c r="K38">
         <v>6200</v>
       </c>
-      <c r="L38" s="0">
+      <c r="L38">
         <v>6190</v>
       </c>
-      <c r="M38" s="0">
+      <c r="M38">
         <v>6160</v>
       </c>
-      <c r="N38" s="0">
+      <c r="N38">
         <v>6090</v>
       </c>
-      <c r="O38" s="0">
+      <c r="O38">
         <v>5900</v>
       </c>
-      <c r="P38" s="0">
+      <c r="P38">
         <v>5860</v>
       </c>
-      <c r="Q38" s="0">
+      <c r="Q38">
         <v>5840</v>
       </c>
-      <c r="R38" s="0">
+      <c r="R38">
         <v>5840</v>
       </c>
     </row>
     <row r="39" spans="1:19">
-      <c r="A39" s="0" t="s">
+      <c r="A39" t="s">
         <v>40</v>
       </c>
-      <c r="B39" s="0"/>
-[...35 lines deleted...]
-      <c r="R40" s="0"/>
     </row>
     <row r="41" spans="1:19">
-      <c r="A41" s="0" t="s">
+      <c r="A41" t="s">
         <v>41</v>
       </c>
-      <c r="B41" s="0"/>
-[...15 lines deleted...]
-      <c r="R41" s="0"/>
     </row>
   </sheetData>
-  <sheetProtection password="BEF2A0" sheet="true" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="true" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="true" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <sheetProtection password="F3DC" sheet="1" insertRows="1" sort="1"/>
   <mergeCells>
     <mergeCell ref="A1:D3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A20:R20"/>
     <mergeCell ref="A21:R21"/>
     <mergeCell ref="A22:R22"/>
     <mergeCell ref="A23:R23"/>
     <mergeCell ref="A39:R39"/>
     <mergeCell ref="A40:R40"/>
     <mergeCell ref="A41:R41"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
-  <pageMargins left="0.7" right="0.7" top="0.1968503937007874" bottom="0.1968503937007874" header="0.3" footer="0.3"/>
-[...8 lines deleted...]
-  </headerFooter>
+  <pageMargins left="0.7" right="0.7" top="0.19685039370079" bottom="0.19685039370079" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft Corporation</Company>
+  <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>