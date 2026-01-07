--- v0 (2025-11-03)
+++ v1 (2026-01-07)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
-  <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Позвоните нам и наши менеджеры рассчитают стоимость Вашей перевозки!</t>
   </si>
   <si>
     <t>Телефон: +7 (381) 229-28-27</t>
   </si>
   <si>
     <t>Сайт: http://www.railcontinent.ru/</t>
   </si>
   <si>
     <t>Тарифы из города ОМСК руб/кг</t>
   </si>
   <si>
     <t>В город</t>
   </si>
   <si>
     <t>Скоростной режим</t>
   </si>
   <si>
     <t>Мин. цена</t>
@@ -223,150 +223,136 @@
   <si>
     <t>СУРГУТ</t>
   </si>
   <si>
     <t>ТОМСК</t>
   </si>
   <si>
     <t>ТЮМЕНЬ</t>
   </si>
   <si>
     <t>УФА</t>
   </si>
   <si>
     <t>ЧЕЛЯБИНСК</t>
   </si>
   <si>
     <t>ЯРОСЛАВЛЬ</t>
   </si>
   <si>
     <t>Тарифы в город ОМСК руб/м3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="7"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...8 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
-[...2 lines deleted...]
-    </xf>
+  <cellXfs count="7">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
-[...4 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="3" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lo1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20f39754899fce9b8e0787eb9d3a669.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2095500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Рейл Континент" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -650,106 +636,94 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:S81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A78" sqref="A78"/>
+      <selection activeCell="A78" sqref="A78:R78"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.664481" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14.831264" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="15.665" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14.831" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.5" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.5" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.5" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.5" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.5" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.5" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.5" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.5" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.5" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.5" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.5" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.5" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.5" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.5" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.5" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.5" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.5" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19">
-      <c r="A1" s="0"/>
-[...2 lines deleted...]
-      <c r="D1" s="0"/>
       <c r="R1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:19">
-      <c r="A2" s="0"/>
-[...2 lines deleted...]
-      <c r="D2" s="0"/>
       <c r="R2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:19">
-      <c r="A3" s="0"/>
-[...2 lines deleted...]
-      <c r="D3" s="0"/>
       <c r="R3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:19" customHeight="1" ht="20">
       <c r="A4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
@@ -789,448 +763,394 @@
         <v>14</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P5" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R5" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:19">
-      <c r="A6" s="6" t="s">
+      <c r="A6" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="B6" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="6">
+      <c r="C6">
         <v>2200</v>
       </c>
-      <c r="D6" s="6">
+      <c r="D6">
         <v>11</v>
       </c>
-      <c r="E6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="7">
+      <c r="E6" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" s="5">
         <v>35.7</v>
       </c>
-      <c r="G6" s="6">
+      <c r="G6">
         <v>34.9</v>
       </c>
-      <c r="H6" s="6">
+      <c r="H6">
         <v>34.1</v>
       </c>
-      <c r="I6" s="6">
+      <c r="I6">
         <v>33.3</v>
       </c>
-      <c r="J6" s="6">
+      <c r="J6">
         <v>32.5</v>
       </c>
-      <c r="K6" s="6">
+      <c r="K6">
         <v>31.7</v>
       </c>
-      <c r="L6" s="6">
+      <c r="L6">
         <v>31.2</v>
       </c>
-      <c r="M6" s="6">
+      <c r="M6">
         <v>30.7</v>
       </c>
-      <c r="N6" s="6">
+      <c r="N6">
         <v>30.2</v>
       </c>
-      <c r="O6" s="6">
+      <c r="O6">
         <v>29.7</v>
       </c>
-      <c r="P6" s="6">
+      <c r="P6">
         <v>29.2</v>
       </c>
-      <c r="Q6" s="6">
+      <c r="Q6">
         <v>28.7</v>
       </c>
-      <c r="R6" s="6">
+      <c r="R6">
         <v>28.7</v>
       </c>
     </row>
     <row r="7" spans="1:19">
-      <c r="A7" s="0" t="s">
+      <c r="A7" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="0" t="s">
+      <c r="B7" t="s">
         <v>23</v>
       </c>
-      <c r="C7" s="0">
+      <c r="C7">
         <v>1700</v>
       </c>
-      <c r="D7" s="0">
+      <c r="D7">
         <v>15</v>
       </c>
-      <c r="E7" s="0" t="s">
+      <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="5">
         <v>34.2</v>
       </c>
-      <c r="G7" s="0">
+      <c r="G7">
         <v>33.9</v>
       </c>
-      <c r="H7" s="0">
+      <c r="H7">
         <v>33.6</v>
       </c>
-      <c r="I7" s="0">
+      <c r="I7">
         <v>33.3</v>
       </c>
-      <c r="J7" s="0">
+      <c r="J7">
         <v>33</v>
       </c>
-      <c r="K7" s="0">
+      <c r="K7">
         <v>32.2</v>
       </c>
-      <c r="L7" s="0">
-[...2 lines deleted...]
-      <c r="M7" s="0">
+      <c r="L7">
+        <v>32.0</v>
+      </c>
+      <c r="M7">
         <v>31.3</v>
       </c>
-      <c r="N7" s="0">
+      <c r="N7">
         <v>31.1</v>
       </c>
-      <c r="O7" s="0">
+      <c r="O7">
         <v>30.9</v>
       </c>
-      <c r="P7" s="0">
+      <c r="P7">
         <v>30.2</v>
       </c>
-      <c r="Q7" s="0">
-[...3 lines deleted...]
-        <v>30</v>
+      <c r="Q7">
+        <v>30.0</v>
+      </c>
+      <c r="R7">
+        <v>30.0</v>
       </c>
     </row>
     <row r="8" spans="1:19">
-      <c r="A8" s="6" t="s">
+      <c r="A8" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="6" t="s">
+      <c r="B8" t="s">
         <v>27</v>
       </c>
-      <c r="C8" s="6">
+      <c r="C8">
         <v>700</v>
       </c>
-      <c r="D8" s="6">
+      <c r="D8">
         <v>1</v>
       </c>
-      <c r="E8" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F8" s="7">
+      <c r="E8" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" s="5">
         <v>14.2</v>
       </c>
-      <c r="G8" s="6">
+      <c r="G8">
         <v>13.9</v>
       </c>
-      <c r="H8" s="6">
+      <c r="H8">
         <v>13.6</v>
       </c>
-      <c r="I8" s="6">
+      <c r="I8">
         <v>13.3</v>
       </c>
-      <c r="J8" s="6">
+      <c r="J8">
         <v>13</v>
       </c>
-      <c r="K8" s="6">
+      <c r="K8">
         <v>12.7</v>
       </c>
-      <c r="L8" s="6">
+      <c r="L8">
         <v>12.5</v>
       </c>
-      <c r="M8" s="6">
+      <c r="M8">
         <v>12.3</v>
       </c>
-      <c r="N8" s="6">
+      <c r="N8">
         <v>12.1</v>
       </c>
-      <c r="O8" s="6">
+      <c r="O8">
         <v>11.9</v>
       </c>
-      <c r="P8" s="6">
+      <c r="P8">
         <v>11.7</v>
       </c>
-      <c r="Q8" s="6">
+      <c r="Q8">
         <v>11.5</v>
       </c>
-      <c r="R8" s="6">
+      <c r="R8">
         <v>11.5</v>
       </c>
     </row>
     <row r="9" spans="1:19">
-      <c r="A9" s="0" t="s">
+      <c r="A9" t="s">
         <v>28</v>
       </c>
-      <c r="B9" s="0" t="s">
+      <c r="B9" t="s">
         <v>27</v>
       </c>
-      <c r="C9" s="0">
+      <c r="C9">
         <v>700</v>
       </c>
-      <c r="D9" s="0">
+      <c r="D9">
         <v>5</v>
       </c>
-      <c r="E9" s="0" t="s">
+      <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="5">
         <v>21.5</v>
       </c>
-      <c r="G9" s="0">
+      <c r="G9">
         <v>21</v>
       </c>
-      <c r="H9" s="0">
+      <c r="H9">
         <v>20.5</v>
       </c>
-      <c r="I9" s="0">
+      <c r="I9">
         <v>20</v>
       </c>
-      <c r="J9" s="0">
+      <c r="J9">
         <v>19.5</v>
       </c>
-      <c r="K9" s="0">
+      <c r="K9">
         <v>19</v>
       </c>
-      <c r="L9" s="0">
+      <c r="L9">
         <v>18.7</v>
       </c>
-      <c r="M9" s="0">
+      <c r="M9">
         <v>18.4</v>
       </c>
-      <c r="N9" s="0">
+      <c r="N9">
         <v>18.1</v>
       </c>
-      <c r="O9" s="0">
+      <c r="O9">
         <v>17.8</v>
       </c>
-      <c r="P9" s="0">
+      <c r="P9">
         <v>17.5</v>
       </c>
-      <c r="Q9" s="0">
+      <c r="Q9">
         <v>17.2</v>
       </c>
-      <c r="R9" s="0">
+      <c r="R9">
         <v>17.2</v>
       </c>
     </row>
     <row r="10" spans="1:19">
-      <c r="A10" s="6" t="s">
+      <c r="A10" t="s">
         <v>29</v>
       </c>
-      <c r="B10" s="6" t="s">
+      <c r="B10" t="s">
         <v>27</v>
       </c>
-      <c r="C10" s="6">
+      <c r="C10">
         <v>700</v>
       </c>
-      <c r="D10" s="6">
+      <c r="D10">
         <v>1</v>
       </c>
-      <c r="E10" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F10" s="7">
+      <c r="E10" t="s">
+        <v>24</v>
+      </c>
+      <c r="F10" s="5">
         <v>13.2</v>
       </c>
-      <c r="G10" s="6">
+      <c r="G10">
         <v>12.9</v>
       </c>
-      <c r="H10" s="6">
+      <c r="H10">
         <v>12.6</v>
       </c>
-      <c r="I10" s="6">
+      <c r="I10">
         <v>12.3</v>
       </c>
-      <c r="J10" s="6">
+      <c r="J10">
         <v>12</v>
       </c>
-      <c r="K10" s="6">
+      <c r="K10">
         <v>11.7</v>
       </c>
-      <c r="L10" s="6">
+      <c r="L10">
         <v>11.5</v>
       </c>
-      <c r="M10" s="6">
+      <c r="M10">
         <v>11.3</v>
       </c>
-      <c r="N10" s="6">
+      <c r="N10">
         <v>11.1</v>
       </c>
-      <c r="O10" s="6">
+      <c r="O10">
         <v>10.9</v>
       </c>
-      <c r="P10" s="6">
+      <c r="P10">
         <v>10.7</v>
       </c>
-      <c r="Q10" s="6">
+      <c r="Q10">
         <v>10.5</v>
       </c>
-      <c r="R10" s="6">
+      <c r="R10">
         <v>10.5</v>
       </c>
     </row>
     <row r="11" spans="1:19">
-      <c r="A11" s="0" t="s">
+      <c r="A11" t="s">
         <v>30</v>
       </c>
-      <c r="B11" s="0" t="s">
+      <c r="B11" t="s">
         <v>27</v>
       </c>
-      <c r="C11" s="0">
+      <c r="C11">
         <v>1350</v>
       </c>
-      <c r="D11" s="0">
+      <c r="D11">
         <v>11</v>
       </c>
-      <c r="E11" s="0" t="s">
+      <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" s="5">
         <v>46.7</v>
       </c>
-      <c r="G11" s="0">
+      <c r="G11">
         <v>45.6</v>
       </c>
-      <c r="H11" s="0">
+      <c r="H11">
         <v>44.5</v>
       </c>
-      <c r="I11" s="0">
+      <c r="I11">
         <v>43.4</v>
       </c>
-      <c r="J11" s="0">
+      <c r="J11">
         <v>42.3</v>
       </c>
-      <c r="K11" s="0">
+      <c r="K11">
         <v>41.2</v>
       </c>
-      <c r="L11" s="0">
+      <c r="L11">
         <v>40.59999999999999</v>
       </c>
-      <c r="M11" s="0">
-[...2 lines deleted...]
-      <c r="N11" s="0">
+      <c r="M11">
+        <v>40.0</v>
+      </c>
+      <c r="N11">
         <v>39.40000000000001</v>
       </c>
-      <c r="O11" s="0">
+      <c r="O11">
         <v>38.8</v>
       </c>
-      <c r="P11" s="0">
+      <c r="P11">
         <v>38.2</v>
       </c>
-      <c r="Q11" s="0">
+      <c r="Q11">
         <v>37.59999999999999</v>
       </c>
-      <c r="R11" s="0">
+      <c r="R11">
         <v>37.59999999999999</v>
       </c>
     </row>
     <row r="12" spans="1:19">
-      <c r="A12" s="0" t="s">
+      <c r="A12" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="0"/>
-[...35 lines deleted...]
-      <c r="R13" s="0"/>
     </row>
     <row r="14" spans="1:19">
-      <c r="A14" s="0" t="s">
+      <c r="A14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="0"/>
-[...15 lines deleted...]
-      <c r="R14" s="0"/>
     </row>
     <row r="15" spans="1:19" customHeight="1" ht="20">
       <c r="A15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
       <c r="G15" s="2"/>
       <c r="H15" s="2"/>
       <c r="I15" s="2"/>
       <c r="J15" s="2"/>
       <c r="K15" s="2"/>
       <c r="L15" s="2"/>
       <c r="M15" s="2"/>
       <c r="N15" s="2"/>
       <c r="O15" s="2"/>
       <c r="P15" s="2"/>
       <c r="Q15" s="2"/>
       <c r="R15" s="2"/>
     </row>
     <row r="16" spans="1:19" customHeight="1" ht="21">
       <c r="A16" s="4" t="s">
@@ -1267,448 +1187,394 @@
         <v>39</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P16" s="4" t="s">
         <v>44</v>
       </c>
       <c r="Q16" s="4" t="s">
         <v>45</v>
       </c>
       <c r="R16" s="4" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:19">
-      <c r="A17" s="6" t="s">
+      <c r="A17" t="s">
         <v>22</v>
       </c>
-      <c r="B17" s="6" t="s">
+      <c r="B17" t="s">
         <v>23</v>
       </c>
-      <c r="C17" s="6">
+      <c r="C17">
         <v>2200</v>
       </c>
-      <c r="D17" s="6">
+      <c r="D17">
         <v>11</v>
       </c>
-      <c r="E17" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F17" s="9">
+      <c r="E17" t="s">
+        <v>24</v>
+      </c>
+      <c r="F17" s="6">
         <v>8230</v>
       </c>
-      <c r="G17" s="6">
+      <c r="G17">
         <v>8030</v>
       </c>
-      <c r="H17" s="6">
+      <c r="H17">
         <v>7830</v>
       </c>
-      <c r="I17" s="6">
+      <c r="I17">
         <v>7640</v>
       </c>
-      <c r="J17" s="6">
+      <c r="J17">
         <v>7460</v>
       </c>
-      <c r="K17" s="6">
+      <c r="K17">
         <v>7280</v>
       </c>
-      <c r="L17" s="6">
+      <c r="L17">
         <v>7170</v>
       </c>
-      <c r="M17" s="6">
+      <c r="M17">
         <v>7060</v>
       </c>
-      <c r="N17" s="6">
+      <c r="N17">
         <v>6960</v>
       </c>
-      <c r="O17" s="6">
+      <c r="O17">
         <v>6850</v>
       </c>
-      <c r="P17" s="6">
+      <c r="P17">
         <v>6750</v>
       </c>
-      <c r="Q17" s="6">
+      <c r="Q17">
         <v>6650</v>
       </c>
-      <c r="R17" s="6">
+      <c r="R17">
         <v>6650</v>
       </c>
     </row>
     <row r="18" spans="1:19">
-      <c r="A18" s="0" t="s">
+      <c r="A18" t="s">
         <v>25</v>
       </c>
-      <c r="B18" s="0" t="s">
+      <c r="B18" t="s">
         <v>23</v>
       </c>
-      <c r="C18" s="0">
+      <c r="C18">
         <v>1700</v>
       </c>
-      <c r="D18" s="0">
+      <c r="D18">
         <v>15</v>
       </c>
-      <c r="E18" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="8">
+      <c r="E18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F18" s="6">
         <v>8580</v>
       </c>
-      <c r="G18" s="0">
+      <c r="G18">
         <v>8500</v>
       </c>
-      <c r="H18" s="0">
+      <c r="H18">
         <v>8420</v>
       </c>
-      <c r="I18" s="0">
+      <c r="I18">
         <v>8340</v>
       </c>
-      <c r="J18" s="0">
+      <c r="J18">
         <v>8270</v>
       </c>
-      <c r="K18" s="0">
+      <c r="K18">
         <v>8100</v>
       </c>
-      <c r="L18" s="0">
+      <c r="L18">
         <v>8060</v>
       </c>
-      <c r="M18" s="0">
+      <c r="M18">
         <v>7860</v>
       </c>
-      <c r="N18" s="0">
+      <c r="N18">
         <v>7820</v>
       </c>
-      <c r="O18" s="0">
+      <c r="O18">
         <v>7780</v>
       </c>
-      <c r="P18" s="0">
+      <c r="P18">
         <v>7640</v>
       </c>
-      <c r="Q18" s="0">
+      <c r="Q18">
         <v>7600</v>
       </c>
-      <c r="R18" s="0">
+      <c r="R18">
         <v>7600</v>
       </c>
     </row>
     <row r="19" spans="1:19">
-      <c r="A19" s="6" t="s">
+      <c r="A19" t="s">
         <v>26</v>
       </c>
-      <c r="B19" s="6" t="s">
+      <c r="B19" t="s">
         <v>27</v>
       </c>
-      <c r="C19" s="6">
+      <c r="C19">
         <v>700</v>
       </c>
-      <c r="D19" s="6">
+      <c r="D19">
         <v>1</v>
       </c>
-      <c r="E19" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F19" s="9">
+      <c r="E19" t="s">
+        <v>24</v>
+      </c>
+      <c r="F19" s="6">
         <v>3570</v>
       </c>
-      <c r="G19" s="6">
+      <c r="G19">
         <v>3480</v>
       </c>
-      <c r="H19" s="6">
+      <c r="H19">
         <v>3400</v>
       </c>
-      <c r="I19" s="6">
+      <c r="I19">
         <v>3310</v>
       </c>
-      <c r="J19" s="6">
+      <c r="J19">
         <v>3230</v>
       </c>
-      <c r="K19" s="6">
+      <c r="K19">
         <v>3150</v>
       </c>
-      <c r="L19" s="6">
+      <c r="L19">
         <v>3110</v>
       </c>
-      <c r="M19" s="6">
+      <c r="M19">
         <v>3060</v>
       </c>
-      <c r="N19" s="6">
+      <c r="N19">
         <v>3020</v>
       </c>
-      <c r="O19" s="6">
+      <c r="O19">
         <v>2970</v>
       </c>
-      <c r="P19" s="6">
+      <c r="P19">
         <v>2930</v>
       </c>
-      <c r="Q19" s="6">
+      <c r="Q19">
         <v>2880</v>
       </c>
-      <c r="R19" s="6">
+      <c r="R19">
         <v>2880</v>
       </c>
     </row>
     <row r="20" spans="1:19">
-      <c r="A20" s="0" t="s">
+      <c r="A20" t="s">
         <v>28</v>
       </c>
-      <c r="B20" s="0" t="s">
+      <c r="B20" t="s">
         <v>27</v>
       </c>
-      <c r="C20" s="0">
+      <c r="C20">
         <v>700</v>
       </c>
-      <c r="D20" s="0">
+      <c r="D20">
         <v>5</v>
       </c>
-      <c r="E20" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="8">
+      <c r="E20" t="s">
+        <v>24</v>
+      </c>
+      <c r="F20" s="6">
         <v>5330</v>
       </c>
-      <c r="G20" s="0">
+      <c r="G20">
         <v>5200</v>
       </c>
-      <c r="H20" s="0">
+      <c r="H20">
         <v>5070</v>
       </c>
-      <c r="I20" s="0">
+      <c r="I20">
         <v>4950</v>
       </c>
-      <c r="J20" s="0">
+      <c r="J20">
         <v>4830</v>
       </c>
-      <c r="K20" s="0">
+      <c r="K20">
         <v>4710</v>
       </c>
-      <c r="L20" s="0">
+      <c r="L20">
         <v>4640</v>
       </c>
-      <c r="M20" s="0">
+      <c r="M20">
         <v>4570</v>
       </c>
-      <c r="N20" s="0">
+      <c r="N20">
         <v>4500</v>
       </c>
-      <c r="O20" s="0">
+      <c r="O20">
         <v>4440</v>
       </c>
-      <c r="P20" s="0">
+      <c r="P20">
         <v>4370</v>
       </c>
-      <c r="Q20" s="0">
+      <c r="Q20">
         <v>4310</v>
       </c>
-      <c r="R20" s="0">
+      <c r="R20">
         <v>4310</v>
       </c>
     </row>
     <row r="21" spans="1:19">
-      <c r="A21" s="6" t="s">
+      <c r="A21" t="s">
         <v>29</v>
       </c>
-      <c r="B21" s="6" t="s">
+      <c r="B21" t="s">
         <v>27</v>
       </c>
-      <c r="C21" s="6">
+      <c r="C21">
         <v>700</v>
       </c>
-      <c r="D21" s="6">
+      <c r="D21">
         <v>1</v>
       </c>
-      <c r="E21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F21" s="9">
+      <c r="E21" t="s">
+        <v>24</v>
+      </c>
+      <c r="F21" s="6">
         <v>3280</v>
       </c>
-      <c r="G21" s="6">
+      <c r="G21">
         <v>3200</v>
       </c>
-      <c r="H21" s="6">
+      <c r="H21">
         <v>3120</v>
       </c>
-      <c r="I21" s="6">
+      <c r="I21">
         <v>3040</v>
       </c>
-      <c r="J21" s="6">
+      <c r="J21">
         <v>2970</v>
       </c>
-      <c r="K21" s="6">
+      <c r="K21">
         <v>2900</v>
       </c>
-      <c r="L21" s="6">
+      <c r="L21">
         <v>2860</v>
       </c>
-      <c r="M21" s="6">
+      <c r="M21">
         <v>2810</v>
       </c>
-      <c r="N21" s="6">
+      <c r="N21">
         <v>2770</v>
       </c>
-      <c r="O21" s="6">
+      <c r="O21">
         <v>2730</v>
       </c>
-      <c r="P21" s="6">
+      <c r="P21">
         <v>2690</v>
       </c>
-      <c r="Q21" s="6">
+      <c r="Q21">
         <v>2650</v>
       </c>
-      <c r="R21" s="6">
+      <c r="R21">
         <v>2650</v>
       </c>
     </row>
     <row r="22" spans="1:19">
-      <c r="A22" s="0" t="s">
+      <c r="A22" t="s">
         <v>30</v>
       </c>
-      <c r="B22" s="0" t="s">
+      <c r="B22" t="s">
         <v>27</v>
       </c>
-      <c r="C22" s="0">
+      <c r="C22">
         <v>1350</v>
       </c>
-      <c r="D22" s="0">
+      <c r="D22">
         <v>11</v>
       </c>
-      <c r="E22" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F22" s="8">
+      <c r="E22" t="s">
+        <v>24</v>
+      </c>
+      <c r="F22" s="6">
         <v>11653</v>
       </c>
-      <c r="G22" s="0">
+      <c r="G22">
         <v>11369</v>
       </c>
-      <c r="H22" s="0">
+      <c r="H22">
         <v>11089</v>
       </c>
-      <c r="I22" s="0">
+      <c r="I22">
         <v>10822</v>
       </c>
-      <c r="J22" s="0">
+      <c r="J22">
         <v>10559</v>
       </c>
-      <c r="K22" s="0">
+      <c r="K22">
         <v>10299</v>
       </c>
-      <c r="L22" s="0">
+      <c r="L22">
         <v>10146</v>
       </c>
-      <c r="M22" s="0">
+      <c r="M22">
         <v>9995</v>
       </c>
-      <c r="N22" s="0">
+      <c r="N22">
         <v>9845</v>
       </c>
-      <c r="O22" s="0">
+      <c r="O22">
         <v>9706</v>
       </c>
-      <c r="P22" s="0">
+      <c r="P22">
         <v>9558</v>
       </c>
-      <c r="Q22" s="0">
+      <c r="Q22">
         <v>9421</v>
       </c>
-      <c r="R22" s="0">
+      <c r="R22">
         <v>9421</v>
       </c>
     </row>
     <row r="23" spans="1:19">
-      <c r="A23" s="0" t="s">
+      <c r="A23" t="s">
         <v>31</v>
       </c>
-      <c r="B23" s="0"/>
-[...35 lines deleted...]
-      <c r="R24" s="0"/>
     </row>
     <row r="25" spans="1:19">
-      <c r="A25" s="0" t="s">
+      <c r="A25" t="s">
         <v>32</v>
       </c>
-      <c r="B25" s="0"/>
-[...15 lines deleted...]
-      <c r="R25" s="0"/>
     </row>
     <row r="26" spans="1:19" customHeight="1" ht="20">
       <c r="A26" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
       <c r="H26" s="2"/>
       <c r="I26" s="2"/>
       <c r="J26" s="2"/>
       <c r="K26" s="2"/>
       <c r="L26" s="2"/>
       <c r="M26" s="2"/>
       <c r="N26" s="2"/>
       <c r="O26" s="2"/>
       <c r="P26" s="2"/>
       <c r="Q26" s="2"/>
       <c r="R26" s="2"/>
     </row>
     <row r="27" spans="1:19" customHeight="1" ht="21">
       <c r="A27" s="4" t="s">
@@ -1745,1400 +1611,1346 @@
         <v>14</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P27" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q27" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R27" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:19">
-      <c r="A28" s="6" t="s">
+      <c r="A28" t="s">
         <v>49</v>
       </c>
-      <c r="B28" s="6" t="s">
+      <c r="B28" t="s">
         <v>23</v>
       </c>
-      <c r="C28" s="6">
-[...2 lines deleted...]
-      <c r="D28" s="6">
+      <c r="C28">
+        <v>1650</v>
+      </c>
+      <c r="D28">
         <v>9</v>
       </c>
-      <c r="E28" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F28" s="7">
+      <c r="E28" t="s">
+        <v>24</v>
+      </c>
+      <c r="F28" s="5">
+        <v>26.9</v>
+      </c>
+      <c r="G28">
+        <v>26.3</v>
+      </c>
+      <c r="H28">
         <v>25.7</v>
       </c>
-      <c r="G28" s="6">
+      <c r="I28">
         <v>25.1</v>
       </c>
-      <c r="H28" s="6">
+      <c r="J28">
         <v>24.5</v>
       </c>
-      <c r="I28" s="6">
+      <c r="K28">
         <v>23.9</v>
       </c>
-      <c r="J28" s="6">
+      <c r="L28">
+        <v>23.6</v>
+      </c>
+      <c r="M28">
         <v>23.3</v>
       </c>
-      <c r="K28" s="6">
+      <c r="N28">
+        <v>23.0</v>
+      </c>
+      <c r="O28">
         <v>22.7</v>
       </c>
-      <c r="L28" s="6">
+      <c r="P28">
         <v>22.4</v>
       </c>
-      <c r="M28" s="6">
+      <c r="Q28">
         <v>22.1</v>
       </c>
-      <c r="N28" s="6">
+      <c r="R28">
+        <v>22.1</v>
+      </c>
+    </row>
+    <row r="29" spans="1:19">
+      <c r="A29" t="s">
+        <v>50</v>
+      </c>
+      <c r="B29" t="s">
+        <v>23</v>
+      </c>
+      <c r="C29">
+        <v>1750</v>
+      </c>
+      <c r="D29">
+        <v>9</v>
+      </c>
+      <c r="E29" t="s">
+        <v>24</v>
+      </c>
+      <c r="F29" s="5">
+        <v>22.4</v>
+      </c>
+      <c r="G29">
+        <v>21.9</v>
+      </c>
+      <c r="H29">
+        <v>21.4</v>
+      </c>
+      <c r="I29">
+        <v>20.9</v>
+      </c>
+      <c r="J29">
+        <v>20.4</v>
+      </c>
+      <c r="K29">
+        <v>19.9</v>
+      </c>
+      <c r="L29">
+        <v>19.7</v>
+      </c>
+      <c r="M29">
+        <v>19.5</v>
+      </c>
+      <c r="N29">
+        <v>19.3</v>
+      </c>
+      <c r="O29">
+        <v>19.1</v>
+      </c>
+      <c r="P29">
+        <v>18.9</v>
+      </c>
+      <c r="Q29">
+        <v>18.7</v>
+      </c>
+      <c r="R29">
+        <v>18.7</v>
+      </c>
+    </row>
+    <row r="30" spans="1:19">
+      <c r="A30" t="s">
+        <v>26</v>
+      </c>
+      <c r="B30" t="s">
+        <v>27</v>
+      </c>
+      <c r="C30">
+        <v>640</v>
+      </c>
+      <c r="D30">
+        <v>1</v>
+      </c>
+      <c r="E30" t="s">
+        <v>24</v>
+      </c>
+      <c r="F30" s="5">
+        <v>16.4</v>
+      </c>
+      <c r="G30">
+        <v>16</v>
+      </c>
+      <c r="H30">
+        <v>15.6</v>
+      </c>
+      <c r="I30">
+        <v>15.2</v>
+      </c>
+      <c r="J30">
+        <v>14.8</v>
+      </c>
+      <c r="K30">
+        <v>14.4</v>
+      </c>
+      <c r="L30">
+        <v>14.2</v>
+      </c>
+      <c r="M30">
+        <v>14</v>
+      </c>
+      <c r="N30">
+        <v>13.8</v>
+      </c>
+      <c r="O30">
+        <v>13.6</v>
+      </c>
+      <c r="P30">
+        <v>13.4</v>
+      </c>
+      <c r="Q30">
+        <v>13.2</v>
+      </c>
+      <c r="R30">
+        <v>13.2</v>
+      </c>
+    </row>
+    <row r="31" spans="1:19">
+      <c r="A31" t="s">
+        <v>51</v>
+      </c>
+      <c r="B31" t="s">
+        <v>23</v>
+      </c>
+      <c r="C31">
+        <v>1600</v>
+      </c>
+      <c r="D31">
+        <v>10</v>
+      </c>
+      <c r="E31" t="s">
+        <v>24</v>
+      </c>
+      <c r="F31" s="5">
+        <v>20.7</v>
+      </c>
+      <c r="G31">
+        <v>20.4</v>
+      </c>
+      <c r="H31">
+        <v>20.1</v>
+      </c>
+      <c r="I31">
+        <v>19.8</v>
+      </c>
+      <c r="J31">
+        <v>19.5</v>
+      </c>
+      <c r="K31">
+        <v>19.2</v>
+      </c>
+      <c r="L31">
+        <v>19.0</v>
+      </c>
+      <c r="M31">
+        <v>18.4</v>
+      </c>
+      <c r="N31">
+        <v>17.4</v>
+      </c>
+      <c r="O31">
+        <v>16.6</v>
+      </c>
+      <c r="P31">
+        <v>15.8</v>
+      </c>
+      <c r="Q31">
+        <v>15.3</v>
+      </c>
+      <c r="R31">
+        <v>15.3</v>
+      </c>
+    </row>
+    <row r="32" spans="1:19">
+      <c r="A32" t="s">
+        <v>52</v>
+      </c>
+      <c r="B32" t="s">
+        <v>27</v>
+      </c>
+      <c r="C32">
+        <v>1290</v>
+      </c>
+      <c r="D32">
+        <v>3</v>
+      </c>
+      <c r="E32" t="s">
+        <v>24</v>
+      </c>
+      <c r="F32" s="5">
+        <v>35.099999999999994</v>
+      </c>
+      <c r="G32">
+        <v>34.5</v>
+      </c>
+      <c r="H32">
+        <v>33.8</v>
+      </c>
+      <c r="I32">
+        <v>33.2</v>
+      </c>
+      <c r="J32">
+        <v>32.6</v>
+      </c>
+      <c r="K32">
+        <v>31.8</v>
+      </c>
+      <c r="L32">
+        <v>31.2</v>
+      </c>
+      <c r="M32">
+        <v>31</v>
+      </c>
+      <c r="N32">
+        <v>30.8</v>
+      </c>
+      <c r="O32">
+        <v>30.4</v>
+      </c>
+      <c r="P32">
+        <v>30.0</v>
+      </c>
+      <c r="Q32">
+        <v>29.8</v>
+      </c>
+      <c r="R32">
+        <v>29.8</v>
+      </c>
+    </row>
+    <row r="33" spans="1:19">
+      <c r="A33" t="s">
+        <v>53</v>
+      </c>
+      <c r="B33" t="s">
+        <v>23</v>
+      </c>
+      <c r="C33">
+        <v>1700</v>
+      </c>
+      <c r="D33">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>24</v>
+      </c>
+      <c r="F33" s="5">
+        <v>26.1</v>
+      </c>
+      <c r="G33">
+        <v>25.5</v>
+      </c>
+      <c r="H33">
+        <v>24.9</v>
+      </c>
+      <c r="I33">
+        <v>24.3</v>
+      </c>
+      <c r="J33">
+        <v>23.8</v>
+      </c>
+      <c r="K33">
+        <v>23.3</v>
+      </c>
+      <c r="L33">
+        <v>23.0</v>
+      </c>
+      <c r="M33">
+        <v>22.7</v>
+      </c>
+      <c r="N33">
+        <v>22.4</v>
+      </c>
+      <c r="O33">
+        <v>22.1</v>
+      </c>
+      <c r="P33">
         <v>21.8</v>
       </c>
-      <c r="O28" s="6">
+      <c r="Q33">
         <v>21.5</v>
       </c>
-      <c r="P28" s="6">
-[...19 lines deleted...]
-      <c r="D29" s="0">
+      <c r="R33">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="34" spans="1:19">
+      <c r="A34" t="s">
+        <v>54</v>
+      </c>
+      <c r="B34" t="s">
+        <v>27</v>
+      </c>
+      <c r="C34">
+        <v>1700</v>
+      </c>
+      <c r="D34">
+        <v>6</v>
+      </c>
+      <c r="E34" t="s">
+        <v>24</v>
+      </c>
+      <c r="F34" s="5">
+        <v>27.2</v>
+      </c>
+      <c r="G34">
+        <v>26.0</v>
+      </c>
+      <c r="H34">
+        <v>25.3</v>
+      </c>
+      <c r="I34">
+        <v>24.5</v>
+      </c>
+      <c r="J34">
+        <v>23.8</v>
+      </c>
+      <c r="K34">
+        <v>23.3</v>
+      </c>
+      <c r="L34">
+        <v>23.0</v>
+      </c>
+      <c r="M34">
+        <v>22.7</v>
+      </c>
+      <c r="N34">
+        <v>22.4</v>
+      </c>
+      <c r="O34">
+        <v>22.1</v>
+      </c>
+      <c r="P34">
+        <v>21.8</v>
+      </c>
+      <c r="Q34">
+        <v>21.5</v>
+      </c>
+      <c r="R34">
+        <v>21.5</v>
+      </c>
+    </row>
+    <row r="35" spans="1:19">
+      <c r="A35" t="s">
+        <v>28</v>
+      </c>
+      <c r="B35" t="s">
+        <v>55</v>
+      </c>
+      <c r="C35">
+        <v>1000</v>
+      </c>
+      <c r="D35">
+        <v>8</v>
+      </c>
+      <c r="E35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F35" s="5">
+        <v>9.8</v>
+      </c>
+      <c r="G35">
+        <v>9.6</v>
+      </c>
+      <c r="H35">
+        <v>9.4</v>
+      </c>
+      <c r="I35">
+        <v>9.2</v>
+      </c>
+      <c r="J35">
         <v>9</v>
       </c>
-      <c r="E29" s="0" t="s">
-[...46 lines deleted...]
-      <c r="B30" s="6" t="s">
+      <c r="K35">
+        <v>8.8</v>
+      </c>
+      <c r="L35">
+        <v>8.7</v>
+      </c>
+      <c r="M35">
+        <v>8.6</v>
+      </c>
+      <c r="N35">
+        <v>8.5</v>
+      </c>
+      <c r="O35">
+        <v>8.4</v>
+      </c>
+      <c r="P35">
+        <v>8.3</v>
+      </c>
+      <c r="Q35">
+        <v>8.2</v>
+      </c>
+      <c r="R35">
+        <v>8.2</v>
+      </c>
+    </row>
+    <row r="36" spans="1:19">
+      <c r="A36" t="s">
+        <v>28</v>
+      </c>
+      <c r="B36" t="s">
+        <v>55</v>
+      </c>
+      <c r="C36">
+        <v>1800</v>
+      </c>
+      <c r="D36">
+        <v>8</v>
+      </c>
+      <c r="E36" t="s">
+        <v>56</v>
+      </c>
+      <c r="F36" s="5">
+        <v>17.6</v>
+      </c>
+      <c r="G36">
+        <v>17.2</v>
+      </c>
+      <c r="H36">
+        <v>16.8</v>
+      </c>
+      <c r="I36">
+        <v>16.4</v>
+      </c>
+      <c r="J36">
+        <v>16</v>
+      </c>
+      <c r="K36">
+        <v>15.6</v>
+      </c>
+      <c r="L36">
+        <v>15.4</v>
+      </c>
+      <c r="M36">
+        <v>15.2</v>
+      </c>
+      <c r="N36">
+        <v>15</v>
+      </c>
+      <c r="O36">
+        <v>14.8</v>
+      </c>
+      <c r="P36">
+        <v>14.6</v>
+      </c>
+      <c r="Q36">
+        <v>14.4</v>
+      </c>
+      <c r="R36">
+        <v>14.4</v>
+      </c>
+    </row>
+    <row r="37" spans="1:19">
+      <c r="A37" t="s">
+        <v>28</v>
+      </c>
+      <c r="B37" t="s">
         <v>27</v>
       </c>
-      <c r="C30" s="6">
-[...391 lines deleted...]
-      <c r="C37" s="0">
+      <c r="C37">
         <v>900</v>
       </c>
-      <c r="D37" s="0">
+      <c r="D37">
         <v>5</v>
       </c>
-      <c r="E37" s="0" t="s">
+      <c r="E37" t="s">
         <v>24</v>
       </c>
       <c r="F37" s="5">
         <v>27.1</v>
       </c>
-      <c r="G37" s="0">
+      <c r="G37">
         <v>26.4</v>
       </c>
-      <c r="H37" s="0">
+      <c r="H37">
         <v>25.8</v>
       </c>
-      <c r="I37" s="0">
+      <c r="I37">
         <v>25.2</v>
       </c>
-      <c r="J37" s="0">
+      <c r="J37">
         <v>24.6</v>
       </c>
-      <c r="K37" s="0">
-[...2 lines deleted...]
-      <c r="L37" s="0">
+      <c r="K37">
+        <v>24</v>
+      </c>
+      <c r="L37">
         <v>23.6</v>
       </c>
-      <c r="M37" s="0">
+      <c r="M37">
         <v>23.3</v>
       </c>
-      <c r="N37" s="0">
+      <c r="N37">
         <v>23</v>
       </c>
-      <c r="O37" s="0">
+      <c r="O37">
         <v>22.7</v>
       </c>
-      <c r="P37" s="0">
+      <c r="P37">
         <v>22.4</v>
       </c>
-      <c r="Q37" s="0">
+      <c r="Q37">
         <v>22.1</v>
       </c>
-      <c r="R37" s="0">
+      <c r="R37">
         <v>22.1</v>
       </c>
     </row>
     <row r="38" spans="1:19">
-      <c r="A38" s="6" t="s">
+      <c r="A38" t="s">
         <v>57</v>
       </c>
-      <c r="B38" s="6" t="s">
+      <c r="B38" t="s">
         <v>23</v>
       </c>
-      <c r="C38" s="6">
-[...2 lines deleted...]
-      <c r="D38" s="6">
+      <c r="C38">
+        <v>1660</v>
+      </c>
+      <c r="D38">
         <v>10</v>
       </c>
-      <c r="E38" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F38" s="7">
+      <c r="E38" t="s">
+        <v>24</v>
+      </c>
+      <c r="F38" s="5">
+        <v>19.5</v>
+      </c>
+      <c r="G38">
+        <v>19.2</v>
+      </c>
+      <c r="H38">
+        <v>18.9</v>
+      </c>
+      <c r="I38">
+        <v>18.6</v>
+      </c>
+      <c r="J38">
         <v>18.3</v>
       </c>
-      <c r="G38" s="6">
-[...33 lines deleted...]
-        <v>14.2</v>
+      <c r="K38">
+        <v>17.6</v>
+      </c>
+      <c r="L38">
+        <v>17.2</v>
+      </c>
+      <c r="M38">
+        <v>16.8</v>
+      </c>
+      <c r="N38">
+        <v>16.3</v>
+      </c>
+      <c r="O38">
+        <v>15.9</v>
+      </c>
+      <c r="P38">
+        <v>15.5</v>
+      </c>
+      <c r="Q38">
+        <v>15.4</v>
+      </c>
+      <c r="R38">
+        <v>15.4</v>
       </c>
     </row>
     <row r="39" spans="1:19">
-      <c r="A39" s="0" t="s">
+      <c r="A39" t="s">
         <v>29</v>
       </c>
-      <c r="B39" s="0" t="s">
+      <c r="B39" t="s">
         <v>27</v>
       </c>
-      <c r="C39" s="0">
+      <c r="C39">
         <v>700</v>
       </c>
-      <c r="D39" s="0">
+      <c r="D39">
         <v>4</v>
       </c>
-      <c r="E39" s="0" t="s">
+      <c r="E39" t="s">
         <v>24</v>
       </c>
       <c r="F39" s="5">
         <v>12.1</v>
       </c>
-      <c r="G39" s="0">
+      <c r="G39">
         <v>11.3</v>
       </c>
-      <c r="H39" s="0">
+      <c r="H39">
         <v>11</v>
       </c>
-      <c r="I39" s="0">
+      <c r="I39">
         <v>10.5</v>
       </c>
-      <c r="J39" s="0">
+      <c r="J39">
         <v>10.1</v>
       </c>
-      <c r="K39" s="0">
+      <c r="K39">
         <v>9.9</v>
       </c>
-      <c r="L39" s="0">
-[...5 lines deleted...]
-      <c r="N39" s="0">
+      <c r="L39">
+        <v>9.8</v>
+      </c>
+      <c r="M39">
+        <v>9.7</v>
+      </c>
+      <c r="N39">
         <v>9.6</v>
       </c>
-      <c r="O39" s="0">
+      <c r="O39">
         <v>9.5</v>
       </c>
-      <c r="P39" s="0">
+      <c r="P39">
         <v>9.4</v>
       </c>
-      <c r="Q39" s="0">
-[...3 lines deleted...]
-        <v>9.300000000000001</v>
+      <c r="Q39">
+        <v>9.3</v>
+      </c>
+      <c r="R39">
+        <v>9.3</v>
       </c>
     </row>
     <row r="40" spans="1:19">
-      <c r="A40" s="6" t="s">
+      <c r="A40" t="s">
         <v>58</v>
       </c>
-      <c r="B40" s="6" t="s">
+      <c r="B40" t="s">
         <v>23</v>
       </c>
-      <c r="C40" s="6">
-[...2 lines deleted...]
-      <c r="D40" s="6">
+      <c r="C40">
+        <v>1350</v>
+      </c>
+      <c r="D40">
         <v>11</v>
       </c>
-      <c r="E40" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F40" s="7">
+      <c r="E40" t="s">
+        <v>24</v>
+      </c>
+      <c r="F40" s="5">
+        <v>25.8</v>
+      </c>
+      <c r="G40">
+        <v>25.2</v>
+      </c>
+      <c r="H40">
         <v>24.6</v>
       </c>
-      <c r="G40" s="6">
-[...2 lines deleted...]
-      <c r="H40" s="6">
+      <c r="I40">
+        <v>24.1</v>
+      </c>
+      <c r="J40">
+        <v>23.6</v>
+      </c>
+      <c r="K40">
+        <v>23.1</v>
+      </c>
+      <c r="L40">
+        <v>22.8</v>
+      </c>
+      <c r="M40">
+        <v>22.5</v>
+      </c>
+      <c r="N40">
+        <v>22.2</v>
+      </c>
+      <c r="O40">
+        <v>21.9</v>
+      </c>
+      <c r="P40">
+        <v>21.6</v>
+      </c>
+      <c r="Q40">
+        <v>21.3</v>
+      </c>
+      <c r="R40">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="41" spans="1:19">
+      <c r="A41" t="s">
+        <v>59</v>
+      </c>
+      <c r="B41" t="s">
+        <v>55</v>
+      </c>
+      <c r="C41">
+        <v>1200</v>
+      </c>
+      <c r="D41">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>24</v>
+      </c>
+      <c r="F41" s="5">
+        <v>10.6</v>
+      </c>
+      <c r="G41">
+        <v>10.3</v>
+      </c>
+      <c r="H41">
+        <v>10</v>
+      </c>
+      <c r="I41">
+        <v>9.8</v>
+      </c>
+      <c r="J41">
+        <v>9.6</v>
+      </c>
+      <c r="K41">
+        <v>9.4</v>
+      </c>
+      <c r="L41">
+        <v>9.3</v>
+      </c>
+      <c r="M41">
+        <v>9.2</v>
+      </c>
+      <c r="N41">
+        <v>9.1</v>
+      </c>
+      <c r="O41">
+        <v>9</v>
+      </c>
+      <c r="P41">
+        <v>8.9</v>
+      </c>
+      <c r="Q41">
+        <v>8.8</v>
+      </c>
+      <c r="R41">
+        <v>8.8</v>
+      </c>
+    </row>
+    <row r="42" spans="1:19">
+      <c r="A42" t="s">
+        <v>59</v>
+      </c>
+      <c r="B42" t="s">
+        <v>27</v>
+      </c>
+      <c r="C42">
+        <v>2100</v>
+      </c>
+      <c r="D42">
+        <v>7</v>
+      </c>
+      <c r="E42" t="s">
+        <v>24</v>
+      </c>
+      <c r="F42" s="5">
+        <v>32.8</v>
+      </c>
+      <c r="G42">
+        <v>32</v>
+      </c>
+      <c r="H42">
+        <v>31.2</v>
+      </c>
+      <c r="I42">
+        <v>30.4</v>
+      </c>
+      <c r="J42">
+        <v>29.7</v>
+      </c>
+      <c r="K42">
+        <v>29</v>
+      </c>
+      <c r="L42">
+        <v>28.6</v>
+      </c>
+      <c r="M42">
+        <v>28.2</v>
+      </c>
+      <c r="N42">
+        <v>27.8</v>
+      </c>
+      <c r="O42">
+        <v>27.4</v>
+      </c>
+      <c r="P42">
+        <v>27</v>
+      </c>
+      <c r="Q42">
+        <v>26.6</v>
+      </c>
+      <c r="R42">
+        <v>26.6</v>
+      </c>
+    </row>
+    <row r="43" spans="1:19">
+      <c r="A43" t="s">
+        <v>60</v>
+      </c>
+      <c r="B43" t="s">
+        <v>23</v>
+      </c>
+      <c r="C43">
+        <v>1550</v>
+      </c>
+      <c r="D43">
+        <v>10</v>
+      </c>
+      <c r="E43" t="s">
+        <v>24</v>
+      </c>
+      <c r="F43" s="5">
+        <v>27.0</v>
+      </c>
+      <c r="G43">
+        <v>26.4</v>
+      </c>
+      <c r="H43">
+        <v>25.8</v>
+      </c>
+      <c r="I43">
+        <v>25.2</v>
+      </c>
+      <c r="J43">
+        <v>24.6</v>
+      </c>
+      <c r="K43">
+        <v>24.0</v>
+      </c>
+      <c r="L43">
+        <v>23.7</v>
+      </c>
+      <c r="M43">
         <v>23.4</v>
       </c>
-      <c r="I40" s="6">
-[...58 lines deleted...]
-      <c r="J41" s="0">
+      <c r="N43">
+        <v>23.1</v>
+      </c>
+      <c r="O43">
+        <v>22.8</v>
+      </c>
+      <c r="P43">
+        <v>22.5</v>
+      </c>
+      <c r="Q43">
+        <v>22.2</v>
+      </c>
+      <c r="R43">
+        <v>22.2</v>
+      </c>
+    </row>
+    <row r="44" spans="1:19">
+      <c r="A44" t="s">
+        <v>30</v>
+      </c>
+      <c r="B44" t="s">
+        <v>27</v>
+      </c>
+      <c r="C44">
+        <v>4800</v>
+      </c>
+      <c r="D44">
         <v>9</v>
       </c>
-      <c r="K41" s="0">
-[...28 lines deleted...]
-      <c r="B42" s="6" t="s">
+      <c r="E44" t="s">
+        <v>24</v>
+      </c>
+      <c r="F44" s="5">
+        <v>68.59999999999999</v>
+      </c>
+      <c r="G44">
+        <v>66.90000000000001</v>
+      </c>
+      <c r="H44">
+        <v>65.3</v>
+      </c>
+      <c r="I44">
+        <v>63.7</v>
+      </c>
+      <c r="J44">
+        <v>62.2</v>
+      </c>
+      <c r="K44">
+        <v>60.7</v>
+      </c>
+      <c r="L44">
+        <v>59.8</v>
+      </c>
+      <c r="M44">
+        <v>59.0</v>
+      </c>
+      <c r="N44">
+        <v>58.2</v>
+      </c>
+      <c r="O44">
+        <v>57.40000000000001</v>
+      </c>
+      <c r="P44">
+        <v>56.6</v>
+      </c>
+      <c r="Q44">
+        <v>55.8</v>
+      </c>
+      <c r="R44">
+        <v>55.8</v>
+      </c>
+    </row>
+    <row r="45" spans="1:19">
+      <c r="A45" t="s">
+        <v>61</v>
+      </c>
+      <c r="B45" t="s">
         <v>27</v>
       </c>
-      <c r="C42" s="6">
-[...167 lines deleted...]
-      <c r="C45" s="0">
+      <c r="C45">
         <v>1840</v>
       </c>
-      <c r="D45" s="0">
+      <c r="D45">
         <v>2</v>
       </c>
-      <c r="E45" s="0" t="s">
+      <c r="E45" t="s">
         <v>24</v>
       </c>
       <c r="F45" s="5">
         <v>34.8</v>
       </c>
-      <c r="G45" s="0">
+      <c r="G45">
         <v>34.1</v>
       </c>
-      <c r="H45" s="0">
+      <c r="H45">
         <v>33.5</v>
       </c>
-      <c r="I45" s="0">
+      <c r="I45">
         <v>32.8</v>
       </c>
-      <c r="J45" s="0">
+      <c r="J45">
         <v>32.2</v>
       </c>
-      <c r="K45" s="0">
+      <c r="K45">
         <v>31.5</v>
       </c>
-      <c r="L45" s="0">
-[...2 lines deleted...]
-      <c r="M45" s="0">
+      <c r="L45">
+        <v>31.099999999999998</v>
+      </c>
+      <c r="M45">
         <v>30.6</v>
       </c>
-      <c r="N45" s="0">
+      <c r="N45">
         <v>30.2</v>
       </c>
-      <c r="O45" s="0">
+      <c r="O45">
         <v>29.9</v>
       </c>
-      <c r="P45" s="0">
+      <c r="P45">
         <v>29.7</v>
       </c>
-      <c r="Q45" s="0">
+      <c r="Q45">
         <v>29.5</v>
       </c>
-      <c r="R45" s="0">
+      <c r="R45">
         <v>29.5</v>
       </c>
     </row>
     <row r="46" spans="1:19">
-      <c r="A46" s="6" t="s">
+      <c r="A46" t="s">
         <v>62</v>
       </c>
-      <c r="B46" s="6" t="s">
+      <c r="B46" t="s">
         <v>27</v>
       </c>
-      <c r="C46" s="6">
+      <c r="C46">
         <v>1500</v>
       </c>
-      <c r="D46" s="6">
+      <c r="D46">
         <v>5</v>
       </c>
-      <c r="E46" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F46" s="7">
+      <c r="E46" t="s">
+        <v>24</v>
+      </c>
+      <c r="F46" s="5">
         <v>19.3</v>
       </c>
-      <c r="G46" s="6">
+      <c r="G46">
         <v>18.3</v>
       </c>
-      <c r="H46" s="6">
+      <c r="H46">
         <v>17.8</v>
       </c>
-      <c r="I46" s="6">
+      <c r="I46">
         <v>17.1</v>
       </c>
-      <c r="J46" s="6">
+      <c r="J46">
         <v>16.5</v>
       </c>
-      <c r="K46" s="6">
+      <c r="K46">
         <v>16.1</v>
       </c>
-      <c r="L46" s="6">
+      <c r="L46">
         <v>15.9</v>
       </c>
-      <c r="M46" s="6">
+      <c r="M46">
         <v>15.7</v>
       </c>
-      <c r="N46" s="6">
+      <c r="N46">
         <v>15.5</v>
       </c>
-      <c r="O46" s="6">
+      <c r="O46">
         <v>15.3</v>
       </c>
-      <c r="P46" s="6">
+      <c r="P46">
         <v>15.1</v>
       </c>
-      <c r="Q46" s="6">
+      <c r="Q46">
         <v>14.9</v>
       </c>
-      <c r="R46" s="6">
+      <c r="R46">
         <v>14.9</v>
       </c>
     </row>
     <row r="47" spans="1:19">
-      <c r="A47" s="0" t="s">
+      <c r="A47" t="s">
         <v>63</v>
       </c>
-      <c r="B47" s="0" t="s">
+      <c r="B47" t="s">
         <v>27</v>
       </c>
-      <c r="C47" s="0">
+      <c r="C47">
         <v>1640</v>
       </c>
-      <c r="D47" s="0">
+      <c r="D47">
         <v>2</v>
       </c>
-      <c r="E47" s="0" t="s">
+      <c r="E47" t="s">
         <v>24</v>
       </c>
       <c r="F47" s="5">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="G47" s="0">
+        <v>28.0</v>
+      </c>
+      <c r="G47">
         <v>27.3</v>
       </c>
-      <c r="H47" s="0">
+      <c r="H47">
         <v>26.6</v>
       </c>
-      <c r="I47" s="0">
+      <c r="I47">
         <v>25.9</v>
       </c>
-      <c r="J47" s="0">
+      <c r="J47">
         <v>25.2</v>
       </c>
-      <c r="K47" s="0">
+      <c r="K47">
         <v>24.5</v>
       </c>
-      <c r="L47" s="0">
+      <c r="L47">
         <v>24.2</v>
       </c>
-      <c r="M47" s="0">
+      <c r="M47">
         <v>23.9</v>
       </c>
-      <c r="N47" s="0">
+      <c r="N47">
         <v>23.6</v>
       </c>
-      <c r="O47" s="0">
+      <c r="O47">
         <v>23.3</v>
       </c>
-      <c r="P47" s="0">
-[...2 lines deleted...]
-      <c r="Q47" s="0">
+      <c r="P47">
+        <v>23.0</v>
+      </c>
+      <c r="Q47">
         <v>22.7</v>
       </c>
-      <c r="R47" s="0">
+      <c r="R47">
         <v>22.7</v>
       </c>
     </row>
     <row r="48" spans="1:19">
-      <c r="A48" s="6" t="s">
+      <c r="A48" t="s">
         <v>64</v>
       </c>
-      <c r="B48" s="6" t="s">
+      <c r="B48" t="s">
         <v>27</v>
       </c>
-      <c r="C48" s="6">
+      <c r="C48">
+        <v>1540</v>
+      </c>
+      <c r="D48">
+        <v>2</v>
+      </c>
+      <c r="E48" t="s">
+        <v>24</v>
+      </c>
+      <c r="F48" s="5">
+        <v>36.7</v>
+      </c>
+      <c r="G48">
+        <v>35.8</v>
+      </c>
+      <c r="H48">
+        <v>34.9</v>
+      </c>
+      <c r="I48">
+        <v>34.0</v>
+      </c>
+      <c r="J48">
+        <v>33.1</v>
+      </c>
+      <c r="K48">
+        <v>32.3</v>
+      </c>
+      <c r="L48">
+        <v>31.8</v>
+      </c>
+      <c r="M48">
+        <v>31.3</v>
+      </c>
+      <c r="N48">
+        <v>30.8</v>
+      </c>
+      <c r="O48">
+        <v>30.3</v>
+      </c>
+      <c r="P48">
+        <v>29.9</v>
+      </c>
+      <c r="Q48">
+        <v>29.5</v>
+      </c>
+      <c r="R48">
+        <v>29.5</v>
+      </c>
+    </row>
+    <row r="49" spans="1:19">
+      <c r="A49" t="s">
+        <v>65</v>
+      </c>
+      <c r="B49" t="s">
+        <v>27</v>
+      </c>
+      <c r="C49">
         <v>1240</v>
       </c>
-      <c r="D48" s="6">
+      <c r="D49">
         <v>2</v>
       </c>
-      <c r="E48" s="6" t="s">
-[...55 lines deleted...]
-      <c r="E49" s="0" t="s">
+      <c r="E49" t="s">
         <v>24</v>
       </c>
       <c r="F49" s="5">
         <v>25.4</v>
       </c>
-      <c r="G49" s="0">
+      <c r="G49">
         <v>24.8</v>
       </c>
-      <c r="H49" s="0">
+      <c r="H49">
         <v>24.2</v>
       </c>
-      <c r="I49" s="0">
+      <c r="I49">
         <v>23.6</v>
       </c>
-      <c r="J49" s="0">
+      <c r="J49">
+        <v>23.0</v>
+      </c>
+      <c r="K49">
+        <v>22.4</v>
+      </c>
+      <c r="L49">
+        <v>22.1</v>
+      </c>
+      <c r="M49">
+        <v>21.8</v>
+      </c>
+      <c r="N49">
+        <v>21.5</v>
+      </c>
+      <c r="O49">
+        <v>21.2</v>
+      </c>
+      <c r="P49">
+        <v>20.9</v>
+      </c>
+      <c r="Q49">
+        <v>20.6</v>
+      </c>
+      <c r="R49">
+        <v>20.6</v>
+      </c>
+    </row>
+    <row r="50" spans="1:19">
+      <c r="A50" t="s">
+        <v>66</v>
+      </c>
+      <c r="B50" t="s">
         <v>23</v>
       </c>
-      <c r="K49" s="0">
-[...34 lines deleted...]
-      <c r="D50" s="6">
+      <c r="C50">
+        <v>1600</v>
+      </c>
+      <c r="D50">
         <v>11</v>
       </c>
-      <c r="E50" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F50" s="7">
+      <c r="E50" t="s">
+        <v>24</v>
+      </c>
+      <c r="F50" s="5">
+        <v>21.0</v>
+      </c>
+      <c r="G50">
+        <v>20.7</v>
+      </c>
+      <c r="H50">
+        <v>20.4</v>
+      </c>
+      <c r="I50">
+        <v>20.1</v>
+      </c>
+      <c r="J50">
         <v>19.8</v>
       </c>
-      <c r="G50" s="6">
-[...2 lines deleted...]
-      <c r="H50" s="6">
+      <c r="K50">
+        <v>19.4</v>
+      </c>
+      <c r="L50">
         <v>19.2</v>
       </c>
-      <c r="I50" s="6">
-[...2 lines deleted...]
-      <c r="J50" s="6">
+      <c r="M50">
         <v>18.6</v>
       </c>
-      <c r="K50" s="6">
-[...5 lines deleted...]
-      <c r="M50" s="6">
+      <c r="N50">
         <v>17.4</v>
       </c>
-      <c r="N50" s="6">
-[...12 lines deleted...]
-        <v>14.2</v>
+      <c r="O50">
+        <v>16.4</v>
+      </c>
+      <c r="P50">
+        <v>15.7</v>
+      </c>
+      <c r="Q50">
+        <v>15.4</v>
+      </c>
+      <c r="R50">
+        <v>15.4</v>
       </c>
     </row>
     <row r="51" spans="1:19">
-      <c r="A51" s="0" t="s">
+      <c r="A51" t="s">
         <v>31</v>
       </c>
-      <c r="B51" s="0"/>
-[...35 lines deleted...]
-      <c r="R52" s="0"/>
     </row>
     <row r="53" spans="1:19">
-      <c r="A53" s="0" t="s">
+      <c r="A53" t="s">
         <v>32</v>
       </c>
-      <c r="B53" s="0"/>
-[...15 lines deleted...]
-      <c r="R53" s="0"/>
     </row>
     <row r="54" spans="1:19" customHeight="1" ht="20">
       <c r="A54" s="3" t="s">
         <v>67</v>
       </c>
       <c r="B54" s="2"/>
       <c r="C54" s="2"/>
       <c r="D54" s="2"/>
       <c r="E54" s="2"/>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
       <c r="H54" s="2"/>
       <c r="I54" s="2"/>
       <c r="J54" s="2"/>
       <c r="K54" s="2"/>
       <c r="L54" s="2"/>
       <c r="M54" s="2"/>
       <c r="N54" s="2"/>
       <c r="O54" s="2"/>
       <c r="P54" s="2"/>
       <c r="Q54" s="2"/>
       <c r="R54" s="2"/>
     </row>
     <row r="55" spans="1:19" customHeight="1" ht="21">
       <c r="A55" s="4" t="s">
@@ -3175,1454 +2987,1393 @@
         <v>39</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>40</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>41</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>42</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>43</v>
       </c>
       <c r="P55" s="4" t="s">
         <v>44</v>
       </c>
       <c r="Q55" s="4" t="s">
         <v>45</v>
       </c>
       <c r="R55" s="4" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="56" spans="1:19">
-      <c r="A56" s="6" t="s">
+      <c r="A56" t="s">
         <v>49</v>
       </c>
-      <c r="B56" s="6" t="s">
+      <c r="B56" t="s">
         <v>23</v>
       </c>
-      <c r="C56" s="6">
-[...2 lines deleted...]
-      <c r="D56" s="6">
+      <c r="C56">
+        <v>1650</v>
+      </c>
+      <c r="D56">
         <v>9</v>
       </c>
-      <c r="E56" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F56" s="9">
+      <c r="E56" t="s">
+        <v>24</v>
+      </c>
+      <c r="F56" s="6">
+        <v>8300</v>
+      </c>
+      <c r="G56">
+        <v>8100</v>
+      </c>
+      <c r="H56">
+        <v>7910</v>
+      </c>
+      <c r="I56">
+        <v>7720</v>
+      </c>
+      <c r="J56">
+        <v>7540</v>
+      </c>
+      <c r="K56">
+        <v>7360</v>
+      </c>
+      <c r="L56">
+        <v>7250</v>
+      </c>
+      <c r="M56">
+        <v>7150</v>
+      </c>
+      <c r="N56">
+        <v>7050</v>
+      </c>
+      <c r="O56">
+        <v>6950</v>
+      </c>
+      <c r="P56">
+        <v>6850</v>
+      </c>
+      <c r="Q56">
+        <v>6750</v>
+      </c>
+      <c r="R56">
+        <v>6750</v>
+      </c>
+    </row>
+    <row r="57" spans="1:19">
+      <c r="A57" t="s">
+        <v>50</v>
+      </c>
+      <c r="B57" t="s">
+        <v>23</v>
+      </c>
+      <c r="C57">
+        <v>1750</v>
+      </c>
+      <c r="D57">
+        <v>9</v>
+      </c>
+      <c r="E57" t="s">
+        <v>24</v>
+      </c>
+      <c r="F57" s="6">
+        <v>7490</v>
+      </c>
+      <c r="G57">
+        <v>7310</v>
+      </c>
+      <c r="H57">
+        <v>7140</v>
+      </c>
+      <c r="I57">
+        <v>6970</v>
+      </c>
+      <c r="J57">
+        <v>6810</v>
+      </c>
+      <c r="K57">
+        <v>6650</v>
+      </c>
+      <c r="L57">
+        <v>6550</v>
+      </c>
+      <c r="M57">
+        <v>6460</v>
+      </c>
+      <c r="N57">
+        <v>6370</v>
+      </c>
+      <c r="O57">
+        <v>6280</v>
+      </c>
+      <c r="P57">
+        <v>6190</v>
+      </c>
+      <c r="Q57">
+        <v>6100</v>
+      </c>
+      <c r="R57">
+        <v>6100</v>
+      </c>
+    </row>
+    <row r="58" spans="1:19">
+      <c r="A58" t="s">
+        <v>26</v>
+      </c>
+      <c r="B58" t="s">
+        <v>27</v>
+      </c>
+      <c r="C58">
+        <v>640</v>
+      </c>
+      <c r="D58">
+        <v>1</v>
+      </c>
+      <c r="E58" t="s">
+        <v>24</v>
+      </c>
+      <c r="F58" s="6">
+        <v>4080</v>
+      </c>
+      <c r="G58">
+        <v>3980</v>
+      </c>
+      <c r="H58">
+        <v>3890</v>
+      </c>
+      <c r="I58">
+        <v>3790</v>
+      </c>
+      <c r="J58">
+        <v>3700</v>
+      </c>
+      <c r="K58">
+        <v>3610</v>
+      </c>
+      <c r="L58">
+        <v>3560</v>
+      </c>
+      <c r="M58">
+        <v>3500</v>
+      </c>
+      <c r="N58">
+        <v>3450</v>
+      </c>
+      <c r="O58">
+        <v>3400</v>
+      </c>
+      <c r="P58">
+        <v>3350</v>
+      </c>
+      <c r="Q58">
+        <v>3300</v>
+      </c>
+      <c r="R58">
+        <v>3300</v>
+      </c>
+    </row>
+    <row r="59" spans="1:19">
+      <c r="A59" t="s">
+        <v>51</v>
+      </c>
+      <c r="B59" t="s">
+        <v>23</v>
+      </c>
+      <c r="C59">
+        <v>1600</v>
+      </c>
+      <c r="D59">
+        <v>10</v>
+      </c>
+      <c r="E59" t="s">
+        <v>24</v>
+      </c>
+      <c r="F59" s="6">
+        <v>7160</v>
+      </c>
+      <c r="G59">
+        <v>7040</v>
+      </c>
+      <c r="H59">
+        <v>6890</v>
+      </c>
+      <c r="I59">
+        <v>6620</v>
+      </c>
+      <c r="J59">
+        <v>6430</v>
+      </c>
+      <c r="K59">
+        <v>6170</v>
+      </c>
+      <c r="L59">
+        <v>6030</v>
+      </c>
+      <c r="M59">
+        <v>5880</v>
+      </c>
+      <c r="N59">
+        <v>5670</v>
+      </c>
+      <c r="O59">
+        <v>5510</v>
+      </c>
+      <c r="P59">
+        <v>5360</v>
+      </c>
+      <c r="Q59">
+        <v>5180</v>
+      </c>
+      <c r="R59">
+        <v>5180</v>
+      </c>
+    </row>
+    <row r="60" spans="1:19">
+      <c r="A60" t="s">
+        <v>52</v>
+      </c>
+      <c r="B60" t="s">
+        <v>27</v>
+      </c>
+      <c r="C60">
+        <v>1290</v>
+      </c>
+      <c r="D60">
+        <v>3</v>
+      </c>
+      <c r="E60" t="s">
+        <v>24</v>
+      </c>
+      <c r="F60" s="6">
+        <v>8700</v>
+      </c>
+      <c r="G60">
+        <v>8580</v>
+      </c>
+      <c r="H60">
+        <v>8470</v>
+      </c>
+      <c r="I60">
+        <v>8330</v>
+      </c>
+      <c r="J60">
+        <v>8190</v>
+      </c>
+      <c r="K60">
+        <v>8000</v>
+      </c>
+      <c r="L60">
+        <v>7920</v>
+      </c>
+      <c r="M60">
+        <v>7820</v>
+      </c>
+      <c r="N60">
+        <v>7750</v>
+      </c>
+      <c r="O60">
+        <v>7620</v>
+      </c>
+      <c r="P60">
+        <v>7550</v>
+      </c>
+      <c r="Q60">
+        <v>7450</v>
+      </c>
+      <c r="R60">
+        <v>7450</v>
+      </c>
+    </row>
+    <row r="61" spans="1:19">
+      <c r="A61" t="s">
+        <v>53</v>
+      </c>
+      <c r="B61" t="s">
+        <v>23</v>
+      </c>
+      <c r="C61">
+        <v>1700</v>
+      </c>
+      <c r="D61">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F61" s="6">
+        <v>8110</v>
+      </c>
+      <c r="G61">
+        <v>7920</v>
+      </c>
+      <c r="H61">
+        <v>7730</v>
+      </c>
+      <c r="I61">
+        <v>7550</v>
+      </c>
+      <c r="J61">
+        <v>7370</v>
+      </c>
+      <c r="K61">
+        <v>7200</v>
+      </c>
+      <c r="L61">
+        <v>7090</v>
+      </c>
+      <c r="M61">
+        <v>6990</v>
+      </c>
+      <c r="N61">
+        <v>6890</v>
+      </c>
+      <c r="O61">
+        <v>6790</v>
+      </c>
+      <c r="P61">
+        <v>6700</v>
+      </c>
+      <c r="Q61">
+        <v>6600</v>
+      </c>
+      <c r="R61">
+        <v>6600</v>
+      </c>
+    </row>
+    <row r="62" spans="1:19">
+      <c r="A62" t="s">
+        <v>54</v>
+      </c>
+      <c r="B62" t="s">
+        <v>27</v>
+      </c>
+      <c r="C62">
+        <v>1700</v>
+      </c>
+      <c r="D62">
+        <v>6</v>
+      </c>
+      <c r="E62" t="s">
+        <v>24</v>
+      </c>
+      <c r="F62" s="6">
+        <v>6890</v>
+      </c>
+      <c r="G62">
+        <v>6670</v>
+      </c>
+      <c r="H62">
+        <v>6410</v>
+      </c>
+      <c r="I62">
+        <v>6200</v>
+      </c>
+      <c r="J62">
+        <v>5980</v>
+      </c>
+      <c r="K62">
+        <v>5840</v>
+      </c>
+      <c r="L62">
+        <v>5700</v>
+      </c>
+      <c r="M62">
+        <v>5610</v>
+      </c>
+      <c r="N62">
+        <v>5540</v>
+      </c>
+      <c r="O62">
+        <v>5450</v>
+      </c>
+      <c r="P62">
+        <v>5380</v>
+      </c>
+      <c r="Q62">
+        <v>5290</v>
+      </c>
+      <c r="R62">
+        <v>5290</v>
+      </c>
+    </row>
+    <row r="63" spans="1:19">
+      <c r="A63" t="s">
+        <v>28</v>
+      </c>
+      <c r="B63" t="s">
+        <v>55</v>
+      </c>
+      <c r="C63">
+        <v>1000</v>
+      </c>
+      <c r="D63">
+        <v>8</v>
+      </c>
+      <c r="E63" t="s">
+        <v>24</v>
+      </c>
+      <c r="F63" s="6">
+        <v>4060</v>
+      </c>
+      <c r="G63">
+        <v>3960</v>
+      </c>
+      <c r="H63">
+        <v>3860</v>
+      </c>
+      <c r="I63">
+        <v>3770</v>
+      </c>
+      <c r="J63">
+        <v>3680</v>
+      </c>
+      <c r="K63">
+        <v>3590</v>
+      </c>
+      <c r="L63">
+        <v>3530</v>
+      </c>
+      <c r="M63">
+        <v>3480</v>
+      </c>
+      <c r="N63">
+        <v>3430</v>
+      </c>
+      <c r="O63">
+        <v>3380</v>
+      </c>
+      <c r="P63">
+        <v>3330</v>
+      </c>
+      <c r="Q63">
+        <v>3280</v>
+      </c>
+      <c r="R63">
+        <v>3280</v>
+      </c>
+    </row>
+    <row r="64" spans="1:19">
+      <c r="A64" t="s">
+        <v>28</v>
+      </c>
+      <c r="B64" t="s">
+        <v>55</v>
+      </c>
+      <c r="C64">
+        <v>1800</v>
+      </c>
+      <c r="D64">
+        <v>8</v>
+      </c>
+      <c r="E64" t="s">
+        <v>56</v>
+      </c>
+      <c r="F64" s="6">
+        <v>7130</v>
+      </c>
+      <c r="G64">
+        <v>6960</v>
+      </c>
+      <c r="H64">
+        <v>6790</v>
+      </c>
+      <c r="I64">
+        <v>6620</v>
+      </c>
+      <c r="J64">
+        <v>6460</v>
+      </c>
+      <c r="K64">
+        <v>6300</v>
+      </c>
+      <c r="L64">
+        <v>6210</v>
+      </c>
+      <c r="M64">
+        <v>6120</v>
+      </c>
+      <c r="N64">
+        <v>6030</v>
+      </c>
+      <c r="O64">
+        <v>5940</v>
+      </c>
+      <c r="P64">
+        <v>5850</v>
+      </c>
+      <c r="Q64">
+        <v>5760</v>
+      </c>
+      <c r="R64">
+        <v>5760</v>
+      </c>
+    </row>
+    <row r="65" spans="1:19">
+      <c r="A65" t="s">
+        <v>28</v>
+      </c>
+      <c r="B65" t="s">
+        <v>27</v>
+      </c>
+      <c r="C65">
+        <v>900</v>
+      </c>
+      <c r="D65">
+        <v>5</v>
+      </c>
+      <c r="E65" t="s">
+        <v>24</v>
+      </c>
+      <c r="F65" s="6">
+        <v>7180</v>
+      </c>
+      <c r="G65">
+        <v>7000</v>
+      </c>
+      <c r="H65">
+        <v>6830</v>
+      </c>
+      <c r="I65">
+        <v>6660</v>
+      </c>
+      <c r="J65">
+        <v>6500</v>
+      </c>
+      <c r="K65">
+        <v>6340</v>
+      </c>
+      <c r="L65">
+        <v>6250</v>
+      </c>
+      <c r="M65">
+        <v>6160</v>
+      </c>
+      <c r="N65">
+        <v>6070</v>
+      </c>
+      <c r="O65">
+        <v>5980</v>
+      </c>
+      <c r="P65">
+        <v>5890</v>
+      </c>
+      <c r="Q65">
+        <v>5800</v>
+      </c>
+      <c r="R65">
+        <v>5800</v>
+      </c>
+    </row>
+    <row r="66" spans="1:19">
+      <c r="A66" t="s">
+        <v>57</v>
+      </c>
+      <c r="B66" t="s">
+        <v>23</v>
+      </c>
+      <c r="C66">
+        <v>1660</v>
+      </c>
+      <c r="D66">
+        <v>10</v>
+      </c>
+      <c r="E66" t="s">
+        <v>24</v>
+      </c>
+      <c r="F66" s="6">
+        <v>6350</v>
+      </c>
+      <c r="G66">
+        <v>6230</v>
+      </c>
+      <c r="H66">
+        <v>6070</v>
+      </c>
+      <c r="I66">
+        <v>5950</v>
+      </c>
+      <c r="J66">
+        <v>5800</v>
+      </c>
+      <c r="K66">
+        <v>5660</v>
+      </c>
+      <c r="L66">
+        <v>5540</v>
+      </c>
+      <c r="M66">
+        <v>5430</v>
+      </c>
+      <c r="N66">
+        <v>5280</v>
+      </c>
+      <c r="O66">
+        <v>5180</v>
+      </c>
+      <c r="P66">
+        <v>5130</v>
+      </c>
+      <c r="Q66">
+        <v>5080</v>
+      </c>
+      <c r="R66">
+        <v>5080</v>
+      </c>
+    </row>
+    <row r="67" spans="1:19">
+      <c r="A67" t="s">
+        <v>29</v>
+      </c>
+      <c r="B67" t="s">
+        <v>27</v>
+      </c>
+      <c r="C67">
+        <v>700</v>
+      </c>
+      <c r="D67">
+        <v>4</v>
+      </c>
+      <c r="E67" t="s">
+        <v>24</v>
+      </c>
+      <c r="F67" s="6">
+        <v>3150</v>
+      </c>
+      <c r="G67">
+        <v>3020</v>
+      </c>
+      <c r="H67">
+        <v>2860</v>
+      </c>
+      <c r="I67">
+        <v>2730</v>
+      </c>
+      <c r="J67">
+        <v>2600</v>
+      </c>
+      <c r="K67">
+        <v>2540</v>
+      </c>
+      <c r="L67">
+        <v>2500</v>
+      </c>
+      <c r="M67">
+        <v>2460</v>
+      </c>
+      <c r="N67">
+        <v>2430</v>
+      </c>
+      <c r="O67">
+        <v>2390</v>
+      </c>
+      <c r="P67">
+        <v>2360</v>
+      </c>
+      <c r="Q67">
+        <v>2320</v>
+      </c>
+      <c r="R67">
+        <v>2320</v>
+      </c>
+    </row>
+    <row r="68" spans="1:19">
+      <c r="A68" t="s">
+        <v>58</v>
+      </c>
+      <c r="B68" t="s">
+        <v>23</v>
+      </c>
+      <c r="C68">
+        <v>1350</v>
+      </c>
+      <c r="D68">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>24</v>
+      </c>
+      <c r="F68" s="6">
+        <v>8070</v>
+      </c>
+      <c r="G68">
+        <v>7870</v>
+      </c>
+      <c r="H68">
+        <v>7690</v>
+      </c>
+      <c r="I68">
+        <v>7510</v>
+      </c>
+      <c r="J68">
+        <v>7330</v>
+      </c>
+      <c r="K68">
+        <v>7160</v>
+      </c>
+      <c r="L68">
+        <v>7050</v>
+      </c>
+      <c r="M68">
+        <v>6950</v>
+      </c>
+      <c r="N68">
+        <v>6860</v>
+      </c>
+      <c r="O68">
+        <v>6760</v>
+      </c>
+      <c r="P68">
+        <v>6660</v>
+      </c>
+      <c r="Q68">
+        <v>6570</v>
+      </c>
+      <c r="R68">
+        <v>6570</v>
+      </c>
+    </row>
+    <row r="69" spans="1:19">
+      <c r="A69" t="s">
+        <v>59</v>
+      </c>
+      <c r="B69" t="s">
+        <v>55</v>
+      </c>
+      <c r="C69">
+        <v>1200</v>
+      </c>
+      <c r="D69">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
+        <v>24</v>
+      </c>
+      <c r="F69" s="6">
+        <v>4340</v>
+      </c>
+      <c r="G69">
+        <v>4230</v>
+      </c>
+      <c r="H69">
+        <v>4130</v>
+      </c>
+      <c r="I69">
+        <v>4030</v>
+      </c>
+      <c r="J69">
+        <v>3930</v>
+      </c>
+      <c r="K69">
+        <v>3830</v>
+      </c>
+      <c r="L69">
+        <v>3780</v>
+      </c>
+      <c r="M69">
+        <v>3720</v>
+      </c>
+      <c r="N69">
+        <v>3670</v>
+      </c>
+      <c r="O69">
+        <v>3610</v>
+      </c>
+      <c r="P69">
+        <v>3560</v>
+      </c>
+      <c r="Q69">
+        <v>3510</v>
+      </c>
+      <c r="R69">
+        <v>3510</v>
+      </c>
+    </row>
+    <row r="70" spans="1:19">
+      <c r="A70" t="s">
+        <v>59</v>
+      </c>
+      <c r="B70" t="s">
+        <v>27</v>
+      </c>
+      <c r="C70">
+        <v>2100</v>
+      </c>
+      <c r="D70">
+        <v>7</v>
+      </c>
+      <c r="E70" t="s">
+        <v>24</v>
+      </c>
+      <c r="F70" s="6">
+        <v>8420</v>
+      </c>
+      <c r="G70">
+        <v>8220</v>
+      </c>
+      <c r="H70">
+        <v>8020</v>
+      </c>
+      <c r="I70">
+        <v>7820</v>
+      </c>
+      <c r="J70">
+        <v>7630</v>
+      </c>
+      <c r="K70">
+        <v>7450</v>
+      </c>
+      <c r="L70">
+        <v>7340</v>
+      </c>
+      <c r="M70">
+        <v>7230</v>
+      </c>
+      <c r="N70">
+        <v>7120</v>
+      </c>
+      <c r="O70">
+        <v>7020</v>
+      </c>
+      <c r="P70">
+        <v>6910</v>
+      </c>
+      <c r="Q70">
+        <v>6810</v>
+      </c>
+      <c r="R70">
+        <v>6810</v>
+      </c>
+    </row>
+    <row r="71" spans="1:19">
+      <c r="A71" t="s">
+        <v>60</v>
+      </c>
+      <c r="B71" t="s">
+        <v>23</v>
+      </c>
+      <c r="C71">
+        <v>1550</v>
+      </c>
+      <c r="D71">
+        <v>10</v>
+      </c>
+      <c r="E71" t="s">
+        <v>24</v>
+      </c>
+      <c r="F71" s="6">
+        <v>8350</v>
+      </c>
+      <c r="G71">
+        <v>8150</v>
+      </c>
+      <c r="H71">
+        <v>7950</v>
+      </c>
+      <c r="I71">
+        <v>7770</v>
+      </c>
+      <c r="J71">
+        <v>7590</v>
+      </c>
+      <c r="K71">
+        <v>7410</v>
+      </c>
+      <c r="L71">
+        <v>7290</v>
+      </c>
+      <c r="M71">
+        <v>7190</v>
+      </c>
+      <c r="N71">
+        <v>7090</v>
+      </c>
+      <c r="O71">
+        <v>6990</v>
+      </c>
+      <c r="P71">
+        <v>6890</v>
+      </c>
+      <c r="Q71">
+        <v>6790</v>
+      </c>
+      <c r="R71">
+        <v>6790</v>
+      </c>
+    </row>
+    <row r="72" spans="1:19">
+      <c r="A72" t="s">
+        <v>30</v>
+      </c>
+      <c r="B72" t="s">
+        <v>27</v>
+      </c>
+      <c r="C72">
+        <v>4800</v>
+      </c>
+      <c r="D72">
+        <v>9</v>
+      </c>
+      <c r="E72" t="s">
+        <v>24</v>
+      </c>
+      <c r="F72" s="6">
+        <v>17590</v>
+      </c>
+      <c r="G72">
+        <v>17160</v>
+      </c>
+      <c r="H72">
+        <v>16740</v>
+      </c>
+      <c r="I72">
+        <v>16330</v>
+      </c>
+      <c r="J72">
+        <v>15930</v>
+      </c>
+      <c r="K72">
+        <v>15540</v>
+      </c>
+      <c r="L72">
+        <v>15320</v>
+      </c>
+      <c r="M72">
+        <v>15090</v>
+      </c>
+      <c r="N72">
+        <v>14870</v>
+      </c>
+      <c r="O72">
+        <v>14650</v>
+      </c>
+      <c r="P72">
+        <v>14430</v>
+      </c>
+      <c r="Q72">
+        <v>14210</v>
+      </c>
+      <c r="R72">
+        <v>14210</v>
+      </c>
+    </row>
+    <row r="73" spans="1:19">
+      <c r="A73" t="s">
+        <v>61</v>
+      </c>
+      <c r="B73" t="s">
+        <v>27</v>
+      </c>
+      <c r="C73">
+        <v>1840</v>
+      </c>
+      <c r="D73">
+        <v>2</v>
+      </c>
+      <c r="E73" t="s">
+        <v>24</v>
+      </c>
+      <c r="F73" s="6">
+        <v>8311</v>
+      </c>
+      <c r="G73">
+        <v>8157</v>
+      </c>
+      <c r="H73">
+        <v>8007</v>
+      </c>
+      <c r="I73">
+        <v>7853</v>
+      </c>
+      <c r="J73">
         <v>7700</v>
       </c>
-      <c r="G56" s="6">
-[...40 lines deleted...]
-      <c r="B57" s="0" t="s">
+      <c r="K73">
+        <v>7556</v>
+      </c>
+      <c r="L73">
+        <v>7449</v>
+      </c>
+      <c r="M73">
+        <v>7335</v>
+      </c>
+      <c r="N73">
+        <v>7230</v>
+      </c>
+      <c r="O73">
+        <v>7150</v>
+      </c>
+      <c r="P73">
+        <v>7100</v>
+      </c>
+      <c r="Q73">
+        <v>7050</v>
+      </c>
+      <c r="R73">
+        <v>7050</v>
+      </c>
+    </row>
+    <row r="74" spans="1:19">
+      <c r="A74" t="s">
+        <v>62</v>
+      </c>
+      <c r="B74" t="s">
+        <v>27</v>
+      </c>
+      <c r="C74">
+        <v>1500</v>
+      </c>
+      <c r="D74">
+        <v>5</v>
+      </c>
+      <c r="E74" t="s">
+        <v>24</v>
+      </c>
+      <c r="F74" s="6">
+        <v>4880</v>
+      </c>
+      <c r="G74">
+        <v>4710</v>
+      </c>
+      <c r="H74">
+        <v>4510</v>
+      </c>
+      <c r="I74">
+        <v>4340</v>
+      </c>
+      <c r="J74">
+        <v>4170</v>
+      </c>
+      <c r="K74">
+        <v>4070</v>
+      </c>
+      <c r="L74">
+        <v>4010</v>
+      </c>
+      <c r="M74">
+        <v>3950</v>
+      </c>
+      <c r="N74">
+        <v>3890</v>
+      </c>
+      <c r="O74">
+        <v>3830</v>
+      </c>
+      <c r="P74">
+        <v>3780</v>
+      </c>
+      <c r="Q74">
+        <v>3720</v>
+      </c>
+      <c r="R74">
+        <v>3720</v>
+      </c>
+    </row>
+    <row r="75" spans="1:19">
+      <c r="A75" t="s">
+        <v>63</v>
+      </c>
+      <c r="B75" t="s">
+        <v>27</v>
+      </c>
+      <c r="C75">
+        <v>1640</v>
+      </c>
+      <c r="D75">
+        <v>2</v>
+      </c>
+      <c r="E75" t="s">
+        <v>24</v>
+      </c>
+      <c r="F75" s="6">
+        <v>7010</v>
+      </c>
+      <c r="G75">
+        <v>6840</v>
+      </c>
+      <c r="H75">
+        <v>6680</v>
+      </c>
+      <c r="I75">
+        <v>6510</v>
+      </c>
+      <c r="J75">
+        <v>6350</v>
+      </c>
+      <c r="K75">
+        <v>6200</v>
+      </c>
+      <c r="L75">
+        <v>6110</v>
+      </c>
+      <c r="M75">
+        <v>6010</v>
+      </c>
+      <c r="N75">
+        <v>5920</v>
+      </c>
+      <c r="O75">
+        <v>5840</v>
+      </c>
+      <c r="P75">
+        <v>5750</v>
+      </c>
+      <c r="Q75">
+        <v>5670</v>
+      </c>
+      <c r="R75">
+        <v>5670</v>
+      </c>
+    </row>
+    <row r="76" spans="1:19">
+      <c r="A76" t="s">
+        <v>64</v>
+      </c>
+      <c r="B76" t="s">
+        <v>27</v>
+      </c>
+      <c r="C76">
+        <v>1540</v>
+      </c>
+      <c r="D76">
+        <v>2</v>
+      </c>
+      <c r="E76" t="s">
+        <v>24</v>
+      </c>
+      <c r="F76" s="6">
+        <v>9110</v>
+      </c>
+      <c r="G76">
+        <v>8890</v>
+      </c>
+      <c r="H76">
+        <v>8680</v>
+      </c>
+      <c r="I76">
+        <v>8460</v>
+      </c>
+      <c r="J76">
+        <v>8260</v>
+      </c>
+      <c r="K76">
+        <v>8060</v>
+      </c>
+      <c r="L76">
+        <v>7940</v>
+      </c>
+      <c r="M76">
+        <v>7820</v>
+      </c>
+      <c r="N76">
+        <v>7700</v>
+      </c>
+      <c r="O76">
+        <v>7590</v>
+      </c>
+      <c r="P76">
+        <v>7480</v>
+      </c>
+      <c r="Q76">
+        <v>7370</v>
+      </c>
+      <c r="R76">
+        <v>7370</v>
+      </c>
+    </row>
+    <row r="77" spans="1:19">
+      <c r="A77" t="s">
+        <v>65</v>
+      </c>
+      <c r="B77" t="s">
+        <v>27</v>
+      </c>
+      <c r="C77">
+        <v>1240</v>
+      </c>
+      <c r="D77">
+        <v>2</v>
+      </c>
+      <c r="E77" t="s">
+        <v>24</v>
+      </c>
+      <c r="F77" s="6">
+        <v>6380</v>
+      </c>
+      <c r="G77">
+        <v>6220</v>
+      </c>
+      <c r="H77">
+        <v>6080</v>
+      </c>
+      <c r="I77">
+        <v>5920</v>
+      </c>
+      <c r="J77">
+        <v>5780</v>
+      </c>
+      <c r="K77">
+        <v>5640</v>
+      </c>
+      <c r="L77">
+        <v>5560</v>
+      </c>
+      <c r="M77">
+        <v>5470</v>
+      </c>
+      <c r="N77">
+        <v>5390</v>
+      </c>
+      <c r="O77">
+        <v>5310</v>
+      </c>
+      <c r="P77">
+        <v>5230</v>
+      </c>
+      <c r="Q77">
+        <v>5160</v>
+      </c>
+      <c r="R77">
+        <v>5160</v>
+      </c>
+    </row>
+    <row r="78" spans="1:19">
+      <c r="A78" t="s">
+        <v>66</v>
+      </c>
+      <c r="B78" t="s">
         <v>23</v>
       </c>
-      <c r="C57" s="0">
-[...14 lines deleted...]
-      <c r="H57" s="0">
+      <c r="C78">
+        <v>1600</v>
+      </c>
+      <c r="D78">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>24</v>
+      </c>
+      <c r="F78" s="6">
         <v>6570</v>
       </c>
-      <c r="I57" s="0">
-[...17 lines deleted...]
-      <c r="O57" s="0">
+      <c r="G78">
+        <v>6460</v>
+      </c>
+      <c r="H78">
+        <v>6350</v>
+      </c>
+      <c r="I78">
+        <v>6250</v>
+      </c>
+      <c r="J78">
+        <v>6150</v>
+      </c>
+      <c r="K78">
+        <v>6050</v>
+      </c>
+      <c r="L78">
+        <v>5980</v>
+      </c>
+      <c r="M78">
+        <v>5900</v>
+      </c>
+      <c r="N78">
         <v>5780</v>
       </c>
-      <c r="P57" s="0">
-[...273 lines deleted...]
-      <c r="N62" s="6">
+      <c r="O78">
         <v>5540</v>
       </c>
-      <c r="O62" s="6">
+      <c r="P78">
         <v>5450</v>
       </c>
-      <c r="P62" s="6">
+      <c r="Q78">
         <v>5380</v>
       </c>
-      <c r="Q62" s="6">
-[...899 lines deleted...]
-        <v>4900</v>
+      <c r="R78">
+        <v>5380</v>
       </c>
     </row>
     <row r="79" spans="1:19">
-      <c r="A79" s="0" t="s">
+      <c r="A79" t="s">
         <v>31</v>
       </c>
-      <c r="B79" s="0"/>
-[...35 lines deleted...]
-      <c r="R80" s="0"/>
     </row>
     <row r="81" spans="1:19">
-      <c r="A81" s="0" t="s">
+      <c r="A81" t="s">
         <v>32</v>
       </c>
-      <c r="B81" s="0"/>
-[...15 lines deleted...]
-      <c r="R81" s="0"/>
     </row>
   </sheetData>
-  <sheetProtection password="BEF2A0" sheet="true" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="true" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="true" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <sheetProtection password="F3DC" sheet="1" insertRows="1" sort="1"/>
   <mergeCells>
     <mergeCell ref="A1:D3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A12:R12"/>
     <mergeCell ref="A13:R13"/>
     <mergeCell ref="A14:R14"/>
     <mergeCell ref="A15:R15"/>
     <mergeCell ref="A23:R23"/>
     <mergeCell ref="A24:R24"/>
     <mergeCell ref="A25:R25"/>
     <mergeCell ref="A26:R26"/>
     <mergeCell ref="A51:R51"/>
     <mergeCell ref="A52:R52"/>
     <mergeCell ref="A53:R53"/>
     <mergeCell ref="A54:R54"/>
     <mergeCell ref="A79:R79"/>
     <mergeCell ref="A80:R80"/>
     <mergeCell ref="A81:R81"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
-  <pageMargins left="0.7" right="0.7" top="0.1968503937007874" bottom="0.1968503937007874" header="0.3" footer="0.3"/>
-[...8 lines deleted...]
-  </headerFooter>
+  <pageMargins left="0.7" right="0.7" top="0.19685039370079" bottom="0.19685039370079" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft Corporation</Company>
+  <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>