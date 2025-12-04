--- v0 (2025-10-03)
+++ v1 (2025-12-04)
@@ -1043,87 +1043,87 @@
       </c>
       <c r="Q10" s="6">
         <v>37</v>
       </c>
       <c r="R10" s="6">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="0">
         <v>1150</v>
       </c>
       <c r="D11" s="0">
         <v>3</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F11" s="5">
-        <v>24.5</v>
+        <v>26.7</v>
       </c>
       <c r="G11" s="0">
+        <v>26.2</v>
+      </c>
+      <c r="H11" s="0">
+        <v>25.8</v>
+      </c>
+      <c r="I11" s="0">
+        <v>25.3</v>
+      </c>
+      <c r="J11" s="0">
+        <v>24.9</v>
+      </c>
+      <c r="K11" s="0">
+        <v>24.4</v>
+      </c>
+      <c r="L11" s="0">
         <v>24.1</v>
       </c>
-      <c r="H11" s="0">
-[...2 lines deleted...]
-      <c r="I11" s="0">
+      <c r="M11" s="0">
+        <v>23.7</v>
+      </c>
+      <c r="N11" s="0">
+        <v>23.4</v>
+      </c>
+      <c r="O11" s="0">
         <v>23.2</v>
       </c>
-      <c r="J11" s="0">
-[...16 lines deleted...]
-      </c>
       <c r="P11" s="0">
-        <v>20.9</v>
+        <v>23.1</v>
       </c>
       <c r="Q11" s="0">
-        <v>20.8</v>
+        <v>23</v>
       </c>
       <c r="R11" s="0">
-        <v>20.8</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C12" s="6">
         <v>1100</v>
       </c>
       <c r="D12" s="6">
         <v>2</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F12" s="7">
         <v>21.5</v>
       </c>
       <c r="G12" s="6">
         <v>21</v>
       </c>
       <c r="H12" s="6">
@@ -1633,87 +1633,87 @@
       </c>
       <c r="Q23" s="6">
         <v>9271</v>
       </c>
       <c r="R23" s="6">
         <v>9271</v>
       </c>
     </row>
     <row r="24" spans="1:19">
       <c r="A24" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="0">
         <v>1150</v>
       </c>
       <c r="D24" s="0">
         <v>3</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F24" s="8">
-        <v>6240</v>
+        <v>6741</v>
       </c>
       <c r="G24" s="0">
-        <v>6130</v>
+        <v>6627</v>
       </c>
       <c r="H24" s="0">
-        <v>5980</v>
+        <v>6477</v>
       </c>
       <c r="I24" s="0">
-        <v>5860</v>
+        <v>6363</v>
       </c>
       <c r="J24" s="0">
-        <v>5700</v>
+        <v>6200</v>
       </c>
       <c r="K24" s="0">
-        <v>5450</v>
+        <v>5946</v>
       </c>
       <c r="L24" s="0">
-        <v>5200</v>
+        <v>5699</v>
       </c>
       <c r="M24" s="0">
-        <v>5130</v>
+        <v>5625</v>
       </c>
       <c r="N24" s="0">
-        <v>5040</v>
+        <v>5540</v>
       </c>
       <c r="O24" s="0">
-        <v>4980</v>
+        <v>5480</v>
       </c>
       <c r="P24" s="0">
-        <v>4960</v>
+        <v>5460</v>
       </c>
       <c r="Q24" s="0">
-        <v>4930</v>
+        <v>5430</v>
       </c>
       <c r="R24" s="0">
-        <v>4930</v>
+        <v>5430</v>
       </c>
     </row>
     <row r="25" spans="1:19">
       <c r="A25" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B25" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C25" s="6">
         <v>1100</v>
       </c>
       <c r="D25" s="6">
         <v>2</v>
       </c>
       <c r="E25" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F25" s="9">
         <v>5750</v>
       </c>
       <c r="G25" s="6">
         <v>5610</v>
       </c>
       <c r="H25" s="6">
@@ -2223,143 +2223,143 @@
       </c>
       <c r="Q36" s="6">
         <v>30.4</v>
       </c>
       <c r="R36" s="6">
         <v>30.4</v>
       </c>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C37" s="0">
         <v>2050</v>
       </c>
       <c r="D37" s="0">
         <v>2</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F37" s="5">
+        <v>32.3</v>
+      </c>
+      <c r="G37" s="0">
+        <v>31.7</v>
+      </c>
+      <c r="H37" s="0">
+        <v>31.2</v>
+      </c>
+      <c r="I37" s="0">
+        <v>30.6</v>
+      </c>
+      <c r="J37" s="0">
         <v>30.1</v>
       </c>
-      <c r="G37" s="0">
-[...8 lines deleted...]
-      <c r="J37" s="0">
+      <c r="K37" s="0">
+        <v>29.5</v>
+      </c>
+      <c r="L37" s="0">
+        <v>29.1</v>
+      </c>
+      <c r="M37" s="0">
+        <v>28.6</v>
+      </c>
+      <c r="N37" s="0">
+        <v>28.2</v>
+      </c>
+      <c r="O37" s="0">
         <v>27.9</v>
       </c>
-      <c r="K37" s="0">
-[...13 lines deleted...]
-      </c>
       <c r="P37" s="0">
-        <v>25.5</v>
+        <v>27.7</v>
       </c>
       <c r="Q37" s="0">
-        <v>25.3</v>
+        <v>27.5</v>
       </c>
       <c r="R37" s="0">
-        <v>25.3</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C38" s="6">
-        <v>1450</v>
+        <v>1750</v>
       </c>
       <c r="D38" s="6">
         <v>2</v>
       </c>
       <c r="E38" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F38" s="7">
-        <v>25.1</v>
+        <v>34.2</v>
       </c>
       <c r="G38" s="6">
-        <v>24.5</v>
+        <v>33.4</v>
       </c>
       <c r="H38" s="6">
-        <v>23.9</v>
+        <v>32.6</v>
       </c>
       <c r="I38" s="6">
-        <v>23.3</v>
+        <v>31.8</v>
       </c>
       <c r="J38" s="6">
-        <v>22.7</v>
+        <v>31</v>
       </c>
       <c r="K38" s="6">
-        <v>22.2</v>
+        <v>30.3</v>
       </c>
       <c r="L38" s="6">
-        <v>21.9</v>
+        <v>29.8</v>
       </c>
       <c r="M38" s="6">
-        <v>21.6</v>
+        <v>29.3</v>
       </c>
       <c r="N38" s="6">
-        <v>21.3</v>
+        <v>28.8</v>
       </c>
       <c r="O38" s="6">
-        <v>21</v>
+        <v>28.3</v>
       </c>
       <c r="P38" s="6">
-        <v>20.7</v>
+        <v>27.9</v>
       </c>
       <c r="Q38" s="6">
-        <v>20.4</v>
+        <v>27.5</v>
       </c>
       <c r="R38" s="6">
-        <v>20.4</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B39" s="0"/>
       <c r="C39" s="0"/>
       <c r="D39" s="0"/>
       <c r="E39" s="0"/>
       <c r="F39" s="0"/>
       <c r="G39" s="0"/>
       <c r="H39" s="0"/>
       <c r="I39" s="0"/>
       <c r="J39" s="0"/>
       <c r="K39" s="0"/>
       <c r="L39" s="0"/>
       <c r="M39" s="0"/>
       <c r="N39" s="0"/>
       <c r="O39" s="0"/>
       <c r="P39" s="0"/>
       <c r="Q39" s="0"/>
       <c r="R39" s="0"/>
     </row>
     <row r="40" spans="1:19">
@@ -2757,143 +2757,143 @@
       </c>
       <c r="Q48" s="6">
         <v>7610</v>
       </c>
       <c r="R48" s="6">
         <v>7610</v>
       </c>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C49" s="0">
         <v>2050</v>
       </c>
       <c r="D49" s="0">
         <v>2</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F49" s="8">
-        <v>7210</v>
+        <v>7711</v>
       </c>
       <c r="G49" s="0">
-        <v>7070</v>
+        <v>7567</v>
       </c>
       <c r="H49" s="0">
-        <v>6930</v>
+        <v>7427</v>
       </c>
       <c r="I49" s="0">
-        <v>6790</v>
+        <v>7293</v>
       </c>
       <c r="J49" s="0">
-        <v>6650</v>
+        <v>7150</v>
       </c>
       <c r="K49" s="0">
-        <v>6520</v>
+        <v>7016</v>
       </c>
       <c r="L49" s="0">
-        <v>6420</v>
+        <v>6919</v>
       </c>
       <c r="M49" s="0">
-        <v>6320</v>
+        <v>6815</v>
       </c>
       <c r="N49" s="0">
-        <v>6220</v>
+        <v>6720</v>
       </c>
       <c r="O49" s="0">
-        <v>6140</v>
+        <v>6640</v>
       </c>
       <c r="P49" s="0">
-        <v>6100</v>
+        <v>6600</v>
       </c>
       <c r="Q49" s="0">
-        <v>6060</v>
+        <v>6560</v>
       </c>
       <c r="R49" s="0">
-        <v>6060</v>
+        <v>6560</v>
       </c>
     </row>
     <row r="50" spans="1:19">
       <c r="A50" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B50" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C50" s="6">
-        <v>1450</v>
+        <v>1750</v>
       </c>
       <c r="D50" s="6">
         <v>2</v>
       </c>
       <c r="E50" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F50" s="9">
-        <v>6330</v>
+        <v>8510</v>
       </c>
       <c r="G50" s="6">
-        <v>6170</v>
+        <v>8300</v>
       </c>
       <c r="H50" s="6">
-        <v>6020</v>
+        <v>8100</v>
       </c>
       <c r="I50" s="6">
-        <v>5870</v>
+        <v>7900</v>
       </c>
       <c r="J50" s="6">
-        <v>5730</v>
+        <v>7710</v>
       </c>
       <c r="K50" s="6">
-        <v>5590</v>
+        <v>7520</v>
       </c>
       <c r="L50" s="6">
-        <v>5510</v>
+        <v>7410</v>
       </c>
       <c r="M50" s="6">
-        <v>5420</v>
+        <v>7300</v>
       </c>
       <c r="N50" s="6">
-        <v>5350</v>
+        <v>7190</v>
       </c>
       <c r="O50" s="6">
-        <v>5260</v>
+        <v>7080</v>
       </c>
       <c r="P50" s="6">
-        <v>5190</v>
+        <v>6980</v>
       </c>
       <c r="Q50" s="6">
-        <v>5110</v>
+        <v>6880</v>
       </c>
       <c r="R50" s="6">
-        <v>5110</v>
+        <v>6880</v>
       </c>
     </row>
     <row r="51" spans="1:19">
       <c r="A51" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B51" s="0"/>
       <c r="C51" s="0"/>
       <c r="D51" s="0"/>
       <c r="E51" s="0"/>
       <c r="F51" s="0"/>
       <c r="G51" s="0"/>
       <c r="H51" s="0"/>
       <c r="I51" s="0"/>
       <c r="J51" s="0"/>
       <c r="K51" s="0"/>
       <c r="L51" s="0"/>
       <c r="M51" s="0"/>
       <c r="N51" s="0"/>
       <c r="O51" s="0"/>
       <c r="P51" s="0"/>
       <c r="Q51" s="0"/>
       <c r="R51" s="0"/>
     </row>
     <row r="52" spans="1:19">