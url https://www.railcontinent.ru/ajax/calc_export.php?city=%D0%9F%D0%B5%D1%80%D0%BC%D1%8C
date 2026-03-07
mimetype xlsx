--- v1 (2025-12-04)
+++ v2 (2026-03-07)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
-  <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Позвоните нам и наши менеджеры рассчитают стоимость Вашей перевозки!</t>
   </si>
   <si>
     <t>Телефон: +7 (982) 467-94-01</t>
   </si>
   <si>
     <t>Сайт: http://www.railcontinent.ru/</t>
   </si>
   <si>
     <t>Тарифы из города ПЕРМЬ руб/кг</t>
   </si>
   <si>
     <t>В город</t>
   </si>
   <si>
     <t>Скоростной режим</t>
   </si>
   <si>
     <t>Мин. цена</t>
@@ -181,150 +181,136 @@
   <si>
     <t>70 и более</t>
   </si>
   <si>
     <t>Тарифы в город ПЕРМЬ руб/кг</t>
   </si>
   <si>
     <t>Из города</t>
   </si>
   <si>
     <t>КАЗАНЬ</t>
   </si>
   <si>
     <t>НИЖНИЙ НОВГОРОД</t>
   </si>
   <si>
     <t>С-ПЕТЕРБУРГ</t>
   </si>
   <si>
     <t>Тарифы в город ПЕРМЬ руб/м3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="7"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...8 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
-[...2 lines deleted...]
-    </xf>
+  <cellXfs count="7">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
-[...4 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="3" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lo1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20f39754899fce9b8e0787eb9d3a669.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2095500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Рейл Континент" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -608,106 +594,94 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:S53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A50" sqref="A50"/>
+      <selection activeCell="A50" sqref="A50:R50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.664481" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14.831264" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="15.665" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14.831" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.5" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.5" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.5" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.5" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.5" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.5" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.5" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.5" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.5" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.5" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.5" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.5" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.5" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.5" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.5" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.5" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.5" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19">
-      <c r="A1" s="0"/>
-[...2 lines deleted...]
-      <c r="D1" s="0"/>
       <c r="R1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:19">
-      <c r="A2" s="0"/>
-[...2 lines deleted...]
-      <c r="D2" s="0"/>
       <c r="R2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:19">
-      <c r="A3" s="0"/>
-[...2 lines deleted...]
-      <c r="D3" s="0"/>
       <c r="R3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:19" customHeight="1" ht="20">
       <c r="A4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
@@ -747,560 +721,506 @@
         <v>14</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P5" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R5" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:19">
-      <c r="A6" s="6" t="s">
+      <c r="A6" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="6">
+      <c r="B6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6">
         <v>1950</v>
       </c>
-      <c r="D6" s="6">
+      <c r="D6">
         <v>6</v>
       </c>
-      <c r="E6" s="6" t="s">
-[...8 lines deleted...]
-      <c r="H6" s="6">
+      <c r="E6" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" s="5">
+        <v>38.1</v>
+      </c>
+      <c r="G6">
+        <v>37.2</v>
+      </c>
+      <c r="H6">
+        <v>36.3</v>
+      </c>
+      <c r="I6">
         <v>35.40000000000001</v>
       </c>
-      <c r="I6" s="6">
+      <c r="J6">
         <v>34.6</v>
       </c>
-      <c r="J6" s="6">
+      <c r="K6">
         <v>33.8</v>
       </c>
-      <c r="K6" s="6">
-[...21 lines deleted...]
-        <v>30</v>
+      <c r="L6">
+        <v>33.3</v>
+      </c>
+      <c r="M6">
+        <v>32.8</v>
+      </c>
+      <c r="N6">
+        <v>32.3</v>
+      </c>
+      <c r="O6">
+        <v>31.8</v>
+      </c>
+      <c r="P6">
+        <v>31.3</v>
+      </c>
+      <c r="Q6">
+        <v>30.8</v>
+      </c>
+      <c r="R6">
+        <v>30.8</v>
       </c>
     </row>
     <row r="7" spans="1:19">
-      <c r="A7" s="0" t="s">
+      <c r="A7" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="0">
+      <c r="B7" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7">
         <v>550</v>
       </c>
-      <c r="D7" s="0">
+      <c r="D7">
         <v>1</v>
       </c>
-      <c r="E7" s="0" t="s">
+      <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="5">
-        <v>8.300000000000001</v>
-[...1 lines deleted...]
-      <c r="G7" s="0">
+        <v>8.3</v>
+      </c>
+      <c r="G7">
         <v>8.1</v>
       </c>
-      <c r="H7" s="0">
+      <c r="H7">
         <v>7.9</v>
       </c>
-      <c r="I7" s="0">
+      <c r="I7">
         <v>7.7</v>
       </c>
-      <c r="J7" s="0">
+      <c r="J7">
         <v>7.5</v>
       </c>
-      <c r="K7" s="0">
+      <c r="K7">
         <v>7.3</v>
       </c>
-      <c r="L7" s="0">
+      <c r="L7">
         <v>7.2</v>
       </c>
-      <c r="M7" s="0">
+      <c r="M7">
         <v>7.1</v>
       </c>
-      <c r="N7" s="0">
+      <c r="N7">
         <v>7</v>
       </c>
-      <c r="O7" s="0">
+      <c r="O7">
         <v>6.9</v>
       </c>
-      <c r="P7" s="0">
+      <c r="P7">
         <v>6.8</v>
       </c>
-      <c r="Q7" s="0">
+      <c r="Q7">
         <v>6.7</v>
       </c>
-      <c r="R7" s="0">
+      <c r="R7">
         <v>6.7</v>
       </c>
     </row>
     <row r="8" spans="1:19">
-      <c r="A8" s="6" t="s">
+      <c r="A8" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="6">
+      <c r="B8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8">
         <v>900</v>
       </c>
-      <c r="D8" s="6">
+      <c r="D8">
         <v>3</v>
       </c>
-      <c r="E8" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F8" s="7">
+      <c r="E8" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" s="5">
         <v>20.8</v>
       </c>
-      <c r="G8" s="6">
+      <c r="G8">
         <v>20.3</v>
       </c>
-      <c r="H8" s="6">
+      <c r="H8">
         <v>19.8</v>
       </c>
-      <c r="I8" s="6">
+      <c r="I8">
         <v>19.3</v>
       </c>
-      <c r="J8" s="6">
+      <c r="J8">
         <v>18.8</v>
       </c>
-      <c r="K8" s="6">
+      <c r="K8">
         <v>18.3</v>
       </c>
-      <c r="L8" s="6">
+      <c r="L8">
         <v>18</v>
       </c>
-      <c r="M8" s="6">
+      <c r="M8">
         <v>17.7</v>
       </c>
-      <c r="N8" s="6">
+      <c r="N8">
         <v>17.4</v>
       </c>
-      <c r="O8" s="6">
+      <c r="O8">
         <v>17.1</v>
       </c>
-      <c r="P8" s="6">
+      <c r="P8">
         <v>16.8</v>
       </c>
-      <c r="Q8" s="6">
+      <c r="Q8">
         <v>16.6</v>
       </c>
-      <c r="R8" s="6">
+      <c r="R8">
         <v>16.6</v>
       </c>
     </row>
     <row r="9" spans="1:19">
-      <c r="A9" s="0" t="s">
+      <c r="A9" t="s">
         <v>27</v>
       </c>
-      <c r="B9" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="0">
+      <c r="B9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9">
         <v>1200</v>
       </c>
-      <c r="D9" s="0">
+      <c r="D9">
         <v>4</v>
       </c>
-      <c r="E9" s="0" t="s">
+      <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="5">
         <v>26.3</v>
       </c>
-      <c r="G9" s="0">
+      <c r="G9">
         <v>25.7</v>
       </c>
-      <c r="H9" s="0">
+      <c r="H9">
         <v>25.1</v>
       </c>
-      <c r="I9" s="0">
+      <c r="I9">
         <v>24.5</v>
       </c>
-      <c r="J9" s="0">
+      <c r="J9">
         <v>23.9</v>
       </c>
-      <c r="K9" s="0">
+      <c r="K9">
         <v>23.3</v>
       </c>
-      <c r="L9" s="0">
-[...2 lines deleted...]
-      <c r="M9" s="0">
+      <c r="L9">
+        <v>23.0</v>
+      </c>
+      <c r="M9">
         <v>22.7</v>
       </c>
-      <c r="N9" s="0">
+      <c r="N9">
         <v>22.4</v>
       </c>
-      <c r="O9" s="0">
+      <c r="O9">
         <v>22.1</v>
       </c>
-      <c r="P9" s="0">
+      <c r="P9">
         <v>21.8</v>
       </c>
-      <c r="Q9" s="0">
+      <c r="Q9">
         <v>21.5</v>
       </c>
-      <c r="R9" s="0">
+      <c r="R9">
         <v>21.5</v>
       </c>
     </row>
     <row r="10" spans="1:19">
-      <c r="A10" s="6" t="s">
+      <c r="A10" t="s">
         <v>28</v>
       </c>
-      <c r="B10" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="6">
+      <c r="B10" t="s">
+        <v>23</v>
+      </c>
+      <c r="C10">
         <v>1550</v>
       </c>
-      <c r="D10" s="6">
+      <c r="D10">
         <v>9</v>
       </c>
-      <c r="E10" s="6" t="s">
-[...5 lines deleted...]
-      <c r="G10" s="6">
+      <c r="E10" t="s">
+        <v>24</v>
+      </c>
+      <c r="F10" s="5">
+        <v>46.0</v>
+      </c>
+      <c r="G10">
         <v>44.90000000000001</v>
       </c>
-      <c r="H10" s="6">
+      <c r="H10">
         <v>43.8</v>
       </c>
-      <c r="I10" s="6">
+      <c r="I10">
         <v>42.7</v>
       </c>
-      <c r="J10" s="6">
+      <c r="J10">
         <v>41.6</v>
       </c>
-      <c r="K10" s="6">
+      <c r="K10">
         <v>40.5</v>
       </c>
-      <c r="L10" s="6">
+      <c r="L10">
         <v>39.9</v>
       </c>
-      <c r="M10" s="6">
+      <c r="M10">
         <v>39.3</v>
       </c>
-      <c r="N10" s="6">
+      <c r="N10">
         <v>38.7</v>
       </c>
-      <c r="O10" s="6">
+      <c r="O10">
         <v>38.1</v>
       </c>
-      <c r="P10" s="6">
+      <c r="P10">
         <v>37.5</v>
       </c>
-      <c r="Q10" s="6">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="Q10">
+        <v>37.0</v>
+      </c>
+      <c r="R10">
+        <v>37.0</v>
       </c>
     </row>
     <row r="11" spans="1:19">
-      <c r="A11" s="0" t="s">
+      <c r="A11" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="0">
+      <c r="B11" t="s">
+        <v>23</v>
+      </c>
+      <c r="C11">
         <v>1150</v>
       </c>
-      <c r="D11" s="0">
+      <c r="D11">
         <v>3</v>
       </c>
-      <c r="E11" s="0" t="s">
+      <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" s="5">
         <v>26.7</v>
       </c>
-      <c r="G11" s="0">
+      <c r="G11">
         <v>26.2</v>
       </c>
-      <c r="H11" s="0">
+      <c r="H11">
         <v>25.8</v>
       </c>
-      <c r="I11" s="0">
+      <c r="I11">
         <v>25.3</v>
       </c>
-      <c r="J11" s="0">
+      <c r="J11">
         <v>24.9</v>
       </c>
-      <c r="K11" s="0">
+      <c r="K11">
         <v>24.4</v>
       </c>
-      <c r="L11" s="0">
-[...2 lines deleted...]
-      <c r="M11" s="0">
+      <c r="L11">
+        <v>24.099999999999998</v>
+      </c>
+      <c r="M11">
         <v>23.7</v>
       </c>
-      <c r="N11" s="0">
+      <c r="N11">
         <v>23.4</v>
       </c>
-      <c r="O11" s="0">
+      <c r="O11">
         <v>23.2</v>
       </c>
-      <c r="P11" s="0">
+      <c r="P11">
         <v>23.1</v>
       </c>
-      <c r="Q11" s="0">
-[...3 lines deleted...]
-        <v>23</v>
+      <c r="Q11">
+        <v>23.0</v>
+      </c>
+      <c r="R11">
+        <v>23.0</v>
       </c>
     </row>
     <row r="12" spans="1:19">
-      <c r="A12" s="6" t="s">
+      <c r="A12" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C12" s="6">
+      <c r="B12" t="s">
+        <v>23</v>
+      </c>
+      <c r="C12">
         <v>1100</v>
       </c>
-      <c r="D12" s="6">
+      <c r="D12">
         <v>2</v>
       </c>
-      <c r="E12" s="6" t="s">
-[...11 lines deleted...]
-      <c r="I12" s="6">
+      <c r="E12" t="s">
+        <v>24</v>
+      </c>
+      <c r="F12" s="5">
+        <v>23.7</v>
+      </c>
+      <c r="G12">
+        <v>23.1</v>
+      </c>
+      <c r="H12">
+        <v>22.5</v>
+      </c>
+      <c r="I12">
+        <v>21.9</v>
+      </c>
+      <c r="J12">
+        <v>21.4</v>
+      </c>
+      <c r="K12">
+        <v>20.9</v>
+      </c>
+      <c r="L12">
+        <v>20.6</v>
+      </c>
+      <c r="M12">
+        <v>20.3</v>
+      </c>
+      <c r="N12">
         <v>20</v>
       </c>
-      <c r="J12" s="6">
-[...11 lines deleted...]
-      <c r="N12" s="6">
+      <c r="O12">
+        <v>19.7</v>
+      </c>
+      <c r="P12">
+        <v>19.4</v>
+      </c>
+      <c r="Q12">
+        <v>19.1</v>
+      </c>
+      <c r="R12">
+        <v>19.1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:19">
+      <c r="A13" t="s">
+        <v>31</v>
+      </c>
+      <c r="B13" t="s">
+        <v>23</v>
+      </c>
+      <c r="C13">
+        <v>1250</v>
+      </c>
+      <c r="D13">
+        <v>2</v>
+      </c>
+      <c r="E13" t="s">
+        <v>24</v>
+      </c>
+      <c r="F13" s="5">
+        <v>18.6</v>
+      </c>
+      <c r="G13">
         <v>18.1</v>
       </c>
-      <c r="O12" s="6">
-[...65 lines deleted...]
-        <v>15.2</v>
+      <c r="H13">
+        <v>17.7</v>
+      </c>
+      <c r="I13">
+        <v>17.3</v>
+      </c>
+      <c r="J13">
+        <v>16.9</v>
+      </c>
+      <c r="K13">
+        <v>16.5</v>
+      </c>
+      <c r="L13">
+        <v>16.3</v>
+      </c>
+      <c r="M13">
+        <v>16.1</v>
+      </c>
+      <c r="N13">
+        <v>15.9</v>
+      </c>
+      <c r="O13">
+        <v>15.7</v>
+      </c>
+      <c r="P13">
+        <v>15.5</v>
+      </c>
+      <c r="Q13">
+        <v>15.3</v>
+      </c>
+      <c r="R13">
+        <v>15.3</v>
       </c>
     </row>
     <row r="14" spans="1:19">
-      <c r="A14" s="0" t="s">
+      <c r="A14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="0"/>
-[...35 lines deleted...]
-      <c r="R15" s="0"/>
     </row>
     <row r="16" spans="1:19">
-      <c r="A16" s="0" t="s">
+      <c r="A16" t="s">
         <v>33</v>
       </c>
-      <c r="B16" s="0"/>
-[...15 lines deleted...]
-      <c r="R16" s="0"/>
     </row>
     <row r="17" spans="1:19" customHeight="1" ht="20">
       <c r="A17" s="3" t="s">
         <v>34</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
       <c r="J17" s="2"/>
       <c r="K17" s="2"/>
       <c r="L17" s="2"/>
       <c r="M17" s="2"/>
       <c r="N17" s="2"/>
       <c r="O17" s="2"/>
       <c r="P17" s="2"/>
       <c r="Q17" s="2"/>
       <c r="R17" s="2"/>
     </row>
     <row r="18" spans="1:19" customHeight="1" ht="21">
       <c r="A18" s="4" t="s">
@@ -1337,560 +1257,506 @@
         <v>40</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P18" s="4" t="s">
         <v>45</v>
       </c>
       <c r="Q18" s="4" t="s">
         <v>46</v>
       </c>
       <c r="R18" s="4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="19" spans="1:19">
-      <c r="A19" s="6" t="s">
+      <c r="A19" t="s">
         <v>22</v>
       </c>
-      <c r="B19" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="6">
+      <c r="B19" t="s">
+        <v>23</v>
+      </c>
+      <c r="C19">
         <v>1950</v>
       </c>
-      <c r="D19" s="6">
+      <c r="D19">
         <v>6</v>
       </c>
-      <c r="E19" s="6" t="s">
-[...39 lines deleted...]
-        <v>7670</v>
+      <c r="E19" t="s">
+        <v>24</v>
+      </c>
+      <c r="F19" s="6">
+        <v>10110</v>
+      </c>
+      <c r="G19">
+        <v>9870</v>
+      </c>
+      <c r="H19">
+        <v>9600</v>
+      </c>
+      <c r="I19">
+        <v>9360</v>
+      </c>
+      <c r="J19">
+        <v>9090</v>
+      </c>
+      <c r="K19">
+        <v>8720</v>
+      </c>
+      <c r="L19">
+        <v>8430</v>
+      </c>
+      <c r="M19">
+        <v>8310</v>
+      </c>
+      <c r="N19">
+        <v>8190</v>
+      </c>
+      <c r="O19">
+        <v>8060</v>
+      </c>
+      <c r="P19">
+        <v>7950</v>
+      </c>
+      <c r="Q19">
+        <v>7830</v>
+      </c>
+      <c r="R19">
+        <v>7830</v>
       </c>
     </row>
     <row r="20" spans="1:19">
-      <c r="A20" s="0" t="s">
+      <c r="A20" t="s">
         <v>25</v>
       </c>
-      <c r="B20" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="0">
+      <c r="B20" t="s">
+        <v>23</v>
+      </c>
+      <c r="C20">
         <v>550</v>
       </c>
-      <c r="D20" s="0">
+      <c r="D20">
         <v>1</v>
       </c>
-      <c r="E20" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="8">
+      <c r="E20" t="s">
+        <v>24</v>
+      </c>
+      <c r="F20" s="6">
         <v>2510</v>
       </c>
-      <c r="G20" s="0">
+      <c r="G20">
         <v>2450</v>
       </c>
-      <c r="H20" s="0">
+      <c r="H20">
         <v>2360</v>
       </c>
-      <c r="I20" s="0">
+      <c r="I20">
         <v>2300</v>
       </c>
-      <c r="J20" s="0">
+      <c r="J20">
         <v>2200</v>
       </c>
-      <c r="K20" s="0">
+      <c r="K20">
         <v>2000</v>
       </c>
-      <c r="L20" s="0">
+      <c r="L20">
         <v>1810</v>
       </c>
-      <c r="M20" s="0">
+      <c r="M20">
         <v>1790</v>
       </c>
-      <c r="N20" s="0">
+      <c r="N20">
         <v>1760</v>
       </c>
-      <c r="O20" s="0">
+      <c r="O20">
         <v>1730</v>
       </c>
-      <c r="P20" s="0">
+      <c r="P20">
         <v>1710</v>
       </c>
-      <c r="Q20" s="0">
+      <c r="Q20">
         <v>1680</v>
       </c>
-      <c r="R20" s="0">
+      <c r="R20">
         <v>1680</v>
       </c>
     </row>
     <row r="21" spans="1:19">
-      <c r="A21" s="6" t="s">
+      <c r="A21" t="s">
         <v>26</v>
       </c>
-      <c r="B21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="6">
+      <c r="B21" t="s">
+        <v>23</v>
+      </c>
+      <c r="C21">
         <v>900</v>
       </c>
-      <c r="D21" s="6">
+      <c r="D21">
         <v>3</v>
       </c>
-      <c r="E21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F21" s="9">
+      <c r="E21" t="s">
+        <v>24</v>
+      </c>
+      <c r="F21" s="6">
         <v>5140</v>
       </c>
-      <c r="G21" s="6">
+      <c r="G21">
         <v>5010</v>
       </c>
-      <c r="H21" s="6">
+      <c r="H21">
         <v>4890</v>
       </c>
-      <c r="I21" s="6">
+      <c r="I21">
         <v>4770</v>
       </c>
-      <c r="J21" s="6">
+      <c r="J21">
         <v>4660</v>
       </c>
-      <c r="K21" s="6">
+      <c r="K21">
         <v>4540</v>
       </c>
-      <c r="L21" s="6">
+      <c r="L21">
         <v>4480</v>
       </c>
-      <c r="M21" s="6">
+      <c r="M21">
         <v>4410</v>
       </c>
-      <c r="N21" s="6">
+      <c r="N21">
         <v>4350</v>
       </c>
-      <c r="O21" s="6">
+      <c r="O21">
         <v>4280</v>
       </c>
-      <c r="P21" s="6">
+      <c r="P21">
         <v>4220</v>
       </c>
-      <c r="Q21" s="6">
+      <c r="Q21">
         <v>4160</v>
       </c>
-      <c r="R21" s="6">
+      <c r="R21">
         <v>4160</v>
       </c>
     </row>
     <row r="22" spans="1:19">
-      <c r="A22" s="0" t="s">
+      <c r="A22" t="s">
         <v>27</v>
       </c>
-      <c r="B22" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="0">
+      <c r="B22" t="s">
+        <v>23</v>
+      </c>
+      <c r="C22">
         <v>1200</v>
       </c>
-      <c r="D22" s="0">
+      <c r="D22">
         <v>4</v>
       </c>
-      <c r="E22" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F22" s="8">
+      <c r="E22" t="s">
+        <v>24</v>
+      </c>
+      <c r="F22" s="6">
         <v>7090</v>
       </c>
-      <c r="G22" s="0">
+      <c r="G22">
         <v>6920</v>
       </c>
-      <c r="H22" s="0">
+      <c r="H22">
         <v>6720</v>
       </c>
-      <c r="I22" s="0">
+      <c r="I22">
         <v>6550</v>
       </c>
-      <c r="J22" s="0">
+      <c r="J22">
         <v>6350</v>
       </c>
-      <c r="K22" s="0">
+      <c r="K22">
         <v>6050</v>
       </c>
-      <c r="L22" s="0">
+      <c r="L22">
         <v>5800</v>
       </c>
-      <c r="M22" s="0">
+      <c r="M22">
         <v>5720</v>
       </c>
-      <c r="N22" s="0">
+      <c r="N22">
         <v>5630</v>
       </c>
-      <c r="O22" s="0">
+      <c r="O22">
         <v>5540</v>
       </c>
-      <c r="P22" s="0">
+      <c r="P22">
         <v>5470</v>
       </c>
-      <c r="Q22" s="0">
+      <c r="Q22">
         <v>5380</v>
       </c>
-      <c r="R22" s="0">
+      <c r="R22">
         <v>5380</v>
       </c>
     </row>
     <row r="23" spans="1:19">
-      <c r="A23" s="6" t="s">
+      <c r="A23" t="s">
         <v>28</v>
       </c>
-      <c r="B23" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="6">
+      <c r="B23" t="s">
+        <v>23</v>
+      </c>
+      <c r="C23">
         <v>1550</v>
       </c>
-      <c r="D23" s="6">
+      <c r="D23">
         <v>9</v>
       </c>
-      <c r="E23" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F23" s="9">
+      <c r="E23" t="s">
+        <v>24</v>
+      </c>
+      <c r="F23" s="6">
         <v>11463</v>
       </c>
-      <c r="G23" s="6">
+      <c r="G23">
         <v>11179</v>
       </c>
-      <c r="H23" s="6">
+      <c r="H23">
         <v>10909</v>
       </c>
-      <c r="I23" s="6">
+      <c r="I23">
         <v>10642</v>
       </c>
-      <c r="J23" s="6">
+      <c r="J23">
         <v>10389</v>
       </c>
-      <c r="K23" s="6">
+      <c r="K23">
         <v>10129</v>
       </c>
-      <c r="L23" s="6">
+      <c r="L23">
         <v>9986</v>
       </c>
-      <c r="M23" s="6">
+      <c r="M23">
         <v>9835</v>
       </c>
-      <c r="N23" s="6">
+      <c r="N23">
         <v>9695</v>
       </c>
-      <c r="O23" s="6">
+      <c r="O23">
         <v>9546</v>
       </c>
-      <c r="P23" s="6">
+      <c r="P23">
         <v>9408</v>
       </c>
-      <c r="Q23" s="6">
+      <c r="Q23">
         <v>9271</v>
       </c>
-      <c r="R23" s="6">
+      <c r="R23">
         <v>9271</v>
       </c>
     </row>
     <row r="24" spans="1:19">
-      <c r="A24" s="0" t="s">
+      <c r="A24" t="s">
         <v>29</v>
       </c>
-      <c r="B24" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="0">
+      <c r="B24" t="s">
+        <v>23</v>
+      </c>
+      <c r="C24">
         <v>1150</v>
       </c>
-      <c r="D24" s="0">
+      <c r="D24">
         <v>3</v>
       </c>
-      <c r="E24" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F24" s="8">
+      <c r="E24" t="s">
+        <v>24</v>
+      </c>
+      <c r="F24" s="6">
         <v>6741</v>
       </c>
-      <c r="G24" s="0">
+      <c r="G24">
         <v>6627</v>
       </c>
-      <c r="H24" s="0">
+      <c r="H24">
         <v>6477</v>
       </c>
-      <c r="I24" s="0">
+      <c r="I24">
         <v>6363</v>
       </c>
-      <c r="J24" s="0">
+      <c r="J24">
         <v>6200</v>
       </c>
-      <c r="K24" s="0">
+      <c r="K24">
         <v>5946</v>
       </c>
-      <c r="L24" s="0">
+      <c r="L24">
         <v>5699</v>
       </c>
-      <c r="M24" s="0">
+      <c r="M24">
         <v>5625</v>
       </c>
-      <c r="N24" s="0">
+      <c r="N24">
         <v>5540</v>
       </c>
-      <c r="O24" s="0">
+      <c r="O24">
         <v>5480</v>
       </c>
-      <c r="P24" s="0">
+      <c r="P24">
         <v>5460</v>
       </c>
-      <c r="Q24" s="0">
+      <c r="Q24">
         <v>5430</v>
       </c>
-      <c r="R24" s="0">
+      <c r="R24">
         <v>5430</v>
       </c>
     </row>
     <row r="25" spans="1:19">
-      <c r="A25" s="6" t="s">
+      <c r="A25" t="s">
         <v>30</v>
       </c>
-      <c r="B25" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C25" s="6">
+      <c r="B25" t="s">
+        <v>23</v>
+      </c>
+      <c r="C25">
         <v>1100</v>
       </c>
-      <c r="D25" s="6">
+      <c r="D25">
         <v>2</v>
       </c>
-      <c r="E25" s="6" t="s">
-[...17 lines deleted...]
-      <c r="K25" s="6">
+      <c r="E25" t="s">
+        <v>24</v>
+      </c>
+      <c r="F25" s="6">
+        <v>6360</v>
+      </c>
+      <c r="G25">
+        <v>6200</v>
+      </c>
+      <c r="H25">
+        <v>6020</v>
+      </c>
+      <c r="I25">
+        <v>5870</v>
+      </c>
+      <c r="J25">
+        <v>5690</v>
+      </c>
+      <c r="K25">
+        <v>5400</v>
+      </c>
+      <c r="L25">
+        <v>5160</v>
+      </c>
+      <c r="M25">
+        <v>5090</v>
+      </c>
+      <c r="N25">
+        <v>5010</v>
+      </c>
+      <c r="O25">
+        <v>4930</v>
+      </c>
+      <c r="P25">
         <v>4870</v>
       </c>
-      <c r="L25" s="6">
-[...18 lines deleted...]
-        <v>4300</v>
+      <c r="Q25">
+        <v>4790</v>
+      </c>
+      <c r="R25">
+        <v>4790</v>
       </c>
     </row>
     <row r="26" spans="1:19">
-      <c r="A26" s="0" t="s">
+      <c r="A26" t="s">
         <v>31</v>
       </c>
-      <c r="B26" s="0" t="s">
-[...5 lines deleted...]
-      <c r="D26" s="0">
+      <c r="B26" t="s">
+        <v>23</v>
+      </c>
+      <c r="C26">
+        <v>1250</v>
+      </c>
+      <c r="D26">
         <v>2</v>
       </c>
-      <c r="E26" s="0" t="s">
-[...39 lines deleted...]
-        <v>3800</v>
+      <c r="E26" t="s">
+        <v>24</v>
+      </c>
+      <c r="F26" s="6">
+        <v>5170</v>
+      </c>
+      <c r="G26">
+        <v>5050</v>
+      </c>
+      <c r="H26">
+        <v>4900</v>
+      </c>
+      <c r="I26">
+        <v>4770</v>
+      </c>
+      <c r="J26">
+        <v>4610</v>
+      </c>
+      <c r="K26">
+        <v>4350</v>
+      </c>
+      <c r="L26">
+        <v>4130</v>
+      </c>
+      <c r="M26">
+        <v>4080</v>
+      </c>
+      <c r="N26">
+        <v>4010</v>
+      </c>
+      <c r="O26">
+        <v>3950</v>
+      </c>
+      <c r="P26">
+        <v>3900</v>
+      </c>
+      <c r="Q26">
+        <v>3830</v>
+      </c>
+      <c r="R26">
+        <v>3830</v>
       </c>
     </row>
     <row r="27" spans="1:19">
-      <c r="A27" s="0" t="s">
+      <c r="A27" t="s">
         <v>32</v>
       </c>
-      <c r="B27" s="0"/>
-[...35 lines deleted...]
-      <c r="R28" s="0"/>
     </row>
     <row r="29" spans="1:19">
-      <c r="A29" s="0" t="s">
+      <c r="A29" t="s">
         <v>33</v>
       </c>
-      <c r="B29" s="0"/>
-[...15 lines deleted...]
-      <c r="R29" s="0"/>
     </row>
     <row r="30" spans="1:19" customHeight="1" ht="20">
       <c r="A30" s="3" t="s">
         <v>48</v>
       </c>
       <c r="B30" s="2"/>
       <c r="C30" s="2"/>
       <c r="D30" s="2"/>
       <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
       <c r="J30" s="2"/>
       <c r="K30" s="2"/>
       <c r="L30" s="2"/>
       <c r="M30" s="2"/>
       <c r="N30" s="2"/>
       <c r="O30" s="2"/>
       <c r="P30" s="2"/>
       <c r="Q30" s="2"/>
       <c r="R30" s="2"/>
     </row>
     <row r="31" spans="1:19" customHeight="1" ht="21">
       <c r="A31" s="4" t="s">
@@ -1927,504 +1793,450 @@
         <v>14</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P31" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q31" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R31" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:19">
-      <c r="A32" s="6" t="s">
+      <c r="A32" t="s">
         <v>25</v>
       </c>
-      <c r="B32" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="6">
+      <c r="B32" t="s">
+        <v>23</v>
+      </c>
+      <c r="C32">
         <v>850</v>
       </c>
-      <c r="D32" s="6">
+      <c r="D32">
         <v>1</v>
       </c>
-      <c r="E32" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F32" s="7">
+      <c r="E32" t="s">
+        <v>24</v>
+      </c>
+      <c r="F32" s="5">
         <v>13.9</v>
       </c>
-      <c r="G32" s="6">
+      <c r="G32">
         <v>13.6</v>
       </c>
-      <c r="H32" s="6">
+      <c r="H32">
         <v>13.3</v>
       </c>
-      <c r="I32" s="6">
+      <c r="I32">
         <v>13</v>
       </c>
-      <c r="J32" s="6">
+      <c r="J32">
         <v>12.7</v>
       </c>
-      <c r="K32" s="6">
+      <c r="K32">
         <v>12.4</v>
       </c>
-      <c r="L32" s="6">
+      <c r="L32">
         <v>12.2</v>
       </c>
-      <c r="M32" s="6">
+      <c r="M32">
         <v>12</v>
       </c>
-      <c r="N32" s="6">
+      <c r="N32">
         <v>11.8</v>
       </c>
-      <c r="O32" s="6">
+      <c r="O32">
         <v>11.6</v>
       </c>
-      <c r="P32" s="6">
+      <c r="P32">
         <v>11.4</v>
       </c>
-      <c r="Q32" s="6">
+      <c r="Q32">
         <v>11.2</v>
       </c>
-      <c r="R32" s="6">
+      <c r="R32">
         <v>11.2</v>
       </c>
     </row>
     <row r="33" spans="1:19">
-      <c r="A33" s="0" t="s">
+      <c r="A33" t="s">
         <v>50</v>
       </c>
-      <c r="B33" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="0">
+      <c r="B33" t="s">
+        <v>23</v>
+      </c>
+      <c r="C33">
         <v>1500</v>
       </c>
-      <c r="D33" s="0">
+      <c r="D33">
         <v>3</v>
       </c>
-      <c r="E33" s="0" t="s">
+      <c r="E33" t="s">
         <v>24</v>
       </c>
       <c r="F33" s="5">
         <v>32.6</v>
       </c>
-      <c r="G33" s="0">
+      <c r="G33">
         <v>32.1</v>
       </c>
-      <c r="H33" s="0">
+      <c r="H33">
         <v>31.5</v>
       </c>
-      <c r="I33" s="0">
+      <c r="I33">
         <v>31</v>
       </c>
-      <c r="J33" s="0">
+      <c r="J33">
         <v>30.5</v>
       </c>
-      <c r="K33" s="0">
+      <c r="K33">
         <v>29.8</v>
       </c>
-      <c r="L33" s="0">
+      <c r="L33">
         <v>29.2</v>
       </c>
-      <c r="M33" s="0">
+      <c r="M33">
         <v>29</v>
       </c>
-      <c r="N33" s="0">
+      <c r="N33">
         <v>28.8</v>
       </c>
-      <c r="O33" s="0">
+      <c r="O33">
         <v>28.4</v>
       </c>
-      <c r="P33" s="0">
-[...2 lines deleted...]
-      <c r="Q33" s="0">
+      <c r="P33">
+        <v>28.0</v>
+      </c>
+      <c r="Q33">
         <v>27.8</v>
       </c>
-      <c r="R33" s="0">
+      <c r="R33">
         <v>27.8</v>
       </c>
     </row>
     <row r="34" spans="1:19">
-      <c r="A34" s="6" t="s">
+      <c r="A34" t="s">
         <v>26</v>
       </c>
-      <c r="B34" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C34" s="6">
+      <c r="B34" t="s">
+        <v>23</v>
+      </c>
+      <c r="C34">
         <v>650</v>
       </c>
-      <c r="D34" s="6">
+      <c r="D34">
         <v>3</v>
       </c>
-      <c r="E34" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F34" s="7">
+      <c r="E34" t="s">
+        <v>24</v>
+      </c>
+      <c r="F34" s="5">
         <v>21</v>
       </c>
-      <c r="G34" s="6">
+      <c r="G34">
         <v>20.5</v>
       </c>
-      <c r="H34" s="6">
+      <c r="H34">
         <v>20</v>
       </c>
-      <c r="I34" s="6">
+      <c r="I34">
         <v>19.5</v>
       </c>
-      <c r="J34" s="6">
+      <c r="J34">
         <v>19</v>
       </c>
-      <c r="K34" s="6">
+      <c r="K34">
         <v>18.5</v>
       </c>
-      <c r="L34" s="6">
+      <c r="L34">
         <v>18.2</v>
       </c>
-      <c r="M34" s="6">
+      <c r="M34">
         <v>17.9</v>
       </c>
-      <c r="N34" s="6">
+      <c r="N34">
         <v>17.6</v>
       </c>
-      <c r="O34" s="6">
+      <c r="O34">
         <v>17.3</v>
       </c>
-      <c r="P34" s="6">
+      <c r="P34">
         <v>17</v>
       </c>
-      <c r="Q34" s="6">
+      <c r="Q34">
         <v>16.7</v>
       </c>
-      <c r="R34" s="6">
+      <c r="R34">
         <v>16.7</v>
       </c>
     </row>
     <row r="35" spans="1:19">
-      <c r="A35" s="0" t="s">
+      <c r="A35" t="s">
         <v>51</v>
       </c>
-      <c r="B35" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C35" s="0">
+      <c r="B35" t="s">
+        <v>23</v>
+      </c>
+      <c r="C35">
         <v>2160</v>
       </c>
-      <c r="D35" s="0">
+      <c r="D35">
         <v>6</v>
       </c>
-      <c r="E35" s="0" t="s">
+      <c r="E35" t="s">
         <v>24</v>
       </c>
       <c r="F35" s="5">
+        <v>46.4</v>
+      </c>
+      <c r="G35">
+        <v>45.3</v>
+      </c>
+      <c r="H35">
+        <v>44.2</v>
+      </c>
+      <c r="I35">
         <v>43.1</v>
       </c>
-      <c r="G35" s="0">
-[...33 lines deleted...]
-        <v>33.8</v>
+      <c r="J35">
+        <v>42.1</v>
+      </c>
+      <c r="K35">
+        <v>41.1</v>
+      </c>
+      <c r="L35">
+        <v>40.5</v>
+      </c>
+      <c r="M35">
+        <v>39.9</v>
+      </c>
+      <c r="N35">
+        <v>39.3</v>
+      </c>
+      <c r="O35">
+        <v>38.7</v>
+      </c>
+      <c r="P35">
+        <v>38.1</v>
+      </c>
+      <c r="Q35">
+        <v>37.5</v>
+      </c>
+      <c r="R35">
+        <v>37.5</v>
       </c>
     </row>
     <row r="36" spans="1:19">
-      <c r="A36" s="6" t="s">
+      <c r="A36" t="s">
         <v>52</v>
       </c>
-      <c r="B36" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D36" s="6">
+      <c r="B36" t="s">
+        <v>23</v>
+      </c>
+      <c r="C36">
+        <v>1600</v>
+      </c>
+      <c r="D36">
         <v>4</v>
       </c>
-      <c r="E36" s="6" t="s">
-[...39 lines deleted...]
-        <v>30.4</v>
+      <c r="E36" t="s">
+        <v>24</v>
+      </c>
+      <c r="F36" s="5">
+        <v>39</v>
+      </c>
+      <c r="G36">
+        <v>38.1</v>
+      </c>
+      <c r="H36">
+        <v>37.2</v>
+      </c>
+      <c r="I36">
+        <v>36.3</v>
+      </c>
+      <c r="J36">
+        <v>35.4</v>
+      </c>
+      <c r="K36">
+        <v>34.5</v>
+      </c>
+      <c r="L36">
+        <v>34.0</v>
+      </c>
+      <c r="M36">
+        <v>33.5</v>
+      </c>
+      <c r="N36">
+        <v>33.0</v>
+      </c>
+      <c r="O36">
+        <v>32.5</v>
+      </c>
+      <c r="P36">
+        <v>32</v>
+      </c>
+      <c r="Q36">
+        <v>31.5</v>
+      </c>
+      <c r="R36">
+        <v>31.5</v>
       </c>
     </row>
     <row r="37" spans="1:19">
-      <c r="A37" s="0" t="s">
+      <c r="A37" t="s">
         <v>29</v>
       </c>
-      <c r="B37" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C37" s="0">
+      <c r="B37" t="s">
+        <v>23</v>
+      </c>
+      <c r="C37">
         <v>2050</v>
       </c>
-      <c r="D37" s="0">
+      <c r="D37">
         <v>2</v>
       </c>
-      <c r="E37" s="0" t="s">
+      <c r="E37" t="s">
         <v>24</v>
       </c>
       <c r="F37" s="5">
         <v>32.3</v>
       </c>
-      <c r="G37" s="0">
+      <c r="G37">
         <v>31.7</v>
       </c>
-      <c r="H37" s="0">
+      <c r="H37">
         <v>31.2</v>
       </c>
-      <c r="I37" s="0">
+      <c r="I37">
         <v>30.6</v>
       </c>
-      <c r="J37" s="0">
-[...2 lines deleted...]
-      <c r="K37" s="0">
+      <c r="J37">
+        <v>30.099999999999998</v>
+      </c>
+      <c r="K37">
         <v>29.5</v>
       </c>
-      <c r="L37" s="0">
-[...2 lines deleted...]
-      <c r="M37" s="0">
+      <c r="L37">
+        <v>29.099999999999998</v>
+      </c>
+      <c r="M37">
         <v>28.6</v>
       </c>
-      <c r="N37" s="0">
+      <c r="N37">
         <v>28.2</v>
       </c>
-      <c r="O37" s="0">
+      <c r="O37">
         <v>27.9</v>
       </c>
-      <c r="P37" s="0">
+      <c r="P37">
         <v>27.7</v>
       </c>
-      <c r="Q37" s="0">
+      <c r="Q37">
         <v>27.5</v>
       </c>
-      <c r="R37" s="0">
+      <c r="R37">
         <v>27.5</v>
       </c>
     </row>
     <row r="38" spans="1:19">
-      <c r="A38" s="6" t="s">
+      <c r="A38" t="s">
         <v>30</v>
       </c>
-      <c r="B38" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C38" s="6">
+      <c r="B38" t="s">
+        <v>23</v>
+      </c>
+      <c r="C38">
         <v>1750</v>
       </c>
-      <c r="D38" s="6">
+      <c r="D38">
         <v>2</v>
       </c>
-      <c r="E38" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F38" s="7">
+      <c r="E38" t="s">
+        <v>24</v>
+      </c>
+      <c r="F38" s="5">
         <v>34.2</v>
       </c>
-      <c r="G38" s="6">
+      <c r="G38">
         <v>33.4</v>
       </c>
-      <c r="H38" s="6">
+      <c r="H38">
         <v>32.6</v>
       </c>
-      <c r="I38" s="6">
+      <c r="I38">
         <v>31.8</v>
       </c>
-      <c r="J38" s="6">
-[...2 lines deleted...]
-      <c r="K38" s="6">
+      <c r="J38">
+        <v>31.0</v>
+      </c>
+      <c r="K38">
         <v>30.3</v>
       </c>
-      <c r="L38" s="6">
+      <c r="L38">
         <v>29.8</v>
       </c>
-      <c r="M38" s="6">
+      <c r="M38">
         <v>29.3</v>
       </c>
-      <c r="N38" s="6">
+      <c r="N38">
         <v>28.8</v>
       </c>
-      <c r="O38" s="6">
+      <c r="O38">
         <v>28.3</v>
       </c>
-      <c r="P38" s="6">
+      <c r="P38">
         <v>27.9</v>
       </c>
-      <c r="Q38" s="6">
+      <c r="Q38">
         <v>27.5</v>
       </c>
-      <c r="R38" s="6">
+      <c r="R38">
         <v>27.5</v>
       </c>
     </row>
     <row r="39" spans="1:19">
-      <c r="A39" s="0" t="s">
+      <c r="A39" t="s">
         <v>32</v>
       </c>
-      <c r="B39" s="0"/>
-[...35 lines deleted...]
-      <c r="R40" s="0"/>
     </row>
     <row r="41" spans="1:19">
-      <c r="A41" s="0" t="s">
+      <c r="A41" t="s">
         <v>33</v>
       </c>
-      <c r="B41" s="0"/>
-[...15 lines deleted...]
-      <c r="R41" s="0"/>
     </row>
     <row r="42" spans="1:19" customHeight="1" ht="20">
       <c r="A42" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="2"/>
       <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
       <c r="H42" s="2"/>
       <c r="I42" s="2"/>
       <c r="J42" s="2"/>
       <c r="K42" s="2"/>
       <c r="L42" s="2"/>
       <c r="M42" s="2"/>
       <c r="N42" s="2"/>
       <c r="O42" s="2"/>
       <c r="P42" s="2"/>
       <c r="Q42" s="2"/>
       <c r="R42" s="2"/>
     </row>
     <row r="43" spans="1:19" customHeight="1" ht="21">
       <c r="A43" s="4" t="s">
@@ -2461,558 +2273,497 @@
         <v>40</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P43" s="4" t="s">
         <v>45</v>
       </c>
       <c r="Q43" s="4" t="s">
         <v>46</v>
       </c>
       <c r="R43" s="4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="44" spans="1:19">
-      <c r="A44" s="6" t="s">
+      <c r="A44" t="s">
         <v>25</v>
       </c>
-      <c r="B44" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C44" s="6">
+      <c r="B44" t="s">
+        <v>23</v>
+      </c>
+      <c r="C44">
         <v>850</v>
       </c>
-      <c r="D44" s="6">
+      <c r="D44">
         <v>1</v>
       </c>
-      <c r="E44" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F44" s="9">
+      <c r="E44" t="s">
+        <v>24</v>
+      </c>
+      <c r="F44" s="6">
         <v>3480</v>
       </c>
-      <c r="G44" s="6">
+      <c r="G44">
         <v>3390</v>
       </c>
-      <c r="H44" s="6">
+      <c r="H44">
         <v>3310</v>
       </c>
-      <c r="I44" s="6">
+      <c r="I44">
         <v>3230</v>
       </c>
-      <c r="J44" s="6">
+      <c r="J44">
         <v>3150</v>
       </c>
-      <c r="K44" s="6">
+      <c r="K44">
         <v>3070</v>
       </c>
-      <c r="L44" s="6">
+      <c r="L44">
         <v>3030</v>
       </c>
-      <c r="M44" s="6">
+      <c r="M44">
         <v>2980</v>
       </c>
-      <c r="N44" s="6">
+      <c r="N44">
         <v>2940</v>
       </c>
-      <c r="O44" s="6">
+      <c r="O44">
         <v>2890</v>
       </c>
-      <c r="P44" s="6">
+      <c r="P44">
         <v>2850</v>
       </c>
-      <c r="Q44" s="6">
+      <c r="Q44">
         <v>2810</v>
       </c>
-      <c r="R44" s="6">
+      <c r="R44">
         <v>2810</v>
       </c>
     </row>
     <row r="45" spans="1:19">
-      <c r="A45" s="0" t="s">
+      <c r="A45" t="s">
         <v>50</v>
       </c>
-      <c r="B45" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C45" s="0">
+      <c r="B45" t="s">
+        <v>23</v>
+      </c>
+      <c r="C45">
         <v>1500</v>
       </c>
-      <c r="D45" s="0">
+      <c r="D45">
         <v>3</v>
       </c>
-      <c r="E45" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F45" s="8">
+      <c r="E45" t="s">
+        <v>24</v>
+      </c>
+      <c r="F45" s="6">
         <v>8100</v>
       </c>
-      <c r="G45" s="0">
+      <c r="G45">
         <v>7990</v>
       </c>
-      <c r="H45" s="0">
+      <c r="H45">
         <v>7890</v>
       </c>
-      <c r="I45" s="0">
+      <c r="I45">
         <v>7770</v>
       </c>
-      <c r="J45" s="0">
+      <c r="J45">
         <v>7640</v>
       </c>
-      <c r="K45" s="0">
+      <c r="K45">
         <v>7460</v>
       </c>
-      <c r="L45" s="0">
+      <c r="L45">
         <v>7390</v>
       </c>
-      <c r="M45" s="0">
+      <c r="M45">
         <v>7300</v>
       </c>
-      <c r="N45" s="0">
+      <c r="N45">
         <v>7240</v>
       </c>
-      <c r="O45" s="0">
+      <c r="O45">
         <v>7110</v>
       </c>
-      <c r="P45" s="0">
+      <c r="P45">
         <v>7050</v>
       </c>
-      <c r="Q45" s="0">
+      <c r="Q45">
         <v>6960</v>
       </c>
-      <c r="R45" s="0">
+      <c r="R45">
         <v>6960</v>
       </c>
     </row>
     <row r="46" spans="1:19">
-      <c r="A46" s="6" t="s">
+      <c r="A46" t="s">
         <v>26</v>
       </c>
-      <c r="B46" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C46" s="6">
+      <c r="B46" t="s">
+        <v>23</v>
+      </c>
+      <c r="C46">
         <v>650</v>
       </c>
-      <c r="D46" s="6">
+      <c r="D46">
         <v>3</v>
       </c>
-      <c r="E46" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F46" s="9">
+      <c r="E46" t="s">
+        <v>24</v>
+      </c>
+      <c r="F46" s="6">
         <v>5180</v>
       </c>
-      <c r="G46" s="6">
+      <c r="G46">
         <v>5050</v>
       </c>
-      <c r="H46" s="6">
+      <c r="H46">
         <v>4930</v>
       </c>
-      <c r="I46" s="6">
+      <c r="I46">
         <v>4810</v>
       </c>
-      <c r="J46" s="6">
+      <c r="J46">
         <v>4690</v>
       </c>
-      <c r="K46" s="6">
+      <c r="K46">
         <v>4580</v>
       </c>
-      <c r="L46" s="6">
+      <c r="L46">
         <v>4510</v>
       </c>
-      <c r="M46" s="6">
+      <c r="M46">
         <v>4440</v>
       </c>
-      <c r="N46" s="6">
+      <c r="N46">
         <v>4380</v>
       </c>
-      <c r="O46" s="6">
+      <c r="O46">
         <v>4310</v>
       </c>
-      <c r="P46" s="6">
+      <c r="P46">
         <v>4250</v>
       </c>
-      <c r="Q46" s="6">
+      <c r="Q46">
         <v>4180</v>
       </c>
-      <c r="R46" s="6">
+      <c r="R46">
         <v>4180</v>
       </c>
     </row>
     <row r="47" spans="1:19">
-      <c r="A47" s="0" t="s">
+      <c r="A47" t="s">
         <v>51</v>
       </c>
-      <c r="B47" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="0">
+      <c r="B47" t="s">
+        <v>23</v>
+      </c>
+      <c r="C47">
         <v>2160</v>
       </c>
-      <c r="D47" s="0">
+      <c r="D47">
         <v>6</v>
       </c>
-      <c r="E47" s="0" t="s">
-[...39 lines deleted...]
-        <v>8460</v>
+      <c r="E47" t="s">
+        <v>24</v>
+      </c>
+      <c r="F47" s="6">
+        <v>11640</v>
+      </c>
+      <c r="G47">
+        <v>11350</v>
+      </c>
+      <c r="H47">
+        <v>11050</v>
+      </c>
+      <c r="I47">
+        <v>10790</v>
+      </c>
+      <c r="J47">
+        <v>10530</v>
+      </c>
+      <c r="K47">
+        <v>10260</v>
+      </c>
+      <c r="L47">
+        <v>10120</v>
+      </c>
+      <c r="M47">
+        <v>9960</v>
+      </c>
+      <c r="N47">
+        <v>9820</v>
+      </c>
+      <c r="O47">
+        <v>9660</v>
+      </c>
+      <c r="P47">
+        <v>9530</v>
+      </c>
+      <c r="Q47">
+        <v>9380</v>
+      </c>
+      <c r="R47">
+        <v>9380</v>
       </c>
     </row>
     <row r="48" spans="1:19">
-      <c r="A48" s="6" t="s">
+      <c r="A48" t="s">
         <v>52</v>
       </c>
-      <c r="B48" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D48" s="6">
+      <c r="B48" t="s">
+        <v>23</v>
+      </c>
+      <c r="C48">
+        <v>1600</v>
+      </c>
+      <c r="D48">
         <v>4</v>
       </c>
-      <c r="E48" s="6" t="s">
-[...39 lines deleted...]
-        <v>7610</v>
+      <c r="E48" t="s">
+        <v>24</v>
+      </c>
+      <c r="F48" s="6">
+        <v>9760</v>
+      </c>
+      <c r="G48">
+        <v>9520</v>
+      </c>
+      <c r="H48">
+        <v>9290</v>
+      </c>
+      <c r="I48">
+        <v>9070</v>
+      </c>
+      <c r="J48">
+        <v>8840</v>
+      </c>
+      <c r="K48">
+        <v>8630</v>
+      </c>
+      <c r="L48">
+        <v>8500</v>
+      </c>
+      <c r="M48">
+        <v>8370</v>
+      </c>
+      <c r="N48">
+        <v>8250</v>
+      </c>
+      <c r="O48">
+        <v>8130</v>
+      </c>
+      <c r="P48">
+        <v>8010</v>
+      </c>
+      <c r="Q48">
+        <v>7890</v>
+      </c>
+      <c r="R48">
+        <v>7890</v>
       </c>
     </row>
     <row r="49" spans="1:19">
-      <c r="A49" s="0" t="s">
+      <c r="A49" t="s">
         <v>29</v>
       </c>
-      <c r="B49" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C49" s="0">
+      <c r="B49" t="s">
+        <v>23</v>
+      </c>
+      <c r="C49">
         <v>2050</v>
       </c>
-      <c r="D49" s="0">
+      <c r="D49">
         <v>2</v>
       </c>
-      <c r="E49" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F49" s="8">
+      <c r="E49" t="s">
+        <v>24</v>
+      </c>
+      <c r="F49" s="6">
         <v>7711</v>
       </c>
-      <c r="G49" s="0">
+      <c r="G49">
         <v>7567</v>
       </c>
-      <c r="H49" s="0">
+      <c r="H49">
         <v>7427</v>
       </c>
-      <c r="I49" s="0">
+      <c r="I49">
         <v>7293</v>
       </c>
-      <c r="J49" s="0">
+      <c r="J49">
         <v>7150</v>
       </c>
-      <c r="K49" s="0">
+      <c r="K49">
         <v>7016</v>
       </c>
-      <c r="L49" s="0">
+      <c r="L49">
         <v>6919</v>
       </c>
-      <c r="M49" s="0">
+      <c r="M49">
         <v>6815</v>
       </c>
-      <c r="N49" s="0">
+      <c r="N49">
         <v>6720</v>
       </c>
-      <c r="O49" s="0">
+      <c r="O49">
         <v>6640</v>
       </c>
-      <c r="P49" s="0">
+      <c r="P49">
         <v>6600</v>
       </c>
-      <c r="Q49" s="0">
+      <c r="Q49">
         <v>6560</v>
       </c>
-      <c r="R49" s="0">
+      <c r="R49">
         <v>6560</v>
       </c>
     </row>
     <row r="50" spans="1:19">
-      <c r="A50" s="6" t="s">
+      <c r="A50" t="s">
         <v>30</v>
       </c>
-      <c r="B50" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C50" s="6">
+      <c r="B50" t="s">
+        <v>23</v>
+      </c>
+      <c r="C50">
         <v>1750</v>
       </c>
-      <c r="D50" s="6">
+      <c r="D50">
         <v>2</v>
       </c>
-      <c r="E50" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F50" s="9">
+      <c r="E50" t="s">
+        <v>24</v>
+      </c>
+      <c r="F50" s="6">
         <v>8510</v>
       </c>
-      <c r="G50" s="6">
+      <c r="G50">
         <v>8300</v>
       </c>
-      <c r="H50" s="6">
+      <c r="H50">
         <v>8100</v>
       </c>
-      <c r="I50" s="6">
+      <c r="I50">
         <v>7900</v>
       </c>
-      <c r="J50" s="6">
+      <c r="J50">
         <v>7710</v>
       </c>
-      <c r="K50" s="6">
+      <c r="K50">
         <v>7520</v>
       </c>
-      <c r="L50" s="6">
+      <c r="L50">
         <v>7410</v>
       </c>
-      <c r="M50" s="6">
+      <c r="M50">
         <v>7300</v>
       </c>
-      <c r="N50" s="6">
+      <c r="N50">
         <v>7190</v>
       </c>
-      <c r="O50" s="6">
+      <c r="O50">
         <v>7080</v>
       </c>
-      <c r="P50" s="6">
+      <c r="P50">
         <v>6980</v>
       </c>
-      <c r="Q50" s="6">
+      <c r="Q50">
         <v>6880</v>
       </c>
-      <c r="R50" s="6">
+      <c r="R50">
         <v>6880</v>
       </c>
     </row>
     <row r="51" spans="1:19">
-      <c r="A51" s="0" t="s">
+      <c r="A51" t="s">
         <v>32</v>
       </c>
-      <c r="B51" s="0"/>
-[...35 lines deleted...]
-      <c r="R52" s="0"/>
     </row>
     <row r="53" spans="1:19">
-      <c r="A53" s="0" t="s">
+      <c r="A53" t="s">
         <v>33</v>
       </c>
-      <c r="B53" s="0"/>
-[...15 lines deleted...]
-      <c r="R53" s="0"/>
     </row>
   </sheetData>
-  <sheetProtection password="BEF2A0" sheet="true" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="true" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="true" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <sheetProtection password="F3DC" sheet="1" insertRows="1" sort="1"/>
   <mergeCells>
     <mergeCell ref="A1:D3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A14:R14"/>
     <mergeCell ref="A15:R15"/>
     <mergeCell ref="A16:R16"/>
     <mergeCell ref="A17:R17"/>
     <mergeCell ref="A27:R27"/>
     <mergeCell ref="A28:R28"/>
     <mergeCell ref="A29:R29"/>
     <mergeCell ref="A30:R30"/>
     <mergeCell ref="A39:R39"/>
     <mergeCell ref="A40:R40"/>
     <mergeCell ref="A41:R41"/>
     <mergeCell ref="A42:R42"/>
     <mergeCell ref="A51:R51"/>
     <mergeCell ref="A52:R52"/>
     <mergeCell ref="A53:R53"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
-  <pageMargins left="0.7" right="0.7" top="0.1968503937007874" bottom="0.1968503937007874" header="0.3" footer="0.3"/>
-[...8 lines deleted...]
-  </headerFooter>
+  <pageMargins left="0.7" right="0.7" top="0.19685039370079" bottom="0.19685039370079" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft Corporation</Company>
+  <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>