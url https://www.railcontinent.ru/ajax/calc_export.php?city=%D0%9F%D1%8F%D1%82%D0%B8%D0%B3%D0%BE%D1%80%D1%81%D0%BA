--- v0 (2025-10-29)
+++ v1 (2026-02-02)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
-  <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
   <si>
     <t>Позвоните нам и наши менеджеры рассчитают стоимость Вашей перевозки!</t>
   </si>
   <si>
     <t xml:space="preserve">Телефон: +7 (8652) 211- 002  </t>
   </si>
   <si>
     <t>Сайт: http://www.railcontinent.ru/</t>
   </si>
   <si>
     <t>Тарифы из города ПЯТИГОРСК руб/кг</t>
   </si>
   <si>
     <t>В город</t>
   </si>
   <si>
     <t>Скоростной режим</t>
   </si>
   <si>
     <t>Мин. цена</t>
@@ -238,150 +238,136 @@
   <si>
     <t>30- 39.99</t>
   </si>
   <si>
     <t>40- 69.99</t>
   </si>
   <si>
     <t>70 и более</t>
   </si>
   <si>
     <t>Тарифы в город ПЯТИГОРСК руб/кг</t>
   </si>
   <si>
     <t>Из города</t>
   </si>
   <si>
     <t>ЯРОСЛАВЛЬ</t>
   </si>
   <si>
     <t>Тарифы в город ПЯТИГОРСК руб/м3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="7"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...8 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
-[...2 lines deleted...]
-    </xf>
+  <cellXfs count="7">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
-[...4 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="3" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lo1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20f39754899fce9b8e0787eb9d3a669.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2095500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Рейл Континент" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -665,106 +651,94 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:S121"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A118" sqref="A118"/>
+      <selection activeCell="A118" sqref="A118:R118"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="16.830985" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14.831264" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.831" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14.831" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.5" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.5" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.5" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.5" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.5" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.5" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.5" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.5" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.5" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.5" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.5" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.5" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.5" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.5" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.5" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.5" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.5" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19">
-      <c r="A1" s="0"/>
-[...2 lines deleted...]
-      <c r="D1" s="0"/>
       <c r="R1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:19">
-      <c r="A2" s="0"/>
-[...2 lines deleted...]
-      <c r="D2" s="0"/>
       <c r="R2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:19">
-      <c r="A3" s="0"/>
-[...2 lines deleted...]
-      <c r="D3" s="0"/>
       <c r="R3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:19" customHeight="1" ht="20">
       <c r="A4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
@@ -804,1792 +778,1738 @@
         <v>14</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P5" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R5" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:19">
-      <c r="A6" s="6" t="s">
+      <c r="A6" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="B6" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="6">
+      <c r="C6">
         <v>2350</v>
       </c>
-      <c r="D6" s="6">
+      <c r="D6">
         <v>14</v>
       </c>
-      <c r="E6" s="6" t="s">
-[...8 lines deleted...]
-      <c r="H6" s="6">
+      <c r="E6" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" s="5">
+        <v>38.8</v>
+      </c>
+      <c r="G6">
+        <v>37.9</v>
+      </c>
+      <c r="H6">
+        <v>37.0</v>
+      </c>
+      <c r="I6">
+        <v>36.1</v>
+      </c>
+      <c r="J6">
         <v>35.3</v>
       </c>
-      <c r="I6" s="6">
-[...27 lines deleted...]
-        <v>30.1</v>
+      <c r="K6">
+        <v>34.5</v>
+      </c>
+      <c r="L6">
+        <v>34.0</v>
+      </c>
+      <c r="M6">
+        <v>33.5</v>
+      </c>
+      <c r="N6">
+        <v>33.0</v>
+      </c>
+      <c r="O6">
+        <v>32.5</v>
+      </c>
+      <c r="P6">
+        <v>32.0</v>
+      </c>
+      <c r="Q6">
+        <v>31.5</v>
+      </c>
+      <c r="R6">
+        <v>31.5</v>
       </c>
     </row>
     <row r="7" spans="1:19">
-      <c r="A7" s="0" t="s">
+      <c r="A7" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="0" t="s">
+      <c r="B7" t="s">
         <v>23</v>
       </c>
-      <c r="C7" s="0">
+      <c r="C7">
         <v>2450</v>
       </c>
-      <c r="D7" s="0">
+      <c r="D7">
         <v>22</v>
       </c>
-      <c r="E7" s="0" t="s">
+      <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="5">
         <v>52.9</v>
       </c>
-      <c r="G7" s="0">
+      <c r="G7">
         <v>52.3</v>
       </c>
-      <c r="H7" s="0">
+      <c r="H7">
         <v>51.7</v>
       </c>
-      <c r="I7" s="0">
+      <c r="I7">
         <v>50.6</v>
       </c>
-      <c r="J7" s="0">
+      <c r="J7">
         <v>49.6</v>
       </c>
-      <c r="K7" s="0">
+      <c r="K7">
         <v>49.1</v>
       </c>
-      <c r="L7" s="0">
+      <c r="L7">
         <v>47.8</v>
       </c>
-      <c r="M7" s="0">
+      <c r="M7">
         <v>46.5</v>
       </c>
-      <c r="N7" s="0">
+      <c r="N7">
         <v>46.2</v>
       </c>
-      <c r="O7" s="0">
+      <c r="O7">
         <v>45.9</v>
       </c>
-      <c r="P7" s="0">
+      <c r="P7">
         <v>45.6</v>
       </c>
-      <c r="Q7" s="0">
+      <c r="Q7">
         <v>45.3</v>
       </c>
-      <c r="R7" s="0">
+      <c r="R7">
         <v>45.3</v>
       </c>
     </row>
     <row r="8" spans="1:19">
-      <c r="A8" s="6" t="s">
+      <c r="A8" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="6" t="s">
+      <c r="B8" t="s">
         <v>23</v>
       </c>
-      <c r="C8" s="6">
+      <c r="C8">
         <v>1700</v>
       </c>
-      <c r="D8" s="6">
+      <c r="D8">
         <v>23</v>
       </c>
-      <c r="E8" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F8" s="7">
+      <c r="E8" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" s="5">
         <v>53.9</v>
       </c>
-      <c r="G8" s="6">
+      <c r="G8">
         <v>53.2</v>
       </c>
-      <c r="H8" s="6">
+      <c r="H8">
         <v>52.4</v>
       </c>
-      <c r="I8" s="6">
+      <c r="I8">
         <v>51.6</v>
       </c>
-      <c r="J8" s="6">
+      <c r="J8">
         <v>50.90000000000001</v>
       </c>
-      <c r="K8" s="6">
+      <c r="K8">
         <v>49.90000000000001</v>
       </c>
-      <c r="L8" s="6">
+      <c r="L8">
         <v>49.1</v>
       </c>
-      <c r="M8" s="6">
+      <c r="M8">
         <v>48.2</v>
       </c>
-      <c r="N8" s="6">
+      <c r="N8">
         <v>47.59999999999999</v>
       </c>
-      <c r="O8" s="6">
-[...2 lines deleted...]
-      <c r="P8" s="6">
+      <c r="O8">
+        <v>47.099999999999994</v>
+      </c>
+      <c r="P8">
         <v>46.6</v>
       </c>
-      <c r="Q8" s="6">
+      <c r="Q8">
         <v>45.8</v>
       </c>
-      <c r="R8" s="6">
+      <c r="R8">
         <v>45.8</v>
       </c>
     </row>
     <row r="9" spans="1:19">
-      <c r="A9" s="0" t="s">
+      <c r="A9" t="s">
         <v>27</v>
       </c>
-      <c r="B9" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="0">
+      <c r="B9" t="s">
+        <v>28</v>
+      </c>
+      <c r="C9">
         <v>1350</v>
       </c>
-      <c r="D9" s="0">
+      <c r="D9">
         <v>5</v>
       </c>
-      <c r="E9" s="0" t="s">
+      <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="5">
         <v>44.59999999999999</v>
       </c>
-      <c r="G9" s="0">
+      <c r="G9">
         <v>43.5</v>
       </c>
-      <c r="H9" s="0">
+      <c r="H9">
         <v>42.4</v>
       </c>
-      <c r="I9" s="0">
+      <c r="I9">
         <v>41.3</v>
       </c>
-      <c r="J9" s="0">
+      <c r="J9">
         <v>40.3</v>
       </c>
-      <c r="K9" s="0">
+      <c r="K9">
         <v>39.3</v>
       </c>
-      <c r="L9" s="0">
+      <c r="L9">
         <v>38.7</v>
       </c>
-      <c r="M9" s="0">
+      <c r="M9">
         <v>38.1</v>
       </c>
-      <c r="N9" s="0">
+      <c r="N9">
         <v>37.5</v>
       </c>
-      <c r="O9" s="0">
+      <c r="O9">
         <v>36.9</v>
       </c>
-      <c r="P9" s="0">
+      <c r="P9">
         <v>36.3</v>
       </c>
-      <c r="Q9" s="0">
+      <c r="Q9">
         <v>35.8</v>
       </c>
-      <c r="R9" s="0">
+      <c r="R9">
         <v>35.8</v>
       </c>
     </row>
     <row r="10" spans="1:19">
-      <c r="A10" s="6" t="s">
+      <c r="A10" t="s">
         <v>29</v>
       </c>
-      <c r="B10" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="6">
+      <c r="B10" t="s">
+        <v>28</v>
+      </c>
+      <c r="C10">
         <v>650</v>
       </c>
-      <c r="D10" s="6">
+      <c r="D10">
         <v>1</v>
       </c>
-      <c r="E10" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F10" s="7">
+      <c r="E10" t="s">
+        <v>24</v>
+      </c>
+      <c r="F10" s="5">
         <v>21</v>
       </c>
-      <c r="G10" s="6">
+      <c r="G10">
         <v>20.5</v>
       </c>
-      <c r="H10" s="6">
+      <c r="H10">
         <v>20</v>
       </c>
-      <c r="I10" s="6">
+      <c r="I10">
         <v>19.5</v>
       </c>
-      <c r="J10" s="6">
+      <c r="J10">
         <v>19</v>
       </c>
-      <c r="K10" s="6">
+      <c r="K10">
         <v>18.5</v>
       </c>
-      <c r="L10" s="6">
+      <c r="L10">
         <v>18.2</v>
       </c>
-      <c r="M10" s="6">
+      <c r="M10">
         <v>17.9</v>
       </c>
-      <c r="N10" s="6">
+      <c r="N10">
         <v>17.6</v>
       </c>
-      <c r="O10" s="6">
+      <c r="O10">
         <v>17.3</v>
       </c>
-      <c r="P10" s="6">
+      <c r="P10">
         <v>17</v>
       </c>
-      <c r="Q10" s="6">
+      <c r="Q10">
         <v>16.7</v>
       </c>
-      <c r="R10" s="6">
+      <c r="R10">
         <v>16.7</v>
       </c>
     </row>
     <row r="11" spans="1:19">
-      <c r="A11" s="0" t="s">
+      <c r="A11" t="s">
         <v>30</v>
       </c>
-      <c r="B11" s="0" t="s">
+      <c r="B11" t="s">
         <v>23</v>
       </c>
-      <c r="C11" s="0">
+      <c r="C11">
         <v>1300</v>
       </c>
-      <c r="D11" s="0">
+      <c r="D11">
         <v>11</v>
       </c>
-      <c r="E11" s="0" t="s">
+      <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" s="5">
         <v>36.7</v>
       </c>
-      <c r="G11" s="0">
+      <c r="G11">
         <v>35.8</v>
       </c>
-      <c r="H11" s="0">
+      <c r="H11">
         <v>34.9</v>
       </c>
-      <c r="I11" s="0">
-[...2 lines deleted...]
-      <c r="J11" s="0">
+      <c r="I11">
+        <v>34.0</v>
+      </c>
+      <c r="J11">
         <v>33.2</v>
       </c>
-      <c r="K11" s="0">
+      <c r="K11">
         <v>32.40000000000001</v>
       </c>
-      <c r="L11" s="0">
+      <c r="L11">
         <v>31.9</v>
       </c>
-      <c r="M11" s="0">
+      <c r="M11">
         <v>31.5</v>
       </c>
-      <c r="N11" s="0">
+      <c r="N11">
         <v>31.1</v>
       </c>
-      <c r="O11" s="0">
+      <c r="O11">
         <v>30.7</v>
       </c>
-      <c r="P11" s="0">
+      <c r="P11">
         <v>30.3</v>
       </c>
-      <c r="Q11" s="0">
+      <c r="Q11">
         <v>29.9</v>
       </c>
-      <c r="R11" s="0">
+      <c r="R11">
         <v>29.9</v>
       </c>
     </row>
     <row r="12" spans="1:19">
-      <c r="A12" s="6" t="s">
+      <c r="A12" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C12" s="6">
+      <c r="B12" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12">
         <v>1350</v>
       </c>
-      <c r="D12" s="6">
+      <c r="D12">
         <v>7</v>
       </c>
-      <c r="E12" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F12" s="7">
+      <c r="E12" t="s">
+        <v>24</v>
+      </c>
+      <c r="F12" s="5">
         <v>44.4</v>
       </c>
-      <c r="G12" s="6">
+      <c r="G12">
         <v>43.3</v>
       </c>
-      <c r="H12" s="6">
+      <c r="H12">
         <v>42.2</v>
       </c>
-      <c r="I12" s="6">
+      <c r="I12">
         <v>41.1</v>
       </c>
-      <c r="J12" s="6">
+      <c r="J12">
         <v>40.1</v>
       </c>
-      <c r="K12" s="6">
+      <c r="K12">
         <v>39.1</v>
       </c>
-      <c r="L12" s="6">
+      <c r="L12">
         <v>38.5</v>
       </c>
-      <c r="M12" s="6">
+      <c r="M12">
         <v>37.9</v>
       </c>
-      <c r="N12" s="6">
+      <c r="N12">
         <v>37.3</v>
       </c>
-      <c r="O12" s="6">
+      <c r="O12">
         <v>36.7</v>
       </c>
-      <c r="P12" s="6">
+      <c r="P12">
         <v>36.2</v>
       </c>
-      <c r="Q12" s="6">
+      <c r="Q12">
         <v>35.7</v>
       </c>
-      <c r="R12" s="6">
+      <c r="R12">
         <v>35.7</v>
       </c>
     </row>
     <row r="13" spans="1:19">
-      <c r="A13" s="0" t="s">
+      <c r="A13" t="s">
         <v>31</v>
       </c>
-      <c r="B13" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="0">
+      <c r="B13" t="s">
+        <v>28</v>
+      </c>
+      <c r="C13">
         <v>1500</v>
       </c>
-      <c r="D13" s="0">
+      <c r="D13">
         <v>7</v>
       </c>
-      <c r="E13" s="0" t="s">
+      <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" s="5">
         <v>43.5</v>
       </c>
-      <c r="G13" s="0">
+      <c r="G13">
         <v>42.40000000000001</v>
       </c>
-      <c r="H13" s="0">
+      <c r="H13">
         <v>41.3</v>
       </c>
-      <c r="I13" s="0">
+      <c r="I13">
         <v>40.2</v>
       </c>
-      <c r="J13" s="0">
+      <c r="J13">
         <v>39.3</v>
       </c>
-      <c r="K13" s="0">
+      <c r="K13">
         <v>38.40000000000001</v>
       </c>
-      <c r="L13" s="0">
+      <c r="L13">
         <v>37.8</v>
       </c>
-      <c r="M13" s="0">
+      <c r="M13">
         <v>37.2</v>
       </c>
-      <c r="N13" s="0">
+      <c r="N13">
         <v>36.7</v>
       </c>
-      <c r="O13" s="0">
+      <c r="O13">
         <v>36.2</v>
       </c>
-      <c r="P13" s="0">
+      <c r="P13">
         <v>35.7</v>
       </c>
-      <c r="Q13" s="0">
+      <c r="Q13">
         <v>35.2</v>
       </c>
-      <c r="R13" s="0">
+      <c r="R13">
         <v>35.2</v>
       </c>
     </row>
     <row r="14" spans="1:19">
-      <c r="A14" s="6" t="s">
+      <c r="A14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="6">
+      <c r="B14" t="s">
+        <v>28</v>
+      </c>
+      <c r="C14">
         <v>560</v>
       </c>
-      <c r="D14" s="6">
+      <c r="D14">
         <v>2</v>
       </c>
-      <c r="E14" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F14" s="7">
+      <c r="E14" t="s">
+        <v>24</v>
+      </c>
+      <c r="F14" s="5">
         <v>16.8</v>
       </c>
-      <c r="G14" s="6">
+      <c r="G14">
         <v>16.4</v>
       </c>
-      <c r="H14" s="6">
+      <c r="H14">
         <v>16</v>
       </c>
-      <c r="I14" s="6">
+      <c r="I14">
         <v>15.6</v>
       </c>
-      <c r="J14" s="6">
+      <c r="J14">
         <v>15.2</v>
       </c>
-      <c r="K14" s="6">
+      <c r="K14">
         <v>14.8</v>
       </c>
-      <c r="L14" s="6">
+      <c r="L14">
         <v>14.6</v>
       </c>
-      <c r="M14" s="6">
+      <c r="M14">
         <v>14.4</v>
       </c>
-      <c r="N14" s="6">
+      <c r="N14">
         <v>14.2</v>
       </c>
-      <c r="O14" s="6">
+      <c r="O14">
         <v>14</v>
       </c>
-      <c r="P14" s="6">
+      <c r="P14">
         <v>13.8</v>
       </c>
-      <c r="Q14" s="6">
+      <c r="Q14">
         <v>13.6</v>
       </c>
-      <c r="R14" s="6">
+      <c r="R14">
         <v>13.6</v>
       </c>
     </row>
     <row r="15" spans="1:19">
-      <c r="A15" s="0" t="s">
+      <c r="A15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" s="0" t="s">
+      <c r="B15" t="s">
         <v>23</v>
       </c>
-      <c r="C15" s="0">
-[...2 lines deleted...]
-      <c r="D15" s="0">
+      <c r="C15">
+        <v>5200</v>
+      </c>
+      <c r="D15">
         <v>39</v>
       </c>
-      <c r="E15" s="0" t="s">
+      <c r="E15" t="s">
         <v>24</v>
       </c>
       <c r="F15" s="5">
         <v>65.40000000000001</v>
       </c>
-      <c r="G15" s="0">
+      <c r="G15">
         <v>64.59999999999999</v>
       </c>
-      <c r="H15" s="0">
+      <c r="H15">
         <v>63.8</v>
       </c>
-      <c r="I15" s="0">
-[...2 lines deleted...]
-      <c r="J15" s="0">
+      <c r="I15">
+        <v>63.0</v>
+      </c>
+      <c r="J15">
         <v>62.3</v>
       </c>
-      <c r="K15" s="0">
+      <c r="K15">
         <v>61.6</v>
       </c>
-      <c r="L15" s="0">
-[...2 lines deleted...]
-      <c r="M15" s="0">
+      <c r="L15">
+        <v>61.099999999999994</v>
+      </c>
+      <c r="M15">
         <v>60.6</v>
       </c>
-      <c r="N15" s="0">
-[...2 lines deleted...]
-      <c r="O15" s="0">
+      <c r="N15">
+        <v>60.099999999999994</v>
+      </c>
+      <c r="O15">
         <v>59.6</v>
       </c>
-      <c r="P15" s="0">
+      <c r="P15">
         <v>59.1</v>
       </c>
-      <c r="Q15" s="0">
+      <c r="Q15">
         <v>58.8</v>
       </c>
-      <c r="R15" s="0">
+      <c r="R15">
         <v>58.8</v>
       </c>
     </row>
     <row r="16" spans="1:19">
-      <c r="A16" s="6" t="s">
+      <c r="A16" t="s">
         <v>34</v>
       </c>
-      <c r="B16" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="6">
+      <c r="B16" t="s">
+        <v>28</v>
+      </c>
+      <c r="C16">
         <v>700</v>
       </c>
-      <c r="D16" s="6">
+      <c r="D16">
         <v>4</v>
       </c>
-      <c r="E16" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F16" s="7">
+      <c r="E16" t="s">
+        <v>24</v>
+      </c>
+      <c r="F16" s="5">
         <v>23.9</v>
       </c>
-      <c r="G16" s="6">
+      <c r="G16">
         <v>23.3</v>
       </c>
-      <c r="H16" s="6">
+      <c r="H16">
         <v>22.7</v>
       </c>
-      <c r="I16" s="6">
+      <c r="I16">
         <v>22.1</v>
       </c>
-      <c r="J16" s="6">
+      <c r="J16">
         <v>21.6</v>
       </c>
-      <c r="K16" s="6">
+      <c r="K16">
         <v>21.1</v>
       </c>
-      <c r="L16" s="6">
+      <c r="L16">
         <v>20.8</v>
       </c>
-      <c r="M16" s="6">
+      <c r="M16">
         <v>20.5</v>
       </c>
-      <c r="N16" s="6">
+      <c r="N16">
         <v>20.2</v>
       </c>
-      <c r="O16" s="6">
+      <c r="O16">
         <v>19.9</v>
       </c>
-      <c r="P16" s="6">
+      <c r="P16">
         <v>19.6</v>
       </c>
-      <c r="Q16" s="6">
+      <c r="Q16">
         <v>19.3</v>
       </c>
-      <c r="R16" s="6">
+      <c r="R16">
         <v>19.3</v>
       </c>
     </row>
     <row r="17" spans="1:19">
-      <c r="A17" s="0" t="s">
+      <c r="A17" t="s">
         <v>35</v>
       </c>
-      <c r="B17" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="0">
+      <c r="B17" t="s">
+        <v>28</v>
+      </c>
+      <c r="C17">
         <v>1700</v>
       </c>
-      <c r="D17" s="0">
+      <c r="D17">
         <v>7</v>
       </c>
-      <c r="E17" s="0" t="s">
+      <c r="E17" t="s">
         <v>24</v>
       </c>
       <c r="F17" s="5">
         <v>49.3</v>
       </c>
-      <c r="G17" s="0">
+      <c r="G17">
         <v>47.2</v>
       </c>
-      <c r="H17" s="0">
+      <c r="H17">
         <v>45.8</v>
       </c>
-      <c r="I17" s="0">
-[...2 lines deleted...]
-      <c r="J17" s="0">
+      <c r="I17">
+        <v>45.0</v>
+      </c>
+      <c r="J17">
         <v>43.5</v>
       </c>
-      <c r="K17" s="0">
+      <c r="K17">
         <v>42.3</v>
       </c>
-      <c r="L17" s="0">
+      <c r="L17">
         <v>41.6</v>
       </c>
-      <c r="M17" s="0">
+      <c r="M17">
         <v>40.9</v>
       </c>
-      <c r="N17" s="0">
+      <c r="N17">
         <v>40.59999999999999</v>
       </c>
-      <c r="O17" s="0">
+      <c r="O17">
         <v>39.5</v>
       </c>
-      <c r="P17" s="0">
+      <c r="P17">
         <v>39.2</v>
       </c>
-      <c r="Q17" s="0">
+      <c r="Q17">
         <v>38.90000000000001</v>
       </c>
-      <c r="R17" s="0">
+      <c r="R17">
         <v>38.90000000000001</v>
       </c>
     </row>
     <row r="18" spans="1:19">
-      <c r="A18" s="6" t="s">
+      <c r="A18" t="s">
         <v>36</v>
       </c>
-      <c r="B18" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="6">
+      <c r="B18" t="s">
+        <v>28</v>
+      </c>
+      <c r="C18">
         <v>1400</v>
       </c>
-      <c r="D18" s="6">
+      <c r="D18">
         <v>6</v>
       </c>
-      <c r="E18" s="6" t="s">
-[...5 lines deleted...]
-      <c r="G18" s="6">
+      <c r="E18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F18" s="5">
+        <v>33.099999999999994</v>
+      </c>
+      <c r="G18">
         <v>32.4</v>
       </c>
-      <c r="H18" s="6">
+      <c r="H18">
         <v>31.7</v>
       </c>
-      <c r="I18" s="6">
-[...2 lines deleted...]
-      <c r="J18" s="6">
+      <c r="I18">
+        <v>31.0</v>
+      </c>
+      <c r="J18">
         <v>30.4</v>
       </c>
-      <c r="K18" s="6">
+      <c r="K18">
         <v>29.8</v>
       </c>
-      <c r="L18" s="6">
+      <c r="L18">
         <v>29.4</v>
       </c>
-      <c r="M18" s="6">
-[...2 lines deleted...]
-      <c r="N18" s="6">
+      <c r="M18">
+        <v>29.0</v>
+      </c>
+      <c r="N18">
         <v>28.5</v>
       </c>
-      <c r="O18" s="6">
+      <c r="O18">
         <v>27.8</v>
       </c>
-      <c r="P18" s="6">
+      <c r="P18">
         <v>27.2</v>
       </c>
-      <c r="Q18" s="6">
+      <c r="Q18">
         <v>26.6</v>
       </c>
-      <c r="R18" s="6">
+      <c r="R18">
         <v>26.6</v>
       </c>
     </row>
     <row r="19" spans="1:19">
-      <c r="A19" s="0" t="s">
+      <c r="A19" t="s">
         <v>37</v>
       </c>
-      <c r="B19" s="0" t="s">
+      <c r="B19" t="s">
         <v>23</v>
       </c>
-      <c r="C19" s="0">
+      <c r="C19">
         <v>2330</v>
       </c>
-      <c r="D19" s="0">
+      <c r="D19">
         <v>13</v>
       </c>
-      <c r="E19" s="0" t="s">
+      <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" s="5">
         <v>36.4</v>
       </c>
-      <c r="G19" s="0">
+      <c r="G19">
         <v>35.8</v>
       </c>
-      <c r="H19" s="0">
+      <c r="H19">
         <v>35.2</v>
       </c>
-      <c r="I19" s="0">
+      <c r="I19">
         <v>34.6</v>
       </c>
-      <c r="J19" s="0">
+      <c r="J19">
         <v>33.2</v>
       </c>
-      <c r="K19" s="0">
+      <c r="K19">
         <v>32.7</v>
       </c>
-      <c r="L19" s="0">
+      <c r="L19">
         <v>32.4</v>
       </c>
-      <c r="M19" s="0">
+      <c r="M19">
         <v>31.2</v>
       </c>
-      <c r="N19" s="0">
+      <c r="N19">
         <v>30.9</v>
       </c>
-      <c r="O19" s="0">
+      <c r="O19">
         <v>30.6</v>
       </c>
-      <c r="P19" s="0">
+      <c r="P19">
         <v>30.3</v>
       </c>
-      <c r="Q19" s="0">
-[...3 lines deleted...]
-        <v>30</v>
+      <c r="Q19">
+        <v>30.0</v>
+      </c>
+      <c r="R19">
+        <v>30.0</v>
       </c>
     </row>
     <row r="20" spans="1:19">
-      <c r="A20" s="6" t="s">
+      <c r="A20" t="s">
         <v>38</v>
       </c>
-      <c r="B20" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D20" s="6">
+      <c r="B20" t="s">
+        <v>28</v>
+      </c>
+      <c r="C20">
+        <v>700</v>
+      </c>
+      <c r="D20">
         <v>4</v>
       </c>
-      <c r="E20" s="6" t="s">
-[...39 lines deleted...]
-        <v>7.8</v>
+      <c r="E20" t="s">
+        <v>24</v>
+      </c>
+      <c r="F20" s="5">
+        <v>13.6</v>
+      </c>
+      <c r="G20">
+        <v>13.3</v>
+      </c>
+      <c r="H20">
+        <v>13</v>
+      </c>
+      <c r="I20">
+        <v>12.7</v>
+      </c>
+      <c r="J20">
+        <v>12.4</v>
+      </c>
+      <c r="K20">
+        <v>12.1</v>
+      </c>
+      <c r="L20">
+        <v>11.9</v>
+      </c>
+      <c r="M20">
+        <v>11.7</v>
+      </c>
+      <c r="N20">
+        <v>11.5</v>
+      </c>
+      <c r="O20">
+        <v>11.3</v>
+      </c>
+      <c r="P20">
+        <v>11.1</v>
+      </c>
+      <c r="Q20">
+        <v>10.9</v>
+      </c>
+      <c r="R20">
+        <v>10.9</v>
       </c>
     </row>
     <row r="21" spans="1:19">
-      <c r="A21" s="0" t="s">
+      <c r="A21" t="s">
         <v>39</v>
       </c>
-      <c r="B21" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="0">
+      <c r="B21" t="s">
+        <v>28</v>
+      </c>
+      <c r="C21">
         <v>1620</v>
       </c>
-      <c r="D21" s="0">
+      <c r="D21">
         <v>5</v>
       </c>
-      <c r="E21" s="0" t="s">
+      <c r="E21" t="s">
         <v>24</v>
       </c>
       <c r="F21" s="5">
         <v>41.2</v>
       </c>
-      <c r="G21" s="0">
+      <c r="G21">
         <v>40.2</v>
       </c>
-      <c r="H21" s="0">
+      <c r="H21">
         <v>39.2</v>
       </c>
-      <c r="I21" s="0">
+      <c r="I21">
         <v>38.2</v>
       </c>
-      <c r="J21" s="0">
+      <c r="J21">
         <v>37.3</v>
       </c>
-      <c r="K21" s="0">
+      <c r="K21">
         <v>36.40000000000001</v>
       </c>
-      <c r="L21" s="0">
+      <c r="L21">
         <v>35.9</v>
       </c>
-      <c r="M21" s="0">
+      <c r="M21">
         <v>35.4</v>
       </c>
-      <c r="N21" s="0">
+      <c r="N21">
         <v>34.9</v>
       </c>
-      <c r="O21" s="0">
+      <c r="O21">
         <v>34.4</v>
       </c>
-      <c r="P21" s="0">
+      <c r="P21">
         <v>33.90000000000001</v>
       </c>
-      <c r="Q21" s="0">
+      <c r="Q21">
         <v>33.4</v>
       </c>
-      <c r="R21" s="0">
+      <c r="R21">
         <v>33.4</v>
       </c>
     </row>
     <row r="22" spans="1:19">
-      <c r="A22" s="6" t="s">
+      <c r="A22" t="s">
         <v>40</v>
       </c>
-      <c r="B22" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="6">
+      <c r="B22" t="s">
+        <v>28</v>
+      </c>
+      <c r="C22">
         <v>1450</v>
       </c>
-      <c r="D22" s="6">
+      <c r="D22">
         <v>7</v>
       </c>
-      <c r="E22" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F22" s="7">
+      <c r="E22" t="s">
+        <v>24</v>
+      </c>
+      <c r="F22" s="5">
         <v>43.5</v>
       </c>
-      <c r="G22" s="6">
+      <c r="G22">
         <v>42.40000000000001</v>
       </c>
-      <c r="H22" s="6">
+      <c r="H22">
         <v>41.3</v>
       </c>
-      <c r="I22" s="6">
+      <c r="I22">
         <v>40.2</v>
       </c>
-      <c r="J22" s="6">
+      <c r="J22">
         <v>39.3</v>
       </c>
-      <c r="K22" s="6">
+      <c r="K22">
         <v>38.40000000000001</v>
       </c>
-      <c r="L22" s="6">
+      <c r="L22">
         <v>37.8</v>
       </c>
-      <c r="M22" s="6">
+      <c r="M22">
         <v>37.2</v>
       </c>
-      <c r="N22" s="6">
+      <c r="N22">
         <v>36.7</v>
       </c>
-      <c r="O22" s="6">
+      <c r="O22">
         <v>36.2</v>
       </c>
-      <c r="P22" s="6">
+      <c r="P22">
         <v>35.7</v>
       </c>
-      <c r="Q22" s="6">
+      <c r="Q22">
         <v>35.2</v>
       </c>
-      <c r="R22" s="6">
+      <c r="R22">
         <v>35.2</v>
       </c>
     </row>
     <row r="23" spans="1:19">
-      <c r="A23" s="0" t="s">
+      <c r="A23" t="s">
         <v>41</v>
       </c>
-      <c r="B23" s="0" t="s">
-[...5 lines deleted...]
-      <c r="D23" s="0">
+      <c r="B23" t="s">
+        <v>28</v>
+      </c>
+      <c r="C23">
+        <v>1300</v>
+      </c>
+      <c r="D23">
         <v>7</v>
       </c>
-      <c r="E23" s="0" t="s">
+      <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" s="5">
-        <v>41.5</v>
-[...10 lines deleted...]
-      <c r="J23" s="0">
+        <v>43.2</v>
+      </c>
+      <c r="G23">
+        <v>42.1</v>
+      </c>
+      <c r="H23">
+        <v>41.0</v>
+      </c>
+      <c r="I23">
+        <v>40.0</v>
+      </c>
+      <c r="J23">
+        <v>39.1</v>
+      </c>
+      <c r="K23">
+        <v>38.2</v>
+      </c>
+      <c r="L23">
         <v>37.6</v>
       </c>
-      <c r="K23" s="0">
-[...8 lines deleted...]
-      <c r="N23" s="0">
+      <c r="M23">
+        <v>37.1</v>
+      </c>
+      <c r="N23">
+        <v>36.59999999999999</v>
+      </c>
+      <c r="O23">
+        <v>36.099999999999994</v>
+      </c>
+      <c r="P23">
+        <v>35.6</v>
+      </c>
+      <c r="Q23">
+        <v>35.1</v>
+      </c>
+      <c r="R23">
+        <v>35.1</v>
+      </c>
+    </row>
+    <row r="24" spans="1:19">
+      <c r="A24" t="s">
+        <v>42</v>
+      </c>
+      <c r="B24" t="s">
+        <v>28</v>
+      </c>
+      <c r="C24">
+        <v>960</v>
+      </c>
+      <c r="D24">
+        <v>3</v>
+      </c>
+      <c r="E24" t="s">
+        <v>24</v>
+      </c>
+      <c r="F24" s="5">
+        <v>37.90000000000001</v>
+      </c>
+      <c r="G24">
+        <v>37.0</v>
+      </c>
+      <c r="H24">
+        <v>36.1</v>
+      </c>
+      <c r="I24">
         <v>35.2</v>
       </c>
-      <c r="O23" s="0">
-[...22 lines deleted...]
-      <c r="D24" s="6">
+      <c r="J24">
+        <v>34.3</v>
+      </c>
+      <c r="K24">
+        <v>33.40000000000001</v>
+      </c>
+      <c r="L24">
+        <v>32.9</v>
+      </c>
+      <c r="M24">
+        <v>32.4</v>
+      </c>
+      <c r="N24">
+        <v>31.9</v>
+      </c>
+      <c r="O24">
+        <v>31.4</v>
+      </c>
+      <c r="P24">
+        <v>30.9</v>
+      </c>
+      <c r="Q24">
+        <v>30.4</v>
+      </c>
+      <c r="R24">
+        <v>30.4</v>
+      </c>
+    </row>
+    <row r="25" spans="1:19">
+      <c r="A25" t="s">
+        <v>43</v>
+      </c>
+      <c r="B25" t="s">
+        <v>28</v>
+      </c>
+      <c r="C25">
+        <v>800</v>
+      </c>
+      <c r="D25">
         <v>3</v>
       </c>
-      <c r="E24" s="6" t="s">
-[...55 lines deleted...]
-      <c r="E25" s="0" t="s">
+      <c r="E25" t="s">
         <v>24</v>
       </c>
       <c r="F25" s="5">
         <v>15.8</v>
       </c>
-      <c r="G25" s="0">
+      <c r="G25">
         <v>15.4</v>
       </c>
-      <c r="H25" s="0">
+      <c r="H25">
         <v>15</v>
       </c>
-      <c r="I25" s="0">
+      <c r="I25">
         <v>14.6</v>
       </c>
-      <c r="J25" s="0">
+      <c r="J25">
         <v>14.2</v>
       </c>
-      <c r="K25" s="0">
+      <c r="K25">
         <v>13.9</v>
       </c>
-      <c r="L25" s="0">
+      <c r="L25">
         <v>13.7</v>
       </c>
-      <c r="M25" s="0">
+      <c r="M25">
         <v>13.5</v>
       </c>
-      <c r="N25" s="0">
+      <c r="N25">
         <v>13.3</v>
       </c>
-      <c r="O25" s="0">
+      <c r="O25">
         <v>13.1</v>
       </c>
-      <c r="P25" s="0">
+      <c r="P25">
         <v>12.9</v>
       </c>
-      <c r="Q25" s="0">
+      <c r="Q25">
         <v>12.7</v>
       </c>
-      <c r="R25" s="0">
+      <c r="R25">
         <v>12.7</v>
       </c>
     </row>
     <row r="26" spans="1:19">
-      <c r="A26" s="6" t="s">
+      <c r="A26" t="s">
         <v>44</v>
       </c>
-      <c r="B26" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="6">
+      <c r="B26" t="s">
+        <v>28</v>
+      </c>
+      <c r="C26">
         <v>2550</v>
       </c>
-      <c r="D26" s="6">
+      <c r="D26">
         <v>7</v>
       </c>
-      <c r="E26" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F26" s="7">
+      <c r="E26" t="s">
+        <v>24</v>
+      </c>
+      <c r="F26" s="5">
         <v>59.7</v>
       </c>
-      <c r="G26" s="6">
+      <c r="G26">
         <v>58.3</v>
       </c>
-      <c r="H26" s="6">
+      <c r="H26">
         <v>56.9</v>
       </c>
-      <c r="I26" s="6">
+      <c r="I26">
         <v>55.50000000000001</v>
       </c>
-      <c r="J26" s="6">
+      <c r="J26">
         <v>54.2</v>
       </c>
-      <c r="K26" s="6">
+      <c r="K26">
         <v>52.90000000000001</v>
       </c>
-      <c r="L26" s="6">
-[...2 lines deleted...]
-      <c r="M26" s="6">
+      <c r="L26">
+        <v>52.099999999999994</v>
+      </c>
+      <c r="M26">
         <v>51.3</v>
       </c>
-      <c r="N26" s="6">
+      <c r="N26">
         <v>50.49999999999999</v>
       </c>
-      <c r="O26" s="6">
+      <c r="O26">
         <v>49.7</v>
       </c>
-      <c r="P26" s="6">
+      <c r="P26">
         <v>48.90000000000001</v>
       </c>
-      <c r="Q26" s="6">
-[...3 lines deleted...]
-        <v>48.09999999999999</v>
+      <c r="Q26">
+        <v>48.099999999999994</v>
+      </c>
+      <c r="R26">
+        <v>48.099999999999994</v>
       </c>
     </row>
     <row r="27" spans="1:19">
-      <c r="A27" s="0" t="s">
+      <c r="A27" t="s">
         <v>45</v>
       </c>
-      <c r="B27" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="0">
+      <c r="B27" t="s">
+        <v>28</v>
+      </c>
+      <c r="C27">
         <v>1500</v>
       </c>
-      <c r="D27" s="0">
+      <c r="D27">
         <v>10</v>
       </c>
-      <c r="E27" s="0" t="s">
+      <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" s="5">
         <v>52.2</v>
       </c>
-      <c r="G27" s="0">
+      <c r="G27">
         <v>51.6</v>
       </c>
-      <c r="H27" s="0">
+      <c r="H27">
         <v>50.9</v>
       </c>
-      <c r="I27" s="0">
+      <c r="I27">
         <v>50.1</v>
       </c>
-      <c r="J27" s="0">
+      <c r="J27">
         <v>49.40000000000001</v>
       </c>
-      <c r="K27" s="0">
+      <c r="K27">
         <v>48.8</v>
       </c>
-      <c r="L27" s="0">
+      <c r="L27">
         <v>48.3</v>
       </c>
-      <c r="M27" s="0">
+      <c r="M27">
         <v>47.9</v>
       </c>
-      <c r="N27" s="0">
+      <c r="N27">
         <v>47.4</v>
       </c>
-      <c r="O27" s="0">
-[...2 lines deleted...]
-      <c r="P27" s="0">
+      <c r="O27">
+        <v>47.099999999999994</v>
+      </c>
+      <c r="P27">
         <v>46.6</v>
       </c>
-      <c r="Q27" s="0">
+      <c r="Q27">
         <v>46.3</v>
       </c>
-      <c r="R27" s="0">
+      <c r="R27">
         <v>46.3</v>
       </c>
     </row>
     <row r="28" spans="1:19">
-      <c r="A28" s="6" t="s">
+      <c r="A28" t="s">
         <v>46</v>
       </c>
-      <c r="B28" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D28" s="6">
+      <c r="B28" t="s">
+        <v>28</v>
+      </c>
+      <c r="C28">
+        <v>1700</v>
+      </c>
+      <c r="D28">
         <v>9</v>
       </c>
-      <c r="E28" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F28" s="7">
+      <c r="E28" t="s">
+        <v>24</v>
+      </c>
+      <c r="F28" s="5">
+        <v>47.4</v>
+      </c>
+      <c r="G28">
+        <v>46.2</v>
+      </c>
+      <c r="H28">
+        <v>45.0</v>
+      </c>
+      <c r="I28">
+        <v>43.90000000000001</v>
+      </c>
+      <c r="J28">
+        <v>42.90000000000001</v>
+      </c>
+      <c r="K28">
+        <v>41.90000000000001</v>
+      </c>
+      <c r="L28">
+        <v>41.3</v>
+      </c>
+      <c r="M28">
+        <v>40.7</v>
+      </c>
+      <c r="N28">
+        <v>40.099999999999994</v>
+      </c>
+      <c r="O28">
+        <v>39.5</v>
+      </c>
+      <c r="P28">
+        <v>38.90000000000001</v>
+      </c>
+      <c r="Q28">
+        <v>38.3</v>
+      </c>
+      <c r="R28">
+        <v>38.3</v>
+      </c>
+    </row>
+    <row r="29" spans="1:19">
+      <c r="A29" t="s">
         <v>47</v>
       </c>
-      <c r="G28" s="6">
-[...40 lines deleted...]
-      <c r="B29" s="0" t="s">
+      <c r="B29" t="s">
         <v>23</v>
       </c>
-      <c r="C29" s="0">
+      <c r="C29">
         <v>1700</v>
       </c>
-      <c r="D29" s="0">
+      <c r="D29">
         <v>23</v>
       </c>
-      <c r="E29" s="0" t="s">
+      <c r="E29" t="s">
         <v>24</v>
       </c>
       <c r="F29" s="5">
         <v>53.9</v>
       </c>
-      <c r="G29" s="0">
+      <c r="G29">
         <v>53.2</v>
       </c>
-      <c r="H29" s="0">
+      <c r="H29">
         <v>52.4</v>
       </c>
-      <c r="I29" s="0">
+      <c r="I29">
         <v>51.6</v>
       </c>
-      <c r="J29" s="0">
+      <c r="J29">
         <v>50.90000000000001</v>
       </c>
-      <c r="K29" s="0">
+      <c r="K29">
         <v>49.90000000000001</v>
       </c>
-      <c r="L29" s="0">
+      <c r="L29">
         <v>49.1</v>
       </c>
-      <c r="M29" s="0">
+      <c r="M29">
         <v>48.2</v>
       </c>
-      <c r="N29" s="0">
+      <c r="N29">
         <v>47.59999999999999</v>
       </c>
-      <c r="O29" s="0">
-[...2 lines deleted...]
-      <c r="P29" s="0">
+      <c r="O29">
+        <v>47.099999999999994</v>
+      </c>
+      <c r="P29">
         <v>46.6</v>
       </c>
-      <c r="Q29" s="0">
+      <c r="Q29">
         <v>45.8</v>
       </c>
-      <c r="R29" s="0">
+      <c r="R29">
         <v>45.8</v>
       </c>
     </row>
     <row r="30" spans="1:19">
-      <c r="A30" s="6" t="s">
+      <c r="A30" t="s">
         <v>48</v>
       </c>
-      <c r="B30" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="6">
+      <c r="B30" t="s">
+        <v>28</v>
+      </c>
+      <c r="C30">
         <v>1350</v>
       </c>
-      <c r="D30" s="6">
+      <c r="D30">
         <v>6</v>
       </c>
-      <c r="E30" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F30" s="7">
+      <c r="E30" t="s">
+        <v>24</v>
+      </c>
+      <c r="F30" s="5">
         <v>46.2</v>
       </c>
-      <c r="G30" s="6">
+      <c r="G30">
         <v>45.1</v>
       </c>
-      <c r="H30" s="6">
-[...2 lines deleted...]
-      <c r="I30" s="6">
+      <c r="H30">
+        <v>44.0</v>
+      </c>
+      <c r="I30">
         <v>42.90000000000001</v>
       </c>
-      <c r="J30" s="6">
+      <c r="J30">
         <v>41.90000000000001</v>
       </c>
-      <c r="K30" s="6">
+      <c r="K30">
         <v>40.90000000000001</v>
       </c>
-      <c r="L30" s="6">
+      <c r="L30">
         <v>40.3</v>
       </c>
-      <c r="M30" s="6">
+      <c r="M30">
         <v>39.7</v>
       </c>
-      <c r="N30" s="6">
-[...2 lines deleted...]
-      <c r="O30" s="6">
+      <c r="N30">
+        <v>39.099999999999994</v>
+      </c>
+      <c r="O30">
         <v>38.5</v>
       </c>
-      <c r="P30" s="6">
+      <c r="P30">
         <v>37.90000000000001</v>
       </c>
-      <c r="Q30" s="6">
+      <c r="Q30">
         <v>37.3</v>
       </c>
-      <c r="R30" s="6">
+      <c r="R30">
         <v>37.3</v>
       </c>
     </row>
     <row r="31" spans="1:19">
-      <c r="A31" s="0" t="s">
+      <c r="A31" t="s">
         <v>49</v>
       </c>
-      <c r="B31" s="0" t="s">
+      <c r="B31" t="s">
         <v>23</v>
       </c>
-      <c r="C31" s="0">
+      <c r="C31">
         <v>2500</v>
       </c>
-      <c r="D31" s="0">
+      <c r="D31">
         <v>19</v>
       </c>
-      <c r="E31" s="0" t="s">
+      <c r="E31" t="s">
         <v>24</v>
       </c>
       <c r="F31" s="5">
         <v>57.6</v>
       </c>
-      <c r="G31" s="0">
+      <c r="G31">
         <v>56.2</v>
       </c>
-      <c r="H31" s="0">
+      <c r="H31">
         <v>54.8</v>
       </c>
-      <c r="I31" s="0">
+      <c r="I31">
         <v>53.5</v>
       </c>
-      <c r="J31" s="0">
+      <c r="J31">
         <v>52.2</v>
       </c>
-      <c r="K31" s="0">
+      <c r="K31">
+        <v>51.0</v>
+      </c>
+      <c r="L31">
+        <v>50.3</v>
+      </c>
+      <c r="M31">
+        <v>49.6</v>
+      </c>
+      <c r="N31">
+        <v>48.8</v>
+      </c>
+      <c r="O31">
+        <v>48.099999999999994</v>
+      </c>
+      <c r="P31">
+        <v>47.40000000000001</v>
+      </c>
+      <c r="Q31">
+        <v>46.7</v>
+      </c>
+      <c r="R31">
+        <v>46.7</v>
+      </c>
+    </row>
+    <row r="32" spans="1:19">
+      <c r="A32" t="s">
+        <v>50</v>
+      </c>
+      <c r="B32" t="s">
+        <v>28</v>
+      </c>
+      <c r="C32">
+        <v>1550</v>
+      </c>
+      <c r="D32">
+        <v>7</v>
+      </c>
+      <c r="E32" t="s">
+        <v>24</v>
+      </c>
+      <c r="F32" s="5">
+        <v>36.59999999999999</v>
+      </c>
+      <c r="G32">
+        <v>35.8</v>
+      </c>
+      <c r="H32">
+        <v>35.1</v>
+      </c>
+      <c r="I32">
+        <v>34.3</v>
+      </c>
+      <c r="J32">
+        <v>33.6</v>
+      </c>
+      <c r="K32">
+        <v>32.8</v>
+      </c>
+      <c r="L32">
+        <v>32.0</v>
+      </c>
+      <c r="M32">
+        <v>31.4</v>
+      </c>
+      <c r="N32">
+        <v>30.9</v>
+      </c>
+      <c r="O32">
+        <v>30.099999999999998</v>
+      </c>
+      <c r="P32">
+        <v>29.6</v>
+      </c>
+      <c r="Q32">
+        <v>28.9</v>
+      </c>
+      <c r="R32">
+        <v>28.9</v>
+      </c>
+    </row>
+    <row r="33" spans="1:19">
+      <c r="A33" t="s">
         <v>51</v>
       </c>
-      <c r="L31" s="0">
-[...78 lines deleted...]
-      <c r="A33" s="0" t="s">
+      <c r="B33" t="s">
+        <v>23</v>
+      </c>
+      <c r="C33">
+        <v>1600</v>
+      </c>
+      <c r="D33">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>24</v>
+      </c>
+      <c r="F33" s="5">
+        <v>41.5</v>
+      </c>
+      <c r="G33">
+        <v>40.5</v>
+      </c>
+      <c r="H33">
+        <v>39.5</v>
+      </c>
+      <c r="I33">
+        <v>38.5</v>
+      </c>
+      <c r="J33">
+        <v>37.6</v>
+      </c>
+      <c r="K33">
+        <v>36.7</v>
+      </c>
+      <c r="L33">
+        <v>36.2</v>
+      </c>
+      <c r="M33">
+        <v>35.7</v>
+      </c>
+      <c r="N33">
+        <v>35.2</v>
+      </c>
+      <c r="O33">
+        <v>34.7</v>
+      </c>
+      <c r="P33">
+        <v>34.2</v>
+      </c>
+      <c r="Q33">
+        <v>33.7</v>
+      </c>
+      <c r="R33">
+        <v>33.7</v>
+      </c>
+    </row>
+    <row r="34" spans="1:19">
+      <c r="A34" t="s">
         <v>51</v>
       </c>
-      <c r="B33" s="0" t="s">
+      <c r="B34" t="s">
+        <v>28</v>
+      </c>
+      <c r="C34">
+        <v>1590</v>
+      </c>
+      <c r="D34">
+        <v>8</v>
+      </c>
+      <c r="E34" t="s">
+        <v>24</v>
+      </c>
+      <c r="F34" s="5">
+        <v>45.0</v>
+      </c>
+      <c r="G34">
+        <v>43.90000000000001</v>
+      </c>
+      <c r="H34">
+        <v>42.8</v>
+      </c>
+      <c r="I34">
+        <v>41.7</v>
+      </c>
+      <c r="J34">
+        <v>40.7</v>
+      </c>
+      <c r="K34">
+        <v>39.7</v>
+      </c>
+      <c r="L34">
+        <v>39.1</v>
+      </c>
+      <c r="M34">
+        <v>38.5</v>
+      </c>
+      <c r="N34">
+        <v>37.9</v>
+      </c>
+      <c r="O34">
+        <v>37.3</v>
+      </c>
+      <c r="P34">
+        <v>36.7</v>
+      </c>
+      <c r="Q34">
+        <v>36.1</v>
+      </c>
+      <c r="R34">
+        <v>36.1</v>
+      </c>
+    </row>
+    <row r="35" spans="1:19">
+      <c r="A35" t="s">
+        <v>52</v>
+      </c>
+      <c r="B35" t="s">
         <v>23</v>
       </c>
-      <c r="C33" s="0">
-[...111 lines deleted...]
-      <c r="C35" s="0">
+      <c r="C35">
         <v>4500</v>
       </c>
-      <c r="D35" s="0">
+      <c r="D35">
         <v>39</v>
       </c>
-      <c r="E35" s="0" t="s">
+      <c r="E35" t="s">
         <v>24</v>
       </c>
       <c r="F35" s="5">
         <v>59.4</v>
       </c>
-      <c r="G35" s="0">
+      <c r="G35">
         <v>58.8</v>
       </c>
-      <c r="H35" s="0">
+      <c r="H35">
         <v>58.2</v>
       </c>
-      <c r="I35" s="0">
+      <c r="I35">
         <v>57.1</v>
       </c>
-      <c r="J35" s="0">
+      <c r="J35">
         <v>56.1</v>
       </c>
-      <c r="K35" s="0">
+      <c r="K35">
         <v>55.6</v>
       </c>
-      <c r="L35" s="0">
+      <c r="L35">
         <v>54.8</v>
       </c>
-      <c r="M35" s="0">
+      <c r="M35">
         <v>54.5</v>
       </c>
-      <c r="N35" s="0">
+      <c r="N35">
         <v>53.7</v>
       </c>
-      <c r="O35" s="0">
+      <c r="O35">
         <v>52.9</v>
       </c>
-      <c r="P35" s="0">
+      <c r="P35">
         <v>52.1</v>
       </c>
-      <c r="Q35" s="0">
+      <c r="Q35">
         <v>51.3</v>
       </c>
-      <c r="R35" s="0">
+      <c r="R35">
         <v>51.3</v>
       </c>
     </row>
     <row r="36" spans="1:19">
-      <c r="A36" s="0" t="s">
+      <c r="A36" t="s">
         <v>53</v>
       </c>
-      <c r="B36" s="0"/>
-[...35 lines deleted...]
-      <c r="R37" s="0"/>
     </row>
     <row r="38" spans="1:19">
-      <c r="A38" s="0" t="s">
+      <c r="A38" t="s">
         <v>54</v>
       </c>
-      <c r="B38" s="0"/>
-[...15 lines deleted...]
-      <c r="R38" s="0"/>
     </row>
     <row r="39" spans="1:19" customHeight="1" ht="20">
       <c r="A39" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B39" s="2"/>
       <c r="C39" s="2"/>
       <c r="D39" s="2"/>
       <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
       <c r="I39" s="2"/>
       <c r="J39" s="2"/>
       <c r="K39" s="2"/>
       <c r="L39" s="2"/>
       <c r="M39" s="2"/>
       <c r="N39" s="2"/>
       <c r="O39" s="2"/>
       <c r="P39" s="2"/>
       <c r="Q39" s="2"/>
       <c r="R39" s="2"/>
     </row>
     <row r="40" spans="1:19" customHeight="1" ht="21">
       <c r="A40" s="4" t="s">
@@ -2626,1792 +2546,1738 @@
         <v>61</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P40" s="4" t="s">
         <v>66</v>
       </c>
       <c r="Q40" s="4" t="s">
         <v>67</v>
       </c>
       <c r="R40" s="4" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="41" spans="1:19">
-      <c r="A41" s="6" t="s">
+      <c r="A41" t="s">
         <v>22</v>
       </c>
-      <c r="B41" s="6" t="s">
+      <c r="B41" t="s">
         <v>23</v>
       </c>
-      <c r="C41" s="6">
+      <c r="C41">
         <v>2350</v>
       </c>
-      <c r="D41" s="6">
+      <c r="D41">
         <v>14</v>
       </c>
-      <c r="E41" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F41" s="9">
+      <c r="E41" t="s">
+        <v>24</v>
+      </c>
+      <c r="F41" s="6">
+        <v>10360</v>
+      </c>
+      <c r="G41">
+        <v>10120</v>
+      </c>
+      <c r="H41">
+        <v>9870</v>
+      </c>
+      <c r="I41">
+        <v>9650</v>
+      </c>
+      <c r="J41">
+        <v>9410</v>
+      </c>
+      <c r="K41">
+        <v>9190</v>
+      </c>
+      <c r="L41">
+        <v>9060</v>
+      </c>
+      <c r="M41">
+        <v>8920</v>
+      </c>
+      <c r="N41">
+        <v>8800</v>
+      </c>
+      <c r="O41">
+        <v>8670</v>
+      </c>
+      <c r="P41">
+        <v>8550</v>
+      </c>
+      <c r="Q41">
+        <v>8430</v>
+      </c>
+      <c r="R41">
+        <v>8430</v>
+      </c>
+    </row>
+    <row r="42" spans="1:19">
+      <c r="A42" t="s">
+        <v>25</v>
+      </c>
+      <c r="B42" t="s">
+        <v>23</v>
+      </c>
+      <c r="C42">
+        <v>2450</v>
+      </c>
+      <c r="D42">
+        <v>22</v>
+      </c>
+      <c r="E42" t="s">
+        <v>24</v>
+      </c>
+      <c r="F42" s="6">
+        <v>13110</v>
+      </c>
+      <c r="G42">
+        <v>12970</v>
+      </c>
+      <c r="H42">
+        <v>12770</v>
+      </c>
+      <c r="I42">
+        <v>12640</v>
+      </c>
+      <c r="J42">
+        <v>12500</v>
+      </c>
+      <c r="K42">
+        <v>12270</v>
+      </c>
+      <c r="L42">
+        <v>12090</v>
+      </c>
+      <c r="M42">
+        <v>12010</v>
+      </c>
+      <c r="N42">
+        <v>11940</v>
+      </c>
+      <c r="O42">
+        <v>11860</v>
+      </c>
+      <c r="P42">
+        <v>11740</v>
+      </c>
+      <c r="Q42">
+        <v>11670</v>
+      </c>
+      <c r="R42">
+        <v>11670</v>
+      </c>
+    </row>
+    <row r="43" spans="1:19">
+      <c r="A43" t="s">
+        <v>26</v>
+      </c>
+      <c r="B43" t="s">
+        <v>23</v>
+      </c>
+      <c r="C43">
+        <v>1700</v>
+      </c>
+      <c r="D43">
+        <v>23</v>
+      </c>
+      <c r="E43" t="s">
+        <v>24</v>
+      </c>
+      <c r="F43" s="6">
+        <v>13060</v>
+      </c>
+      <c r="G43">
+        <v>12900</v>
+      </c>
+      <c r="H43">
+        <v>12700</v>
+      </c>
+      <c r="I43">
+        <v>12520</v>
+      </c>
+      <c r="J43">
+        <v>12300</v>
+      </c>
+      <c r="K43">
+        <v>11920</v>
+      </c>
+      <c r="L43">
+        <v>11780</v>
+      </c>
+      <c r="M43">
+        <v>11640</v>
+      </c>
+      <c r="N43">
+        <v>11500</v>
+      </c>
+      <c r="O43">
+        <v>11360</v>
+      </c>
+      <c r="P43">
+        <v>11240</v>
+      </c>
+      <c r="Q43">
+        <v>11070</v>
+      </c>
+      <c r="R43">
+        <v>11070</v>
+      </c>
+    </row>
+    <row r="44" spans="1:19">
+      <c r="A44" t="s">
+        <v>27</v>
+      </c>
+      <c r="B44" t="s">
+        <v>28</v>
+      </c>
+      <c r="C44">
+        <v>1350</v>
+      </c>
+      <c r="D44">
+        <v>5</v>
+      </c>
+      <c r="E44" t="s">
+        <v>24</v>
+      </c>
+      <c r="F44" s="6">
+        <v>11060</v>
+      </c>
+      <c r="G44">
+        <v>10800</v>
+      </c>
+      <c r="H44">
+        <v>10530</v>
+      </c>
+      <c r="I44">
+        <v>10280</v>
+      </c>
+      <c r="J44">
+        <v>10020</v>
+      </c>
+      <c r="K44">
+        <v>9780</v>
+      </c>
+      <c r="L44">
+        <v>9630</v>
+      </c>
+      <c r="M44">
+        <v>9490</v>
+      </c>
+      <c r="N44">
+        <v>9350</v>
+      </c>
+      <c r="O44">
+        <v>9210</v>
+      </c>
+      <c r="P44">
+        <v>9070</v>
+      </c>
+      <c r="Q44">
+        <v>8940</v>
+      </c>
+      <c r="R44">
+        <v>8940</v>
+      </c>
+    </row>
+    <row r="45" spans="1:19">
+      <c r="A45" t="s">
+        <v>29</v>
+      </c>
+      <c r="B45" t="s">
+        <v>28</v>
+      </c>
+      <c r="C45">
+        <v>650</v>
+      </c>
+      <c r="D45">
+        <v>1</v>
+      </c>
+      <c r="E45" t="s">
+        <v>24</v>
+      </c>
+      <c r="F45" s="6">
+        <v>5160</v>
+      </c>
+      <c r="G45">
+        <v>5030</v>
+      </c>
+      <c r="H45">
+        <v>4910</v>
+      </c>
+      <c r="I45">
+        <v>4790</v>
+      </c>
+      <c r="J45">
+        <v>4670</v>
+      </c>
+      <c r="K45">
+        <v>4560</v>
+      </c>
+      <c r="L45">
+        <v>4490</v>
+      </c>
+      <c r="M45">
+        <v>4420</v>
+      </c>
+      <c r="N45">
+        <v>4360</v>
+      </c>
+      <c r="O45">
+        <v>4290</v>
+      </c>
+      <c r="P45">
+        <v>4230</v>
+      </c>
+      <c r="Q45">
+        <v>4170</v>
+      </c>
+      <c r="R45">
+        <v>4170</v>
+      </c>
+    </row>
+    <row r="46" spans="1:19">
+      <c r="A46" t="s">
+        <v>30</v>
+      </c>
+      <c r="B46" t="s">
+        <v>23</v>
+      </c>
+      <c r="C46">
+        <v>1300</v>
+      </c>
+      <c r="D46">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>24</v>
+      </c>
+      <c r="F46" s="6">
+        <v>10000</v>
+      </c>
+      <c r="G46">
+        <v>9770</v>
+      </c>
+      <c r="H46">
+        <v>9530</v>
+      </c>
+      <c r="I46">
+        <v>9310</v>
+      </c>
+      <c r="J46">
+        <v>9090</v>
+      </c>
+      <c r="K46">
+        <v>8870</v>
+      </c>
+      <c r="L46">
+        <v>8740</v>
+      </c>
+      <c r="M46">
+        <v>8610</v>
+      </c>
+      <c r="N46">
+        <v>8500</v>
+      </c>
+      <c r="O46">
+        <v>8370</v>
+      </c>
+      <c r="P46">
+        <v>8250</v>
+      </c>
+      <c r="Q46">
+        <v>8140</v>
+      </c>
+      <c r="R46">
+        <v>8140</v>
+      </c>
+    </row>
+    <row r="47" spans="1:19">
+      <c r="A47" t="s">
+        <v>30</v>
+      </c>
+      <c r="B47" t="s">
+        <v>28</v>
+      </c>
+      <c r="C47">
+        <v>1350</v>
+      </c>
+      <c r="D47">
+        <v>7</v>
+      </c>
+      <c r="E47" t="s">
+        <v>24</v>
+      </c>
+      <c r="F47" s="6">
+        <v>11030</v>
+      </c>
+      <c r="G47">
+        <v>10770</v>
+      </c>
+      <c r="H47">
+        <v>10490</v>
+      </c>
+      <c r="I47">
+        <v>10250</v>
+      </c>
+      <c r="J47">
+        <v>9990</v>
+      </c>
+      <c r="K47">
+        <v>9750</v>
+      </c>
+      <c r="L47">
+        <v>9600</v>
+      </c>
+      <c r="M47">
+        <v>9460</v>
+      </c>
+      <c r="N47">
+        <v>9320</v>
+      </c>
+      <c r="O47">
+        <v>9180</v>
+      </c>
+      <c r="P47">
+        <v>9050</v>
+      </c>
+      <c r="Q47">
+        <v>8920</v>
+      </c>
+      <c r="R47">
+        <v>8920</v>
+      </c>
+    </row>
+    <row r="48" spans="1:19">
+      <c r="A48" t="s">
+        <v>31</v>
+      </c>
+      <c r="B48" t="s">
+        <v>28</v>
+      </c>
+      <c r="C48">
+        <v>1500</v>
+      </c>
+      <c r="D48">
+        <v>7</v>
+      </c>
+      <c r="E48" t="s">
+        <v>24</v>
+      </c>
+      <c r="F48" s="6">
+        <v>10870</v>
+      </c>
+      <c r="G48">
+        <v>10610</v>
+      </c>
+      <c r="H48">
+        <v>10340</v>
+      </c>
+      <c r="I48">
+        <v>10100</v>
+      </c>
+      <c r="J48">
         <v>9850</v>
       </c>
-      <c r="G41" s="6">
-[...2 lines deleted...]
-      <c r="H41" s="6">
+      <c r="K48">
+        <v>9610</v>
+      </c>
+      <c r="L48">
+        <v>9470</v>
+      </c>
+      <c r="M48">
+        <v>9320</v>
+      </c>
+      <c r="N48">
+        <v>9190</v>
+      </c>
+      <c r="O48">
+        <v>9050</v>
+      </c>
+      <c r="P48">
+        <v>8920</v>
+      </c>
+      <c r="Q48">
+        <v>8790</v>
+      </c>
+      <c r="R48">
+        <v>8790</v>
+      </c>
+    </row>
+    <row r="49" spans="1:19">
+      <c r="A49" t="s">
+        <v>32</v>
+      </c>
+      <c r="B49" t="s">
+        <v>28</v>
+      </c>
+      <c r="C49">
+        <v>560</v>
+      </c>
+      <c r="D49">
+        <v>2</v>
+      </c>
+      <c r="E49" t="s">
+        <v>24</v>
+      </c>
+      <c r="F49" s="6">
+        <v>4200</v>
+      </c>
+      <c r="G49">
+        <v>4100</v>
+      </c>
+      <c r="H49">
+        <v>4000</v>
+      </c>
+      <c r="I49">
+        <v>3900</v>
+      </c>
+      <c r="J49">
+        <v>3810</v>
+      </c>
+      <c r="K49">
+        <v>3710</v>
+      </c>
+      <c r="L49">
+        <v>3660</v>
+      </c>
+      <c r="M49">
+        <v>3610</v>
+      </c>
+      <c r="N49">
+        <v>3550</v>
+      </c>
+      <c r="O49">
+        <v>3500</v>
+      </c>
+      <c r="P49">
+        <v>3450</v>
+      </c>
+      <c r="Q49">
+        <v>3400</v>
+      </c>
+      <c r="R49">
+        <v>3400</v>
+      </c>
+    </row>
+    <row r="50" spans="1:19">
+      <c r="A50" t="s">
+        <v>33</v>
+      </c>
+      <c r="B50" t="s">
+        <v>23</v>
+      </c>
+      <c r="C50">
+        <v>5200</v>
+      </c>
+      <c r="D50">
+        <v>39</v>
+      </c>
+      <c r="E50" t="s">
+        <v>24</v>
+      </c>
+      <c r="F50" s="6">
+        <v>17710</v>
+      </c>
+      <c r="G50">
+        <v>17520</v>
+      </c>
+      <c r="H50">
+        <v>17320</v>
+      </c>
+      <c r="I50">
+        <v>17140</v>
+      </c>
+      <c r="J50">
+        <v>16950</v>
+      </c>
+      <c r="K50">
+        <v>16770</v>
+      </c>
+      <c r="L50">
+        <v>16640</v>
+      </c>
+      <c r="M50">
+        <v>16510</v>
+      </c>
+      <c r="N50">
+        <v>16390</v>
+      </c>
+      <c r="O50">
+        <v>16260</v>
+      </c>
+      <c r="P50">
+        <v>16140</v>
+      </c>
+      <c r="Q50">
+        <v>15970</v>
+      </c>
+      <c r="R50">
+        <v>15970</v>
+      </c>
+    </row>
+    <row r="51" spans="1:19">
+      <c r="A51" t="s">
+        <v>34</v>
+      </c>
+      <c r="B51" t="s">
+        <v>28</v>
+      </c>
+      <c r="C51">
+        <v>700</v>
+      </c>
+      <c r="D51">
+        <v>4</v>
+      </c>
+      <c r="E51" t="s">
+        <v>24</v>
+      </c>
+      <c r="F51" s="6">
+        <v>5960</v>
+      </c>
+      <c r="G51">
+        <v>5820</v>
+      </c>
+      <c r="H51">
+        <v>5670</v>
+      </c>
+      <c r="I51">
+        <v>5540</v>
+      </c>
+      <c r="J51">
+        <v>5400</v>
+      </c>
+      <c r="K51">
+        <v>5270</v>
+      </c>
+      <c r="L51">
+        <v>5190</v>
+      </c>
+      <c r="M51">
+        <v>5110</v>
+      </c>
+      <c r="N51">
+        <v>5040</v>
+      </c>
+      <c r="O51">
+        <v>4960</v>
+      </c>
+      <c r="P51">
+        <v>4890</v>
+      </c>
+      <c r="Q51">
+        <v>4820</v>
+      </c>
+      <c r="R51">
+        <v>4820</v>
+      </c>
+    </row>
+    <row r="52" spans="1:19">
+      <c r="A52" t="s">
+        <v>35</v>
+      </c>
+      <c r="B52" t="s">
+        <v>28</v>
+      </c>
+      <c r="C52">
+        <v>1700</v>
+      </c>
+      <c r="D52">
+        <v>7</v>
+      </c>
+      <c r="E52" t="s">
+        <v>24</v>
+      </c>
+      <c r="F52" s="6">
+        <v>11810</v>
+      </c>
+      <c r="G52">
+        <v>11320</v>
+      </c>
+      <c r="H52">
+        <v>10990</v>
+      </c>
+      <c r="I52">
+        <v>10790</v>
+      </c>
+      <c r="J52">
+        <v>10440</v>
+      </c>
+      <c r="K52">
+        <v>10150</v>
+      </c>
+      <c r="L52">
+        <v>9970</v>
+      </c>
+      <c r="M52">
+        <v>9800</v>
+      </c>
+      <c r="N52">
+        <v>9730</v>
+      </c>
+      <c r="O52">
+        <v>9470</v>
+      </c>
+      <c r="P52">
+        <v>9400</v>
+      </c>
+      <c r="Q52">
+        <v>9330</v>
+      </c>
+      <c r="R52">
+        <v>9330</v>
+      </c>
+    </row>
+    <row r="53" spans="1:19">
+      <c r="A53" t="s">
+        <v>36</v>
+      </c>
+      <c r="B53" t="s">
+        <v>28</v>
+      </c>
+      <c r="C53">
+        <v>1400</v>
+      </c>
+      <c r="D53">
+        <v>6</v>
+      </c>
+      <c r="E53" t="s">
+        <v>24</v>
+      </c>
+      <c r="F53" s="6">
+        <v>8240</v>
+      </c>
+      <c r="G53">
+        <v>8080</v>
+      </c>
+      <c r="H53">
+        <v>7900</v>
+      </c>
+      <c r="I53">
+        <v>7740</v>
+      </c>
+      <c r="J53">
+        <v>7570</v>
+      </c>
+      <c r="K53">
+        <v>7350</v>
+      </c>
+      <c r="L53">
+        <v>7200</v>
+      </c>
+      <c r="M53">
+        <v>7050</v>
+      </c>
+      <c r="N53">
+        <v>6940</v>
+      </c>
+      <c r="O53">
+        <v>6840</v>
+      </c>
+      <c r="P53">
+        <v>6750</v>
+      </c>
+      <c r="Q53">
+        <v>6660</v>
+      </c>
+      <c r="R53">
+        <v>6660</v>
+      </c>
+    </row>
+    <row r="54" spans="1:19">
+      <c r="A54" t="s">
+        <v>37</v>
+      </c>
+      <c r="B54" t="s">
+        <v>23</v>
+      </c>
+      <c r="C54">
+        <v>2330</v>
+      </c>
+      <c r="D54">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>24</v>
+      </c>
+      <c r="F54" s="6">
+        <v>9950</v>
+      </c>
+      <c r="G54">
+        <v>9810</v>
+      </c>
+      <c r="H54">
+        <v>9660</v>
+      </c>
+      <c r="I54">
+        <v>9530</v>
+      </c>
+      <c r="J54">
+        <v>9390</v>
+      </c>
+      <c r="K54">
+        <v>9260</v>
+      </c>
+      <c r="L54">
+        <v>9180</v>
+      </c>
+      <c r="M54">
+        <v>9100</v>
+      </c>
+      <c r="N54">
+        <v>9030</v>
+      </c>
+      <c r="O54">
+        <v>8950</v>
+      </c>
+      <c r="P54">
+        <v>8880</v>
+      </c>
+      <c r="Q54">
+        <v>8810</v>
+      </c>
+      <c r="R54">
+        <v>8810</v>
+      </c>
+    </row>
+    <row r="55" spans="1:19">
+      <c r="A55" t="s">
+        <v>38</v>
+      </c>
+      <c r="B55" t="s">
+        <v>28</v>
+      </c>
+      <c r="C55">
+        <v>700</v>
+      </c>
+      <c r="D55">
+        <v>4</v>
+      </c>
+      <c r="E55" t="s">
+        <v>24</v>
+      </c>
+      <c r="F55" s="6">
+        <v>3390</v>
+      </c>
+      <c r="G55">
+        <v>3310</v>
+      </c>
+      <c r="H55">
+        <v>3220</v>
+      </c>
+      <c r="I55">
+        <v>3150</v>
+      </c>
+      <c r="J55">
+        <v>3070</v>
+      </c>
+      <c r="K55">
+        <v>2990</v>
+      </c>
+      <c r="L55">
+        <v>2950</v>
+      </c>
+      <c r="M55">
+        <v>2910</v>
+      </c>
+      <c r="N55">
+        <v>2860</v>
+      </c>
+      <c r="O55">
+        <v>2820</v>
+      </c>
+      <c r="P55">
+        <v>2780</v>
+      </c>
+      <c r="Q55">
+        <v>2740</v>
+      </c>
+      <c r="R55">
+        <v>2740</v>
+      </c>
+    </row>
+    <row r="56" spans="1:19">
+      <c r="A56" t="s">
+        <v>39</v>
+      </c>
+      <c r="B56" t="s">
+        <v>28</v>
+      </c>
+      <c r="C56">
+        <v>1620</v>
+      </c>
+      <c r="D56">
+        <v>5</v>
+      </c>
+      <c r="E56" t="s">
+        <v>24</v>
+      </c>
+      <c r="F56" s="6">
+        <v>10320</v>
+      </c>
+      <c r="G56">
+        <v>10070</v>
+      </c>
+      <c r="H56">
+        <v>9820</v>
+      </c>
+      <c r="I56">
+        <v>9590</v>
+      </c>
+      <c r="J56">
+        <v>9350</v>
+      </c>
+      <c r="K56">
+        <v>9120</v>
+      </c>
+      <c r="L56">
+        <v>8980</v>
+      </c>
+      <c r="M56">
+        <v>8850</v>
+      </c>
+      <c r="N56">
+        <v>8720</v>
+      </c>
+      <c r="O56">
+        <v>8590</v>
+      </c>
+      <c r="P56">
+        <v>8470</v>
+      </c>
+      <c r="Q56">
+        <v>8340</v>
+      </c>
+      <c r="R56">
+        <v>8340</v>
+      </c>
+    </row>
+    <row r="57" spans="1:19">
+      <c r="A57" t="s">
+        <v>40</v>
+      </c>
+      <c r="B57" t="s">
+        <v>28</v>
+      </c>
+      <c r="C57">
+        <v>1450</v>
+      </c>
+      <c r="D57">
+        <v>7</v>
+      </c>
+      <c r="E57" t="s">
+        <v>24</v>
+      </c>
+      <c r="F57" s="6">
+        <v>11130</v>
+      </c>
+      <c r="G57">
+        <v>10870</v>
+      </c>
+      <c r="H57">
+        <v>10590</v>
+      </c>
+      <c r="I57">
+        <v>10340</v>
+      </c>
+      <c r="J57">
+        <v>10090</v>
+      </c>
+      <c r="K57">
+        <v>9840</v>
+      </c>
+      <c r="L57">
+        <v>9700</v>
+      </c>
+      <c r="M57">
+        <v>9550</v>
+      </c>
+      <c r="N57">
+        <v>9410</v>
+      </c>
+      <c r="O57">
+        <v>9270</v>
+      </c>
+      <c r="P57">
+        <v>9130</v>
+      </c>
+      <c r="Q57">
+        <v>9000</v>
+      </c>
+      <c r="R57">
+        <v>9000</v>
+      </c>
+    </row>
+    <row r="58" spans="1:19">
+      <c r="A58" t="s">
+        <v>41</v>
+      </c>
+      <c r="B58" t="s">
+        <v>28</v>
+      </c>
+      <c r="C58">
+        <v>1300</v>
+      </c>
+      <c r="D58">
+        <v>7</v>
+      </c>
+      <c r="E58" t="s">
+        <v>24</v>
+      </c>
+      <c r="F58" s="6">
+        <v>10830</v>
+      </c>
+      <c r="G58">
+        <v>10580</v>
+      </c>
+      <c r="H58">
+        <v>10310</v>
+      </c>
+      <c r="I58">
+        <v>10070</v>
+      </c>
+      <c r="J58">
+        <v>9820</v>
+      </c>
+      <c r="K58">
+        <v>9580</v>
+      </c>
+      <c r="L58">
+        <v>9430</v>
+      </c>
+      <c r="M58">
+        <v>9290</v>
+      </c>
+      <c r="N58">
+        <v>9160</v>
+      </c>
+      <c r="O58">
+        <v>9020</v>
+      </c>
+      <c r="P58">
+        <v>8890</v>
+      </c>
+      <c r="Q58">
+        <v>8760</v>
+      </c>
+      <c r="R58">
+        <v>8760</v>
+      </c>
+    </row>
+    <row r="59" spans="1:19">
+      <c r="A59" t="s">
+        <v>42</v>
+      </c>
+      <c r="B59" t="s">
+        <v>28</v>
+      </c>
+      <c r="C59">
+        <v>960</v>
+      </c>
+      <c r="D59">
+        <v>3</v>
+      </c>
+      <c r="E59" t="s">
+        <v>24</v>
+      </c>
+      <c r="F59" s="6">
         <v>9380</v>
       </c>
-      <c r="I41" s="6">
-[...8 lines deleted...]
-      <c r="L41" s="6">
+      <c r="G59">
+        <v>9160</v>
+      </c>
+      <c r="H59">
+        <v>8930</v>
+      </c>
+      <c r="I59">
+        <v>8710</v>
+      </c>
+      <c r="J59">
+        <v>8510</v>
+      </c>
+      <c r="K59">
+        <v>8290</v>
+      </c>
+      <c r="L59">
+        <v>8170</v>
+      </c>
+      <c r="M59">
+        <v>8060</v>
+      </c>
+      <c r="N59">
+        <v>7930</v>
+      </c>
+      <c r="O59">
+        <v>7820</v>
+      </c>
+      <c r="P59">
+        <v>7700</v>
+      </c>
+      <c r="Q59">
+        <v>7590</v>
+      </c>
+      <c r="R59">
+        <v>7590</v>
+      </c>
+    </row>
+    <row r="60" spans="1:19">
+      <c r="A60" t="s">
+        <v>43</v>
+      </c>
+      <c r="B60" t="s">
+        <v>28</v>
+      </c>
+      <c r="C60">
+        <v>800</v>
+      </c>
+      <c r="D60">
+        <v>3</v>
+      </c>
+      <c r="E60" t="s">
+        <v>24</v>
+      </c>
+      <c r="F60" s="6">
+        <v>3920</v>
+      </c>
+      <c r="G60">
+        <v>3820</v>
+      </c>
+      <c r="H60">
+        <v>3730</v>
+      </c>
+      <c r="I60">
+        <v>3640</v>
+      </c>
+      <c r="J60">
+        <v>3550</v>
+      </c>
+      <c r="K60">
+        <v>3460</v>
+      </c>
+      <c r="L60">
+        <v>3410</v>
+      </c>
+      <c r="M60">
+        <v>3360</v>
+      </c>
+      <c r="N60">
+        <v>3310</v>
+      </c>
+      <c r="O60">
+        <v>3260</v>
+      </c>
+      <c r="P60">
+        <v>3220</v>
+      </c>
+      <c r="Q60">
+        <v>3170</v>
+      </c>
+      <c r="R60">
+        <v>3170</v>
+      </c>
+    </row>
+    <row r="61" spans="1:19">
+      <c r="A61" t="s">
+        <v>44</v>
+      </c>
+      <c r="B61" t="s">
+        <v>28</v>
+      </c>
+      <c r="C61">
+        <v>2550</v>
+      </c>
+      <c r="D61">
+        <v>7</v>
+      </c>
+      <c r="E61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F61" s="6">
+        <v>14880</v>
+      </c>
+      <c r="G61">
+        <v>14520</v>
+      </c>
+      <c r="H61">
+        <v>14160</v>
+      </c>
+      <c r="I61">
+        <v>13820</v>
+      </c>
+      <c r="J61">
+        <v>13480</v>
+      </c>
+      <c r="K61">
+        <v>13160</v>
+      </c>
+      <c r="L61">
+        <v>12950</v>
+      </c>
+      <c r="M61">
+        <v>12760</v>
+      </c>
+      <c r="N61">
+        <v>12580</v>
+      </c>
+      <c r="O61">
+        <v>12390</v>
+      </c>
+      <c r="P61">
+        <v>12210</v>
+      </c>
+      <c r="Q61">
+        <v>12030</v>
+      </c>
+      <c r="R61">
+        <v>12030</v>
+      </c>
+    </row>
+    <row r="62" spans="1:19">
+      <c r="A62" t="s">
+        <v>45</v>
+      </c>
+      <c r="B62" t="s">
+        <v>28</v>
+      </c>
+      <c r="C62">
+        <v>1500</v>
+      </c>
+      <c r="D62">
+        <v>10</v>
+      </c>
+      <c r="E62" t="s">
+        <v>24</v>
+      </c>
+      <c r="F62" s="6">
+        <v>12480</v>
+      </c>
+      <c r="G62">
+        <v>12340</v>
+      </c>
+      <c r="H62">
+        <v>12160</v>
+      </c>
+      <c r="I62">
+        <v>11990</v>
+      </c>
+      <c r="J62">
+        <v>11810</v>
+      </c>
+      <c r="K62">
+        <v>11640</v>
+      </c>
+      <c r="L62">
+        <v>11530</v>
+      </c>
+      <c r="M62">
+        <v>11410</v>
+      </c>
+      <c r="N62">
+        <v>11300</v>
+      </c>
+      <c r="O62">
+        <v>11180</v>
+      </c>
+      <c r="P62">
+        <v>11110</v>
+      </c>
+      <c r="Q62">
+        <v>11040</v>
+      </c>
+      <c r="R62">
+        <v>11040</v>
+      </c>
+    </row>
+    <row r="63" spans="1:19">
+      <c r="A63" t="s">
+        <v>46</v>
+      </c>
+      <c r="B63" t="s">
+        <v>28</v>
+      </c>
+      <c r="C63">
+        <v>1700</v>
+      </c>
+      <c r="D63">
+        <v>9</v>
+      </c>
+      <c r="E63" t="s">
+        <v>24</v>
+      </c>
+      <c r="F63" s="6">
+        <v>11850</v>
+      </c>
+      <c r="G63">
+        <v>11570</v>
+      </c>
+      <c r="H63">
+        <v>11280</v>
+      </c>
+      <c r="I63">
+        <v>11010</v>
+      </c>
+      <c r="J63">
+        <v>10740</v>
+      </c>
+      <c r="K63">
+        <v>10480</v>
+      </c>
+      <c r="L63">
+        <v>10320</v>
+      </c>
+      <c r="M63">
+        <v>10160</v>
+      </c>
+      <c r="N63">
+        <v>10020</v>
+      </c>
+      <c r="O63">
+        <v>9870</v>
+      </c>
+      <c r="P63">
+        <v>9720</v>
+      </c>
+      <c r="Q63">
+        <v>9580</v>
+      </c>
+      <c r="R63">
+        <v>9580</v>
+      </c>
+    </row>
+    <row r="64" spans="1:19">
+      <c r="A64" t="s">
+        <v>47</v>
+      </c>
+      <c r="B64" t="s">
+        <v>23</v>
+      </c>
+      <c r="C64">
+        <v>1700</v>
+      </c>
+      <c r="D64">
+        <v>23</v>
+      </c>
+      <c r="E64" t="s">
+        <v>24</v>
+      </c>
+      <c r="F64" s="6">
+        <v>13060</v>
+      </c>
+      <c r="G64">
+        <v>12900</v>
+      </c>
+      <c r="H64">
+        <v>12700</v>
+      </c>
+      <c r="I64">
+        <v>12520</v>
+      </c>
+      <c r="J64">
+        <v>12300</v>
+      </c>
+      <c r="K64">
+        <v>11920</v>
+      </c>
+      <c r="L64">
+        <v>11780</v>
+      </c>
+      <c r="M64">
+        <v>11640</v>
+      </c>
+      <c r="N64">
+        <v>11500</v>
+      </c>
+      <c r="O64">
+        <v>11360</v>
+      </c>
+      <c r="P64">
+        <v>11240</v>
+      </c>
+      <c r="Q64">
+        <v>11070</v>
+      </c>
+      <c r="R64">
+        <v>11070</v>
+      </c>
+    </row>
+    <row r="65" spans="1:19">
+      <c r="A65" t="s">
+        <v>48</v>
+      </c>
+      <c r="B65" t="s">
+        <v>28</v>
+      </c>
+      <c r="C65">
+        <v>1350</v>
+      </c>
+      <c r="D65">
+        <v>6</v>
+      </c>
+      <c r="E65" t="s">
+        <v>24</v>
+      </c>
+      <c r="F65" s="6">
+        <v>11540</v>
+      </c>
+      <c r="G65">
+        <v>11270</v>
+      </c>
+      <c r="H65">
+        <v>10980</v>
+      </c>
+      <c r="I65">
+        <v>10720</v>
+      </c>
+      <c r="J65">
+        <v>10460</v>
+      </c>
+      <c r="K65">
+        <v>10210</v>
+      </c>
+      <c r="L65">
+        <v>10050</v>
+      </c>
+      <c r="M65">
+        <v>9900</v>
+      </c>
+      <c r="N65">
+        <v>9760</v>
+      </c>
+      <c r="O65">
+        <v>9610</v>
+      </c>
+      <c r="P65">
+        <v>9470</v>
+      </c>
+      <c r="Q65">
+        <v>9330</v>
+      </c>
+      <c r="R65">
+        <v>9330</v>
+      </c>
+    </row>
+    <row r="66" spans="1:19">
+      <c r="A66" t="s">
+        <v>49</v>
+      </c>
+      <c r="B66" t="s">
+        <v>23</v>
+      </c>
+      <c r="C66">
+        <v>2500</v>
+      </c>
+      <c r="D66">
+        <v>19</v>
+      </c>
+      <c r="E66" t="s">
+        <v>24</v>
+      </c>
+      <c r="F66" s="6">
+        <v>14390</v>
+      </c>
+      <c r="G66">
+        <v>14050</v>
+      </c>
+      <c r="H66">
+        <v>13700</v>
+      </c>
+      <c r="I66">
+        <v>13380</v>
+      </c>
+      <c r="J66">
+        <v>13060</v>
+      </c>
+      <c r="K66">
+        <v>12750</v>
+      </c>
+      <c r="L66">
+        <v>12560</v>
+      </c>
+      <c r="M66">
+        <v>12380</v>
+      </c>
+      <c r="N66">
+        <v>12200</v>
+      </c>
+      <c r="O66">
+        <v>12020</v>
+      </c>
+      <c r="P66">
+        <v>11850</v>
+      </c>
+      <c r="Q66">
+        <v>11680</v>
+      </c>
+      <c r="R66">
+        <v>11680</v>
+      </c>
+    </row>
+    <row r="67" spans="1:19">
+      <c r="A67" t="s">
+        <v>50</v>
+      </c>
+      <c r="B67" t="s">
+        <v>28</v>
+      </c>
+      <c r="C67">
+        <v>1550</v>
+      </c>
+      <c r="D67">
+        <v>7</v>
+      </c>
+      <c r="E67" t="s">
+        <v>24</v>
+      </c>
+      <c r="F67" s="6">
+        <v>9450</v>
+      </c>
+      <c r="G67">
+        <v>9290</v>
+      </c>
+      <c r="H67">
+        <v>9090</v>
+      </c>
+      <c r="I67">
+        <v>8860</v>
+      </c>
+      <c r="J67">
         <v>8610</v>
       </c>
-      <c r="M41" s="6">
-[...22 lines deleted...]
-      <c r="B42" s="0" t="s">
+      <c r="K67">
+        <v>8370</v>
+      </c>
+      <c r="L67">
+        <v>8160</v>
+      </c>
+      <c r="M67">
+        <v>7970</v>
+      </c>
+      <c r="N67">
+        <v>7790</v>
+      </c>
+      <c r="O67">
+        <v>7600</v>
+      </c>
+      <c r="P67">
+        <v>7400</v>
+      </c>
+      <c r="Q67">
+        <v>7230</v>
+      </c>
+      <c r="R67">
+        <v>7230</v>
+      </c>
+    </row>
+    <row r="68" spans="1:19">
+      <c r="A68" t="s">
+        <v>51</v>
+      </c>
+      <c r="B68" t="s">
         <v>23</v>
       </c>
-      <c r="C42" s="0">
-[...52 lines deleted...]
-      <c r="B43" s="6" t="s">
+      <c r="C68">
+        <v>1600</v>
+      </c>
+      <c r="D68">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>24</v>
+      </c>
+      <c r="F68" s="6">
+        <v>10520</v>
+      </c>
+      <c r="G68">
+        <v>10280</v>
+      </c>
+      <c r="H68">
+        <v>10020</v>
+      </c>
+      <c r="I68">
+        <v>9790</v>
+      </c>
+      <c r="J68">
+        <v>9550</v>
+      </c>
+      <c r="K68">
+        <v>9330</v>
+      </c>
+      <c r="L68">
+        <v>9190</v>
+      </c>
+      <c r="M68">
+        <v>9060</v>
+      </c>
+      <c r="N68">
+        <v>8930</v>
+      </c>
+      <c r="O68">
+        <v>8800</v>
+      </c>
+      <c r="P68">
+        <v>8680</v>
+      </c>
+      <c r="Q68">
+        <v>8550</v>
+      </c>
+      <c r="R68">
+        <v>8550</v>
+      </c>
+    </row>
+    <row r="69" spans="1:19">
+      <c r="A69" t="s">
+        <v>51</v>
+      </c>
+      <c r="B69" t="s">
+        <v>28</v>
+      </c>
+      <c r="C69">
+        <v>1590</v>
+      </c>
+      <c r="D69">
+        <v>8</v>
+      </c>
+      <c r="E69" t="s">
+        <v>24</v>
+      </c>
+      <c r="F69" s="6">
+        <v>11160</v>
+      </c>
+      <c r="G69">
+        <v>10900</v>
+      </c>
+      <c r="H69">
+        <v>10620</v>
+      </c>
+      <c r="I69">
+        <v>10370</v>
+      </c>
+      <c r="J69">
+        <v>10110</v>
+      </c>
+      <c r="K69">
+        <v>9870</v>
+      </c>
+      <c r="L69">
+        <v>9720</v>
+      </c>
+      <c r="M69">
+        <v>9570</v>
+      </c>
+      <c r="N69">
+        <v>9440</v>
+      </c>
+      <c r="O69">
+        <v>9290</v>
+      </c>
+      <c r="P69">
+        <v>9160</v>
+      </c>
+      <c r="Q69">
+        <v>9030</v>
+      </c>
+      <c r="R69">
+        <v>9030</v>
+      </c>
+    </row>
+    <row r="70" spans="1:19">
+      <c r="A70" t="s">
+        <v>52</v>
+      </c>
+      <c r="B70" t="s">
         <v>23</v>
       </c>
-      <c r="C43" s="6">
-[...394 lines deleted...]
-      <c r="D50" s="0">
+      <c r="C70">
+        <v>4500</v>
+      </c>
+      <c r="D70">
         <v>39</v>
       </c>
-      <c r="E50" s="0" t="s">
-[...1122 lines deleted...]
-      <c r="F70" s="8">
+      <c r="E70" t="s">
+        <v>24</v>
+      </c>
+      <c r="F70" s="6">
         <v>15760</v>
       </c>
-      <c r="G70" s="0">
+      <c r="G70">
         <v>15620</v>
       </c>
-      <c r="H70" s="0">
+      <c r="H70">
         <v>15470</v>
       </c>
-      <c r="I70" s="0">
+      <c r="I70">
         <v>15240</v>
       </c>
-      <c r="J70" s="0">
+      <c r="J70">
         <v>15000</v>
       </c>
-      <c r="K70" s="0">
+      <c r="K70">
         <v>14670</v>
       </c>
-      <c r="L70" s="0">
+      <c r="L70">
         <v>14590</v>
       </c>
-      <c r="M70" s="0">
+      <c r="M70">
         <v>14360</v>
       </c>
-      <c r="N70" s="0">
+      <c r="N70">
         <v>14190</v>
       </c>
-      <c r="O70" s="0">
+      <c r="O70">
         <v>14010</v>
       </c>
-      <c r="P70" s="0">
+      <c r="P70">
         <v>13840</v>
       </c>
-      <c r="Q70" s="0">
+      <c r="Q70">
         <v>13670</v>
       </c>
-      <c r="R70" s="0">
+      <c r="R70">
         <v>13670</v>
       </c>
     </row>
     <row r="71" spans="1:19">
-      <c r="A71" s="0" t="s">
+      <c r="A71" t="s">
         <v>53</v>
       </c>
-      <c r="B71" s="0"/>
-[...35 lines deleted...]
-      <c r="R72" s="0"/>
     </row>
     <row r="73" spans="1:19">
-      <c r="A73" s="0" t="s">
+      <c r="A73" t="s">
         <v>54</v>
       </c>
-      <c r="B73" s="0"/>
-[...15 lines deleted...]
-      <c r="R73" s="0"/>
     </row>
     <row r="74" spans="1:19" customHeight="1" ht="20">
       <c r="A74" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="2"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
       <c r="I74" s="2"/>
       <c r="J74" s="2"/>
       <c r="K74" s="2"/>
       <c r="L74" s="2"/>
       <c r="M74" s="2"/>
       <c r="N74" s="2"/>
       <c r="O74" s="2"/>
       <c r="P74" s="2"/>
       <c r="Q74" s="2"/>
       <c r="R74" s="2"/>
     </row>
     <row r="75" spans="1:19" customHeight="1" ht="21">
       <c r="A75" s="4" t="s">
@@ -4448,1176 +4314,1122 @@
         <v>14</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M75" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N75" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O75" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P75" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q75" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R75" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="76" spans="1:19">
-      <c r="A76" s="6" t="s">
+      <c r="A76" t="s">
         <v>27</v>
       </c>
-      <c r="B76" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C76" s="6">
+      <c r="B76" t="s">
+        <v>28</v>
+      </c>
+      <c r="C76">
         <v>1320</v>
       </c>
-      <c r="D76" s="6">
+      <c r="D76">
         <v>4</v>
       </c>
-      <c r="E76" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F76" s="7">
+      <c r="E76" t="s">
+        <v>24</v>
+      </c>
+      <c r="F76" s="5">
         <v>41.6</v>
       </c>
-      <c r="G76" s="6">
+      <c r="G76">
         <v>40.59999999999999</v>
       </c>
-      <c r="H76" s="6">
+      <c r="H76">
         <v>39.6</v>
       </c>
-      <c r="I76" s="6">
+      <c r="I76">
         <v>38.6</v>
       </c>
-      <c r="J76" s="6">
+      <c r="J76">
         <v>37.6</v>
       </c>
-      <c r="K76" s="6">
+      <c r="K76">
         <v>36.6</v>
       </c>
-      <c r="L76" s="6">
+      <c r="L76">
         <v>36.1</v>
       </c>
-      <c r="M76" s="6">
+      <c r="M76">
         <v>35.59999999999999</v>
       </c>
-      <c r="N76" s="6">
+      <c r="N76">
         <v>35.1</v>
       </c>
-      <c r="O76" s="6">
+      <c r="O76">
         <v>34.6</v>
       </c>
-      <c r="P76" s="6">
+      <c r="P76">
         <v>34.1</v>
       </c>
-      <c r="Q76" s="6">
+      <c r="Q76">
         <v>33.6</v>
       </c>
-      <c r="R76" s="6">
+      <c r="R76">
         <v>33.6</v>
       </c>
     </row>
     <row r="77" spans="1:19">
-      <c r="A77" s="0" t="s">
+      <c r="A77" t="s">
         <v>29</v>
       </c>
-      <c r="B77" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C77" s="0">
+      <c r="B77" t="s">
+        <v>28</v>
+      </c>
+      <c r="C77">
         <v>620</v>
       </c>
-      <c r="D77" s="0">
+      <c r="D77">
         <v>1</v>
       </c>
-      <c r="E77" s="0" t="s">
+      <c r="E77" t="s">
         <v>24</v>
       </c>
       <c r="F77" s="5">
         <v>20.3</v>
       </c>
-      <c r="G77" s="0">
+      <c r="G77">
         <v>19.8</v>
       </c>
-      <c r="H77" s="0">
+      <c r="H77">
         <v>19.3</v>
       </c>
-      <c r="I77" s="0">
+      <c r="I77">
         <v>18.8</v>
       </c>
-      <c r="J77" s="0">
+      <c r="J77">
         <v>18.3</v>
       </c>
-      <c r="K77" s="0">
+      <c r="K77">
         <v>17.9</v>
       </c>
-      <c r="L77" s="0">
+      <c r="L77">
         <v>17.6</v>
       </c>
-      <c r="M77" s="0">
+      <c r="M77">
         <v>17.3</v>
       </c>
-      <c r="N77" s="0">
+      <c r="N77">
         <v>17</v>
       </c>
-      <c r="O77" s="0">
+      <c r="O77">
         <v>16.7</v>
       </c>
-      <c r="P77" s="0">
+      <c r="P77">
         <v>16.5</v>
       </c>
-      <c r="Q77" s="0">
+      <c r="Q77">
         <v>16.3</v>
       </c>
-      <c r="R77" s="0">
+      <c r="R77">
         <v>16.3</v>
       </c>
     </row>
     <row r="78" spans="1:19">
-      <c r="A78" s="6" t="s">
+      <c r="A78" t="s">
         <v>30</v>
       </c>
-      <c r="B78" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C78" s="6">
+      <c r="B78" t="s">
+        <v>28</v>
+      </c>
+      <c r="C78">
         <v>1270</v>
       </c>
-      <c r="D78" s="6">
+      <c r="D78">
         <v>7</v>
       </c>
-      <c r="E78" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F78" s="7">
+      <c r="E78" t="s">
+        <v>24</v>
+      </c>
+      <c r="F78" s="5">
         <v>39.8</v>
       </c>
-      <c r="G78" s="6">
+      <c r="G78">
         <v>38.9</v>
       </c>
-      <c r="H78" s="6">
-[...2 lines deleted...]
-      <c r="I78" s="6">
+      <c r="H78">
+        <v>38.0</v>
+      </c>
+      <c r="I78">
         <v>37.1</v>
       </c>
-      <c r="J78" s="6">
+      <c r="J78">
         <v>36.2</v>
       </c>
-      <c r="K78" s="6">
+      <c r="K78">
         <v>35.3</v>
       </c>
-      <c r="L78" s="6">
+      <c r="L78">
         <v>34.8</v>
       </c>
-      <c r="M78" s="6">
+      <c r="M78">
         <v>34.3</v>
       </c>
-      <c r="N78" s="6">
+      <c r="N78">
         <v>33.8</v>
       </c>
-      <c r="O78" s="6">
+      <c r="O78">
         <v>33.3</v>
       </c>
-      <c r="P78" s="6">
+      <c r="P78">
         <v>32.8</v>
       </c>
-      <c r="Q78" s="6">
+      <c r="Q78">
         <v>32.3</v>
       </c>
-      <c r="R78" s="6">
+      <c r="R78">
         <v>32.3</v>
       </c>
     </row>
     <row r="79" spans="1:19">
-      <c r="A79" s="0" t="s">
+      <c r="A79" t="s">
         <v>31</v>
       </c>
-      <c r="B79" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C79" s="0">
+      <c r="B79" t="s">
+        <v>28</v>
+      </c>
+      <c r="C79">
         <v>1420</v>
       </c>
-      <c r="D79" s="0">
+      <c r="D79">
         <v>6</v>
       </c>
-      <c r="E79" s="0" t="s">
+      <c r="E79" t="s">
         <v>24</v>
       </c>
       <c r="F79" s="5">
         <v>40.2</v>
       </c>
-      <c r="G79" s="0">
+      <c r="G79">
         <v>39.2</v>
       </c>
-      <c r="H79" s="0">
+      <c r="H79">
         <v>38.3</v>
       </c>
-      <c r="I79" s="0">
+      <c r="I79">
         <v>37.4</v>
       </c>
-      <c r="J79" s="0">
+      <c r="J79">
         <v>36.5</v>
       </c>
-      <c r="K79" s="0">
+      <c r="K79">
         <v>35.6</v>
       </c>
-      <c r="L79" s="0">
+      <c r="L79">
         <v>35.1</v>
       </c>
-      <c r="M79" s="0">
+      <c r="M79">
         <v>34.59999999999999</v>
       </c>
-      <c r="N79" s="0">
+      <c r="N79">
         <v>34.1</v>
       </c>
-      <c r="O79" s="0">
+      <c r="O79">
         <v>33.6</v>
       </c>
-      <c r="P79" s="0">
+      <c r="P79">
         <v>33.1</v>
       </c>
-      <c r="Q79" s="0">
+      <c r="Q79">
         <v>32.6</v>
       </c>
-      <c r="R79" s="0">
+      <c r="R79">
         <v>32.6</v>
       </c>
     </row>
     <row r="80" spans="1:19">
-      <c r="A80" s="6" t="s">
+      <c r="A80" t="s">
         <v>32</v>
       </c>
-      <c r="B80" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C80" s="6">
+      <c r="B80" t="s">
+        <v>28</v>
+      </c>
+      <c r="C80">
         <v>550</v>
       </c>
-      <c r="D80" s="6">
+      <c r="D80">
         <v>2</v>
       </c>
-      <c r="E80" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F80" s="7">
+      <c r="E80" t="s">
+        <v>24</v>
+      </c>
+      <c r="F80" s="5">
         <v>25.7</v>
       </c>
-      <c r="G80" s="6">
+      <c r="G80">
         <v>25.1</v>
       </c>
-      <c r="H80" s="6">
+      <c r="H80">
         <v>24.5</v>
       </c>
-      <c r="I80" s="6">
+      <c r="I80">
         <v>23.9</v>
       </c>
-      <c r="J80" s="6">
+      <c r="J80">
         <v>23.3</v>
       </c>
-      <c r="K80" s="6">
+      <c r="K80">
         <v>22.7</v>
       </c>
-      <c r="L80" s="6">
+      <c r="L80">
         <v>22.4</v>
       </c>
-      <c r="M80" s="6">
+      <c r="M80">
         <v>22.1</v>
       </c>
-      <c r="N80" s="6">
+      <c r="N80">
         <v>21.8</v>
       </c>
-      <c r="O80" s="6">
+      <c r="O80">
         <v>21.5</v>
       </c>
-      <c r="P80" s="6">
+      <c r="P80">
         <v>21.2</v>
       </c>
-      <c r="Q80" s="6">
+      <c r="Q80">
         <v>20.9</v>
       </c>
-      <c r="R80" s="6">
+      <c r="R80">
         <v>20.9</v>
       </c>
     </row>
     <row r="81" spans="1:19">
-      <c r="A81" s="0" t="s">
+      <c r="A81" t="s">
         <v>34</v>
       </c>
-      <c r="B81" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C81" s="0">
+      <c r="B81" t="s">
+        <v>28</v>
+      </c>
+      <c r="C81">
         <v>670</v>
       </c>
-      <c r="D81" s="0">
+      <c r="D81">
         <v>3</v>
       </c>
-      <c r="E81" s="0" t="s">
+      <c r="E81" t="s">
         <v>24</v>
       </c>
       <c r="F81" s="5">
         <v>25.5</v>
       </c>
-      <c r="G81" s="0">
+      <c r="G81">
         <v>24.9</v>
       </c>
-      <c r="H81" s="0">
+      <c r="H81">
         <v>24.3</v>
       </c>
-      <c r="I81" s="0">
+      <c r="I81">
         <v>23.7</v>
       </c>
-      <c r="J81" s="0">
+      <c r="J81">
         <v>23.1</v>
       </c>
-      <c r="K81" s="0">
+      <c r="K81">
         <v>22.5</v>
       </c>
-      <c r="L81" s="0">
+      <c r="L81">
         <v>22.2</v>
       </c>
-      <c r="M81" s="0">
+      <c r="M81">
         <v>21.9</v>
       </c>
-      <c r="N81" s="0">
+      <c r="N81">
         <v>21.6</v>
       </c>
-      <c r="O81" s="0">
+      <c r="O81">
         <v>21.3</v>
       </c>
-      <c r="P81" s="0">
+      <c r="P81">
         <v>21</v>
       </c>
-      <c r="Q81" s="0">
+      <c r="Q81">
         <v>20.7</v>
       </c>
-      <c r="R81" s="0">
+      <c r="R81">
         <v>20.7</v>
       </c>
     </row>
     <row r="82" spans="1:19">
-      <c r="A82" s="6" t="s">
+      <c r="A82" t="s">
         <v>35</v>
       </c>
-      <c r="B82" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C82" s="6">
+      <c r="B82" t="s">
+        <v>28</v>
+      </c>
+      <c r="C82">
         <v>1670</v>
       </c>
-      <c r="D82" s="6">
+      <c r="D82">
         <v>6</v>
       </c>
-      <c r="E82" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F82" s="7">
+      <c r="E82" t="s">
+        <v>24</v>
+      </c>
+      <c r="F82" s="5">
         <v>46.1</v>
       </c>
-      <c r="G82" s="6">
+      <c r="G82">
         <v>44.7</v>
       </c>
-      <c r="H82" s="6">
+      <c r="H82">
         <v>43.90000000000001</v>
       </c>
-      <c r="I82" s="6">
+      <c r="I82">
         <v>42.9</v>
       </c>
-      <c r="J82" s="6">
+      <c r="J82">
         <v>42.1</v>
       </c>
-      <c r="K82" s="6">
+      <c r="K82">
         <v>40.3</v>
       </c>
-      <c r="L82" s="6">
+      <c r="L82">
         <v>38.59999999999999</v>
       </c>
-      <c r="M82" s="6">
-[...5 lines deleted...]
-      <c r="O82" s="6">
+      <c r="M82">
+        <v>38.099999999999994</v>
+      </c>
+      <c r="N82">
+        <v>37.0</v>
+      </c>
+      <c r="O82">
         <v>36.7</v>
       </c>
-      <c r="P82" s="6">
+      <c r="P82">
         <v>36.4</v>
       </c>
-      <c r="Q82" s="6">
+      <c r="Q82">
         <v>36.1</v>
       </c>
-      <c r="R82" s="6">
+      <c r="R82">
         <v>36.1</v>
       </c>
     </row>
     <row r="83" spans="1:19">
-      <c r="A83" s="0" t="s">
+      <c r="A83" t="s">
         <v>36</v>
       </c>
-      <c r="B83" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C83" s="0">
+      <c r="B83" t="s">
+        <v>28</v>
+      </c>
+      <c r="C83">
         <v>1330</v>
       </c>
-      <c r="D83" s="0">
+      <c r="D83">
         <v>5</v>
       </c>
-      <c r="E83" s="0" t="s">
+      <c r="E83" t="s">
         <v>24</v>
       </c>
       <c r="F83" s="5">
         <v>34.2</v>
       </c>
-      <c r="G83" s="0">
+      <c r="G83">
         <v>33.5</v>
       </c>
-      <c r="H83" s="0">
+      <c r="H83">
         <v>32.8</v>
       </c>
-      <c r="I83" s="0">
+      <c r="I83">
         <v>32.1</v>
       </c>
-      <c r="J83" s="0">
+      <c r="J83">
         <v>31.4</v>
       </c>
-      <c r="K83" s="0">
+      <c r="K83">
         <v>30.3</v>
       </c>
-      <c r="L83" s="0">
+      <c r="L83">
         <v>29.7</v>
       </c>
-      <c r="M83" s="0">
-[...2 lines deleted...]
-      <c r="N83" s="0">
+      <c r="M83">
+        <v>29.099999999999998</v>
+      </c>
+      <c r="N83">
         <v>28.4</v>
       </c>
-      <c r="O83" s="0">
+      <c r="O83">
         <v>27.8</v>
       </c>
-      <c r="P83" s="0">
+      <c r="P83">
         <v>27.2</v>
       </c>
-      <c r="Q83" s="0">
+      <c r="Q83">
         <v>26.9</v>
       </c>
-      <c r="R83" s="0">
+      <c r="R83">
         <v>26.9</v>
       </c>
     </row>
     <row r="84" spans="1:19">
-      <c r="A84" s="6" t="s">
+      <c r="A84" t="s">
         <v>38</v>
       </c>
-      <c r="B84" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C84" s="6">
+      <c r="B84" t="s">
+        <v>28</v>
+      </c>
+      <c r="C84">
         <v>550</v>
       </c>
-      <c r="D84" s="6">
+      <c r="D84">
         <v>1</v>
       </c>
-      <c r="E84" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F84" s="7">
+      <c r="E84" t="s">
+        <v>24</v>
+      </c>
+      <c r="F84" s="5">
         <v>14.3</v>
       </c>
-      <c r="G84" s="6">
+      <c r="G84">
         <v>14</v>
       </c>
-      <c r="H84" s="6">
+      <c r="H84">
         <v>13.7</v>
       </c>
-      <c r="I84" s="6">
+      <c r="I84">
         <v>13.4</v>
       </c>
-      <c r="J84" s="6">
+      <c r="J84">
         <v>13.1</v>
       </c>
-      <c r="K84" s="6">
+      <c r="K84">
         <v>12.8</v>
       </c>
-      <c r="L84" s="6">
+      <c r="L84">
         <v>12.6</v>
       </c>
-      <c r="M84" s="6">
+      <c r="M84">
         <v>12.4</v>
       </c>
-      <c r="N84" s="6">
+      <c r="N84">
         <v>12.2</v>
       </c>
-      <c r="O84" s="6">
+      <c r="O84">
         <v>12</v>
       </c>
-      <c r="P84" s="6">
+      <c r="P84">
         <v>11.8</v>
       </c>
-      <c r="Q84" s="6">
+      <c r="Q84">
         <v>11.6</v>
       </c>
-      <c r="R84" s="6">
+      <c r="R84">
         <v>11.6</v>
       </c>
     </row>
     <row r="85" spans="1:19">
-      <c r="A85" s="0" t="s">
+      <c r="A85" t="s">
         <v>39</v>
       </c>
-      <c r="B85" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C85" s="0">
+      <c r="B85" t="s">
+        <v>28</v>
+      </c>
+      <c r="C85">
         <v>800</v>
       </c>
-      <c r="D85" s="0">
-[...2 lines deleted...]
-      <c r="E85" s="0" t="s">
+      <c r="D85">
+        <v>5</v>
+      </c>
+      <c r="E85" t="s">
         <v>24</v>
       </c>
       <c r="F85" s="5">
-        <v>27.9</v>
-[...35 lines deleted...]
-        <v>22.6</v>
+        <v>31</v>
+      </c>
+      <c r="G85">
+        <v>30.2</v>
+      </c>
+      <c r="H85">
+        <v>29.5</v>
+      </c>
+      <c r="I85">
+        <v>28.8</v>
+      </c>
+      <c r="J85">
+        <v>28.1</v>
+      </c>
+      <c r="K85">
+        <v>27.4</v>
+      </c>
+      <c r="L85">
+        <v>27</v>
+      </c>
+      <c r="M85">
+        <v>26.6</v>
+      </c>
+      <c r="N85">
+        <v>26.2</v>
+      </c>
+      <c r="O85">
+        <v>25.8</v>
+      </c>
+      <c r="P85">
+        <v>25.4</v>
+      </c>
+      <c r="Q85">
+        <v>25</v>
+      </c>
+      <c r="R85">
+        <v>25</v>
       </c>
     </row>
     <row r="86" spans="1:19">
-      <c r="A86" s="6" t="s">
+      <c r="A86" t="s">
         <v>41</v>
       </c>
-      <c r="B86" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D86" s="6">
+      <c r="B86" t="s">
+        <v>28</v>
+      </c>
+      <c r="C86">
+        <v>1270</v>
+      </c>
+      <c r="D86">
         <v>5</v>
       </c>
-      <c r="E86" s="6" t="s">
-[...39 lines deleted...]
-        <v>33.7</v>
+      <c r="E86" t="s">
+        <v>24</v>
+      </c>
+      <c r="F86" s="5">
+        <v>43.1</v>
+      </c>
+      <c r="G86">
+        <v>42.099999999999994</v>
+      </c>
+      <c r="H86">
+        <v>41.1</v>
+      </c>
+      <c r="I86">
+        <v>40.099999999999994</v>
+      </c>
+      <c r="J86">
+        <v>39.1</v>
+      </c>
+      <c r="K86">
+        <v>38.1</v>
+      </c>
+      <c r="L86">
+        <v>37.6</v>
+      </c>
+      <c r="M86">
+        <v>37.099999999999994</v>
+      </c>
+      <c r="N86">
+        <v>36.6</v>
+      </c>
+      <c r="O86">
+        <v>36.1</v>
+      </c>
+      <c r="P86">
+        <v>35.6</v>
+      </c>
+      <c r="Q86">
+        <v>35.1</v>
+      </c>
+      <c r="R86">
+        <v>35.1</v>
       </c>
     </row>
     <row r="87" spans="1:19">
-      <c r="A87" s="0" t="s">
+      <c r="A87" t="s">
         <v>43</v>
       </c>
-      <c r="B87" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C87" s="0">
+      <c r="B87" t="s">
+        <v>28</v>
+      </c>
+      <c r="C87">
         <v>800</v>
       </c>
-      <c r="D87" s="0">
+      <c r="D87">
         <v>2</v>
       </c>
-      <c r="E87" s="0" t="s">
+      <c r="E87" t="s">
         <v>24</v>
       </c>
       <c r="F87" s="5">
         <v>14.2</v>
       </c>
-      <c r="G87" s="0">
+      <c r="G87">
         <v>13.9</v>
       </c>
-      <c r="H87" s="0">
+      <c r="H87">
         <v>13.6</v>
       </c>
-      <c r="I87" s="0">
+      <c r="I87">
         <v>13.3</v>
       </c>
-      <c r="J87" s="0">
+      <c r="J87">
         <v>13</v>
       </c>
-      <c r="K87" s="0">
+      <c r="K87">
         <v>12.7</v>
       </c>
-      <c r="L87" s="0">
+      <c r="L87">
         <v>12.5</v>
       </c>
-      <c r="M87" s="0">
+      <c r="M87">
         <v>12.3</v>
       </c>
-      <c r="N87" s="0">
+      <c r="N87">
         <v>12.1</v>
       </c>
-      <c r="O87" s="0">
+      <c r="O87">
         <v>11.9</v>
       </c>
-      <c r="P87" s="0">
+      <c r="P87">
         <v>11.7</v>
       </c>
-      <c r="Q87" s="0">
+      <c r="Q87">
         <v>11.5</v>
       </c>
-      <c r="R87" s="0">
+      <c r="R87">
         <v>11.5</v>
       </c>
     </row>
     <row r="88" spans="1:19">
-      <c r="A88" s="6" t="s">
+      <c r="A88" t="s">
         <v>44</v>
       </c>
-      <c r="B88" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C88" s="6">
+      <c r="B88" t="s">
+        <v>28</v>
+      </c>
+      <c r="C88">
         <v>2520</v>
       </c>
-      <c r="D88" s="6">
+      <c r="D88">
         <v>7</v>
       </c>
-      <c r="E88" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F88" s="7">
+      <c r="E88" t="s">
+        <v>24</v>
+      </c>
+      <c r="F88" s="5">
         <v>55.6</v>
       </c>
-      <c r="G88" s="6">
+      <c r="G88">
         <v>54.3</v>
       </c>
-      <c r="H88" s="6">
-[...2 lines deleted...]
-      <c r="I88" s="6">
+      <c r="H88">
+        <v>53.0</v>
+      </c>
+      <c r="I88">
         <v>51.7</v>
       </c>
-      <c r="J88" s="6">
+      <c r="J88">
         <v>50.4</v>
       </c>
-      <c r="K88" s="6">
+      <c r="K88">
         <v>49.1</v>
       </c>
-      <c r="L88" s="6">
+      <c r="L88">
         <v>48.4</v>
       </c>
-      <c r="M88" s="6">
+      <c r="M88">
         <v>47.7</v>
       </c>
-      <c r="N88" s="6">
-[...2 lines deleted...]
-      <c r="O88" s="6">
+      <c r="N88">
+        <v>47.0</v>
+      </c>
+      <c r="O88">
         <v>46.3</v>
       </c>
-      <c r="P88" s="6">
+      <c r="P88">
         <v>45.6</v>
       </c>
-      <c r="Q88" s="6">
+      <c r="Q88">
         <v>44.9</v>
       </c>
-      <c r="R88" s="6">
+      <c r="R88">
         <v>44.9</v>
       </c>
     </row>
     <row r="89" spans="1:19">
-      <c r="A89" s="0" t="s">
+      <c r="A89" t="s">
         <v>45</v>
       </c>
-      <c r="B89" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C89" s="0">
+      <c r="B89" t="s">
+        <v>28</v>
+      </c>
+      <c r="C89">
         <v>2270</v>
       </c>
-      <c r="D89" s="0">
+      <c r="D89">
         <v>9</v>
       </c>
-      <c r="E89" s="0" t="s">
+      <c r="E89" t="s">
         <v>24</v>
       </c>
       <c r="F89" s="5">
         <v>51.7</v>
       </c>
-      <c r="G89" s="0">
-[...2 lines deleted...]
-      <c r="H89" s="0">
+      <c r="G89">
+        <v>51.099999999999994</v>
+      </c>
+      <c r="H89">
         <v>50.40000000000001</v>
       </c>
-      <c r="I89" s="0">
+      <c r="I89">
         <v>49.7</v>
       </c>
-      <c r="J89" s="0">
+      <c r="J89">
         <v>48.90000000000001</v>
       </c>
-      <c r="K89" s="0">
+      <c r="K89">
         <v>48.2</v>
       </c>
-      <c r="L89" s="0">
+      <c r="L89">
         <v>47.7</v>
       </c>
-      <c r="M89" s="0">
+      <c r="M89">
         <v>47.2</v>
       </c>
-      <c r="N89" s="0">
+      <c r="N89">
         <v>46.8</v>
       </c>
-      <c r="O89" s="0">
+      <c r="O89">
         <v>46.5</v>
       </c>
-      <c r="P89" s="0">
+      <c r="P89">
         <v>46</v>
       </c>
-      <c r="Q89" s="0">
+      <c r="Q89">
         <v>45.7</v>
       </c>
-      <c r="R89" s="0">
+      <c r="R89">
         <v>45.7</v>
       </c>
     </row>
     <row r="90" spans="1:19">
-      <c r="A90" s="6" t="s">
+      <c r="A90" t="s">
         <v>46</v>
       </c>
-      <c r="B90" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C90" s="6">
+      <c r="B90" t="s">
+        <v>28</v>
+      </c>
+      <c r="C90">
         <v>2270</v>
       </c>
-      <c r="D90" s="6">
+      <c r="D90">
         <v>8</v>
       </c>
-      <c r="E90" s="6" t="s">
-[...39 lines deleted...]
-        <v>41.8</v>
+      <c r="E90" t="s">
+        <v>24</v>
+      </c>
+      <c r="F90" s="5">
+        <v>53.2</v>
+      </c>
+      <c r="G90">
+        <v>52.0</v>
+      </c>
+      <c r="H90">
+        <v>50.8</v>
+      </c>
+      <c r="I90">
+        <v>49.59999999999999</v>
+      </c>
+      <c r="J90">
+        <v>48.4</v>
+      </c>
+      <c r="K90">
+        <v>47.2</v>
+      </c>
+      <c r="L90">
+        <v>46.5</v>
+      </c>
+      <c r="M90">
+        <v>45.8</v>
+      </c>
+      <c r="N90">
+        <v>45.1</v>
+      </c>
+      <c r="O90">
+        <v>44.40000000000001</v>
+      </c>
+      <c r="P90">
+        <v>43.7</v>
+      </c>
+      <c r="Q90">
+        <v>43.0</v>
+      </c>
+      <c r="R90">
+        <v>43.0</v>
       </c>
     </row>
     <row r="91" spans="1:19">
-      <c r="A91" s="0" t="s">
+      <c r="A91" t="s">
         <v>48</v>
       </c>
-      <c r="B91" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C91" s="0">
+      <c r="B91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C91">
         <v>1320</v>
       </c>
-      <c r="D91" s="0">
+      <c r="D91">
         <v>6</v>
       </c>
-      <c r="E91" s="0" t="s">
+      <c r="E91" t="s">
         <v>24</v>
       </c>
       <c r="F91" s="5">
         <v>42.3</v>
       </c>
-      <c r="G91" s="0">
+      <c r="G91">
         <v>41.3</v>
       </c>
-      <c r="H91" s="0">
+      <c r="H91">
         <v>40.3</v>
       </c>
-      <c r="I91" s="0">
+      <c r="I91">
         <v>39.3</v>
       </c>
-      <c r="J91" s="0">
+      <c r="J91">
         <v>38.3</v>
       </c>
-      <c r="K91" s="0">
+      <c r="K91">
         <v>37.3</v>
       </c>
-      <c r="L91" s="0">
+      <c r="L91">
         <v>36.8</v>
       </c>
-      <c r="M91" s="0">
+      <c r="M91">
         <v>36.3</v>
       </c>
-      <c r="N91" s="0">
+      <c r="N91">
         <v>35.8</v>
       </c>
-      <c r="O91" s="0">
+      <c r="O91">
         <v>35.3</v>
       </c>
-      <c r="P91" s="0">
+      <c r="P91">
         <v>34.8</v>
       </c>
-      <c r="Q91" s="0">
+      <c r="Q91">
         <v>34.3</v>
       </c>
-      <c r="R91" s="0">
+      <c r="R91">
         <v>34.3</v>
       </c>
     </row>
     <row r="92" spans="1:19">
-      <c r="A92" s="6" t="s">
+      <c r="A92" t="s">
         <v>50</v>
       </c>
-      <c r="B92" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C92" s="6">
+      <c r="B92" t="s">
+        <v>28</v>
+      </c>
+      <c r="C92">
         <v>1270</v>
       </c>
-      <c r="D92" s="6">
+      <c r="D92">
         <v>6</v>
       </c>
-      <c r="E92" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F92" s="7">
+      <c r="E92" t="s">
+        <v>24</v>
+      </c>
+      <c r="F92" s="5">
         <v>36.4</v>
       </c>
-      <c r="G92" s="6">
+      <c r="G92">
         <v>35.7</v>
       </c>
-      <c r="H92" s="6">
-[...2 lines deleted...]
-      <c r="I92" s="6">
+      <c r="H92">
+        <v>35.0</v>
+      </c>
+      <c r="I92">
         <v>34.3</v>
       </c>
-      <c r="J92" s="6">
+      <c r="J92">
         <v>33.5</v>
       </c>
-      <c r="K92" s="6">
+      <c r="K92">
         <v>32.6</v>
       </c>
-      <c r="L92" s="6">
-[...2 lines deleted...]
-      <c r="M92" s="6">
+      <c r="L92">
+        <v>32.0</v>
+      </c>
+      <c r="M92">
         <v>31.4</v>
       </c>
-      <c r="N92" s="6">
+      <c r="N92">
         <v>30.9</v>
       </c>
-      <c r="O92" s="6">
+      <c r="O92">
         <v>30.2</v>
       </c>
-      <c r="P92" s="6">
+      <c r="P92">
         <v>29.6</v>
       </c>
-      <c r="Q92" s="6">
+      <c r="Q92">
         <v>29.1</v>
       </c>
-      <c r="R92" s="6">
+      <c r="R92">
         <v>29.1</v>
       </c>
     </row>
     <row r="93" spans="1:19">
-      <c r="A93" s="0" t="s">
+      <c r="A93" t="s">
         <v>51</v>
       </c>
-      <c r="B93" s="0" t="s">
-[...5 lines deleted...]
-      <c r="D93" s="0">
+      <c r="B93" t="s">
+        <v>28</v>
+      </c>
+      <c r="C93">
+        <v>1570</v>
+      </c>
+      <c r="D93">
         <v>7</v>
       </c>
-      <c r="E93" s="0" t="s">
+      <c r="E93" t="s">
         <v>24</v>
       </c>
       <c r="F93" s="5">
-        <v>42.1</v>
-[...35 lines deleted...]
-        <v>34.1</v>
+        <v>47.7</v>
+      </c>
+      <c r="G93">
+        <v>46.59999999999999</v>
+      </c>
+      <c r="H93">
+        <v>45.5</v>
+      </c>
+      <c r="I93">
+        <v>44.4</v>
+      </c>
+      <c r="J93">
+        <v>43.3</v>
+      </c>
+      <c r="K93">
+        <v>42.2</v>
+      </c>
+      <c r="L93">
+        <v>41.59999999999999</v>
+      </c>
+      <c r="M93">
+        <v>41.0</v>
+      </c>
+      <c r="N93">
+        <v>40.40000000000001</v>
+      </c>
+      <c r="O93">
+        <v>39.8</v>
+      </c>
+      <c r="P93">
+        <v>39.2</v>
+      </c>
+      <c r="Q93">
+        <v>38.59999999999999</v>
+      </c>
+      <c r="R93">
+        <v>38.59999999999999</v>
       </c>
     </row>
     <row r="94" spans="1:19">
-      <c r="A94" s="6" t="s">
+      <c r="A94" t="s">
         <v>71</v>
       </c>
-      <c r="B94" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C94" s="6">
+      <c r="B94" t="s">
+        <v>28</v>
+      </c>
+      <c r="C94">
         <v>1270</v>
       </c>
-      <c r="D94" s="6">
+      <c r="D94">
         <v>6</v>
       </c>
-      <c r="E94" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F94" s="7">
+      <c r="E94" t="s">
+        <v>24</v>
+      </c>
+      <c r="F94" s="5">
         <v>35.7</v>
       </c>
-      <c r="G94" s="6">
-[...2 lines deleted...]
-      <c r="H94" s="6">
+      <c r="G94">
+        <v>35.0</v>
+      </c>
+      <c r="H94">
         <v>34.3</v>
       </c>
-      <c r="I94" s="6">
+      <c r="I94">
         <v>33.6</v>
       </c>
-      <c r="J94" s="6">
+      <c r="J94">
         <v>32.90000000000001</v>
       </c>
-      <c r="K94" s="6">
+      <c r="K94">
         <v>32.1</v>
       </c>
-      <c r="L94" s="6">
+      <c r="L94">
         <v>31.7</v>
       </c>
-      <c r="M94" s="6">
+      <c r="M94">
         <v>30.9</v>
       </c>
-      <c r="N94" s="6">
+      <c r="N94">
         <v>29.5</v>
       </c>
-      <c r="O94" s="6">
+      <c r="O94">
         <v>28.3</v>
       </c>
-      <c r="P94" s="6">
+      <c r="P94">
         <v>27.4</v>
       </c>
-      <c r="Q94" s="6">
+      <c r="Q94">
         <v>26.9</v>
       </c>
-      <c r="R94" s="6">
+      <c r="R94">
         <v>26.9</v>
       </c>
     </row>
     <row r="95" spans="1:19">
-      <c r="A95" s="0" t="s">
+      <c r="A95" t="s">
         <v>53</v>
       </c>
-      <c r="B95" s="0"/>
-[...35 lines deleted...]
-      <c r="R96" s="0"/>
     </row>
     <row r="97" spans="1:19">
-      <c r="A97" s="0" t="s">
+      <c r="A97" t="s">
         <v>54</v>
       </c>
-      <c r="B97" s="0"/>
-[...15 lines deleted...]
-      <c r="R97" s="0"/>
     </row>
     <row r="98" spans="1:19" customHeight="1" ht="20">
       <c r="A98" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
       <c r="D98" s="2"/>
       <c r="E98" s="2"/>
       <c r="F98" s="2"/>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
       <c r="I98" s="2"/>
       <c r="J98" s="2"/>
       <c r="K98" s="2"/>
       <c r="L98" s="2"/>
       <c r="M98" s="2"/>
       <c r="N98" s="2"/>
       <c r="O98" s="2"/>
       <c r="P98" s="2"/>
       <c r="Q98" s="2"/>
       <c r="R98" s="2"/>
     </row>
     <row r="99" spans="1:19" customHeight="1" ht="21">
       <c r="A99" s="4" t="s">
@@ -5654,1230 +5466,1169 @@
         <v>61</v>
       </c>
       <c r="L99" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M99" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N99" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O99" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P99" s="4" t="s">
         <v>66</v>
       </c>
       <c r="Q99" s="4" t="s">
         <v>67</v>
       </c>
       <c r="R99" s="4" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="100" spans="1:19">
-      <c r="A100" s="6" t="s">
+      <c r="A100" t="s">
         <v>27</v>
       </c>
-      <c r="B100" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C100" s="6">
+      <c r="B100" t="s">
+        <v>28</v>
+      </c>
+      <c r="C100">
         <v>1320</v>
       </c>
-      <c r="D100" s="6">
+      <c r="D100">
         <v>4</v>
       </c>
-      <c r="E100" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F100" s="9">
+      <c r="E100" t="s">
+        <v>24</v>
+      </c>
+      <c r="F100" s="6">
         <v>10410</v>
       </c>
-      <c r="G100" s="6">
+      <c r="G100">
         <v>10150</v>
       </c>
-      <c r="H100" s="6">
+      <c r="H100">
         <v>9910</v>
       </c>
-      <c r="I100" s="6">
+      <c r="I100">
         <v>9660</v>
       </c>
-      <c r="J100" s="6">
+      <c r="J100">
         <v>9420</v>
       </c>
-      <c r="K100" s="6">
+      <c r="K100">
         <v>9190</v>
       </c>
-      <c r="L100" s="6">
+      <c r="L100">
         <v>9060</v>
       </c>
-      <c r="M100" s="6">
+      <c r="M100">
         <v>8930</v>
       </c>
-      <c r="N100" s="6">
+      <c r="N100">
         <v>8790</v>
       </c>
-      <c r="O100" s="6">
+      <c r="O100">
         <v>8660</v>
       </c>
-      <c r="P100" s="6">
+      <c r="P100">
         <v>8540</v>
       </c>
-      <c r="Q100" s="6">
+      <c r="Q100">
         <v>8410</v>
       </c>
-      <c r="R100" s="6">
+      <c r="R100">
         <v>8410</v>
       </c>
     </row>
     <row r="101" spans="1:19">
-      <c r="A101" s="0" t="s">
+      <c r="A101" t="s">
         <v>29</v>
       </c>
-      <c r="B101" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C101" s="0">
+      <c r="B101" t="s">
+        <v>28</v>
+      </c>
+      <c r="C101">
         <v>620</v>
       </c>
-      <c r="D101" s="0">
+      <c r="D101">
         <v>1</v>
       </c>
-      <c r="E101" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F101" s="8">
+      <c r="E101" t="s">
+        <v>24</v>
+      </c>
+      <c r="F101" s="6">
         <v>5050</v>
       </c>
-      <c r="G101" s="0">
+      <c r="G101">
         <v>4920</v>
       </c>
-      <c r="H101" s="0">
+      <c r="H101">
         <v>4800</v>
       </c>
-      <c r="I101" s="0">
+      <c r="I101">
         <v>4690</v>
       </c>
-      <c r="J101" s="0">
+      <c r="J101">
         <v>4570</v>
       </c>
-      <c r="K101" s="0">
+      <c r="K101">
         <v>4460</v>
       </c>
-      <c r="L101" s="0">
+      <c r="L101">
         <v>4400</v>
       </c>
-      <c r="M101" s="0">
+      <c r="M101">
         <v>4330</v>
       </c>
-      <c r="N101" s="0">
+      <c r="N101">
         <v>4270</v>
       </c>
-      <c r="O101" s="0">
+      <c r="O101">
         <v>4200</v>
       </c>
-      <c r="P101" s="0">
+      <c r="P101">
         <v>4140</v>
       </c>
-      <c r="Q101" s="0">
+      <c r="Q101">
         <v>4080</v>
       </c>
-      <c r="R101" s="0">
+      <c r="R101">
         <v>4080</v>
       </c>
     </row>
     <row r="102" spans="1:19">
-      <c r="A102" s="6" t="s">
+      <c r="A102" t="s">
         <v>30</v>
       </c>
-      <c r="B102" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C102" s="6">
+      <c r="B102" t="s">
+        <v>28</v>
+      </c>
+      <c r="C102">
         <v>1270</v>
       </c>
-      <c r="D102" s="6">
+      <c r="D102">
         <v>7</v>
       </c>
-      <c r="E102" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F102" s="9">
+      <c r="E102" t="s">
+        <v>24</v>
+      </c>
+      <c r="F102" s="6">
         <v>10000</v>
       </c>
-      <c r="G102" s="6">
+      <c r="G102">
         <v>9760</v>
       </c>
-      <c r="H102" s="6">
+      <c r="H102">
         <v>9520</v>
       </c>
-      <c r="I102" s="6">
+      <c r="I102">
         <v>9290</v>
       </c>
-      <c r="J102" s="6">
+      <c r="J102">
         <v>9060</v>
       </c>
-      <c r="K102" s="6">
+      <c r="K102">
         <v>8840</v>
       </c>
-      <c r="L102" s="6">
+      <c r="L102">
         <v>8710</v>
       </c>
-      <c r="M102" s="6">
+      <c r="M102">
         <v>8580</v>
       </c>
-      <c r="N102" s="6">
+      <c r="N102">
         <v>8450</v>
       </c>
-      <c r="O102" s="6">
+      <c r="O102">
         <v>8320</v>
       </c>
-      <c r="P102" s="6">
+      <c r="P102">
         <v>8210</v>
       </c>
-      <c r="Q102" s="6">
+      <c r="Q102">
         <v>8090</v>
       </c>
-      <c r="R102" s="6">
+      <c r="R102">
         <v>8090</v>
       </c>
     </row>
     <row r="103" spans="1:19">
-      <c r="A103" s="0" t="s">
+      <c r="A103" t="s">
         <v>31</v>
       </c>
-      <c r="B103" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C103" s="0">
+      <c r="B103" t="s">
+        <v>28</v>
+      </c>
+      <c r="C103">
         <v>1420</v>
       </c>
-      <c r="D103" s="0">
+      <c r="D103">
         <v>6</v>
       </c>
-      <c r="E103" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F103" s="8">
+      <c r="E103" t="s">
+        <v>24</v>
+      </c>
+      <c r="F103" s="6">
         <v>10100</v>
       </c>
-      <c r="G103" s="0">
+      <c r="G103">
         <v>9850</v>
       </c>
-      <c r="H103" s="0">
+      <c r="H103">
         <v>9610</v>
       </c>
-      <c r="I103" s="0">
+      <c r="I103">
         <v>9380</v>
       </c>
-      <c r="J103" s="0">
+      <c r="J103">
         <v>9150</v>
       </c>
-      <c r="K103" s="0">
+      <c r="K103">
         <v>8930</v>
       </c>
-      <c r="L103" s="0">
+      <c r="L103">
         <v>8800</v>
       </c>
-      <c r="M103" s="0">
+      <c r="M103">
         <v>8670</v>
       </c>
-      <c r="N103" s="0">
+      <c r="N103">
         <v>8530</v>
       </c>
-      <c r="O103" s="0">
+      <c r="O103">
         <v>8410</v>
       </c>
-      <c r="P103" s="0">
+      <c r="P103">
         <v>8290</v>
       </c>
-      <c r="Q103" s="0">
+      <c r="Q103">
         <v>8170</v>
       </c>
-      <c r="R103" s="0">
+      <c r="R103">
         <v>8170</v>
       </c>
     </row>
     <row r="104" spans="1:19">
-      <c r="A104" s="6" t="s">
+      <c r="A104" t="s">
         <v>32</v>
       </c>
-      <c r="B104" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C104" s="6">
+      <c r="B104" t="s">
+        <v>28</v>
+      </c>
+      <c r="C104">
         <v>550</v>
       </c>
-      <c r="D104" s="6">
+      <c r="D104">
         <v>2</v>
       </c>
-      <c r="E104" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F104" s="9">
+      <c r="E104" t="s">
+        <v>24</v>
+      </c>
+      <c r="F104" s="6">
         <v>6470</v>
       </c>
-      <c r="G104" s="6">
+      <c r="G104">
         <v>6310</v>
       </c>
-      <c r="H104" s="6">
+      <c r="H104">
         <v>6160</v>
       </c>
-      <c r="I104" s="6">
+      <c r="I104">
         <v>6010</v>
       </c>
-      <c r="J104" s="6">
+      <c r="J104">
         <v>5860</v>
       </c>
-      <c r="K104" s="6">
+      <c r="K104">
         <v>5720</v>
       </c>
-      <c r="L104" s="6">
+      <c r="L104">
         <v>5630</v>
       </c>
-      <c r="M104" s="6">
+      <c r="M104">
         <v>5550</v>
       </c>
-      <c r="N104" s="6">
+      <c r="N104">
         <v>5470</v>
       </c>
-      <c r="O104" s="6">
+      <c r="O104">
         <v>5390</v>
       </c>
-      <c r="P104" s="6">
+      <c r="P104">
         <v>5310</v>
       </c>
-      <c r="Q104" s="6">
+      <c r="Q104">
         <v>5230</v>
       </c>
-      <c r="R104" s="6">
+      <c r="R104">
         <v>5230</v>
       </c>
     </row>
     <row r="105" spans="1:19">
-      <c r="A105" s="0" t="s">
+      <c r="A105" t="s">
         <v>34</v>
       </c>
-      <c r="B105" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C105" s="0">
+      <c r="B105" t="s">
+        <v>28</v>
+      </c>
+      <c r="C105">
         <v>670</v>
       </c>
-      <c r="D105" s="0">
+      <c r="D105">
         <v>3</v>
       </c>
-      <c r="E105" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F105" s="8">
+      <c r="E105" t="s">
+        <v>24</v>
+      </c>
+      <c r="F105" s="6">
         <v>6420</v>
       </c>
-      <c r="G105" s="0">
+      <c r="G105">
         <v>6260</v>
       </c>
-      <c r="H105" s="0">
+      <c r="H105">
         <v>6110</v>
       </c>
-      <c r="I105" s="0">
+      <c r="I105">
         <v>5960</v>
       </c>
-      <c r="J105" s="0">
+      <c r="J105">
         <v>5810</v>
       </c>
-      <c r="K105" s="0">
+      <c r="K105">
         <v>5670</v>
       </c>
-      <c r="L105" s="0">
+      <c r="L105">
         <v>5590</v>
       </c>
-      <c r="M105" s="0">
+      <c r="M105">
         <v>5510</v>
       </c>
-      <c r="N105" s="0">
+      <c r="N105">
         <v>5420</v>
       </c>
-      <c r="O105" s="0">
+      <c r="O105">
         <v>5340</v>
       </c>
-      <c r="P105" s="0">
+      <c r="P105">
         <v>5270</v>
       </c>
-      <c r="Q105" s="0">
+      <c r="Q105">
         <v>5190</v>
       </c>
-      <c r="R105" s="0">
+      <c r="R105">
         <v>5190</v>
       </c>
     </row>
     <row r="106" spans="1:19">
-      <c r="A106" s="6" t="s">
+      <c r="A106" t="s">
         <v>35</v>
       </c>
-      <c r="B106" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C106" s="6">
+      <c r="B106" t="s">
+        <v>28</v>
+      </c>
+      <c r="C106">
         <v>1670</v>
       </c>
-      <c r="D106" s="6">
+      <c r="D106">
         <v>6</v>
       </c>
-      <c r="E106" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F106" s="9">
+      <c r="E106" t="s">
+        <v>24</v>
+      </c>
+      <c r="F106" s="6">
         <v>10620</v>
       </c>
-      <c r="G106" s="6">
+      <c r="G106">
         <v>10420</v>
       </c>
-      <c r="H106" s="6">
+      <c r="H106">
         <v>10230</v>
       </c>
-      <c r="I106" s="6">
+      <c r="I106">
         <v>10040</v>
       </c>
-      <c r="J106" s="6">
+      <c r="J106">
         <v>9850</v>
       </c>
-      <c r="K106" s="6">
+      <c r="K106">
         <v>9670</v>
       </c>
-      <c r="L106" s="6">
+      <c r="L106">
         <v>9490</v>
       </c>
-      <c r="M106" s="6">
+      <c r="M106">
         <v>9350</v>
       </c>
-      <c r="N106" s="6">
+      <c r="N106">
         <v>9180</v>
       </c>
-      <c r="O106" s="6">
+      <c r="O106">
         <v>9040</v>
       </c>
-      <c r="P106" s="6">
+      <c r="P106">
         <v>8920</v>
       </c>
-      <c r="Q106" s="6">
+      <c r="Q106">
         <v>8790</v>
       </c>
-      <c r="R106" s="6">
+      <c r="R106">
         <v>8790</v>
       </c>
     </row>
     <row r="107" spans="1:19">
-      <c r="A107" s="0" t="s">
+      <c r="A107" t="s">
         <v>36</v>
       </c>
-      <c r="B107" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C107" s="0">
+      <c r="B107" t="s">
+        <v>28</v>
+      </c>
+      <c r="C107">
         <v>1330</v>
       </c>
-      <c r="D107" s="0">
+      <c r="D107">
         <v>5</v>
       </c>
-      <c r="E107" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F107" s="8">
+      <c r="E107" t="s">
+        <v>24</v>
+      </c>
+      <c r="F107" s="6">
         <v>8460</v>
       </c>
-      <c r="G107" s="0">
+      <c r="G107">
         <v>8280</v>
       </c>
-      <c r="H107" s="0">
+      <c r="H107">
         <v>8070</v>
       </c>
-      <c r="I107" s="0">
+      <c r="I107">
         <v>7890</v>
       </c>
-      <c r="J107" s="0">
+      <c r="J107">
         <v>7680</v>
       </c>
-      <c r="K107" s="0">
+      <c r="K107">
         <v>7490</v>
       </c>
-      <c r="L107" s="0">
+      <c r="L107">
         <v>7350</v>
       </c>
-      <c r="M107" s="0">
+      <c r="M107">
         <v>7210</v>
       </c>
-      <c r="N107" s="0">
+      <c r="N107">
         <v>7020</v>
       </c>
-      <c r="O107" s="0">
+      <c r="O107">
         <v>6890</v>
       </c>
-      <c r="P107" s="0">
+      <c r="P107">
         <v>6820</v>
       </c>
-      <c r="Q107" s="0">
+      <c r="Q107">
         <v>6740</v>
       </c>
-      <c r="R107" s="0">
+      <c r="R107">
         <v>6740</v>
       </c>
     </row>
     <row r="108" spans="1:19">
-      <c r="A108" s="6" t="s">
+      <c r="A108" t="s">
         <v>38</v>
       </c>
-      <c r="B108" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C108" s="6">
+      <c r="B108" t="s">
+        <v>28</v>
+      </c>
+      <c r="C108">
         <v>550</v>
       </c>
-      <c r="D108" s="6">
+      <c r="D108">
         <v>1</v>
       </c>
-      <c r="E108" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F108" s="9">
+      <c r="E108" t="s">
+        <v>24</v>
+      </c>
+      <c r="F108" s="6">
         <v>3600</v>
       </c>
-      <c r="G108" s="6">
+      <c r="G108">
         <v>3510</v>
       </c>
-      <c r="H108" s="6">
+      <c r="H108">
         <v>3420</v>
       </c>
-      <c r="I108" s="6">
+      <c r="I108">
         <v>3340</v>
       </c>
-      <c r="J108" s="6">
+      <c r="J108">
         <v>3260</v>
       </c>
-      <c r="K108" s="6">
+      <c r="K108">
         <v>3180</v>
       </c>
-      <c r="L108" s="6">
+      <c r="L108">
         <v>3130</v>
       </c>
-      <c r="M108" s="6">
+      <c r="M108">
         <v>3090</v>
       </c>
-      <c r="N108" s="6">
+      <c r="N108">
         <v>3040</v>
       </c>
-      <c r="O108" s="6">
+      <c r="O108">
         <v>2990</v>
       </c>
-      <c r="P108" s="6">
+      <c r="P108">
         <v>2950</v>
       </c>
-      <c r="Q108" s="6">
+      <c r="Q108">
         <v>2910</v>
       </c>
-      <c r="R108" s="6">
+      <c r="R108">
         <v>2910</v>
       </c>
     </row>
     <row r="109" spans="1:19">
-      <c r="A109" s="0" t="s">
+      <c r="A109" t="s">
         <v>39</v>
       </c>
-      <c r="B109" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C109" s="0">
+      <c r="B109" t="s">
+        <v>28</v>
+      </c>
+      <c r="C109">
         <v>800</v>
       </c>
-      <c r="D109" s="0">
-[...11 lines deleted...]
-      <c r="H109" s="0">
+      <c r="D109">
+        <v>5</v>
+      </c>
+      <c r="E109" t="s">
+        <v>24</v>
+      </c>
+      <c r="F109" s="6">
+        <v>7740</v>
+      </c>
+      <c r="G109">
+        <v>7550</v>
+      </c>
+      <c r="H109">
+        <v>7370</v>
+      </c>
+      <c r="I109">
+        <v>7190</v>
+      </c>
+      <c r="J109">
+        <v>7010</v>
+      </c>
+      <c r="K109">
+        <v>6840</v>
+      </c>
+      <c r="L109">
+        <v>6740</v>
+      </c>
+      <c r="M109">
         <v>6640</v>
       </c>
-      <c r="I109" s="0">
-[...27 lines deleted...]
-        <v>5640</v>
+      <c r="N109">
+        <v>6540</v>
+      </c>
+      <c r="O109">
+        <v>6450</v>
+      </c>
+      <c r="P109">
+        <v>6350</v>
+      </c>
+      <c r="Q109">
+        <v>6260</v>
+      </c>
+      <c r="R109">
+        <v>6260</v>
       </c>
     </row>
     <row r="110" spans="1:19">
-      <c r="A110" s="6" t="s">
+      <c r="A110" t="s">
         <v>41</v>
       </c>
-      <c r="B110" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D110" s="6">
+      <c r="B110" t="s">
+        <v>28</v>
+      </c>
+      <c r="C110">
+        <v>1270</v>
+      </c>
+      <c r="D110">
         <v>5</v>
       </c>
-      <c r="E110" s="6" t="s">
-[...8 lines deleted...]
-      <c r="H110" s="6">
+      <c r="E110" t="s">
+        <v>24</v>
+      </c>
+      <c r="F110" s="6">
+        <v>10870</v>
+      </c>
+      <c r="G110">
+        <v>10600</v>
+      </c>
+      <c r="H110">
+        <v>10350</v>
+      </c>
+      <c r="I110">
+        <v>10090</v>
+      </c>
+      <c r="J110">
+        <v>9840</v>
+      </c>
+      <c r="K110">
+        <v>9600</v>
+      </c>
+      <c r="L110">
+        <v>9470</v>
+      </c>
+      <c r="M110">
+        <v>9330</v>
+      </c>
+      <c r="N110">
+        <v>9180</v>
+      </c>
+      <c r="O110">
+        <v>9050</v>
+      </c>
+      <c r="P110">
+        <v>8920</v>
+      </c>
+      <c r="Q110">
+        <v>8790</v>
+      </c>
+      <c r="R110">
+        <v>8790</v>
+      </c>
+    </row>
+    <row r="111" spans="1:19">
+      <c r="A111" t="s">
+        <v>43</v>
+      </c>
+      <c r="B111" t="s">
+        <v>28</v>
+      </c>
+      <c r="C111">
+        <v>800</v>
+      </c>
+      <c r="D111">
+        <v>2</v>
+      </c>
+      <c r="E111" t="s">
+        <v>24</v>
+      </c>
+      <c r="F111" s="6">
+        <v>3550</v>
+      </c>
+      <c r="G111">
+        <v>3460</v>
+      </c>
+      <c r="H111">
+        <v>3380</v>
+      </c>
+      <c r="I111">
+        <v>3290</v>
+      </c>
+      <c r="J111">
+        <v>3210</v>
+      </c>
+      <c r="K111">
+        <v>3140</v>
+      </c>
+      <c r="L111">
+        <v>3090</v>
+      </c>
+      <c r="M111">
+        <v>3040</v>
+      </c>
+      <c r="N111">
+        <v>3000</v>
+      </c>
+      <c r="O111">
+        <v>2950</v>
+      </c>
+      <c r="P111">
+        <v>2910</v>
+      </c>
+      <c r="Q111">
+        <v>2870</v>
+      </c>
+      <c r="R111">
+        <v>2870</v>
+      </c>
+    </row>
+    <row r="112" spans="1:19">
+      <c r="A112" t="s">
+        <v>44</v>
+      </c>
+      <c r="B112" t="s">
+        <v>28</v>
+      </c>
+      <c r="C112">
+        <v>2520</v>
+      </c>
+      <c r="D112">
+        <v>7</v>
+      </c>
+      <c r="E112" t="s">
+        <v>24</v>
+      </c>
+      <c r="F112" s="6">
+        <v>13920</v>
+      </c>
+      <c r="G112">
+        <v>13570</v>
+      </c>
+      <c r="H112">
+        <v>13240</v>
+      </c>
+      <c r="I112">
+        <v>12920</v>
+      </c>
+      <c r="J112">
+        <v>12600</v>
+      </c>
+      <c r="K112">
+        <v>12300</v>
+      </c>
+      <c r="L112">
+        <v>12110</v>
+      </c>
+      <c r="M112">
+        <v>11940</v>
+      </c>
+      <c r="N112">
+        <v>11760</v>
+      </c>
+      <c r="O112">
+        <v>11580</v>
+      </c>
+      <c r="P112">
+        <v>11420</v>
+      </c>
+      <c r="Q112">
+        <v>11250</v>
+      </c>
+      <c r="R112">
+        <v>11250</v>
+      </c>
+    </row>
+    <row r="113" spans="1:19">
+      <c r="A113" t="s">
+        <v>45</v>
+      </c>
+      <c r="B113" t="s">
+        <v>28</v>
+      </c>
+      <c r="C113">
+        <v>2270</v>
+      </c>
+      <c r="D113">
+        <v>9</v>
+      </c>
+      <c r="E113" t="s">
+        <v>24</v>
+      </c>
+      <c r="F113" s="6">
+        <v>12450</v>
+      </c>
+      <c r="G113">
+        <v>12290</v>
+      </c>
+      <c r="H113">
+        <v>12120</v>
+      </c>
+      <c r="I113">
+        <v>11930</v>
+      </c>
+      <c r="J113">
+        <v>11750</v>
+      </c>
+      <c r="K113">
+        <v>11570</v>
+      </c>
+      <c r="L113">
+        <v>11460</v>
+      </c>
+      <c r="M113">
+        <v>11340</v>
+      </c>
+      <c r="N113">
+        <v>11220</v>
+      </c>
+      <c r="O113">
+        <v>11140</v>
+      </c>
+      <c r="P113">
+        <v>11030</v>
+      </c>
+      <c r="Q113">
+        <v>10950</v>
+      </c>
+      <c r="R113">
+        <v>10950</v>
+      </c>
+    </row>
+    <row r="114" spans="1:19">
+      <c r="A114" t="s">
+        <v>46</v>
+      </c>
+      <c r="B114" t="s">
+        <v>28</v>
+      </c>
+      <c r="C114">
+        <v>2270</v>
+      </c>
+      <c r="D114">
+        <v>8</v>
+      </c>
+      <c r="E114" t="s">
+        <v>24</v>
+      </c>
+      <c r="F114" s="6">
+        <v>13300</v>
+      </c>
+      <c r="G114">
+        <v>12980</v>
+      </c>
+      <c r="H114">
+        <v>12660</v>
+      </c>
+      <c r="I114">
+        <v>12350</v>
+      </c>
+      <c r="J114">
+        <v>12050</v>
+      </c>
+      <c r="K114">
+        <v>11750</v>
+      </c>
+      <c r="L114">
+        <v>11580</v>
+      </c>
+      <c r="M114">
+        <v>11410</v>
+      </c>
+      <c r="N114">
+        <v>11240</v>
+      </c>
+      <c r="O114">
+        <v>11070</v>
+      </c>
+      <c r="P114">
+        <v>10920</v>
+      </c>
+      <c r="Q114">
+        <v>10760</v>
+      </c>
+      <c r="R114">
+        <v>10760</v>
+      </c>
+    </row>
+    <row r="115" spans="1:19">
+      <c r="A115" t="s">
+        <v>48</v>
+      </c>
+      <c r="B115" t="s">
+        <v>28</v>
+      </c>
+      <c r="C115">
+        <v>1320</v>
+      </c>
+      <c r="D115">
+        <v>6</v>
+      </c>
+      <c r="E115" t="s">
+        <v>24</v>
+      </c>
+      <c r="F115" s="6">
+        <v>10630</v>
+      </c>
+      <c r="G115">
+        <v>10360</v>
+      </c>
+      <c r="H115">
+        <v>10110</v>
+      </c>
+      <c r="I115">
+        <v>9870</v>
+      </c>
+      <c r="J115">
+        <v>9620</v>
+      </c>
+      <c r="K115">
+        <v>9390</v>
+      </c>
+      <c r="L115">
+        <v>9250</v>
+      </c>
+      <c r="M115">
+        <v>9120</v>
+      </c>
+      <c r="N115">
+        <v>8980</v>
+      </c>
+      <c r="O115">
+        <v>8840</v>
+      </c>
+      <c r="P115">
+        <v>8720</v>
+      </c>
+      <c r="Q115">
+        <v>8590</v>
+      </c>
+      <c r="R115">
+        <v>8590</v>
+      </c>
+    </row>
+    <row r="116" spans="1:19">
+      <c r="A116" t="s">
+        <v>50</v>
+      </c>
+      <c r="B116" t="s">
+        <v>28</v>
+      </c>
+      <c r="C116">
+        <v>1270</v>
+      </c>
+      <c r="D116">
+        <v>6</v>
+      </c>
+      <c r="E116" t="s">
+        <v>24</v>
+      </c>
+      <c r="F116" s="6">
+        <v>9470</v>
+      </c>
+      <c r="G116">
+        <v>9280</v>
+      </c>
+      <c r="H116">
+        <v>9090</v>
+      </c>
+      <c r="I116">
+        <v>8860</v>
+      </c>
+      <c r="J116">
+        <v>8620</v>
+      </c>
+      <c r="K116">
+        <v>8380</v>
+      </c>
+      <c r="L116">
+        <v>8190</v>
+      </c>
+      <c r="M116">
+        <v>8010</v>
+      </c>
+      <c r="N116">
+        <v>7840</v>
+      </c>
+      <c r="O116">
+        <v>7660</v>
+      </c>
+      <c r="P116">
+        <v>7490</v>
+      </c>
+      <c r="Q116">
+        <v>7320</v>
+      </c>
+      <c r="R116">
+        <v>7320</v>
+      </c>
+    </row>
+    <row r="117" spans="1:19">
+      <c r="A117" t="s">
+        <v>51</v>
+      </c>
+      <c r="B117" t="s">
+        <v>28</v>
+      </c>
+      <c r="C117">
+        <v>1570</v>
+      </c>
+      <c r="D117">
+        <v>7</v>
+      </c>
+      <c r="E117" t="s">
+        <v>24</v>
+      </c>
+      <c r="F117" s="6">
+        <v>11960</v>
+      </c>
+      <c r="G117">
+        <v>11660</v>
+      </c>
+      <c r="H117">
+        <v>11380</v>
+      </c>
+      <c r="I117">
+        <v>11100</v>
+      </c>
+      <c r="J117">
+        <v>10830</v>
+      </c>
+      <c r="K117">
+        <v>10570</v>
+      </c>
+      <c r="L117">
+        <v>10410</v>
+      </c>
+      <c r="M117">
+        <v>10260</v>
+      </c>
+      <c r="N117">
+        <v>10100</v>
+      </c>
+      <c r="O117">
         <v>9950</v>
       </c>
-      <c r="I110" s="6">
-[...264 lines deleted...]
-      <c r="D115" s="0">
+      <c r="P117">
+        <v>9820</v>
+      </c>
+      <c r="Q117">
+        <v>9670</v>
+      </c>
+      <c r="R117">
+        <v>9670</v>
+      </c>
+    </row>
+    <row r="118" spans="1:19">
+      <c r="A118" t="s">
+        <v>71</v>
+      </c>
+      <c r="B118" t="s">
+        <v>28</v>
+      </c>
+      <c r="C118">
+        <v>1270</v>
+      </c>
+      <c r="D118">
         <v>6</v>
       </c>
-      <c r="E115" s="0" t="s">
-[...76 lines deleted...]
-      <c r="L116" s="6">
+      <c r="E118" t="s">
+        <v>24</v>
+      </c>
+      <c r="F118" s="6">
+        <v>8680</v>
+      </c>
+      <c r="G118">
+        <v>8510</v>
+      </c>
+      <c r="H118">
+        <v>8350</v>
+      </c>
+      <c r="I118">
         <v>8190</v>
       </c>
-      <c r="M116" s="6">
-[...102 lines deleted...]
-      <c r="J118" s="6">
+      <c r="J118">
         <v>8030</v>
       </c>
-      <c r="K118" s="6">
+      <c r="K118">
         <v>7880</v>
       </c>
-      <c r="L118" s="6">
+      <c r="L118">
         <v>7790</v>
       </c>
-      <c r="M118" s="6">
+      <c r="M118">
         <v>7680</v>
       </c>
-      <c r="N118" s="6">
+      <c r="N118">
         <v>7520</v>
       </c>
-      <c r="O118" s="6">
+      <c r="O118">
         <v>7250</v>
       </c>
-      <c r="P118" s="6">
+      <c r="P118">
         <v>7140</v>
       </c>
-      <c r="Q118" s="6">
+      <c r="Q118">
         <v>7040</v>
       </c>
-      <c r="R118" s="6">
+      <c r="R118">
         <v>7040</v>
       </c>
     </row>
     <row r="119" spans="1:19">
-      <c r="A119" s="0" t="s">
+      <c r="A119" t="s">
         <v>53</v>
       </c>
-      <c r="B119" s="0"/>
-[...35 lines deleted...]
-      <c r="R120" s="0"/>
     </row>
     <row r="121" spans="1:19">
-      <c r="A121" s="0" t="s">
+      <c r="A121" t="s">
         <v>54</v>
       </c>
-      <c r="B121" s="0"/>
-[...15 lines deleted...]
-      <c r="R121" s="0"/>
     </row>
   </sheetData>
-  <sheetProtection password="BEF2A0" sheet="true" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="true" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="true" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <sheetProtection password="F3DC" sheet="1" insertRows="1" sort="1"/>
   <mergeCells>
     <mergeCell ref="A1:D3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A36:R36"/>
     <mergeCell ref="A37:R37"/>
     <mergeCell ref="A38:R38"/>
     <mergeCell ref="A39:R39"/>
     <mergeCell ref="A71:R71"/>
     <mergeCell ref="A72:R72"/>
     <mergeCell ref="A73:R73"/>
     <mergeCell ref="A74:R74"/>
     <mergeCell ref="A95:R95"/>
     <mergeCell ref="A96:R96"/>
     <mergeCell ref="A97:R97"/>
     <mergeCell ref="A98:R98"/>
     <mergeCell ref="A119:R119"/>
     <mergeCell ref="A120:R120"/>
     <mergeCell ref="A121:R121"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
-  <pageMargins left="0.7" right="0.7" top="0.1968503937007874" bottom="0.1968503937007874" header="0.3" footer="0.3"/>
-[...8 lines deleted...]
-  </headerFooter>
+  <pageMargins left="0.7" right="0.7" top="0.19685039370079" bottom="0.19685039370079" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft Corporation</Company>
+  <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>