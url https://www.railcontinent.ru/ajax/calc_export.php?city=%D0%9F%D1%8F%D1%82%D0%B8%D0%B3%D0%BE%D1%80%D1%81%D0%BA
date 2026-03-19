--- v1 (2026-02-02)
+++ v2 (2026-03-19)
@@ -850,81 +850,81 @@
       </c>
       <c r="Q6">
         <v>31.5</v>
       </c>
       <c r="R6">
         <v>31.5</v>
       </c>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" t="s">
         <v>25</v>
       </c>
       <c r="B7" t="s">
         <v>23</v>
       </c>
       <c r="C7">
         <v>2450</v>
       </c>
       <c r="D7">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="5">
-        <v>52.9</v>
+        <v>55.9</v>
       </c>
       <c r="G7">
-        <v>52.3</v>
+        <v>54.5</v>
       </c>
       <c r="H7">
-        <v>51.7</v>
+        <v>53.2</v>
       </c>
       <c r="I7">
-        <v>50.6</v>
+        <v>51.90000000000001</v>
       </c>
       <c r="J7">
-        <v>49.6</v>
+        <v>50.7</v>
       </c>
       <c r="K7">
-        <v>49.1</v>
+        <v>49.5</v>
       </c>
       <c r="L7">
-        <v>47.8</v>
+        <v>48.8</v>
       </c>
       <c r="M7">
-        <v>46.5</v>
+        <v>48.1</v>
       </c>
       <c r="N7">
-        <v>46.2</v>
+        <v>47.4</v>
       </c>
       <c r="O7">
-        <v>45.9</v>
+        <v>46.7</v>
       </c>
       <c r="P7">
-        <v>45.6</v>
+        <v>46.0</v>
       </c>
       <c r="Q7">
         <v>45.3</v>
       </c>
       <c r="R7">
         <v>45.3</v>
       </c>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" t="s">
         <v>26</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8">
         <v>1700</v>
       </c>
       <c r="D8">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" s="5">
@@ -1130,87 +1130,87 @@
       </c>
       <c r="Q11">
         <v>29.9</v>
       </c>
       <c r="R11">
         <v>29.9</v>
       </c>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" t="s">
         <v>30</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12">
         <v>1350</v>
       </c>
       <c r="D12">
         <v>7</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" s="5">
-        <v>44.4</v>
+        <v>45.5</v>
       </c>
       <c r="G12">
+        <v>44.40000000000001</v>
+      </c>
+      <c r="H12">
         <v>43.3</v>
       </c>
-      <c r="H12">
+      <c r="I12">
         <v>42.2</v>
       </c>
-      <c r="I12">
-[...1 lines deleted...]
-      </c>
       <c r="J12">
-        <v>40.1</v>
+        <v>41.2</v>
       </c>
       <c r="K12">
-        <v>39.1</v>
+        <v>40.2</v>
       </c>
       <c r="L12">
-        <v>38.5</v>
+        <v>39.6</v>
       </c>
       <c r="M12">
-        <v>37.9</v>
+        <v>39.0</v>
       </c>
       <c r="N12">
-        <v>37.3</v>
+        <v>38.4</v>
       </c>
       <c r="O12">
-        <v>36.7</v>
+        <v>37.8</v>
       </c>
       <c r="P12">
-        <v>36.2</v>
+        <v>37.2</v>
       </c>
       <c r="Q12">
-        <v>35.7</v>
+        <v>36.6</v>
       </c>
       <c r="R12">
-        <v>35.7</v>
+        <v>36.6</v>
       </c>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" t="s">
         <v>31</v>
       </c>
       <c r="B13" t="s">
         <v>28</v>
       </c>
       <c r="C13">
         <v>1500</v>
       </c>
       <c r="D13">
         <v>7</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" s="5">
         <v>43.5</v>
       </c>
       <c r="G13">
         <v>42.40000000000001</v>
       </c>
       <c r="H13">
@@ -1457,96 +1457,96 @@
       </c>
       <c r="N17">
         <v>40.59999999999999</v>
       </c>
       <c r="O17">
         <v>39.5</v>
       </c>
       <c r="P17">
         <v>39.2</v>
       </c>
       <c r="Q17">
         <v>38.90000000000001</v>
       </c>
       <c r="R17">
         <v>38.90000000000001</v>
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>28</v>
       </c>
       <c r="C18">
-        <v>1400</v>
+        <v>1450</v>
       </c>
       <c r="D18">
         <v>6</v>
       </c>
       <c r="E18" t="s">
         <v>24</v>
       </c>
       <c r="F18" s="5">
-        <v>33.099999999999994</v>
+        <v>37.2</v>
       </c>
       <c r="G18">
+        <v>36.3</v>
+      </c>
+      <c r="H18">
+        <v>35.4</v>
+      </c>
+      <c r="I18">
+        <v>34.5</v>
+      </c>
+      <c r="J18">
+        <v>33.7</v>
+      </c>
+      <c r="K18">
+        <v>32.90000000000001</v>
+      </c>
+      <c r="L18">
         <v>32.4</v>
       </c>
-      <c r="H18">
-[...5 lines deleted...]
-      <c r="J18">
+      <c r="M18">
+        <v>31.9</v>
+      </c>
+      <c r="N18">
+        <v>31.4</v>
+      </c>
+      <c r="O18">
+        <v>30.9</v>
+      </c>
+      <c r="P18">
         <v>30.4</v>
       </c>
-      <c r="K18">
+      <c r="Q18">
         <v>29.8</v>
       </c>
-      <c r="L18">
-[...16 lines deleted...]
-      </c>
       <c r="R18">
-        <v>26.6</v>
+        <v>29.8</v>
       </c>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" t="s">
         <v>37</v>
       </c>
       <c r="B19" t="s">
         <v>23</v>
       </c>
       <c r="C19">
         <v>2330</v>
       </c>
       <c r="D19">
         <v>13</v>
       </c>
       <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" s="5">
         <v>36.4</v>
       </c>
       <c r="G19">
         <v>35.8</v>
       </c>
       <c r="H19">
@@ -1625,152 +1625,152 @@
       </c>
       <c r="N20">
         <v>11.5</v>
       </c>
       <c r="O20">
         <v>11.3</v>
       </c>
       <c r="P20">
         <v>11.1</v>
       </c>
       <c r="Q20">
         <v>10.9</v>
       </c>
       <c r="R20">
         <v>10.9</v>
       </c>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" t="s">
         <v>39</v>
       </c>
       <c r="B21" t="s">
         <v>28</v>
       </c>
       <c r="C21">
-        <v>1620</v>
+        <v>1690</v>
       </c>
       <c r="D21">
         <v>5</v>
       </c>
       <c r="E21" t="s">
         <v>24</v>
       </c>
       <c r="F21" s="5">
-        <v>41.2</v>
+        <v>42.7</v>
       </c>
       <c r="G21">
-        <v>40.2</v>
+        <v>41.6</v>
       </c>
       <c r="H21">
-        <v>39.2</v>
+        <v>40.59999999999999</v>
       </c>
       <c r="I21">
-        <v>38.2</v>
+        <v>39.6</v>
       </c>
       <c r="J21">
+        <v>38.7</v>
+      </c>
+      <c r="K21">
+        <v>37.8</v>
+      </c>
+      <c r="L21">
         <v>37.3</v>
       </c>
-      <c r="K21">
-[...4 lines deleted...]
-      </c>
       <c r="M21">
-        <v>35.4</v>
+        <v>36.8</v>
       </c>
       <c r="N21">
-        <v>34.9</v>
+        <v>36.3</v>
       </c>
       <c r="O21">
-        <v>34.4</v>
+        <v>35.8</v>
       </c>
       <c r="P21">
-        <v>33.90000000000001</v>
+        <v>35.3</v>
       </c>
       <c r="Q21">
-        <v>33.4</v>
+        <v>34.8</v>
       </c>
       <c r="R21">
-        <v>33.4</v>
+        <v>34.8</v>
       </c>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" t="s">
         <v>40</v>
       </c>
       <c r="B22" t="s">
         <v>28</v>
       </c>
       <c r="C22">
-        <v>1450</v>
+        <v>1500</v>
       </c>
       <c r="D22">
         <v>7</v>
       </c>
       <c r="E22" t="s">
         <v>24</v>
       </c>
       <c r="F22" s="5">
+        <v>45.7</v>
+      </c>
+      <c r="G22">
+        <v>44.6</v>
+      </c>
+      <c r="H22">
         <v>43.5</v>
       </c>
-      <c r="G22">
+      <c r="I22">
         <v>42.40000000000001</v>
       </c>
-      <c r="H22">
-[...4 lines deleted...]
-      </c>
       <c r="J22">
-        <v>39.3</v>
+        <v>41.40000000000001</v>
       </c>
       <c r="K22">
-        <v>38.40000000000001</v>
+        <v>40.40000000000001</v>
       </c>
       <c r="L22">
-        <v>37.8</v>
+        <v>39.8</v>
       </c>
       <c r="M22">
-        <v>37.2</v>
+        <v>39.2</v>
       </c>
       <c r="N22">
-        <v>36.7</v>
+        <v>38.59999999999999</v>
       </c>
       <c r="O22">
-        <v>36.2</v>
+        <v>38.0</v>
       </c>
       <c r="P22">
-        <v>35.7</v>
+        <v>37.40000000000001</v>
       </c>
       <c r="Q22">
-        <v>35.2</v>
+        <v>36.8</v>
       </c>
       <c r="R22">
-        <v>35.2</v>
+        <v>36.8</v>
       </c>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" t="s">
         <v>41</v>
       </c>
       <c r="B23" t="s">
         <v>28</v>
       </c>
       <c r="C23">
         <v>1300</v>
       </c>
       <c r="D23">
         <v>7</v>
       </c>
       <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" s="5">
         <v>43.2</v>
       </c>
       <c r="G23">
         <v>42.1</v>
       </c>
       <c r="H23">
@@ -1905,96 +1905,96 @@
       </c>
       <c r="N25">
         <v>13.3</v>
       </c>
       <c r="O25">
         <v>13.1</v>
       </c>
       <c r="P25">
         <v>12.9</v>
       </c>
       <c r="Q25">
         <v>12.7</v>
       </c>
       <c r="R25">
         <v>12.7</v>
       </c>
     </row>
     <row r="26" spans="1:19">
       <c r="A26" t="s">
         <v>44</v>
       </c>
       <c r="B26" t="s">
         <v>28</v>
       </c>
       <c r="C26">
-        <v>2550</v>
+        <v>2600</v>
       </c>
       <c r="D26">
         <v>7</v>
       </c>
       <c r="E26" t="s">
         <v>24</v>
       </c>
       <c r="F26" s="5">
-        <v>59.7</v>
+        <v>60.7</v>
       </c>
       <c r="G26">
-        <v>58.3</v>
+        <v>59.2</v>
       </c>
       <c r="H26">
-        <v>56.9</v>
+        <v>57.7</v>
       </c>
       <c r="I26">
-        <v>55.50000000000001</v>
+        <v>56.3</v>
       </c>
       <c r="J26">
-        <v>54.2</v>
+        <v>55.0</v>
       </c>
       <c r="K26">
+        <v>53.7</v>
+      </c>
+      <c r="L26">
         <v>52.90000000000001</v>
       </c>
-      <c r="L26">
-[...1 lines deleted...]
-      </c>
       <c r="M26">
+        <v>52.1</v>
+      </c>
+      <c r="N26">
         <v>51.3</v>
       </c>
-      <c r="N26">
-[...1 lines deleted...]
-      </c>
       <c r="O26">
+        <v>50.5</v>
+      </c>
+      <c r="P26">
         <v>49.7</v>
       </c>
-      <c r="P26">
-[...1 lines deleted...]
-      </c>
       <c r="Q26">
-        <v>48.099999999999994</v>
+        <v>49.2</v>
       </c>
       <c r="R26">
-        <v>48.099999999999994</v>
+        <v>49.2</v>
       </c>
     </row>
     <row r="27" spans="1:19">
       <c r="A27" t="s">
         <v>45</v>
       </c>
       <c r="B27" t="s">
         <v>28</v>
       </c>
       <c r="C27">
         <v>1500</v>
       </c>
       <c r="D27">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" s="5">
         <v>52.2</v>
       </c>
       <c r="G27">
         <v>51.6</v>
       </c>
       <c r="H27">
@@ -2129,96 +2129,96 @@
       </c>
       <c r="N29">
         <v>47.59999999999999</v>
       </c>
       <c r="O29">
         <v>47.099999999999994</v>
       </c>
       <c r="P29">
         <v>46.6</v>
       </c>
       <c r="Q29">
         <v>45.8</v>
       </c>
       <c r="R29">
         <v>45.8</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" t="s">
         <v>48</v>
       </c>
       <c r="B30" t="s">
         <v>28</v>
       </c>
       <c r="C30">
-        <v>1350</v>
+        <v>1400</v>
       </c>
       <c r="D30">
         <v>6</v>
       </c>
       <c r="E30" t="s">
         <v>24</v>
       </c>
       <c r="F30" s="5">
-        <v>46.2</v>
+        <v>47.2</v>
       </c>
       <c r="G30">
-        <v>45.1</v>
+        <v>46.0</v>
       </c>
       <c r="H30">
-        <v>44.0</v>
+        <v>44.8</v>
       </c>
       <c r="I30">
-        <v>42.90000000000001</v>
+        <v>43.7</v>
       </c>
       <c r="J30">
-        <v>41.90000000000001</v>
+        <v>42.7</v>
       </c>
       <c r="K30">
-        <v>40.90000000000001</v>
+        <v>41.7</v>
       </c>
       <c r="L30">
-        <v>40.3</v>
+        <v>41.1</v>
       </c>
       <c r="M30">
-        <v>39.7</v>
+        <v>40.5</v>
       </c>
       <c r="N30">
-        <v>39.099999999999994</v>
+        <v>39.9</v>
       </c>
       <c r="O30">
-        <v>38.5</v>
+        <v>39.3</v>
       </c>
       <c r="P30">
-        <v>37.90000000000001</v>
+        <v>38.7</v>
       </c>
       <c r="Q30">
-        <v>37.3</v>
+        <v>38.40000000000001</v>
       </c>
       <c r="R30">
-        <v>37.3</v>
+        <v>38.40000000000001</v>
       </c>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" t="s">
         <v>49</v>
       </c>
       <c r="B31" t="s">
         <v>23</v>
       </c>
       <c r="C31">
         <v>2500</v>
       </c>
       <c r="D31">
         <v>19</v>
       </c>
       <c r="E31" t="s">
         <v>24</v>
       </c>
       <c r="F31" s="5">
         <v>57.6</v>
       </c>
       <c r="G31">
         <v>56.2</v>
       </c>
       <c r="H31">
@@ -2241,96 +2241,96 @@
       </c>
       <c r="N31">
         <v>48.8</v>
       </c>
       <c r="O31">
         <v>48.099999999999994</v>
       </c>
       <c r="P31">
         <v>47.40000000000001</v>
       </c>
       <c r="Q31">
         <v>46.7</v>
       </c>
       <c r="R31">
         <v>46.7</v>
       </c>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" t="s">
         <v>50</v>
       </c>
       <c r="B32" t="s">
         <v>28</v>
       </c>
       <c r="C32">
-        <v>1550</v>
+        <v>1640</v>
       </c>
       <c r="D32">
         <v>7</v>
       </c>
       <c r="E32" t="s">
         <v>24</v>
       </c>
       <c r="F32" s="5">
-        <v>36.59999999999999</v>
+        <v>41.9</v>
       </c>
       <c r="G32">
-        <v>35.8</v>
+        <v>40.8</v>
       </c>
       <c r="H32">
-        <v>35.1</v>
+        <v>40.0</v>
       </c>
       <c r="I32">
-        <v>34.3</v>
+        <v>39.3</v>
       </c>
       <c r="J32">
-        <v>33.6</v>
+        <v>38.6</v>
       </c>
       <c r="K32">
-        <v>32.8</v>
+        <v>37.90000000000001</v>
       </c>
       <c r="L32">
-        <v>32.0</v>
+        <v>37.3</v>
       </c>
       <c r="M32">
-        <v>31.4</v>
+        <v>36.5</v>
       </c>
       <c r="N32">
-        <v>30.9</v>
+        <v>35.7</v>
       </c>
       <c r="O32">
-        <v>30.099999999999998</v>
+        <v>34.9</v>
       </c>
       <c r="P32">
-        <v>29.6</v>
+        <v>34.1</v>
       </c>
       <c r="Q32">
-        <v>28.9</v>
+        <v>33.8</v>
       </c>
       <c r="R32">
-        <v>28.9</v>
+        <v>33.8</v>
       </c>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" t="s">
         <v>51</v>
       </c>
       <c r="B33" t="s">
         <v>23</v>
       </c>
       <c r="C33">
         <v>1600</v>
       </c>
       <c r="D33">
         <v>11</v>
       </c>
       <c r="E33" t="s">
         <v>24</v>
       </c>
       <c r="F33" s="5">
         <v>41.5</v>
       </c>
       <c r="G33">
         <v>40.5</v>
       </c>
       <c r="H33">
@@ -2618,87 +2618,87 @@
       </c>
       <c r="Q41">
         <v>8430</v>
       </c>
       <c r="R41">
         <v>8430</v>
       </c>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" t="s">
         <v>25</v>
       </c>
       <c r="B42" t="s">
         <v>23</v>
       </c>
       <c r="C42">
         <v>2450</v>
       </c>
       <c r="D42">
         <v>22</v>
       </c>
       <c r="E42" t="s">
         <v>24</v>
       </c>
       <c r="F42" s="6">
-        <v>13110</v>
+        <v>14580</v>
       </c>
       <c r="G42">
-        <v>12970</v>
+        <v>14240</v>
       </c>
       <c r="H42">
-        <v>12770</v>
+        <v>13890</v>
       </c>
       <c r="I42">
-        <v>12640</v>
+        <v>13570</v>
       </c>
       <c r="J42">
-        <v>12500</v>
+        <v>13240</v>
       </c>
       <c r="K42">
-        <v>12270</v>
+        <v>12920</v>
       </c>
       <c r="L42">
-        <v>12090</v>
+        <v>12730</v>
       </c>
       <c r="M42">
+        <v>12540</v>
+      </c>
+      <c r="N42">
+        <v>12370</v>
+      </c>
+      <c r="O42">
+        <v>12180</v>
+      </c>
+      <c r="P42">
         <v>12010</v>
       </c>
-      <c r="N42">
-[...7 lines deleted...]
-      </c>
       <c r="Q42">
-        <v>11670</v>
+        <v>11840</v>
       </c>
       <c r="R42">
-        <v>11670</v>
+        <v>11840</v>
       </c>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" t="s">
         <v>26</v>
       </c>
       <c r="B43" t="s">
         <v>23</v>
       </c>
       <c r="C43">
         <v>1700</v>
       </c>
       <c r="D43">
         <v>23</v>
       </c>
       <c r="E43" t="s">
         <v>24</v>
       </c>
       <c r="F43" s="6">
         <v>13060</v>
       </c>
       <c r="G43">
         <v>12900</v>
       </c>
       <c r="H43">
@@ -2898,87 +2898,87 @@
       </c>
       <c r="Q46">
         <v>8140</v>
       </c>
       <c r="R46">
         <v>8140</v>
       </c>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" t="s">
         <v>30</v>
       </c>
       <c r="B47" t="s">
         <v>28</v>
       </c>
       <c r="C47">
         <v>1350</v>
       </c>
       <c r="D47">
         <v>7</v>
       </c>
       <c r="E47" t="s">
         <v>24</v>
       </c>
       <c r="F47" s="6">
-        <v>11030</v>
+        <v>11320</v>
       </c>
       <c r="G47">
+        <v>11050</v>
+      </c>
+      <c r="H47">
         <v>10770</v>
       </c>
-      <c r="H47">
-[...1 lines deleted...]
-      </c>
       <c r="I47">
-        <v>10250</v>
+        <v>10520</v>
       </c>
       <c r="J47">
-        <v>9990</v>
+        <v>10260</v>
       </c>
       <c r="K47">
-        <v>9750</v>
+        <v>10010</v>
       </c>
       <c r="L47">
-        <v>9600</v>
+        <v>9860</v>
       </c>
       <c r="M47">
-        <v>9460</v>
+        <v>9710</v>
       </c>
       <c r="N47">
-        <v>9320</v>
+        <v>9570</v>
       </c>
       <c r="O47">
-        <v>9180</v>
+        <v>9420</v>
       </c>
       <c r="P47">
-        <v>9050</v>
+        <v>9290</v>
       </c>
       <c r="Q47">
-        <v>8920</v>
+        <v>9150</v>
       </c>
       <c r="R47">
-        <v>8920</v>
+        <v>9150</v>
       </c>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" t="s">
         <v>31</v>
       </c>
       <c r="B48" t="s">
         <v>28</v>
       </c>
       <c r="C48">
         <v>1500</v>
       </c>
       <c r="D48">
         <v>7</v>
       </c>
       <c r="E48" t="s">
         <v>24</v>
       </c>
       <c r="F48" s="6">
         <v>10870</v>
       </c>
       <c r="G48">
         <v>10610</v>
       </c>
       <c r="H48">
@@ -3225,96 +3225,96 @@
       </c>
       <c r="N52">
         <v>9730</v>
       </c>
       <c r="O52">
         <v>9470</v>
       </c>
       <c r="P52">
         <v>9400</v>
       </c>
       <c r="Q52">
         <v>9330</v>
       </c>
       <c r="R52">
         <v>9330</v>
       </c>
     </row>
     <row r="53" spans="1:19">
       <c r="A53" t="s">
         <v>36</v>
       </c>
       <c r="B53" t="s">
         <v>28</v>
       </c>
       <c r="C53">
-        <v>1400</v>
+        <v>1450</v>
       </c>
       <c r="D53">
         <v>6</v>
       </c>
       <c r="E53" t="s">
         <v>24</v>
       </c>
       <c r="F53" s="6">
-        <v>8240</v>
+        <v>9380</v>
       </c>
       <c r="G53">
-        <v>8080</v>
+        <v>9150</v>
       </c>
       <c r="H53">
-        <v>7900</v>
+        <v>8920</v>
       </c>
       <c r="I53">
-        <v>7740</v>
+        <v>8710</v>
       </c>
       <c r="J53">
-        <v>7570</v>
+        <v>8500</v>
       </c>
       <c r="K53">
-        <v>7350</v>
+        <v>8290</v>
       </c>
       <c r="L53">
-        <v>7200</v>
+        <v>8160</v>
       </c>
       <c r="M53">
-        <v>7050</v>
+        <v>8040</v>
       </c>
       <c r="N53">
-        <v>6940</v>
+        <v>7890</v>
       </c>
       <c r="O53">
-        <v>6840</v>
+        <v>7760</v>
       </c>
       <c r="P53">
-        <v>6750</v>
+        <v>7590</v>
       </c>
       <c r="Q53">
-        <v>6660</v>
+        <v>7420</v>
       </c>
       <c r="R53">
-        <v>6660</v>
+        <v>7420</v>
       </c>
     </row>
     <row r="54" spans="1:19">
       <c r="A54" t="s">
         <v>37</v>
       </c>
       <c r="B54" t="s">
         <v>23</v>
       </c>
       <c r="C54">
         <v>2330</v>
       </c>
       <c r="D54">
         <v>13</v>
       </c>
       <c r="E54" t="s">
         <v>24</v>
       </c>
       <c r="F54" s="6">
         <v>9950</v>
       </c>
       <c r="G54">
         <v>9810</v>
       </c>
       <c r="H54">
@@ -3393,152 +3393,152 @@
       </c>
       <c r="N55">
         <v>2860</v>
       </c>
       <c r="O55">
         <v>2820</v>
       </c>
       <c r="P55">
         <v>2780</v>
       </c>
       <c r="Q55">
         <v>2740</v>
       </c>
       <c r="R55">
         <v>2740</v>
       </c>
     </row>
     <row r="56" spans="1:19">
       <c r="A56" t="s">
         <v>39</v>
       </c>
       <c r="B56" t="s">
         <v>28</v>
       </c>
       <c r="C56">
-        <v>1620</v>
+        <v>1690</v>
       </c>
       <c r="D56">
         <v>5</v>
       </c>
       <c r="E56" t="s">
         <v>24</v>
       </c>
       <c r="F56" s="6">
-        <v>10320</v>
+        <v>10760</v>
       </c>
       <c r="G56">
-        <v>10070</v>
+        <v>10500</v>
       </c>
       <c r="H56">
-        <v>9820</v>
+        <v>10240</v>
       </c>
       <c r="I56">
-        <v>9590</v>
+        <v>10000</v>
       </c>
       <c r="J56">
-        <v>9350</v>
+        <v>9750</v>
       </c>
       <c r="K56">
-        <v>9120</v>
+        <v>9510</v>
       </c>
       <c r="L56">
-        <v>8980</v>
+        <v>9370</v>
       </c>
       <c r="M56">
-        <v>8850</v>
+        <v>9230</v>
       </c>
       <c r="N56">
-        <v>8720</v>
+        <v>9100</v>
       </c>
       <c r="O56">
-        <v>8590</v>
+        <v>8960</v>
       </c>
       <c r="P56">
-        <v>8470</v>
+        <v>8830</v>
       </c>
       <c r="Q56">
-        <v>8340</v>
+        <v>8700</v>
       </c>
       <c r="R56">
-        <v>8340</v>
+        <v>8700</v>
       </c>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" t="s">
         <v>40</v>
       </c>
       <c r="B57" t="s">
         <v>28</v>
       </c>
       <c r="C57">
-        <v>1450</v>
+        <v>1500</v>
       </c>
       <c r="D57">
         <v>7</v>
       </c>
       <c r="E57" t="s">
         <v>24</v>
       </c>
       <c r="F57" s="6">
-        <v>11130</v>
+        <v>11380</v>
       </c>
       <c r="G57">
-        <v>10870</v>
+        <v>11110</v>
       </c>
       <c r="H57">
-        <v>10590</v>
+        <v>10830</v>
       </c>
       <c r="I57">
-        <v>10340</v>
+        <v>10580</v>
       </c>
       <c r="J57">
-        <v>10090</v>
+        <v>10310</v>
       </c>
       <c r="K57">
-        <v>9840</v>
+        <v>10060</v>
       </c>
       <c r="L57">
-        <v>9700</v>
+        <v>9910</v>
       </c>
       <c r="M57">
-        <v>9550</v>
+        <v>9760</v>
       </c>
       <c r="N57">
-        <v>9410</v>
+        <v>9620</v>
       </c>
       <c r="O57">
-        <v>9270</v>
+        <v>9480</v>
       </c>
       <c r="P57">
-        <v>9130</v>
+        <v>9340</v>
       </c>
       <c r="Q57">
-        <v>9000</v>
+        <v>9200</v>
       </c>
       <c r="R57">
-        <v>9000</v>
+        <v>9200</v>
       </c>
     </row>
     <row r="58" spans="1:19">
       <c r="A58" t="s">
         <v>41</v>
       </c>
       <c r="B58" t="s">
         <v>28</v>
       </c>
       <c r="C58">
         <v>1300</v>
       </c>
       <c r="D58">
         <v>7</v>
       </c>
       <c r="E58" t="s">
         <v>24</v>
       </c>
       <c r="F58" s="6">
         <v>10830</v>
       </c>
       <c r="G58">
         <v>10580</v>
       </c>
       <c r="H58">
@@ -3673,96 +3673,96 @@
       </c>
       <c r="N60">
         <v>3310</v>
       </c>
       <c r="O60">
         <v>3260</v>
       </c>
       <c r="P60">
         <v>3220</v>
       </c>
       <c r="Q60">
         <v>3170</v>
       </c>
       <c r="R60">
         <v>3170</v>
       </c>
     </row>
     <row r="61" spans="1:19">
       <c r="A61" t="s">
         <v>44</v>
       </c>
       <c r="B61" t="s">
         <v>28</v>
       </c>
       <c r="C61">
-        <v>2550</v>
+        <v>2600</v>
       </c>
       <c r="D61">
         <v>7</v>
       </c>
       <c r="E61" t="s">
         <v>24</v>
       </c>
       <c r="F61" s="6">
-        <v>14880</v>
+        <v>15110</v>
       </c>
       <c r="G61">
-        <v>14520</v>
+        <v>14740</v>
       </c>
       <c r="H61">
-        <v>14160</v>
+        <v>14380</v>
       </c>
       <c r="I61">
-        <v>13820</v>
+        <v>14030</v>
       </c>
       <c r="J61">
-        <v>13480</v>
+        <v>13680</v>
       </c>
       <c r="K61">
-        <v>13160</v>
+        <v>13350</v>
       </c>
       <c r="L61">
+        <v>13150</v>
+      </c>
+      <c r="M61">
         <v>12950</v>
       </c>
-      <c r="M61">
-[...1 lines deleted...]
-      </c>
       <c r="N61">
+        <v>12770</v>
+      </c>
+      <c r="O61">
         <v>12580</v>
       </c>
-      <c r="O61">
+      <c r="P61">
         <v>12390</v>
       </c>
-      <c r="P61">
-[...1 lines deleted...]
-      </c>
       <c r="Q61">
-        <v>12030</v>
+        <v>12280</v>
       </c>
       <c r="R61">
-        <v>12030</v>
+        <v>12280</v>
       </c>
     </row>
     <row r="62" spans="1:19">
       <c r="A62" t="s">
         <v>45</v>
       </c>
       <c r="B62" t="s">
         <v>28</v>
       </c>
       <c r="C62">
         <v>1500</v>
       </c>
       <c r="D62">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>24</v>
       </c>
       <c r="F62" s="6">
         <v>12480</v>
       </c>
       <c r="G62">
         <v>12340</v>
       </c>
       <c r="H62">
@@ -3897,96 +3897,96 @@
       </c>
       <c r="N64">
         <v>11500</v>
       </c>
       <c r="O64">
         <v>11360</v>
       </c>
       <c r="P64">
         <v>11240</v>
       </c>
       <c r="Q64">
         <v>11070</v>
       </c>
       <c r="R64">
         <v>11070</v>
       </c>
     </row>
     <row r="65" spans="1:19">
       <c r="A65" t="s">
         <v>48</v>
       </c>
       <c r="B65" t="s">
         <v>28</v>
       </c>
       <c r="C65">
-        <v>1350</v>
+        <v>1400</v>
       </c>
       <c r="D65">
         <v>6</v>
       </c>
       <c r="E65" t="s">
         <v>24</v>
       </c>
       <c r="F65" s="6">
-        <v>11540</v>
+        <v>11770</v>
       </c>
       <c r="G65">
-        <v>11270</v>
+        <v>11490</v>
       </c>
       <c r="H65">
-        <v>10980</v>
+        <v>11200</v>
       </c>
       <c r="I65">
-        <v>10720</v>
+        <v>10930</v>
       </c>
       <c r="J65">
-        <v>10460</v>
+        <v>10660</v>
       </c>
       <c r="K65">
-        <v>10210</v>
+        <v>10400</v>
       </c>
       <c r="L65">
-        <v>10050</v>
+        <v>10250</v>
       </c>
       <c r="M65">
-        <v>9900</v>
+        <v>10090</v>
       </c>
       <c r="N65">
-        <v>9760</v>
+        <v>9950</v>
       </c>
       <c r="O65">
-        <v>9610</v>
+        <v>9800</v>
       </c>
       <c r="P65">
-        <v>9470</v>
+        <v>9650</v>
       </c>
       <c r="Q65">
-        <v>9330</v>
+        <v>9580</v>
       </c>
       <c r="R65">
-        <v>9330</v>
+        <v>9580</v>
       </c>
     </row>
     <row r="66" spans="1:19">
       <c r="A66" t="s">
         <v>49</v>
       </c>
       <c r="B66" t="s">
         <v>23</v>
       </c>
       <c r="C66">
         <v>2500</v>
       </c>
       <c r="D66">
         <v>19</v>
       </c>
       <c r="E66" t="s">
         <v>24</v>
       </c>
       <c r="F66" s="6">
         <v>14390</v>
       </c>
       <c r="G66">
         <v>14050</v>
       </c>
       <c r="H66">
@@ -4009,96 +4009,96 @@
       </c>
       <c r="N66">
         <v>12200</v>
       </c>
       <c r="O66">
         <v>12020</v>
       </c>
       <c r="P66">
         <v>11850</v>
       </c>
       <c r="Q66">
         <v>11680</v>
       </c>
       <c r="R66">
         <v>11680</v>
       </c>
     </row>
     <row r="67" spans="1:19">
       <c r="A67" t="s">
         <v>50</v>
       </c>
       <c r="B67" t="s">
         <v>28</v>
       </c>
       <c r="C67">
-        <v>1550</v>
+        <v>1640</v>
       </c>
       <c r="D67">
         <v>7</v>
       </c>
       <c r="E67" t="s">
         <v>24</v>
       </c>
       <c r="F67" s="6">
-        <v>9450</v>
+        <v>10760</v>
       </c>
       <c r="G67">
-        <v>9290</v>
+        <v>10320</v>
       </c>
       <c r="H67">
-        <v>9090</v>
+        <v>9670</v>
       </c>
       <c r="I67">
-        <v>8860</v>
+        <v>9340</v>
       </c>
       <c r="J67">
+        <v>9000</v>
+      </c>
+      <c r="K67">
+        <v>8820</v>
+      </c>
+      <c r="L67">
+        <v>8710</v>
+      </c>
+      <c r="M67">
         <v>8610</v>
       </c>
-      <c r="K67">
-[...7 lines deleted...]
-      </c>
       <c r="N67">
-        <v>7790</v>
+        <v>8490</v>
       </c>
       <c r="O67">
-        <v>7600</v>
+        <v>8360</v>
       </c>
       <c r="P67">
-        <v>7400</v>
+        <v>8150</v>
       </c>
       <c r="Q67">
-        <v>7230</v>
+        <v>8070</v>
       </c>
       <c r="R67">
-        <v>7230</v>
+        <v>8070</v>
       </c>
     </row>
     <row r="68" spans="1:19">
       <c r="A68" t="s">
         <v>51</v>
       </c>
       <c r="B68" t="s">
         <v>23</v>
       </c>
       <c r="C68">
         <v>1600</v>
       </c>
       <c r="D68">
         <v>11</v>
       </c>
       <c r="E68" t="s">
         <v>24</v>
       </c>
       <c r="F68" s="6">
         <v>10520</v>
       </c>
       <c r="G68">
         <v>10280</v>
       </c>
       <c r="H68">
@@ -4722,87 +4722,87 @@
       </c>
       <c r="Q82">
         <v>36.1</v>
       </c>
       <c r="R82">
         <v>36.1</v>
       </c>
     </row>
     <row r="83" spans="1:19">
       <c r="A83" t="s">
         <v>36</v>
       </c>
       <c r="B83" t="s">
         <v>28</v>
       </c>
       <c r="C83">
         <v>1330</v>
       </c>
       <c r="D83">
         <v>5</v>
       </c>
       <c r="E83" t="s">
         <v>24</v>
       </c>
       <c r="F83" s="5">
-        <v>34.2</v>
+        <v>36.4</v>
       </c>
       <c r="G83">
-        <v>33.5</v>
+        <v>35.5</v>
       </c>
       <c r="H83">
-        <v>32.8</v>
+        <v>34.6</v>
       </c>
       <c r="I83">
+        <v>33.7</v>
+      </c>
+      <c r="J83">
+        <v>32.90000000000001</v>
+      </c>
+      <c r="K83">
         <v>32.1</v>
       </c>
-      <c r="J83">
-[...4 lines deleted...]
-      </c>
       <c r="L83">
+        <v>31.7</v>
+      </c>
+      <c r="M83">
+        <v>31.3</v>
+      </c>
+      <c r="N83">
+        <v>30.9</v>
+      </c>
+      <c r="O83">
+        <v>30.5</v>
+      </c>
+      <c r="P83">
+        <v>30.1</v>
+      </c>
+      <c r="Q83">
         <v>29.7</v>
       </c>
-      <c r="M83">
-[...13 lines deleted...]
-      </c>
       <c r="R83">
-        <v>26.9</v>
+        <v>29.7</v>
       </c>
     </row>
     <row r="84" spans="1:19">
       <c r="A84" t="s">
         <v>38</v>
       </c>
       <c r="B84" t="s">
         <v>28</v>
       </c>
       <c r="C84">
         <v>550</v>
       </c>
       <c r="D84">
         <v>1</v>
       </c>
       <c r="E84" t="s">
         <v>24</v>
       </c>
       <c r="F84" s="5">
         <v>14.3</v>
       </c>
       <c r="G84">
         <v>14</v>
       </c>
       <c r="H84">
@@ -5002,87 +5002,87 @@
       </c>
       <c r="Q87">
         <v>11.5</v>
       </c>
       <c r="R87">
         <v>11.5</v>
       </c>
     </row>
     <row r="88" spans="1:19">
       <c r="A88" t="s">
         <v>44</v>
       </c>
       <c r="B88" t="s">
         <v>28</v>
       </c>
       <c r="C88">
         <v>2520</v>
       </c>
       <c r="D88">
         <v>7</v>
       </c>
       <c r="E88" t="s">
         <v>24</v>
       </c>
       <c r="F88" s="5">
-        <v>55.6</v>
+        <v>56.2</v>
       </c>
       <c r="G88">
-        <v>54.3</v>
+        <v>54.9</v>
       </c>
       <c r="H88">
-        <v>53.0</v>
+        <v>53.6</v>
       </c>
       <c r="I88">
-        <v>51.7</v>
+        <v>52.3</v>
       </c>
       <c r="J88">
-        <v>50.4</v>
+        <v>51.0</v>
       </c>
       <c r="K88">
-        <v>49.1</v>
+        <v>49.7</v>
       </c>
       <c r="L88">
-        <v>48.4</v>
+        <v>49.0</v>
       </c>
       <c r="M88">
-        <v>47.7</v>
+        <v>48.3</v>
       </c>
       <c r="N88">
-        <v>47.0</v>
+        <v>47.6</v>
       </c>
       <c r="O88">
-        <v>46.3</v>
+        <v>46.90000000000001</v>
       </c>
       <c r="P88">
-        <v>45.6</v>
+        <v>46.2</v>
       </c>
       <c r="Q88">
-        <v>44.9</v>
+        <v>45.5</v>
       </c>
       <c r="R88">
-        <v>44.9</v>
+        <v>45.5</v>
       </c>
     </row>
     <row r="89" spans="1:19">
       <c r="A89" t="s">
         <v>45</v>
       </c>
       <c r="B89" t="s">
         <v>28</v>
       </c>
       <c r="C89">
         <v>2270</v>
       </c>
       <c r="D89">
         <v>9</v>
       </c>
       <c r="E89" t="s">
         <v>24</v>
       </c>
       <c r="F89" s="5">
         <v>51.7</v>
       </c>
       <c r="G89">
         <v>51.099999999999994</v>
       </c>
       <c r="H89">
@@ -5170,143 +5170,143 @@
       </c>
       <c r="Q90">
         <v>43.0</v>
       </c>
       <c r="R90">
         <v>43.0</v>
       </c>
     </row>
     <row r="91" spans="1:19">
       <c r="A91" t="s">
         <v>48</v>
       </c>
       <c r="B91" t="s">
         <v>28</v>
       </c>
       <c r="C91">
         <v>1320</v>
       </c>
       <c r="D91">
         <v>6</v>
       </c>
       <c r="E91" t="s">
         <v>24</v>
       </c>
       <c r="F91" s="5">
-        <v>42.3</v>
+        <v>42.9</v>
       </c>
       <c r="G91">
-        <v>41.3</v>
+        <v>41.9</v>
       </c>
       <c r="H91">
-        <v>40.3</v>
+        <v>40.90000000000001</v>
       </c>
       <c r="I91">
-        <v>39.3</v>
+        <v>39.9</v>
       </c>
       <c r="J91">
-        <v>38.3</v>
+        <v>38.90000000000001</v>
       </c>
       <c r="K91">
-        <v>37.3</v>
+        <v>37.9</v>
       </c>
       <c r="L91">
-        <v>36.8</v>
+        <v>37.4</v>
       </c>
       <c r="M91">
-        <v>36.3</v>
+        <v>36.9</v>
       </c>
       <c r="N91">
-        <v>35.8</v>
+        <v>36.40000000000001</v>
       </c>
       <c r="O91">
-        <v>35.3</v>
+        <v>35.9</v>
       </c>
       <c r="P91">
-        <v>34.8</v>
+        <v>35.4</v>
       </c>
       <c r="Q91">
-        <v>34.3</v>
+        <v>34.9</v>
       </c>
       <c r="R91">
-        <v>34.3</v>
+        <v>34.9</v>
       </c>
     </row>
     <row r="92" spans="1:19">
       <c r="A92" t="s">
         <v>50</v>
       </c>
       <c r="B92" t="s">
         <v>28</v>
       </c>
       <c r="C92">
-        <v>1270</v>
+        <v>1430</v>
       </c>
       <c r="D92">
         <v>6</v>
       </c>
       <c r="E92" t="s">
         <v>24</v>
       </c>
       <c r="F92" s="5">
-        <v>36.4</v>
+        <v>39.3</v>
       </c>
       <c r="G92">
+        <v>38.4</v>
+      </c>
+      <c r="H92">
+        <v>37.5</v>
+      </c>
+      <c r="I92">
+        <v>36.6</v>
+      </c>
+      <c r="J92">
         <v>35.7</v>
       </c>
-      <c r="H92">
-[...2 lines deleted...]
-      <c r="I92">
+      <c r="K92">
+        <v>34.8</v>
+      </c>
+      <c r="L92">
         <v>34.3</v>
       </c>
-      <c r="J92">
-[...7 lines deleted...]
-      </c>
       <c r="M92">
-        <v>31.4</v>
+        <v>33.8</v>
       </c>
       <c r="N92">
-        <v>30.9</v>
+        <v>33.3</v>
       </c>
       <c r="O92">
-        <v>30.2</v>
+        <v>32.8</v>
       </c>
       <c r="P92">
-        <v>29.6</v>
+        <v>32</v>
       </c>
       <c r="Q92">
-        <v>29.1</v>
+        <v>31.7</v>
       </c>
       <c r="R92">
-        <v>29.1</v>
+        <v>31.7</v>
       </c>
     </row>
     <row r="93" spans="1:19">
       <c r="A93" t="s">
         <v>51</v>
       </c>
       <c r="B93" t="s">
         <v>28</v>
       </c>
       <c r="C93">
         <v>1570</v>
       </c>
       <c r="D93">
         <v>7</v>
       </c>
       <c r="E93" t="s">
         <v>24</v>
       </c>
       <c r="F93" s="5">
         <v>47.7</v>
       </c>
       <c r="G93">
         <v>46.59999999999999</v>
       </c>
       <c r="H93">
@@ -5338,87 +5338,87 @@
       </c>
       <c r="Q93">
         <v>38.59999999999999</v>
       </c>
       <c r="R93">
         <v>38.59999999999999</v>
       </c>
     </row>
     <row r="94" spans="1:19">
       <c r="A94" t="s">
         <v>71</v>
       </c>
       <c r="B94" t="s">
         <v>28</v>
       </c>
       <c r="C94">
         <v>1270</v>
       </c>
       <c r="D94">
         <v>6</v>
       </c>
       <c r="E94" t="s">
         <v>24</v>
       </c>
       <c r="F94" s="5">
-        <v>35.7</v>
+        <v>38.1</v>
       </c>
       <c r="G94">
-        <v>35.0</v>
+        <v>37.2</v>
       </c>
       <c r="H94">
-        <v>34.3</v>
+        <v>36.3</v>
       </c>
       <c r="I94">
+        <v>35.4</v>
+      </c>
+      <c r="J94">
+        <v>34.5</v>
+      </c>
+      <c r="K94">
         <v>33.6</v>
       </c>
-      <c r="J94">
-[...2 lines deleted...]
-      <c r="K94">
+      <c r="L94">
+        <v>33.1</v>
+      </c>
+      <c r="M94">
+        <v>32.59999999999999</v>
+      </c>
+      <c r="N94">
         <v>32.1</v>
       </c>
-      <c r="L94">
-[...7 lines deleted...]
-      </c>
       <c r="O94">
-        <v>28.3</v>
+        <v>31.6</v>
       </c>
       <c r="P94">
-        <v>27.4</v>
+        <v>31.1</v>
       </c>
       <c r="Q94">
-        <v>26.9</v>
+        <v>30.7</v>
       </c>
       <c r="R94">
-        <v>26.9</v>
+        <v>30.7</v>
       </c>
     </row>
     <row r="95" spans="1:19">
       <c r="A95" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="97" spans="1:19">
       <c r="A97" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="98" spans="1:19" customHeight="1" ht="20">
       <c r="A98" s="3" t="s">
         <v>72</v>
       </c>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
       <c r="D98" s="2"/>
       <c r="E98" s="2"/>
       <c r="F98" s="2"/>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
       <c r="I98" s="2"/>
       <c r="J98" s="2"/>
@@ -5874,87 +5874,87 @@
       </c>
       <c r="Q106">
         <v>8790</v>
       </c>
       <c r="R106">
         <v>8790</v>
       </c>
     </row>
     <row r="107" spans="1:19">
       <c r="A107" t="s">
         <v>36</v>
       </c>
       <c r="B107" t="s">
         <v>28</v>
       </c>
       <c r="C107">
         <v>1330</v>
       </c>
       <c r="D107">
         <v>5</v>
       </c>
       <c r="E107" t="s">
         <v>24</v>
       </c>
       <c r="F107" s="6">
-        <v>8460</v>
+        <v>9220</v>
       </c>
       <c r="G107">
-        <v>8280</v>
+        <v>8990</v>
       </c>
       <c r="H107">
-        <v>8070</v>
+        <v>8750</v>
       </c>
       <c r="I107">
+        <v>8540</v>
+      </c>
+      <c r="J107">
+        <v>8330</v>
+      </c>
+      <c r="K107">
+        <v>8120</v>
+      </c>
+      <c r="L107">
+        <v>8010</v>
+      </c>
+      <c r="M107">
         <v>7890</v>
       </c>
-      <c r="J107">
-[...10 lines deleted...]
-      </c>
       <c r="N107">
-        <v>7020</v>
+        <v>7770</v>
       </c>
       <c r="O107">
-        <v>6890</v>
+        <v>7650</v>
       </c>
       <c r="P107">
-        <v>6820</v>
+        <v>7550</v>
       </c>
       <c r="Q107">
-        <v>6740</v>
+        <v>7430</v>
       </c>
       <c r="R107">
-        <v>6740</v>
+        <v>7430</v>
       </c>
     </row>
     <row r="108" spans="1:19">
       <c r="A108" t="s">
         <v>38</v>
       </c>
       <c r="B108" t="s">
         <v>28</v>
       </c>
       <c r="C108">
         <v>550</v>
       </c>
       <c r="D108">
         <v>1</v>
       </c>
       <c r="E108" t="s">
         <v>24</v>
       </c>
       <c r="F108" s="6">
         <v>3600</v>
       </c>
       <c r="G108">
         <v>3510</v>
       </c>
       <c r="H108">
@@ -6154,87 +6154,87 @@
       </c>
       <c r="Q111">
         <v>2870</v>
       </c>
       <c r="R111">
         <v>2870</v>
       </c>
     </row>
     <row r="112" spans="1:19">
       <c r="A112" t="s">
         <v>44</v>
       </c>
       <c r="B112" t="s">
         <v>28</v>
       </c>
       <c r="C112">
         <v>2520</v>
       </c>
       <c r="D112">
         <v>7</v>
       </c>
       <c r="E112" t="s">
         <v>24</v>
       </c>
       <c r="F112" s="6">
-        <v>13920</v>
+        <v>14090</v>
       </c>
       <c r="G112">
-        <v>13570</v>
+        <v>13750</v>
       </c>
       <c r="H112">
-        <v>13240</v>
+        <v>13410</v>
       </c>
       <c r="I112">
-        <v>12920</v>
+        <v>13080</v>
       </c>
       <c r="J112">
-        <v>12600</v>
+        <v>12760</v>
       </c>
       <c r="K112">
-        <v>12300</v>
+        <v>12450</v>
       </c>
       <c r="L112">
-        <v>12110</v>
+        <v>12270</v>
       </c>
       <c r="M112">
-        <v>11940</v>
+        <v>12090</v>
       </c>
       <c r="N112">
-        <v>11760</v>
+        <v>11900</v>
       </c>
       <c r="O112">
-        <v>11580</v>
+        <v>11730</v>
       </c>
       <c r="P112">
-        <v>11420</v>
+        <v>11570</v>
       </c>
       <c r="Q112">
-        <v>11250</v>
+        <v>11390</v>
       </c>
       <c r="R112">
-        <v>11250</v>
+        <v>11390</v>
       </c>
     </row>
     <row r="113" spans="1:19">
       <c r="A113" t="s">
         <v>45</v>
       </c>
       <c r="B113" t="s">
         <v>28</v>
       </c>
       <c r="C113">
         <v>2270</v>
       </c>
       <c r="D113">
         <v>9</v>
       </c>
       <c r="E113" t="s">
         <v>24</v>
       </c>
       <c r="F113" s="6">
         <v>12450</v>
       </c>
       <c r="G113">
         <v>12290</v>
       </c>
       <c r="H113">
@@ -6322,143 +6322,143 @@
       </c>
       <c r="Q114">
         <v>10760</v>
       </c>
       <c r="R114">
         <v>10760</v>
       </c>
     </row>
     <row r="115" spans="1:19">
       <c r="A115" t="s">
         <v>48</v>
       </c>
       <c r="B115" t="s">
         <v>28</v>
       </c>
       <c r="C115">
         <v>1320</v>
       </c>
       <c r="D115">
         <v>6</v>
       </c>
       <c r="E115" t="s">
         <v>24</v>
       </c>
       <c r="F115" s="6">
-        <v>10630</v>
+        <v>10800</v>
       </c>
       <c r="G115">
-        <v>10360</v>
+        <v>10540</v>
       </c>
       <c r="H115">
-        <v>10110</v>
+        <v>10280</v>
       </c>
       <c r="I115">
-        <v>9870</v>
+        <v>10030</v>
       </c>
       <c r="J115">
-        <v>9620</v>
+        <v>9780</v>
       </c>
       <c r="K115">
-        <v>9390</v>
+        <v>9540</v>
       </c>
       <c r="L115">
-        <v>9250</v>
+        <v>9410</v>
       </c>
       <c r="M115">
+        <v>9270</v>
+      </c>
+      <c r="N115">
         <v>9120</v>
       </c>
-      <c r="N115">
-[...1 lines deleted...]
-      </c>
       <c r="O115">
-        <v>8840</v>
+        <v>8990</v>
       </c>
       <c r="P115">
-        <v>8720</v>
+        <v>8870</v>
       </c>
       <c r="Q115">
-        <v>8590</v>
+        <v>8730</v>
       </c>
       <c r="R115">
-        <v>8590</v>
+        <v>8730</v>
       </c>
     </row>
     <row r="116" spans="1:19">
       <c r="A116" t="s">
         <v>50</v>
       </c>
       <c r="B116" t="s">
         <v>28</v>
       </c>
       <c r="C116">
-        <v>1270</v>
+        <v>1430</v>
       </c>
       <c r="D116">
         <v>6</v>
       </c>
       <c r="E116" t="s">
         <v>24</v>
       </c>
       <c r="F116" s="6">
-        <v>9470</v>
+        <v>9960</v>
       </c>
       <c r="G116">
-        <v>9280</v>
+        <v>9710</v>
       </c>
       <c r="H116">
-        <v>9090</v>
+        <v>9480</v>
       </c>
       <c r="I116">
-        <v>8860</v>
+        <v>9250</v>
       </c>
       <c r="J116">
-        <v>8620</v>
+        <v>9020</v>
       </c>
       <c r="K116">
-        <v>8380</v>
+        <v>8800</v>
       </c>
       <c r="L116">
-        <v>8190</v>
+        <v>8670</v>
       </c>
       <c r="M116">
-        <v>8010</v>
+        <v>8550</v>
       </c>
       <c r="N116">
-        <v>7840</v>
+        <v>8410</v>
       </c>
       <c r="O116">
-        <v>7660</v>
+        <v>8280</v>
       </c>
       <c r="P116">
-        <v>7490</v>
+        <v>8170</v>
       </c>
       <c r="Q116">
-        <v>7320</v>
+        <v>7950</v>
       </c>
       <c r="R116">
-        <v>7320</v>
+        <v>7950</v>
       </c>
     </row>
     <row r="117" spans="1:19">
       <c r="A117" t="s">
         <v>51</v>
       </c>
       <c r="B117" t="s">
         <v>28</v>
       </c>
       <c r="C117">
         <v>1570</v>
       </c>
       <c r="D117">
         <v>7</v>
       </c>
       <c r="E117" t="s">
         <v>24</v>
       </c>
       <c r="F117" s="6">
         <v>11960</v>
       </c>
       <c r="G117">
         <v>11660</v>
       </c>
       <c r="H117">
@@ -6490,87 +6490,87 @@
       </c>
       <c r="Q117">
         <v>9670</v>
       </c>
       <c r="R117">
         <v>9670</v>
       </c>
     </row>
     <row r="118" spans="1:19">
       <c r="A118" t="s">
         <v>71</v>
       </c>
       <c r="B118" t="s">
         <v>28</v>
       </c>
       <c r="C118">
         <v>1270</v>
       </c>
       <c r="D118">
         <v>6</v>
       </c>
       <c r="E118" t="s">
         <v>24</v>
       </c>
       <c r="F118" s="6">
-        <v>8680</v>
+        <v>9510</v>
       </c>
       <c r="G118">
-        <v>8510</v>
+        <v>9280</v>
       </c>
       <c r="H118">
-        <v>8350</v>
+        <v>9050</v>
       </c>
       <c r="I118">
-        <v>8190</v>
+        <v>8830</v>
       </c>
       <c r="J118">
+        <v>8610</v>
+      </c>
+      <c r="K118">
+        <v>8400</v>
+      </c>
+      <c r="L118">
+        <v>8280</v>
+      </c>
+      <c r="M118">
+        <v>8160</v>
+      </c>
+      <c r="N118">
         <v>8030</v>
       </c>
-      <c r="K118">
-[...10 lines deleted...]
-      </c>
       <c r="O118">
-        <v>7250</v>
+        <v>7920</v>
       </c>
       <c r="P118">
-        <v>7140</v>
+        <v>7810</v>
       </c>
       <c r="Q118">
-        <v>7040</v>
+        <v>7690</v>
       </c>
       <c r="R118">
-        <v>7040</v>
+        <v>7690</v>
       </c>
     </row>
     <row r="119" spans="1:19">
       <c r="A119" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="121" spans="1:19">
       <c r="A121" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection password="F3DC" sheet="1" insertRows="1" sort="1"/>
   <mergeCells>
     <mergeCell ref="A1:D3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A36:R36"/>
     <mergeCell ref="A37:R37"/>
     <mergeCell ref="A38:R38"/>
     <mergeCell ref="A39:R39"/>
     <mergeCell ref="A71:R71"/>
     <mergeCell ref="A72:R72"/>
     <mergeCell ref="A73:R73"/>
     <mergeCell ref="A74:R74"/>