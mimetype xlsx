--- v0 (2025-11-03)
+++ v1 (2026-03-03)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
-  <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Позвоните нам и наши менеджеры рассчитают стоимость Вашей перевозки!</t>
   </si>
   <si>
     <t>Телефон: +7 (495) 737-33-00</t>
   </si>
   <si>
     <t>Сайт: http://www.railcontinent.ru/</t>
   </si>
   <si>
     <t>Тарифы из города С-ПЕТЕРБУРГ руб/кг</t>
   </si>
   <si>
     <t>В город</t>
   </si>
   <si>
     <t>Скоростной режим</t>
   </si>
   <si>
     <t>Мин. цена</t>
@@ -307,150 +307,136 @@
   <si>
     <t>30- 39.99</t>
   </si>
   <si>
     <t>40- 69.99</t>
   </si>
   <si>
     <t>70 и более</t>
   </si>
   <si>
     <t>Тарифы в город С-ПЕТЕРБУРГ руб/кг</t>
   </si>
   <si>
     <t>Из города</t>
   </si>
   <si>
     <t>СТЕРЛИТАМАК</t>
   </si>
   <si>
     <t>Тарифы в город С-ПЕТЕРБУРГ руб/м3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="7"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...8 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
-[...2 lines deleted...]
-    </xf>
+  <cellXfs count="7">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
-[...4 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="3" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lo1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20f39754899fce9b8e0787eb9d3a669.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2095500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Рейл Континент" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -734,106 +720,94 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:S167"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F164" sqref="F164"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.664481" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14.831264" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="15.665" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14.831" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.5" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.5" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.5" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.5" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.5" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.5" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.5" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.5" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.5" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.5" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.5" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.5" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.5" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.5" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.5" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.5" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.5" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19">
-      <c r="A1" s="0"/>
-[...2 lines deleted...]
-      <c r="D1" s="0"/>
       <c r="R1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:19">
-      <c r="A2" s="0"/>
-[...2 lines deleted...]
-      <c r="D2" s="0"/>
       <c r="R2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:19">
-      <c r="A3" s="0"/>
-[...2 lines deleted...]
-      <c r="D3" s="0"/>
       <c r="R3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:19" customHeight="1" ht="20">
       <c r="A4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
@@ -873,3136 +847,3082 @@
         <v>14</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P5" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R5" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:19">
-      <c r="A6" s="6" t="s">
+      <c r="A6" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="B6" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="6">
+      <c r="C6">
         <v>3200</v>
       </c>
-      <c r="D6" s="6">
+      <c r="D6">
         <v>18</v>
       </c>
-      <c r="E6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="7">
+      <c r="E6" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" s="5">
         <v>31.3</v>
       </c>
-      <c r="G6" s="6">
+      <c r="G6">
         <v>30.5</v>
       </c>
-      <c r="H6" s="6">
+      <c r="H6">
         <v>29.7</v>
       </c>
-      <c r="I6" s="6">
+      <c r="I6">
         <v>28.9</v>
       </c>
-      <c r="J6" s="6">
+      <c r="J6">
         <v>28.2</v>
       </c>
-      <c r="K6" s="6">
+      <c r="K6">
         <v>27.5</v>
       </c>
-      <c r="L6" s="6">
+      <c r="L6">
         <v>27.1</v>
       </c>
-      <c r="M6" s="6">
+      <c r="M6">
         <v>26.7</v>
       </c>
-      <c r="N6" s="6">
+      <c r="N6">
         <v>26.4</v>
       </c>
-      <c r="O6" s="6">
-[...2 lines deleted...]
-      <c r="P6" s="6">
+      <c r="O6">
+        <v>26.099999999999998</v>
+      </c>
+      <c r="P6">
         <v>25.8</v>
       </c>
-      <c r="Q6" s="6">
+      <c r="Q6">
         <v>25.5</v>
       </c>
-      <c r="R6" s="6">
+      <c r="R6">
         <v>25.5</v>
       </c>
     </row>
     <row r="7" spans="1:19">
-      <c r="A7" s="0" t="s">
+      <c r="A7" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="0">
+      <c r="B7" t="s">
+        <v>26</v>
+      </c>
+      <c r="C7">
         <v>1450</v>
       </c>
-      <c r="D7" s="0">
+      <c r="D7">
         <v>4</v>
       </c>
-      <c r="E7" s="0" t="s">
+      <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="5">
         <v>29</v>
       </c>
-      <c r="G7" s="0">
+      <c r="G7">
         <v>28.3</v>
       </c>
-      <c r="H7" s="0">
+      <c r="H7">
         <v>27.6</v>
       </c>
-      <c r="I7" s="0">
+      <c r="I7">
         <v>26.9</v>
       </c>
-      <c r="J7" s="0">
+      <c r="J7">
         <v>26.2</v>
       </c>
-      <c r="K7" s="0">
+      <c r="K7">
         <v>25.6</v>
       </c>
-      <c r="L7" s="0">
+      <c r="L7">
         <v>25.2</v>
       </c>
-      <c r="M7" s="0">
+      <c r="M7">
         <v>24.8</v>
       </c>
-      <c r="N7" s="0">
+      <c r="N7">
         <v>24.4</v>
       </c>
-      <c r="O7" s="0">
-[...2 lines deleted...]
-      <c r="P7" s="0">
+      <c r="O7">
+        <v>24</v>
+      </c>
+      <c r="P7">
         <v>23.6</v>
       </c>
-      <c r="Q7" s="0">
+      <c r="Q7">
         <v>23.3</v>
       </c>
-      <c r="R7" s="0">
+      <c r="R7">
         <v>23.3</v>
       </c>
     </row>
     <row r="8" spans="1:19">
-      <c r="A8" s="6" t="s">
+      <c r="A8" t="s">
         <v>27</v>
       </c>
-      <c r="B8" s="6" t="s">
+      <c r="B8" t="s">
         <v>28</v>
       </c>
-      <c r="C8" s="6">
+      <c r="C8">
         <v>1650</v>
       </c>
-      <c r="D8" s="6">
+      <c r="D8">
         <v>14</v>
       </c>
-      <c r="E8" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F8" s="7">
+      <c r="E8" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" s="5">
+        <v>14.7</v>
+      </c>
+      <c r="G8">
+        <v>14.3</v>
+      </c>
+      <c r="H8">
+        <v>14</v>
+      </c>
+      <c r="I8">
+        <v>13.7</v>
+      </c>
+      <c r="J8">
+        <v>13.4</v>
+      </c>
+      <c r="K8">
+        <v>13.1</v>
+      </c>
+      <c r="L8">
         <v>12.9</v>
       </c>
-      <c r="G8" s="6">
-[...2 lines deleted...]
-      <c r="H8" s="6">
+      <c r="M8">
+        <v>12.7</v>
+      </c>
+      <c r="N8">
+        <v>12.5</v>
+      </c>
+      <c r="O8">
         <v>12.3</v>
       </c>
-      <c r="I8" s="6">
-[...27 lines deleted...]
-        <v>10.2</v>
+      <c r="P8">
+        <v>12.1</v>
+      </c>
+      <c r="Q8">
+        <v>11.9</v>
+      </c>
+      <c r="R8">
+        <v>11.9</v>
       </c>
     </row>
     <row r="9" spans="1:19">
-      <c r="A9" s="0" t="s">
+      <c r="A9" t="s">
         <v>27</v>
       </c>
-      <c r="B9" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="0">
+      <c r="B9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9">
         <v>2700</v>
       </c>
-      <c r="D9" s="0">
+      <c r="D9">
         <v>9</v>
       </c>
-      <c r="E9" s="0" t="s">
+      <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="5">
         <v>39.7</v>
       </c>
-      <c r="G9" s="0">
+      <c r="G9">
         <v>39.4</v>
       </c>
-      <c r="H9" s="0">
+      <c r="H9">
         <v>39</v>
       </c>
-      <c r="I9" s="0">
+      <c r="I9">
         <v>38.8</v>
       </c>
-      <c r="J9" s="0">
+      <c r="J9">
         <v>38.4</v>
       </c>
-      <c r="K9" s="0">
+      <c r="K9">
         <v>38.1</v>
       </c>
-      <c r="L9" s="0">
+      <c r="L9">
         <v>37.5</v>
       </c>
-      <c r="M9" s="0">
+      <c r="M9">
         <v>37</v>
       </c>
-      <c r="N9" s="0">
+      <c r="N9">
         <v>36.4</v>
       </c>
-      <c r="O9" s="0">
+      <c r="O9">
         <v>36</v>
       </c>
-      <c r="P9" s="0">
+      <c r="P9">
         <v>36</v>
       </c>
-      <c r="Q9" s="0">
+      <c r="Q9">
         <v>36</v>
       </c>
-      <c r="R9" s="0">
+      <c r="R9">
         <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:19">
-      <c r="A10" s="6" t="s">
+      <c r="A10" t="s">
         <v>29</v>
       </c>
-      <c r="B10" s="6" t="s">
+      <c r="B10" t="s">
         <v>23</v>
       </c>
-      <c r="C10" s="6">
-[...45 lines deleted...]
-        <v>39.7</v>
+      <c r="C10">
+        <v>5330</v>
+      </c>
+      <c r="D10">
+        <v>38</v>
+      </c>
+      <c r="E10" t="s">
+        <v>24</v>
+      </c>
+      <c r="F10" s="5">
+        <v>94.90000000000001</v>
+      </c>
+      <c r="G10">
+        <v>93.3</v>
+      </c>
+      <c r="H10">
+        <v>91.8</v>
+      </c>
+      <c r="I10">
+        <v>89.8</v>
+      </c>
+      <c r="J10">
+        <v>87.80000000000001</v>
+      </c>
+      <c r="K10">
+        <v>86.3</v>
+      </c>
+      <c r="L10">
+        <v>84.5</v>
+      </c>
+      <c r="M10">
+        <v>82.7</v>
+      </c>
+      <c r="N10">
+        <v>81.90000000000001</v>
+      </c>
+      <c r="O10">
+        <v>81.099999999999994</v>
+      </c>
+      <c r="P10">
+        <v>80.3</v>
+      </c>
+      <c r="Q10">
+        <v>79.5</v>
+      </c>
+      <c r="R10">
+        <v>79.5</v>
       </c>
     </row>
     <row r="11" spans="1:19">
-      <c r="A11" s="0" t="s">
+      <c r="A11" t="s">
         <v>30</v>
       </c>
-      <c r="B11" s="0" t="s">
+      <c r="B11" t="s">
         <v>23</v>
       </c>
-      <c r="C11" s="0">
+      <c r="C11">
         <v>9300</v>
       </c>
-      <c r="D11" s="0">
+      <c r="D11">
         <v>17</v>
       </c>
-      <c r="E11" s="0" t="s">
+      <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" s="5">
         <v>31.2</v>
       </c>
-      <c r="G11" s="0">
+      <c r="G11">
         <v>30.5</v>
       </c>
-      <c r="H11" s="0">
+      <c r="H11">
         <v>30.3</v>
       </c>
-      <c r="I11" s="0">
+      <c r="I11">
         <v>29.7</v>
       </c>
-      <c r="J11" s="0">
+      <c r="J11">
         <v>29.4</v>
       </c>
-      <c r="K11" s="0">
-[...2 lines deleted...]
-      <c r="L11" s="0">
+      <c r="K11">
+        <v>29.099999999999998</v>
+      </c>
+      <c r="L11">
         <v>28.4</v>
       </c>
-      <c r="M11" s="0">
+      <c r="M11">
         <v>28.1</v>
       </c>
-      <c r="N11" s="0">
+      <c r="N11">
         <v>27.4</v>
       </c>
-      <c r="O11" s="0">
+      <c r="O11">
         <v>27.1</v>
       </c>
-      <c r="P11" s="0">
+      <c r="P11">
         <v>26.5</v>
       </c>
-      <c r="Q11" s="0">
-[...2 lines deleted...]
-      <c r="R11" s="0">
+      <c r="Q11">
+        <v>26</v>
+      </c>
+      <c r="R11">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:19">
-      <c r="A12" s="6" t="s">
+      <c r="A12" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C12" s="6">
+      <c r="B12" t="s">
+        <v>26</v>
+      </c>
+      <c r="C12">
         <v>1000</v>
       </c>
-      <c r="D12" s="6">
+      <c r="D12">
         <v>4</v>
       </c>
-      <c r="E12" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F12" s="7">
+      <c r="E12" t="s">
+        <v>24</v>
+      </c>
+      <c r="F12" s="5">
         <v>12.3</v>
       </c>
-      <c r="G12" s="6">
+      <c r="G12">
         <v>11.07</v>
       </c>
-      <c r="H12" s="6">
+      <c r="H12">
         <v>10.98</v>
       </c>
-      <c r="I12" s="6">
+      <c r="I12">
         <v>10.98</v>
       </c>
-      <c r="J12" s="6">
+      <c r="J12">
         <v>10.98</v>
       </c>
-      <c r="K12" s="6">
+      <c r="K12">
         <v>10.8</v>
       </c>
-      <c r="L12" s="6">
+      <c r="L12">
         <v>10.8</v>
       </c>
-      <c r="M12" s="6">
+      <c r="M12">
         <v>10.71</v>
       </c>
-      <c r="N12" s="6">
+      <c r="N12">
         <v>10.71</v>
       </c>
-      <c r="O12" s="6">
+      <c r="O12">
         <v>10.71</v>
       </c>
-      <c r="P12" s="6">
+      <c r="P12">
         <v>10.71</v>
       </c>
-      <c r="Q12" s="6">
+      <c r="Q12">
         <v>10.71</v>
       </c>
-      <c r="R12" s="6">
+      <c r="R12">
         <v>10.71</v>
       </c>
     </row>
     <row r="13" spans="1:19">
-      <c r="A13" s="0" t="s">
+      <c r="A13" t="s">
         <v>32</v>
       </c>
-      <c r="B13" s="0" t="s">
+      <c r="B13" t="s">
         <v>28</v>
       </c>
-      <c r="C13" s="0">
+      <c r="C13">
         <v>2000</v>
       </c>
-      <c r="D13" s="0">
+      <c r="D13">
         <v>25</v>
       </c>
-      <c r="E13" s="0" t="s">
+      <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" s="5">
         <v>34.5</v>
       </c>
-      <c r="G13" s="0">
+      <c r="G13">
         <v>34.5</v>
       </c>
-      <c r="H13" s="0">
+      <c r="H13">
         <v>34</v>
       </c>
-      <c r="I13" s="0">
+      <c r="I13">
         <v>34</v>
       </c>
-      <c r="J13" s="0">
+      <c r="J13">
         <v>33.5</v>
       </c>
-      <c r="K13" s="0">
+      <c r="K13">
         <v>33.5</v>
       </c>
-      <c r="L13" s="0">
+      <c r="L13">
         <v>33</v>
       </c>
-      <c r="M13" s="0">
+      <c r="M13">
         <v>33</v>
       </c>
-      <c r="N13" s="0">
+      <c r="N13">
         <v>32.5</v>
       </c>
-      <c r="O13" s="0">
+      <c r="O13">
         <v>32</v>
       </c>
-      <c r="P13" s="0">
+      <c r="P13">
         <v>31.5</v>
       </c>
-      <c r="Q13" s="0">
+      <c r="Q13">
         <v>31</v>
       </c>
-      <c r="R13" s="0">
+      <c r="R13">
         <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:19">
-      <c r="A14" s="6" t="s">
+      <c r="A14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="6">
+      <c r="B14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C14">
         <v>2700</v>
       </c>
-      <c r="D14" s="6">
+      <c r="D14">
         <v>14</v>
       </c>
-      <c r="E14" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F14" s="7">
+      <c r="E14" t="s">
+        <v>24</v>
+      </c>
+      <c r="F14" s="5">
         <v>51.2</v>
       </c>
-      <c r="G14" s="6">
+      <c r="G14">
         <v>50.9</v>
       </c>
-      <c r="H14" s="6">
+      <c r="H14">
         <v>50.9</v>
       </c>
-      <c r="I14" s="6">
+      <c r="I14">
         <v>50.3</v>
       </c>
-      <c r="J14" s="6">
+      <c r="J14">
         <v>50</v>
       </c>
-      <c r="K14" s="6">
+      <c r="K14">
         <v>49.7</v>
       </c>
-      <c r="L14" s="6">
+      <c r="L14">
         <v>49.5</v>
       </c>
-      <c r="M14" s="6">
+      <c r="M14">
         <v>49.3</v>
       </c>
-      <c r="N14" s="6">
+      <c r="N14">
         <v>49.1</v>
       </c>
-      <c r="O14" s="6">
+      <c r="O14">
         <v>48.9</v>
       </c>
-      <c r="P14" s="6">
+      <c r="P14">
         <v>48.7</v>
       </c>
-      <c r="Q14" s="6">
+      <c r="Q14">
         <v>48.5</v>
       </c>
-      <c r="R14" s="6">
+      <c r="R14">
         <v>48.5</v>
       </c>
     </row>
     <row r="15" spans="1:19">
-      <c r="A15" s="0" t="s">
+      <c r="A15" t="s">
         <v>33</v>
       </c>
-      <c r="B15" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="0">
+      <c r="B15" t="s">
+        <v>26</v>
+      </c>
+      <c r="C15">
         <v>800</v>
       </c>
-      <c r="D15" s="0">
+      <c r="D15">
         <v>4</v>
       </c>
-      <c r="E15" s="0" t="s">
+      <c r="E15" t="s">
         <v>24</v>
       </c>
       <c r="F15" s="5">
         <v>25.2</v>
       </c>
-      <c r="G15" s="0">
+      <c r="G15">
         <v>24.6</v>
       </c>
-      <c r="H15" s="0">
-[...2 lines deleted...]
-      <c r="I15" s="0">
+      <c r="H15">
+        <v>24</v>
+      </c>
+      <c r="I15">
         <v>23.4</v>
       </c>
-      <c r="J15" s="0">
+      <c r="J15">
         <v>22.8</v>
       </c>
-      <c r="K15" s="0">
+      <c r="K15">
         <v>22.2</v>
       </c>
-      <c r="L15" s="0">
+      <c r="L15">
         <v>21.9</v>
       </c>
-      <c r="M15" s="0">
+      <c r="M15">
         <v>21.6</v>
       </c>
-      <c r="N15" s="0">
+      <c r="N15">
         <v>21.3</v>
       </c>
-      <c r="O15" s="0">
+      <c r="O15">
         <v>21</v>
       </c>
-      <c r="P15" s="0">
+      <c r="P15">
         <v>20.7</v>
       </c>
-      <c r="Q15" s="0">
+      <c r="Q15">
         <v>20.4</v>
       </c>
-      <c r="R15" s="0">
+      <c r="R15">
         <v>20.4</v>
       </c>
     </row>
     <row r="16" spans="1:19">
-      <c r="A16" s="6" t="s">
+      <c r="A16" t="s">
         <v>34</v>
       </c>
-      <c r="B16" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="6">
+      <c r="B16" t="s">
+        <v>26</v>
+      </c>
+      <c r="C16">
         <v>950</v>
       </c>
-      <c r="D16" s="6">
+      <c r="D16">
         <v>2</v>
       </c>
-      <c r="E16" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F16" s="7">
+      <c r="E16" t="s">
+        <v>24</v>
+      </c>
+      <c r="F16" s="5">
         <v>22.5</v>
       </c>
-      <c r="G16" s="6">
+      <c r="G16">
         <v>22</v>
       </c>
-      <c r="H16" s="6">
+      <c r="H16">
         <v>21.5</v>
       </c>
-      <c r="I16" s="6">
+      <c r="I16">
         <v>21</v>
       </c>
-      <c r="J16" s="6">
+      <c r="J16">
         <v>20.5</v>
       </c>
-      <c r="K16" s="6">
+      <c r="K16">
         <v>20</v>
       </c>
-      <c r="L16" s="6">
+      <c r="L16">
         <v>19.7</v>
       </c>
-      <c r="M16" s="6">
+      <c r="M16">
         <v>19.4</v>
       </c>
-      <c r="N16" s="6">
+      <c r="N16">
         <v>19.1</v>
       </c>
-      <c r="O16" s="6">
+      <c r="O16">
         <v>18.8</v>
       </c>
-      <c r="P16" s="6">
+      <c r="P16">
         <v>18.5</v>
       </c>
-      <c r="Q16" s="6">
+      <c r="Q16">
         <v>18.2</v>
       </c>
-      <c r="R16" s="6">
+      <c r="R16">
         <v>18.2</v>
       </c>
     </row>
     <row r="17" spans="1:19">
-      <c r="A17" s="0" t="s">
+      <c r="A17" t="s">
         <v>35</v>
       </c>
-      <c r="B17" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="0">
+      <c r="B17" t="s">
+        <v>26</v>
+      </c>
+      <c r="C17">
         <v>700</v>
       </c>
-      <c r="D17" s="0">
+      <c r="D17">
         <v>4</v>
       </c>
-      <c r="E17" s="0" t="s">
+      <c r="E17" t="s">
         <v>24</v>
       </c>
       <c r="F17" s="5">
         <v>22.9</v>
       </c>
-      <c r="G17" s="0">
+      <c r="G17">
         <v>22.3</v>
       </c>
-      <c r="H17" s="0">
+      <c r="H17">
         <v>21.8</v>
       </c>
-      <c r="I17" s="0">
+      <c r="I17">
         <v>21.3</v>
       </c>
-      <c r="J17" s="0">
+      <c r="J17">
         <v>20.8</v>
       </c>
-      <c r="K17" s="0">
+      <c r="K17">
         <v>20.3</v>
       </c>
-      <c r="L17" s="0">
+      <c r="L17">
         <v>20</v>
       </c>
-      <c r="M17" s="0">
+      <c r="M17">
         <v>19.7</v>
       </c>
-      <c r="N17" s="0">
+      <c r="N17">
         <v>19.4</v>
       </c>
-      <c r="O17" s="0">
+      <c r="O17">
         <v>19.1</v>
       </c>
-      <c r="P17" s="0">
+      <c r="P17">
         <v>18.8</v>
       </c>
-      <c r="Q17" s="0">
+      <c r="Q17">
         <v>18.5</v>
       </c>
-      <c r="R17" s="0">
+      <c r="R17">
         <v>18.5</v>
       </c>
     </row>
     <row r="18" spans="1:19">
-      <c r="A18" s="6" t="s">
+      <c r="A18" t="s">
         <v>36</v>
       </c>
-      <c r="B18" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="6">
+      <c r="B18" t="s">
+        <v>26</v>
+      </c>
+      <c r="C18">
         <v>1000</v>
       </c>
-      <c r="D18" s="6">
+      <c r="D18">
         <v>3</v>
       </c>
-      <c r="E18" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="7">
+      <c r="E18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F18" s="5">
         <v>29.5</v>
       </c>
-      <c r="G18" s="6">
+      <c r="G18">
         <v>28.8</v>
       </c>
-      <c r="H18" s="6">
+      <c r="H18">
         <v>28.1</v>
       </c>
-      <c r="I18" s="6">
+      <c r="I18">
         <v>27.4</v>
       </c>
-      <c r="J18" s="6">
+      <c r="J18">
         <v>26.7</v>
       </c>
-      <c r="K18" s="6">
-[...2 lines deleted...]
-      <c r="L18" s="6">
+      <c r="K18">
+        <v>26</v>
+      </c>
+      <c r="L18">
         <v>25.6</v>
       </c>
-      <c r="M18" s="6">
+      <c r="M18">
         <v>25.2</v>
       </c>
-      <c r="N18" s="6">
+      <c r="N18">
         <v>24.8</v>
       </c>
-      <c r="O18" s="6">
+      <c r="O18">
         <v>24.4</v>
       </c>
-      <c r="P18" s="6">
-[...2 lines deleted...]
-      <c r="Q18" s="6">
+      <c r="P18">
+        <v>24</v>
+      </c>
+      <c r="Q18">
         <v>23.6</v>
       </c>
-      <c r="R18" s="6">
+      <c r="R18">
         <v>23.6</v>
       </c>
     </row>
     <row r="19" spans="1:19">
-      <c r="A19" s="0" t="s">
+      <c r="A19" t="s">
         <v>37</v>
       </c>
-      <c r="B19" s="0" t="s">
+      <c r="B19" t="s">
         <v>28</v>
       </c>
-      <c r="C19" s="0">
+      <c r="C19">
         <v>2500</v>
       </c>
-      <c r="D19" s="0">
+      <c r="D19">
         <v>16</v>
       </c>
-      <c r="E19" s="0" t="s">
+      <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" s="5">
         <v>21.2</v>
       </c>
-      <c r="G19" s="0">
+      <c r="G19">
         <v>21</v>
       </c>
-      <c r="H19" s="0">
+      <c r="H19">
         <v>20.8</v>
       </c>
-      <c r="I19" s="0">
+      <c r="I19">
         <v>20.5</v>
       </c>
-      <c r="J19" s="0">
+      <c r="J19">
         <v>20.2</v>
       </c>
-      <c r="K19" s="0">
+      <c r="K19">
         <v>19.9</v>
       </c>
-      <c r="L19" s="0">
+      <c r="L19">
         <v>19.6</v>
       </c>
-      <c r="M19" s="0">
+      <c r="M19">
         <v>19.3</v>
       </c>
-      <c r="N19" s="0">
+      <c r="N19">
         <v>18.9</v>
       </c>
-      <c r="O19" s="0">
+      <c r="O19">
         <v>18.6</v>
       </c>
-      <c r="P19" s="0">
+      <c r="P19">
         <v>18.3</v>
       </c>
-      <c r="Q19" s="0">
+      <c r="Q19">
         <v>18</v>
       </c>
-      <c r="R19" s="0">
+      <c r="R19">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:19">
-      <c r="A20" s="6" t="s">
+      <c r="A20" t="s">
         <v>38</v>
       </c>
-      <c r="B20" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="6">
+      <c r="B20" t="s">
+        <v>26</v>
+      </c>
+      <c r="C20">
         <v>850</v>
       </c>
-      <c r="D20" s="6">
+      <c r="D20">
         <v>5</v>
       </c>
-      <c r="E20" s="6" t="s">
-[...5 lines deleted...]
-      <c r="G20" s="6">
+      <c r="E20" t="s">
+        <v>24</v>
+      </c>
+      <c r="F20" s="5">
+        <v>24</v>
+      </c>
+      <c r="G20">
         <v>23.4</v>
       </c>
-      <c r="H20" s="6">
+      <c r="H20">
         <v>22.8</v>
       </c>
-      <c r="I20" s="6">
+      <c r="I20">
         <v>22.2</v>
       </c>
-      <c r="J20" s="6">
+      <c r="J20">
         <v>21.7</v>
       </c>
-      <c r="K20" s="6">
+      <c r="K20">
         <v>21.2</v>
       </c>
-      <c r="L20" s="6">
+      <c r="L20">
         <v>20.9</v>
       </c>
-      <c r="M20" s="6">
+      <c r="M20">
         <v>20.6</v>
       </c>
-      <c r="N20" s="6">
+      <c r="N20">
         <v>20.3</v>
       </c>
-      <c r="O20" s="6">
+      <c r="O20">
         <v>20</v>
       </c>
-      <c r="P20" s="6">
+      <c r="P20">
         <v>19.7</v>
       </c>
-      <c r="Q20" s="6">
+      <c r="Q20">
         <v>19.4</v>
       </c>
-      <c r="R20" s="6">
+      <c r="R20">
         <v>19.4</v>
       </c>
     </row>
     <row r="21" spans="1:19">
-      <c r="A21" s="0" t="s">
+      <c r="A21" t="s">
         <v>39</v>
       </c>
-      <c r="B21" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="0">
+      <c r="B21" t="s">
+        <v>26</v>
+      </c>
+      <c r="C21">
         <v>2100</v>
       </c>
-      <c r="D21" s="0">
+      <c r="D21">
         <v>6</v>
       </c>
-      <c r="E21" s="0" t="s">
+      <c r="E21" t="s">
         <v>24</v>
       </c>
       <c r="F21" s="5">
         <v>54.5</v>
       </c>
-      <c r="G21" s="0">
+      <c r="G21">
         <v>53.2</v>
       </c>
-      <c r="H21" s="0">
+      <c r="H21">
         <v>51.9</v>
       </c>
-      <c r="I21" s="0">
+      <c r="I21">
         <v>50.6</v>
       </c>
-      <c r="J21" s="0">
+      <c r="J21">
         <v>49.4</v>
       </c>
-      <c r="K21" s="0">
+      <c r="K21">
         <v>48.2</v>
       </c>
-      <c r="L21" s="0">
+      <c r="L21">
         <v>47.5</v>
       </c>
-      <c r="M21" s="0">
+      <c r="M21">
         <v>46.8</v>
       </c>
-      <c r="N21" s="0">
+      <c r="N21">
         <v>46.1</v>
       </c>
-      <c r="O21" s="0">
+      <c r="O21">
         <v>45.4</v>
       </c>
-      <c r="P21" s="0">
+      <c r="P21">
         <v>44.7</v>
       </c>
-      <c r="Q21" s="0">
+      <c r="Q21">
         <v>44</v>
       </c>
-      <c r="R21" s="0">
+      <c r="R21">
         <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:19">
-      <c r="A22" s="6" t="s">
+      <c r="A22" t="s">
         <v>40</v>
       </c>
-      <c r="B22" s="6" t="s">
+      <c r="B22" t="s">
         <v>28</v>
       </c>
-      <c r="C22" s="6">
+      <c r="C22">
         <v>1000</v>
       </c>
-      <c r="D22" s="6">
+      <c r="D22">
         <v>14</v>
       </c>
-      <c r="E22" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F22" s="7">
+      <c r="E22" t="s">
+        <v>24</v>
+      </c>
+      <c r="F22" s="5">
+        <v>14.1</v>
+      </c>
+      <c r="G22">
+        <v>13.8</v>
+      </c>
+      <c r="H22">
+        <v>13.5</v>
+      </c>
+      <c r="I22">
+        <v>13.2</v>
+      </c>
+      <c r="J22">
+        <v>12.9</v>
+      </c>
+      <c r="K22">
         <v>12.6</v>
       </c>
-      <c r="G22" s="6">
-[...2 lines deleted...]
-      <c r="H22" s="6">
+      <c r="L22">
+        <v>12.4</v>
+      </c>
+      <c r="M22">
+        <v>12.2</v>
+      </c>
+      <c r="N22">
         <v>12</v>
       </c>
-      <c r="I22" s="6">
-[...2 lines deleted...]
-      <c r="J22" s="6">
+      <c r="O22">
+        <v>11.8</v>
+      </c>
+      <c r="P22">
+        <v>11.6</v>
+      </c>
+      <c r="Q22">
         <v>11.4</v>
       </c>
-      <c r="K22" s="6">
-[...21 lines deleted...]
-        <v>10</v>
+      <c r="R22">
+        <v>11.4</v>
       </c>
     </row>
     <row r="23" spans="1:19">
-      <c r="A23" s="0" t="s">
+      <c r="A23" t="s">
         <v>41</v>
       </c>
-      <c r="B23" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="0">
+      <c r="B23" t="s">
+        <v>26</v>
+      </c>
+      <c r="C23">
         <v>800</v>
       </c>
-      <c r="D23" s="0">
+      <c r="D23">
         <v>6</v>
       </c>
-      <c r="E23" s="0" t="s">
+      <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" s="5">
         <v>24.5</v>
       </c>
-      <c r="G23" s="0">
+      <c r="G23">
         <v>23.9</v>
       </c>
-      <c r="H23" s="0">
+      <c r="H23">
         <v>23.3</v>
       </c>
-      <c r="I23" s="0">
+      <c r="I23">
         <v>22.7</v>
       </c>
-      <c r="J23" s="0">
+      <c r="J23">
         <v>22.1</v>
       </c>
-      <c r="K23" s="0">
+      <c r="K23">
         <v>21.6</v>
       </c>
-      <c r="L23" s="0">
+      <c r="L23">
         <v>21.3</v>
       </c>
-      <c r="M23" s="0">
+      <c r="M23">
         <v>21</v>
       </c>
-      <c r="N23" s="0">
+      <c r="N23">
         <v>20.7</v>
       </c>
-      <c r="O23" s="0">
+      <c r="O23">
         <v>20.4</v>
       </c>
-      <c r="P23" s="0">
+      <c r="P23">
         <v>20.1</v>
       </c>
-      <c r="Q23" s="0">
+      <c r="Q23">
         <v>19.8</v>
       </c>
-      <c r="R23" s="0">
+      <c r="R23">
         <v>19.8</v>
       </c>
     </row>
     <row r="24" spans="1:19">
-      <c r="A24" s="6" t="s">
+      <c r="A24" t="s">
         <v>42</v>
       </c>
-      <c r="B24" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="6">
+      <c r="B24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C24">
         <v>2400</v>
       </c>
-      <c r="D24" s="6">
+      <c r="D24">
         <v>9</v>
       </c>
-      <c r="E24" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F24" s="7">
+      <c r="E24" t="s">
+        <v>24</v>
+      </c>
+      <c r="F24" s="5">
         <v>120.8</v>
       </c>
-      <c r="G24" s="6">
+      <c r="G24">
         <v>47.7</v>
       </c>
-      <c r="H24" s="6">
+      <c r="H24">
         <v>46.5</v>
       </c>
-      <c r="I24" s="6">
+      <c r="I24">
         <v>45.4</v>
       </c>
-      <c r="J24" s="6">
+      <c r="J24">
         <v>44.3</v>
       </c>
-      <c r="K24" s="6">
+      <c r="K24">
         <v>43.2</v>
       </c>
-      <c r="L24" s="6">
+      <c r="L24">
         <v>42.6</v>
       </c>
-      <c r="M24" s="6">
+      <c r="M24">
         <v>42</v>
       </c>
-      <c r="N24" s="6">
+      <c r="N24">
         <v>41.4</v>
       </c>
-      <c r="O24" s="6">
+      <c r="O24">
         <v>40.8</v>
       </c>
-      <c r="P24" s="6">
+      <c r="P24">
         <v>40.2</v>
       </c>
-      <c r="Q24" s="6">
+      <c r="Q24">
         <v>39.6</v>
       </c>
-      <c r="R24" s="6">
+      <c r="R24">
         <v>39.6</v>
       </c>
     </row>
     <row r="25" spans="1:19">
-      <c r="A25" s="0" t="s">
+      <c r="A25" t="s">
         <v>42</v>
       </c>
-      <c r="B25" s="0" t="s">
+      <c r="B25" t="s">
         <v>43</v>
       </c>
-      <c r="C25" s="0">
+      <c r="C25">
         <v>2200</v>
       </c>
-      <c r="D25" s="0">
+      <c r="D25">
         <v>15</v>
       </c>
-      <c r="E25" s="0" t="s">
+      <c r="E25" t="s">
         <v>24</v>
       </c>
       <c r="F25" s="5">
         <v>19.7</v>
       </c>
-      <c r="G25" s="0">
+      <c r="G25">
         <v>19.2</v>
       </c>
-      <c r="H25" s="0">
+      <c r="H25">
         <v>18.7</v>
       </c>
-      <c r="I25" s="0">
+      <c r="I25">
         <v>18.2</v>
       </c>
-      <c r="J25" s="0">
+      <c r="J25">
         <v>17.8</v>
       </c>
-      <c r="K25" s="0">
+      <c r="K25">
         <v>17.4</v>
       </c>
-      <c r="L25" s="0">
+      <c r="L25">
         <v>17.1</v>
       </c>
-      <c r="M25" s="0">
+      <c r="M25">
         <v>16.8</v>
       </c>
-      <c r="N25" s="0">
+      <c r="N25">
         <v>16.6</v>
       </c>
-      <c r="O25" s="0">
+      <c r="O25">
         <v>16.4</v>
       </c>
-      <c r="P25" s="0">
+      <c r="P25">
         <v>16.2</v>
       </c>
-      <c r="Q25" s="0">
+      <c r="Q25">
         <v>16</v>
       </c>
-      <c r="R25" s="0">
+      <c r="R25">
         <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:19">
-      <c r="A26" s="6" t="s">
+      <c r="A26" t="s">
         <v>44</v>
       </c>
-      <c r="B26" s="6" t="s">
+      <c r="B26" t="s">
         <v>28</v>
       </c>
-      <c r="C26" s="6">
-[...2 lines deleted...]
-      <c r="D26" s="6">
+      <c r="C26">
+        <v>5500</v>
+      </c>
+      <c r="D26">
         <v>41</v>
       </c>
-      <c r="E26" s="6" t="s">
-[...39 lines deleted...]
-        <v>46.5</v>
+      <c r="E26" t="s">
+        <v>24</v>
+      </c>
+      <c r="F26" s="5">
+        <v>54.0</v>
+      </c>
+      <c r="G26">
+        <v>54.0</v>
+      </c>
+      <c r="H26">
+        <v>53.4</v>
+      </c>
+      <c r="I26">
+        <v>53.3</v>
+      </c>
+      <c r="J26">
+        <v>52.7</v>
+      </c>
+      <c r="K26">
+        <v>52.5</v>
+      </c>
+      <c r="L26">
+        <v>51.5</v>
+      </c>
+      <c r="M26">
+        <v>51</v>
+      </c>
+      <c r="N26">
+        <v>50.0</v>
+      </c>
+      <c r="O26">
+        <v>49</v>
+      </c>
+      <c r="P26">
+        <v>48.5</v>
+      </c>
+      <c r="Q26">
+        <v>48</v>
+      </c>
+      <c r="R26">
+        <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:19">
-      <c r="A27" s="0" t="s">
+      <c r="A27" t="s">
         <v>45</v>
       </c>
-      <c r="B27" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="0">
+      <c r="B27" t="s">
+        <v>26</v>
+      </c>
+      <c r="C27">
         <v>880</v>
       </c>
-      <c r="D27" s="0">
+      <c r="D27">
         <v>1</v>
       </c>
-      <c r="E27" s="0" t="s">
+      <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" s="5">
         <v>16.9</v>
       </c>
-      <c r="G27" s="0">
+      <c r="G27">
         <v>16.5</v>
       </c>
-      <c r="H27" s="0">
+      <c r="H27">
         <v>16.1</v>
       </c>
-      <c r="I27" s="0">
+      <c r="I27">
         <v>15.7</v>
       </c>
-      <c r="J27" s="0">
+      <c r="J27">
         <v>15.3</v>
       </c>
-      <c r="K27" s="0">
+      <c r="K27">
         <v>14.9</v>
       </c>
-      <c r="L27" s="0">
+      <c r="L27">
         <v>14.7</v>
       </c>
-      <c r="M27" s="0">
+      <c r="M27">
         <v>14.5</v>
       </c>
-      <c r="N27" s="0">
+      <c r="N27">
         <v>14.3</v>
       </c>
-      <c r="O27" s="0">
+      <c r="O27">
         <v>14.1</v>
       </c>
-      <c r="P27" s="0">
+      <c r="P27">
         <v>13.9</v>
       </c>
-      <c r="Q27" s="0">
+      <c r="Q27">
         <v>13.7</v>
       </c>
-      <c r="R27" s="0">
+      <c r="R27">
         <v>13.7</v>
       </c>
     </row>
     <row r="28" spans="1:19">
-      <c r="A28" s="6" t="s">
+      <c r="A28" t="s">
         <v>46</v>
       </c>
-      <c r="B28" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="6">
+      <c r="B28" t="s">
+        <v>26</v>
+      </c>
+      <c r="C28">
         <v>2500</v>
       </c>
-      <c r="D28" s="6">
+      <c r="D28">
         <v>5</v>
       </c>
-      <c r="E28" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F28" s="7">
+      <c r="E28" t="s">
+        <v>24</v>
+      </c>
+      <c r="F28" s="5">
         <v>25.7</v>
       </c>
-      <c r="G28" s="6">
+      <c r="G28">
         <v>25.1</v>
       </c>
-      <c r="H28" s="6">
+      <c r="H28">
         <v>24.5</v>
       </c>
-      <c r="I28" s="6">
+      <c r="I28">
         <v>23.9</v>
       </c>
-      <c r="J28" s="6">
+      <c r="J28">
         <v>23.3</v>
       </c>
-      <c r="K28" s="6">
+      <c r="K28">
         <v>22.7</v>
       </c>
-      <c r="L28" s="6">
+      <c r="L28">
         <v>22.4</v>
       </c>
-      <c r="M28" s="6">
+      <c r="M28">
         <v>22.1</v>
       </c>
-      <c r="N28" s="6">
+      <c r="N28">
         <v>21.8</v>
       </c>
-      <c r="O28" s="6">
+      <c r="O28">
         <v>21.5</v>
       </c>
-      <c r="P28" s="6">
+      <c r="P28">
         <v>21.2</v>
       </c>
-      <c r="Q28" s="6">
+      <c r="Q28">
         <v>20.9</v>
       </c>
-      <c r="R28" s="6">
+      <c r="R28">
         <v>20.9</v>
       </c>
     </row>
     <row r="29" spans="1:19">
-      <c r="A29" s="0" t="s">
+      <c r="A29" t="s">
         <v>47</v>
       </c>
-      <c r="B29" s="0" t="s">
+      <c r="B29" t="s">
         <v>23</v>
       </c>
-      <c r="C29" s="0">
+      <c r="C29">
         <v>5500</v>
       </c>
-      <c r="D29" s="0">
-[...2 lines deleted...]
-      <c r="E29" s="0" t="s">
+      <c r="D29">
+        <v>26</v>
+      </c>
+      <c r="E29" t="s">
         <v>24</v>
       </c>
       <c r="F29" s="5">
+        <v>43.8</v>
+      </c>
+      <c r="G29">
+        <v>43.8</v>
+      </c>
+      <c r="H29">
         <v>43.3</v>
       </c>
-      <c r="G29" s="0">
-[...8 lines deleted...]
-      <c r="J29" s="0">
+      <c r="I29">
+        <v>42.5</v>
+      </c>
+      <c r="J29">
+        <v>42.0</v>
+      </c>
+      <c r="K29">
+        <v>40.9</v>
+      </c>
+      <c r="L29">
+        <v>39.4</v>
+      </c>
+      <c r="M29">
+        <v>39.4</v>
+      </c>
+      <c r="N29">
+        <v>38.9</v>
+      </c>
+      <c r="O29">
+        <v>37.8</v>
+      </c>
+      <c r="P29">
+        <v>37.3</v>
+      </c>
+      <c r="Q29">
+        <v>36.8</v>
+      </c>
+      <c r="R29">
+        <v>36.8</v>
+      </c>
+    </row>
+    <row r="30" spans="1:19">
+      <c r="A30" t="s">
+        <v>48</v>
+      </c>
+      <c r="B30" t="s">
+        <v>26</v>
+      </c>
+      <c r="C30">
+        <v>2580</v>
+      </c>
+      <c r="D30">
+        <v>4</v>
+      </c>
+      <c r="E30" t="s">
+        <v>24</v>
+      </c>
+      <c r="F30" s="5">
+        <v>48.2</v>
+      </c>
+      <c r="G30">
+        <v>47.1</v>
+      </c>
+      <c r="H30">
+        <v>46.0</v>
+      </c>
+      <c r="I30">
+        <v>44.9</v>
+      </c>
+      <c r="J30">
+        <v>43.8</v>
+      </c>
+      <c r="K30">
+        <v>42.7</v>
+      </c>
+      <c r="L30">
+        <v>42.1</v>
+      </c>
+      <c r="M30">
         <v>41.5</v>
       </c>
-      <c r="K29" s="0">
-[...77 lines deleted...]
-        <v>21</v>
+      <c r="N30">
+        <v>40.90000000000001</v>
+      </c>
+      <c r="O30">
+        <v>40.3</v>
+      </c>
+      <c r="P30">
+        <v>39.7</v>
+      </c>
+      <c r="Q30">
+        <v>39.0</v>
+      </c>
+      <c r="R30">
+        <v>39.0</v>
       </c>
     </row>
     <row r="31" spans="1:19">
-      <c r="A31" s="0" t="s">
+      <c r="A31" t="s">
         <v>49</v>
       </c>
-      <c r="B31" s="0" t="s">
+      <c r="B31" t="s">
         <v>28</v>
       </c>
-      <c r="C31" s="0">
+      <c r="C31">
         <v>2700</v>
       </c>
-      <c r="D31" s="0">
+      <c r="D31">
         <v>14</v>
       </c>
-      <c r="E31" s="0" t="s">
+      <c r="E31" t="s">
         <v>24</v>
       </c>
       <c r="F31" s="5">
         <v>16.4</v>
       </c>
-      <c r="G31" s="0">
+      <c r="G31">
         <v>16.3</v>
       </c>
-      <c r="H31" s="0">
+      <c r="H31">
         <v>15.8</v>
       </c>
-      <c r="I31" s="0">
+      <c r="I31">
         <v>15.6</v>
       </c>
-      <c r="J31" s="0">
+      <c r="J31">
         <v>14.9</v>
       </c>
-      <c r="K31" s="0">
+      <c r="K31">
         <v>14.9</v>
       </c>
-      <c r="L31" s="0">
+      <c r="L31">
         <v>14.5</v>
       </c>
-      <c r="M31" s="0">
+      <c r="M31">
         <v>14.1</v>
       </c>
-      <c r="N31" s="0">
+      <c r="N31">
         <v>14</v>
       </c>
-      <c r="O31" s="0">
+      <c r="O31">
         <v>13.1</v>
       </c>
-      <c r="P31" s="0">
+      <c r="P31">
         <v>13.1</v>
       </c>
-      <c r="Q31" s="0">
+      <c r="Q31">
         <v>12.9</v>
       </c>
-      <c r="R31" s="0">
+      <c r="R31">
         <v>12.9</v>
       </c>
     </row>
     <row r="32" spans="1:19">
-      <c r="A32" s="6" t="s">
+      <c r="A32" t="s">
         <v>50</v>
       </c>
-      <c r="B32" s="6" t="s">
+      <c r="B32" t="s">
         <v>28</v>
       </c>
-      <c r="C32" s="6">
-[...2 lines deleted...]
-      <c r="D32" s="6">
+      <c r="C32">
+        <v>1800</v>
+      </c>
+      <c r="D32">
         <v>10</v>
       </c>
-      <c r="E32" s="6" t="s">
-[...8 lines deleted...]
-      <c r="H32" s="6">
+      <c r="E32" t="s">
+        <v>24</v>
+      </c>
+      <c r="F32" s="5">
+        <v>13.3</v>
+      </c>
+      <c r="G32">
+        <v>13</v>
+      </c>
+      <c r="H32">
+        <v>12.7</v>
+      </c>
+      <c r="I32">
+        <v>12.4</v>
+      </c>
+      <c r="J32">
+        <v>12.1</v>
+      </c>
+      <c r="K32">
+        <v>11.8</v>
+      </c>
+      <c r="L32">
+        <v>11.6</v>
+      </c>
+      <c r="M32">
         <v>11.4</v>
       </c>
-      <c r="I32" s="6">
-[...2 lines deleted...]
-      <c r="J32" s="6">
+      <c r="N32">
+        <v>11.2</v>
+      </c>
+      <c r="O32">
+        <v>11</v>
+      </c>
+      <c r="P32">
         <v>10.8</v>
       </c>
-      <c r="K32" s="6">
-[...21 lines deleted...]
-        <v>9.699999999999999</v>
+      <c r="Q32">
+        <v>10.6</v>
+      </c>
+      <c r="R32">
+        <v>10.6</v>
       </c>
     </row>
     <row r="33" spans="1:19">
-      <c r="A33" s="0" t="s">
+      <c r="A33" t="s">
         <v>50</v>
       </c>
-      <c r="B33" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="0">
+      <c r="B33" t="s">
+        <v>26</v>
+      </c>
+      <c r="C33">
         <v>2200</v>
       </c>
-      <c r="D33" s="0">
+      <c r="D33">
         <v>7</v>
       </c>
-      <c r="E33" s="0" t="s">
+      <c r="E33" t="s">
         <v>24</v>
       </c>
       <c r="F33" s="5">
         <v>34.8</v>
       </c>
-      <c r="G33" s="0">
+      <c r="G33">
         <v>34</v>
       </c>
-      <c r="H33" s="0">
+      <c r="H33">
         <v>33.2</v>
       </c>
-      <c r="I33" s="0">
+      <c r="I33">
         <v>32.4</v>
       </c>
-      <c r="J33" s="0">
+      <c r="J33">
         <v>31.6</v>
       </c>
-      <c r="K33" s="0">
+      <c r="K33">
         <v>30.8</v>
       </c>
-      <c r="L33" s="0">
+      <c r="L33">
         <v>30.3</v>
       </c>
-      <c r="M33" s="0">
+      <c r="M33">
         <v>29.9</v>
       </c>
-      <c r="N33" s="0">
+      <c r="N33">
         <v>29.5</v>
       </c>
-      <c r="O33" s="0">
+      <c r="O33">
         <v>29.1</v>
       </c>
-      <c r="P33" s="0">
+      <c r="P33">
         <v>28.7</v>
       </c>
-      <c r="Q33" s="0">
+      <c r="Q33">
         <v>28.3</v>
       </c>
-      <c r="R33" s="0">
+      <c r="R33">
         <v>28.3</v>
       </c>
     </row>
     <row r="34" spans="1:19">
-      <c r="A34" s="6" t="s">
+      <c r="A34" t="s">
         <v>51</v>
       </c>
-      <c r="B34" s="6" t="s">
+      <c r="B34" t="s">
         <v>28</v>
       </c>
-      <c r="C34" s="6">
-[...2 lines deleted...]
-      <c r="D34" s="6">
+      <c r="C34">
+        <v>1200</v>
+      </c>
+      <c r="D34">
         <v>11</v>
       </c>
-      <c r="E34" s="6" t="s">
-[...5 lines deleted...]
-      <c r="G34" s="6">
+      <c r="E34" t="s">
+        <v>24</v>
+      </c>
+      <c r="F34" s="5">
+        <v>10.6</v>
+      </c>
+      <c r="G34">
+        <v>10.3</v>
+      </c>
+      <c r="H34">
+        <v>10</v>
+      </c>
+      <c r="I34">
+        <v>9.8</v>
+      </c>
+      <c r="J34">
         <v>9.6</v>
       </c>
-      <c r="H34" s="6">
+      <c r="K34">
         <v>9.4</v>
       </c>
-      <c r="I34" s="6">
-[...2 lines deleted...]
-      <c r="J34" s="6">
+      <c r="L34">
+        <v>9.3</v>
+      </c>
+      <c r="M34">
+        <v>9.2</v>
+      </c>
+      <c r="N34">
+        <v>9.1</v>
+      </c>
+      <c r="O34">
         <v>9</v>
       </c>
-      <c r="K34" s="6">
-[...21 lines deleted...]
-        <v>8.199999999999999</v>
+      <c r="P34">
+        <v>8.9</v>
+      </c>
+      <c r="Q34">
+        <v>8.8</v>
+      </c>
+      <c r="R34">
+        <v>8.8</v>
       </c>
     </row>
     <row r="35" spans="1:19">
-      <c r="A35" s="0" t="s">
+      <c r="A35" t="s">
         <v>51</v>
       </c>
-      <c r="B35" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C35" s="0">
+      <c r="B35" t="s">
+        <v>26</v>
+      </c>
+      <c r="C35">
         <v>2100</v>
       </c>
-      <c r="D35" s="0">
+      <c r="D35">
         <v>7</v>
       </c>
-      <c r="E35" s="0" t="s">
+      <c r="E35" t="s">
         <v>24</v>
       </c>
       <c r="F35" s="5">
         <v>32.8</v>
       </c>
-      <c r="G35" s="0">
+      <c r="G35">
         <v>32</v>
       </c>
-      <c r="H35" s="0">
+      <c r="H35">
         <v>31.2</v>
       </c>
-      <c r="I35" s="0">
+      <c r="I35">
         <v>30.4</v>
       </c>
-      <c r="J35" s="0">
+      <c r="J35">
         <v>29.7</v>
       </c>
-      <c r="K35" s="0">
+      <c r="K35">
         <v>29</v>
       </c>
-      <c r="L35" s="0">
+      <c r="L35">
         <v>28.6</v>
       </c>
-      <c r="M35" s="0">
+      <c r="M35">
         <v>28.2</v>
       </c>
-      <c r="N35" s="0">
+      <c r="N35">
         <v>27.8</v>
       </c>
-      <c r="O35" s="0">
+      <c r="O35">
         <v>27.4</v>
       </c>
-      <c r="P35" s="0">
+      <c r="P35">
         <v>27</v>
       </c>
-      <c r="Q35" s="0">
+      <c r="Q35">
         <v>26.6</v>
       </c>
-      <c r="R35" s="0">
+      <c r="R35">
         <v>26.6</v>
       </c>
     </row>
     <row r="36" spans="1:19">
-      <c r="A36" s="6" t="s">
+      <c r="A36" t="s">
         <v>52</v>
       </c>
-      <c r="B36" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D36" s="6">
+      <c r="B36" t="s">
+        <v>26</v>
+      </c>
+      <c r="C36">
+        <v>2480</v>
+      </c>
+      <c r="D36">
+        <v>5</v>
+      </c>
+      <c r="E36" t="s">
+        <v>24</v>
+      </c>
+      <c r="F36" s="5">
+        <v>55.9</v>
+      </c>
+      <c r="G36">
+        <v>54.6</v>
+      </c>
+      <c r="H36">
+        <v>53.3</v>
+      </c>
+      <c r="I36">
+        <v>52.0</v>
+      </c>
+      <c r="J36">
+        <v>50.7</v>
+      </c>
+      <c r="K36">
+        <v>49.4</v>
+      </c>
+      <c r="L36">
+        <v>48.7</v>
+      </c>
+      <c r="M36">
+        <v>48.0</v>
+      </c>
+      <c r="N36">
+        <v>47.3</v>
+      </c>
+      <c r="O36">
+        <v>46.59999999999999</v>
+      </c>
+      <c r="P36">
+        <v>45.9</v>
+      </c>
+      <c r="Q36">
+        <v>45.2</v>
+      </c>
+      <c r="R36">
+        <v>45.2</v>
+      </c>
+    </row>
+    <row r="37" spans="1:19">
+      <c r="A37" t="s">
+        <v>53</v>
+      </c>
+      <c r="B37" t="s">
+        <v>23</v>
+      </c>
+      <c r="C37">
+        <v>5830</v>
+      </c>
+      <c r="D37">
+        <v>42</v>
+      </c>
+      <c r="E37" t="s">
+        <v>24</v>
+      </c>
+      <c r="F37" s="5">
+        <v>76.40000000000001</v>
+      </c>
+      <c r="G37">
+        <v>75.59999999999999</v>
+      </c>
+      <c r="H37">
+        <v>74.69999999999999</v>
+      </c>
+      <c r="I37">
+        <v>73.8</v>
+      </c>
+      <c r="J37">
+        <v>72.90000000000001</v>
+      </c>
+      <c r="K37">
+        <v>71.90000000000001</v>
+      </c>
+      <c r="L37">
+        <v>71.0</v>
+      </c>
+      <c r="M37">
+        <v>70.099999999999994</v>
+      </c>
+      <c r="N37">
+        <v>69.2</v>
+      </c>
+      <c r="O37">
+        <v>68.3</v>
+      </c>
+      <c r="P37">
+        <v>67.90000000000001</v>
+      </c>
+      <c r="Q37">
+        <v>67.5</v>
+      </c>
+      <c r="R37">
+        <v>67.5</v>
+      </c>
+    </row>
+    <row r="38" spans="1:19">
+      <c r="A38" t="s">
+        <v>54</v>
+      </c>
+      <c r="B38" t="s">
+        <v>26</v>
+      </c>
+      <c r="C38">
+        <v>2200</v>
+      </c>
+      <c r="D38">
+        <v>5</v>
+      </c>
+      <c r="E38" t="s">
+        <v>24</v>
+      </c>
+      <c r="F38" s="5">
+        <v>28.5</v>
+      </c>
+      <c r="G38">
+        <v>27.8</v>
+      </c>
+      <c r="H38">
+        <v>27.1</v>
+      </c>
+      <c r="I38">
+        <v>26.4</v>
+      </c>
+      <c r="J38">
+        <v>25.8</v>
+      </c>
+      <c r="K38">
+        <v>25.2</v>
+      </c>
+      <c r="L38">
+        <v>24.8</v>
+      </c>
+      <c r="M38">
+        <v>24.4</v>
+      </c>
+      <c r="N38">
+        <v>24</v>
+      </c>
+      <c r="O38">
+        <v>23.6</v>
+      </c>
+      <c r="P38">
+        <v>23.3</v>
+      </c>
+      <c r="Q38">
+        <v>23</v>
+      </c>
+      <c r="R38">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="39" spans="1:19">
+      <c r="A39" t="s">
+        <v>55</v>
+      </c>
+      <c r="B39" t="s">
+        <v>26</v>
+      </c>
+      <c r="C39">
+        <v>800</v>
+      </c>
+      <c r="D39">
+        <v>5</v>
+      </c>
+      <c r="E39" t="s">
+        <v>24</v>
+      </c>
+      <c r="F39" s="5">
+        <v>31</v>
+      </c>
+      <c r="G39">
+        <v>30.2</v>
+      </c>
+      <c r="H39">
+        <v>29.5</v>
+      </c>
+      <c r="I39">
+        <v>28.8</v>
+      </c>
+      <c r="J39">
+        <v>28.1</v>
+      </c>
+      <c r="K39">
+        <v>27.4</v>
+      </c>
+      <c r="L39">
+        <v>27</v>
+      </c>
+      <c r="M39">
+        <v>26.6</v>
+      </c>
+      <c r="N39">
+        <v>26.2</v>
+      </c>
+      <c r="O39">
+        <v>25.8</v>
+      </c>
+      <c r="P39">
+        <v>25.4</v>
+      </c>
+      <c r="Q39">
+        <v>25</v>
+      </c>
+      <c r="R39">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="40" spans="1:19">
+      <c r="A40" t="s">
+        <v>56</v>
+      </c>
+      <c r="B40" t="s">
+        <v>26</v>
+      </c>
+      <c r="C40">
+        <v>650</v>
+      </c>
+      <c r="D40">
         <v>4</v>
       </c>
-      <c r="E36" s="6" t="s">
-[...46 lines deleted...]
-      <c r="B37" s="0" t="s">
+      <c r="E40" t="s">
+        <v>24</v>
+      </c>
+      <c r="F40" s="5">
+        <v>24.2</v>
+      </c>
+      <c r="G40">
+        <v>23.6</v>
+      </c>
+      <c r="H40">
         <v>23</v>
       </c>
-      <c r="C37" s="0">
-[...11 lines deleted...]
-      <c r="G37" s="0">
+      <c r="I40">
+        <v>22.4</v>
+      </c>
+      <c r="J40">
+        <v>21.9</v>
+      </c>
+      <c r="K40">
+        <v>21.4</v>
+      </c>
+      <c r="L40">
+        <v>21.1</v>
+      </c>
+      <c r="M40">
+        <v>20.8</v>
+      </c>
+      <c r="N40">
+        <v>20.5</v>
+      </c>
+      <c r="O40">
+        <v>20.2</v>
+      </c>
+      <c r="P40">
+        <v>19.9</v>
+      </c>
+      <c r="Q40">
+        <v>19.6</v>
+      </c>
+      <c r="R40">
+        <v>19.6</v>
+      </c>
+    </row>
+    <row r="41" spans="1:19">
+      <c r="A41" t="s">
+        <v>57</v>
+      </c>
+      <c r="B41" t="s">
+        <v>26</v>
+      </c>
+      <c r="C41">
+        <v>850</v>
+      </c>
+      <c r="D41">
+        <v>5</v>
+      </c>
+      <c r="E41" t="s">
+        <v>24</v>
+      </c>
+      <c r="F41" s="5">
+        <v>26.4</v>
+      </c>
+      <c r="G41">
+        <v>25.8</v>
+      </c>
+      <c r="H41">
+        <v>25.2</v>
+      </c>
+      <c r="I41">
+        <v>24.6</v>
+      </c>
+      <c r="J41">
+        <v>24</v>
+      </c>
+      <c r="K41">
+        <v>23.4</v>
+      </c>
+      <c r="L41">
+        <v>23.1</v>
+      </c>
+      <c r="M41">
+        <v>22.8</v>
+      </c>
+      <c r="N41">
+        <v>22.5</v>
+      </c>
+      <c r="O41">
+        <v>22.2</v>
+      </c>
+      <c r="P41">
+        <v>21.9</v>
+      </c>
+      <c r="Q41">
+        <v>21.6</v>
+      </c>
+      <c r="R41">
+        <v>21.6</v>
+      </c>
+    </row>
+    <row r="42" spans="1:19">
+      <c r="A42" t="s">
         <v>58</v>
       </c>
-      <c r="H37" s="0">
-[...43 lines deleted...]
-      <c r="D38" s="6">
+      <c r="B42" t="s">
+        <v>26</v>
+      </c>
+      <c r="C42">
+        <v>750</v>
+      </c>
+      <c r="D42">
         <v>5</v>
       </c>
-      <c r="E38" s="6" t="s">
-[...76 lines deleted...]
-      <c r="L39" s="0">
+      <c r="E42" t="s">
+        <v>24</v>
+      </c>
+      <c r="F42" s="5">
         <v>24.3</v>
       </c>
-      <c r="M39" s="0">
-[...114 lines deleted...]
-      <c r="N41" s="0">
+      <c r="G42">
+        <v>23.7</v>
+      </c>
+      <c r="H42">
+        <v>23.1</v>
+      </c>
+      <c r="I42">
+        <v>22.5</v>
+      </c>
+      <c r="J42">
+        <v>22</v>
+      </c>
+      <c r="K42">
         <v>21.5</v>
       </c>
-      <c r="O41" s="0">
+      <c r="L42">
         <v>21.2</v>
       </c>
-      <c r="P41" s="0">
+      <c r="M42">
         <v>20.9</v>
       </c>
-      <c r="Q41" s="0">
+      <c r="N42">
         <v>20.6</v>
       </c>
-      <c r="R41" s="0">
-[...56 lines deleted...]
-        <v>17.8</v>
+      <c r="O42">
+        <v>20.3</v>
+      </c>
+      <c r="P42">
+        <v>20</v>
+      </c>
+      <c r="Q42">
+        <v>19.7</v>
+      </c>
+      <c r="R42">
+        <v>19.7</v>
       </c>
     </row>
     <row r="43" spans="1:19">
-      <c r="A43" s="0" t="s">
+      <c r="A43" t="s">
         <v>59</v>
       </c>
-      <c r="B43" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C43" s="0">
+      <c r="B43" t="s">
+        <v>26</v>
+      </c>
+      <c r="C43">
         <v>1000</v>
       </c>
-      <c r="D43" s="0">
+      <c r="D43">
         <v>7</v>
       </c>
-      <c r="E43" s="0" t="s">
+      <c r="E43" t="s">
         <v>24</v>
       </c>
       <c r="F43" s="5">
         <v>32.3</v>
       </c>
-      <c r="G43" s="0">
+      <c r="G43">
         <v>31.5</v>
       </c>
-      <c r="H43" s="0">
+      <c r="H43">
         <v>30.7</v>
       </c>
-      <c r="I43" s="0">
+      <c r="I43">
         <v>30</v>
       </c>
-      <c r="J43" s="0">
+      <c r="J43">
         <v>29.3</v>
       </c>
-      <c r="K43" s="0">
+      <c r="K43">
         <v>28.6</v>
       </c>
-      <c r="L43" s="0">
+      <c r="L43">
         <v>28.2</v>
       </c>
-      <c r="M43" s="0">
+      <c r="M43">
         <v>27.8</v>
       </c>
-      <c r="N43" s="0">
+      <c r="N43">
         <v>27.4</v>
       </c>
-      <c r="O43" s="0">
+      <c r="O43">
         <v>27</v>
       </c>
-      <c r="P43" s="0">
+      <c r="P43">
         <v>26.6</v>
       </c>
-      <c r="Q43" s="0">
+      <c r="Q43">
         <v>26.2</v>
       </c>
-      <c r="R43" s="0">
+      <c r="R43">
         <v>26.2</v>
       </c>
     </row>
     <row r="44" spans="1:19">
-      <c r="A44" s="6" t="s">
+      <c r="A44" t="s">
         <v>60</v>
       </c>
-      <c r="B44" s="6" t="s">
+      <c r="B44" t="s">
         <v>23</v>
       </c>
-      <c r="C44" s="6">
+      <c r="C44">
         <v>3900</v>
       </c>
-      <c r="D44" s="6">
+      <c r="D44">
         <v>36</v>
       </c>
-      <c r="E44" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F44" s="7">
+      <c r="E44" t="s">
+        <v>24</v>
+      </c>
+      <c r="F44" s="5">
         <v>11.5</v>
       </c>
-      <c r="G44" s="6">
+      <c r="G44">
         <v>11.3</v>
       </c>
-      <c r="H44" s="6">
+      <c r="H44">
         <v>11.1</v>
       </c>
-      <c r="I44" s="6">
+      <c r="I44">
         <v>10.9</v>
       </c>
-      <c r="J44" s="6">
+      <c r="J44">
         <v>10.7</v>
       </c>
-      <c r="K44" s="6">
+      <c r="K44">
         <v>10.5</v>
       </c>
-      <c r="L44" s="6">
+      <c r="L44">
         <v>10.3</v>
       </c>
-      <c r="M44" s="6">
+      <c r="M44">
         <v>9.9</v>
       </c>
-      <c r="N44" s="6">
+      <c r="N44">
         <v>9.5</v>
       </c>
-      <c r="O44" s="6">
-[...9 lines deleted...]
-        <v>8.699999999999999</v>
+      <c r="O44">
+        <v>9.0</v>
+      </c>
+      <c r="P44">
+        <v>8.8</v>
+      </c>
+      <c r="Q44">
+        <v>8.7</v>
+      </c>
+      <c r="R44">
+        <v>8.7</v>
       </c>
     </row>
     <row r="45" spans="1:19">
-      <c r="A45" s="0" t="s">
+      <c r="A45" t="s">
         <v>61</v>
       </c>
-      <c r="B45" s="0" t="s">
-[...5 lines deleted...]
-      <c r="D45" s="0">
+      <c r="B45" t="s">
+        <v>26</v>
+      </c>
+      <c r="C45">
+        <v>800</v>
+      </c>
+      <c r="D45">
         <v>5</v>
       </c>
-      <c r="E45" s="0" t="s">
+      <c r="E45" t="s">
         <v>24</v>
       </c>
       <c r="F45" s="5">
+        <v>33.1</v>
+      </c>
+      <c r="G45">
+        <v>32.3</v>
+      </c>
+      <c r="H45">
+        <v>31.5</v>
+      </c>
+      <c r="I45">
+        <v>30.7</v>
+      </c>
+      <c r="J45">
         <v>30</v>
       </c>
-      <c r="G45" s="0">
+      <c r="K45">
         <v>29.3</v>
       </c>
-      <c r="H45" s="0">
+      <c r="L45">
+        <v>28.9</v>
+      </c>
+      <c r="M45">
+        <v>28.5</v>
+      </c>
+      <c r="N45">
+        <v>28.1</v>
+      </c>
+      <c r="O45">
+        <v>27.7</v>
+      </c>
+      <c r="P45">
+        <v>27.3</v>
+      </c>
+      <c r="Q45">
+        <v>26.9</v>
+      </c>
+      <c r="R45">
+        <v>26.9</v>
+      </c>
+    </row>
+    <row r="46" spans="1:19">
+      <c r="A46" t="s">
+        <v>62</v>
+      </c>
+      <c r="B46" t="s">
+        <v>26</v>
+      </c>
+      <c r="C46">
+        <v>2630</v>
+      </c>
+      <c r="D46">
+        <v>24</v>
+      </c>
+      <c r="E46" t="s">
+        <v>24</v>
+      </c>
+      <c r="F46" s="5">
+        <v>63.2</v>
+      </c>
+      <c r="G46">
+        <v>62.40000000000001</v>
+      </c>
+      <c r="H46">
+        <v>61.5</v>
+      </c>
+      <c r="I46">
+        <v>60.5</v>
+      </c>
+      <c r="J46">
+        <v>59.5</v>
+      </c>
+      <c r="K46">
+        <v>58.59999999999999</v>
+      </c>
+      <c r="L46">
+        <v>58.0</v>
+      </c>
+      <c r="M46">
+        <v>57.5</v>
+      </c>
+      <c r="N46">
+        <v>56.90000000000001</v>
+      </c>
+      <c r="O46">
+        <v>56.5</v>
+      </c>
+      <c r="P46">
+        <v>55.9</v>
+      </c>
+      <c r="Q46">
+        <v>55.5</v>
+      </c>
+      <c r="R46">
+        <v>55.5</v>
+      </c>
+    </row>
+    <row r="47" spans="1:19">
+      <c r="A47" t="s">
+        <v>63</v>
+      </c>
+      <c r="B47" t="s">
+        <v>26</v>
+      </c>
+      <c r="C47">
+        <v>940</v>
+      </c>
+      <c r="D47">
+        <v>6</v>
+      </c>
+      <c r="E47" t="s">
+        <v>24</v>
+      </c>
+      <c r="F47" s="5">
+        <v>25.7</v>
+      </c>
+      <c r="G47">
+        <v>25.1</v>
+      </c>
+      <c r="H47">
+        <v>24.5</v>
+      </c>
+      <c r="I47">
+        <v>23.9</v>
+      </c>
+      <c r="J47">
+        <v>23.3</v>
+      </c>
+      <c r="K47">
+        <v>22.7</v>
+      </c>
+      <c r="L47">
+        <v>22.4</v>
+      </c>
+      <c r="M47">
+        <v>22.1</v>
+      </c>
+      <c r="N47">
+        <v>21.8</v>
+      </c>
+      <c r="O47">
+        <v>21.5</v>
+      </c>
+      <c r="P47">
+        <v>21.2</v>
+      </c>
+      <c r="Q47">
+        <v>20.9</v>
+      </c>
+      <c r="R47">
+        <v>20.9</v>
+      </c>
+    </row>
+    <row r="48" spans="1:19">
+      <c r="A48" t="s">
+        <v>64</v>
+      </c>
+      <c r="B48" t="s">
+        <v>28</v>
+      </c>
+      <c r="C48">
+        <v>2500</v>
+      </c>
+      <c r="D48">
+        <v>14</v>
+      </c>
+      <c r="E48" t="s">
+        <v>24</v>
+      </c>
+      <c r="F48" s="5">
+        <v>18</v>
+      </c>
+      <c r="G48">
+        <v>17.5</v>
+      </c>
+      <c r="H48">
+        <v>17</v>
+      </c>
+      <c r="I48">
+        <v>16.5</v>
+      </c>
+      <c r="J48">
+        <v>16</v>
+      </c>
+      <c r="K48">
+        <v>16</v>
+      </c>
+      <c r="L48">
+        <v>15</v>
+      </c>
+      <c r="M48">
+        <v>14.5</v>
+      </c>
+      <c r="N48">
+        <v>14.5</v>
+      </c>
+      <c r="O48">
+        <v>14</v>
+      </c>
+      <c r="P48">
+        <v>14</v>
+      </c>
+      <c r="Q48">
+        <v>13</v>
+      </c>
+      <c r="R48">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="49" spans="1:19">
+      <c r="A49" t="s">
+        <v>65</v>
+      </c>
+      <c r="B49" t="s">
+        <v>26</v>
+      </c>
+      <c r="C49">
+        <v>1000</v>
+      </c>
+      <c r="D49">
+        <v>7</v>
+      </c>
+      <c r="E49" t="s">
+        <v>24</v>
+      </c>
+      <c r="F49" s="5">
+        <v>27.5</v>
+      </c>
+      <c r="G49">
+        <v>26.8</v>
+      </c>
+      <c r="H49">
+        <v>26.1</v>
+      </c>
+      <c r="I49">
+        <v>25.5</v>
+      </c>
+      <c r="J49">
+        <v>24.9</v>
+      </c>
+      <c r="K49">
+        <v>24.3</v>
+      </c>
+      <c r="L49">
+        <v>23.9</v>
+      </c>
+      <c r="M49">
+        <v>23.5</v>
+      </c>
+      <c r="N49">
+        <v>23.2</v>
+      </c>
+      <c r="O49">
+        <v>22.9</v>
+      </c>
+      <c r="P49">
+        <v>22.6</v>
+      </c>
+      <c r="Q49">
+        <v>22.3</v>
+      </c>
+      <c r="R49">
+        <v>22.3</v>
+      </c>
+    </row>
+    <row r="50" spans="1:19">
+      <c r="A50" t="s">
+        <v>66</v>
+      </c>
+      <c r="B50" t="s">
+        <v>23</v>
+      </c>
+      <c r="C50">
+        <v>9300</v>
+      </c>
+      <c r="D50">
+        <v>18</v>
+      </c>
+      <c r="E50" t="s">
+        <v>24</v>
+      </c>
+      <c r="F50" s="5">
+        <v>31.2</v>
+      </c>
+      <c r="G50">
+        <v>30.5</v>
+      </c>
+      <c r="H50">
+        <v>30.3</v>
+      </c>
+      <c r="I50">
+        <v>29.9</v>
+      </c>
+      <c r="J50">
+        <v>29.6</v>
+      </c>
+      <c r="K50">
+        <v>29.0</v>
+      </c>
+      <c r="L50">
         <v>28.6</v>
       </c>
-      <c r="I45" s="0">
-[...55 lines deleted...]
-      <c r="I46" s="6">
+      <c r="M50">
+        <v>28.3</v>
+      </c>
+      <c r="N50">
+        <v>27.6</v>
+      </c>
+      <c r="O50">
         <v>27.3</v>
       </c>
-      <c r="J46" s="6">
-[...5 lines deleted...]
-      <c r="L46" s="6">
+      <c r="P50">
         <v>26.8</v>
       </c>
-      <c r="M46" s="6">
-[...8 lines deleted...]
-      <c r="P46" s="6">
+      <c r="Q50">
         <v>26.4</v>
       </c>
-      <c r="Q46" s="6">
+      <c r="R50">
         <v>26.4</v>
       </c>
-      <c r="R46" s="6">
+    </row>
+    <row r="51" spans="1:19">
+      <c r="A51" t="s">
+        <v>67</v>
+      </c>
+      <c r="B51" t="s">
+        <v>26</v>
+      </c>
+      <c r="C51">
+        <v>790</v>
+      </c>
+      <c r="D51">
+        <v>5</v>
+      </c>
+      <c r="E51" t="s">
+        <v>24</v>
+      </c>
+      <c r="F51" s="5">
+        <v>27.1</v>
+      </c>
+      <c r="G51">
         <v>26.4</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G47" s="0">
+      <c r="H51">
+        <v>25.8</v>
+      </c>
+      <c r="I51">
+        <v>25.2</v>
+      </c>
+      <c r="J51">
+        <v>24.6</v>
+      </c>
+      <c r="K51">
+        <v>24</v>
+      </c>
+      <c r="L51">
+        <v>23.6</v>
+      </c>
+      <c r="M51">
+        <v>23.3</v>
+      </c>
+      <c r="N51">
+        <v>23</v>
+      </c>
+      <c r="O51">
+        <v>22.7</v>
+      </c>
+      <c r="P51">
+        <v>22.4</v>
+      </c>
+      <c r="Q51">
+        <v>22.1</v>
+      </c>
+      <c r="R51">
+        <v>22.1</v>
+      </c>
+    </row>
+    <row r="52" spans="1:19">
+      <c r="A52" t="s">
+        <v>68</v>
+      </c>
+      <c r="B52" t="s">
+        <v>28</v>
+      </c>
+      <c r="C52">
+        <v>2200</v>
+      </c>
+      <c r="D52">
+        <v>25</v>
+      </c>
+      <c r="E52" t="s">
+        <v>24</v>
+      </c>
+      <c r="F52" s="5">
+        <v>38.5</v>
+      </c>
+      <c r="G52">
+        <v>38.5</v>
+      </c>
+      <c r="H52">
+        <v>38</v>
+      </c>
+      <c r="I52">
+        <v>38</v>
+      </c>
+      <c r="J52">
+        <v>37.5</v>
+      </c>
+      <c r="K52">
+        <v>37.5</v>
+      </c>
+      <c r="L52">
+        <v>37</v>
+      </c>
+      <c r="M52">
+        <v>36.8</v>
+      </c>
+      <c r="N52">
+        <v>36.8</v>
+      </c>
+      <c r="O52">
+        <v>36.3</v>
+      </c>
+      <c r="P52">
+        <v>36</v>
+      </c>
+      <c r="Q52">
+        <v>35.5</v>
+      </c>
+      <c r="R52">
+        <v>35.5</v>
+      </c>
+    </row>
+    <row r="53" spans="1:19">
+      <c r="A53" t="s">
+        <v>69</v>
+      </c>
+      <c r="B53" t="s">
+        <v>26</v>
+      </c>
+      <c r="C53">
+        <v>800</v>
+      </c>
+      <c r="D53">
+        <v>7</v>
+      </c>
+      <c r="E53" t="s">
+        <v>24</v>
+      </c>
+      <c r="F53" s="5">
+        <v>27.1</v>
+      </c>
+      <c r="G53">
+        <v>26.4</v>
+      </c>
+      <c r="H53">
+        <v>25.8</v>
+      </c>
+      <c r="I53">
+        <v>25.2</v>
+      </c>
+      <c r="J53">
+        <v>24.6</v>
+      </c>
+      <c r="K53">
+        <v>24</v>
+      </c>
+      <c r="L53">
+        <v>23.6</v>
+      </c>
+      <c r="M53">
+        <v>23.3</v>
+      </c>
+      <c r="N53">
+        <v>23</v>
+      </c>
+      <c r="O53">
+        <v>22.7</v>
+      </c>
+      <c r="P53">
+        <v>22.4</v>
+      </c>
+      <c r="Q53">
+        <v>22.1</v>
+      </c>
+      <c r="R53">
+        <v>22.1</v>
+      </c>
+    </row>
+    <row r="54" spans="1:19">
+      <c r="A54" t="s">
+        <v>70</v>
+      </c>
+      <c r="B54" t="s">
+        <v>28</v>
+      </c>
+      <c r="C54">
+        <v>2000</v>
+      </c>
+      <c r="D54">
+        <v>25</v>
+      </c>
+      <c r="E54" t="s">
+        <v>24</v>
+      </c>
+      <c r="F54" s="5">
+        <v>35.6</v>
+      </c>
+      <c r="G54">
+        <v>34.7</v>
+      </c>
+      <c r="H54">
+        <v>33.9</v>
+      </c>
+      <c r="I54">
+        <v>33.1</v>
+      </c>
+      <c r="J54">
+        <v>32.3</v>
+      </c>
+      <c r="K54">
+        <v>31.5</v>
+      </c>
+      <c r="L54">
+        <v>31</v>
+      </c>
+      <c r="M54">
+        <v>30.5</v>
+      </c>
+      <c r="N54">
+        <v>30.1</v>
+      </c>
+      <c r="O54">
+        <v>29.6</v>
+      </c>
+      <c r="P54">
+        <v>29.2</v>
+      </c>
+      <c r="Q54">
+        <v>28.8</v>
+      </c>
+      <c r="R54">
+        <v>28.8</v>
+      </c>
+    </row>
+    <row r="55" spans="1:19">
+      <c r="A55" t="s">
+        <v>71</v>
+      </c>
+      <c r="B55" t="s">
+        <v>26</v>
+      </c>
+      <c r="C55">
+        <v>950</v>
+      </c>
+      <c r="D55">
+        <v>4</v>
+      </c>
+      <c r="E55" t="s">
+        <v>24</v>
+      </c>
+      <c r="F55" s="5">
+        <v>25.2</v>
+      </c>
+      <c r="G55">
+        <v>24.6</v>
+      </c>
+      <c r="H55">
+        <v>24</v>
+      </c>
+      <c r="I55">
         <v>23.4</v>
       </c>
-      <c r="H47" s="0">
+      <c r="J55">
         <v>22.8</v>
       </c>
-      <c r="I47" s="0">
+      <c r="K55">
         <v>22.2</v>
       </c>
-      <c r="J47" s="0">
-[...120 lines deleted...]
-      <c r="M49" s="0">
+      <c r="L55">
+        <v>21.9</v>
+      </c>
+      <c r="M55">
+        <v>21.6</v>
+      </c>
+      <c r="N55">
+        <v>21.3</v>
+      </c>
+      <c r="O55">
+        <v>21</v>
+      </c>
+      <c r="P55">
+        <v>20.7</v>
+      </c>
+      <c r="Q55">
+        <v>20.4</v>
+      </c>
+      <c r="R55">
+        <v>20.4</v>
+      </c>
+    </row>
+    <row r="56" spans="1:19">
+      <c r="A56" t="s">
+        <v>72</v>
+      </c>
+      <c r="B56" t="s">
         <v>23</v>
       </c>
-      <c r="N49" s="0">
-[...19 lines deleted...]
-      <c r="B50" s="6" t="s">
+      <c r="C56">
+        <v>11200</v>
+      </c>
+      <c r="D56">
+        <v>19</v>
+      </c>
+      <c r="E56" t="s">
+        <v>24</v>
+      </c>
+      <c r="F56" s="5">
+        <v>34.0</v>
+      </c>
+      <c r="G56">
+        <v>33.4</v>
+      </c>
+      <c r="H56">
+        <v>32.7</v>
+      </c>
+      <c r="I56">
+        <v>31.9</v>
+      </c>
+      <c r="J56">
+        <v>31.6</v>
+      </c>
+      <c r="K56">
+        <v>31.3</v>
+      </c>
+      <c r="L56">
+        <v>30.5</v>
+      </c>
+      <c r="M56">
+        <v>30.2</v>
+      </c>
+      <c r="N56">
+        <v>29.3</v>
+      </c>
+      <c r="O56">
+        <v>29.0</v>
+      </c>
+      <c r="P56">
+        <v>28.3</v>
+      </c>
+      <c r="Q56">
+        <v>27.8</v>
+      </c>
+      <c r="R56">
+        <v>27.8</v>
+      </c>
+    </row>
+    <row r="57" spans="1:19">
+      <c r="A57" t="s">
+        <v>73</v>
+      </c>
+      <c r="B57" t="s">
         <v>23</v>
       </c>
-      <c r="C50" s="6">
-[...58 lines deleted...]
-      <c r="D51" s="0">
+      <c r="C57">
+        <v>5630</v>
+      </c>
+      <c r="D57">
+        <v>37</v>
+      </c>
+      <c r="E57" t="s">
+        <v>24</v>
+      </c>
+      <c r="F57" s="5">
+        <v>70.40000000000001</v>
+      </c>
+      <c r="G57">
+        <v>69.59999999999999</v>
+      </c>
+      <c r="H57">
+        <v>68.8</v>
+      </c>
+      <c r="I57">
+        <v>67.5</v>
+      </c>
+      <c r="J57">
+        <v>66.2</v>
+      </c>
+      <c r="K57">
+        <v>65.40000000000001</v>
+      </c>
+      <c r="L57">
+        <v>64.5</v>
+      </c>
+      <c r="M57">
+        <v>64.099999999999994</v>
+      </c>
+      <c r="N57">
+        <v>63.2</v>
+      </c>
+      <c r="O57">
+        <v>62.3</v>
+      </c>
+      <c r="P57">
+        <v>61.4</v>
+      </c>
+      <c r="Q57">
+        <v>60.5</v>
+      </c>
+      <c r="R57">
+        <v>60.5</v>
+      </c>
+    </row>
+    <row r="58" spans="1:19">
+      <c r="A58" t="s">
+        <v>74</v>
+      </c>
+      <c r="B58" t="s">
+        <v>23</v>
+      </c>
+      <c r="C58">
+        <v>7700</v>
+      </c>
+      <c r="D58">
+        <v>23</v>
+      </c>
+      <c r="E58" t="s">
+        <v>24</v>
+      </c>
+      <c r="F58" s="5">
+        <v>57.5</v>
+      </c>
+      <c r="G58">
+        <v>55.8</v>
+      </c>
+      <c r="H58">
+        <v>54.6</v>
+      </c>
+      <c r="I58">
+        <v>53.4</v>
+      </c>
+      <c r="J58">
+        <v>52.7</v>
+      </c>
+      <c r="K58">
+        <v>52.0</v>
+      </c>
+      <c r="L58">
+        <v>51.6</v>
+      </c>
+      <c r="M58">
+        <v>50.7</v>
+      </c>
+      <c r="N58">
+        <v>49.8</v>
+      </c>
+      <c r="O58">
+        <v>48.9</v>
+      </c>
+      <c r="P58">
+        <v>48.0</v>
+      </c>
+      <c r="Q58">
+        <v>47.1</v>
+      </c>
+      <c r="R58">
+        <v>47.1</v>
+      </c>
+    </row>
+    <row r="59" spans="1:19">
+      <c r="A59" t="s">
+        <v>75</v>
+      </c>
+      <c r="B59" t="s">
+        <v>26</v>
+      </c>
+      <c r="C59">
+        <v>2580</v>
+      </c>
+      <c r="D59">
         <v>5</v>
       </c>
-      <c r="E51" s="0" t="s">
-[...447 lines deleted...]
-      <c r="E59" s="0" t="s">
+      <c r="E59" t="s">
         <v>24</v>
       </c>
       <c r="F59" s="5">
-        <v>29.6</v>
-[...35 lines deleted...]
-        <v>23.3</v>
+        <v>50.59999999999999</v>
+      </c>
+      <c r="G59">
+        <v>49.40000000000001</v>
+      </c>
+      <c r="H59">
+        <v>48.2</v>
+      </c>
+      <c r="I59">
+        <v>47.0</v>
+      </c>
+      <c r="J59">
+        <v>45.8</v>
+      </c>
+      <c r="K59">
+        <v>44.7</v>
+      </c>
+      <c r="L59">
+        <v>44.1</v>
+      </c>
+      <c r="M59">
+        <v>43.5</v>
+      </c>
+      <c r="N59">
+        <v>42.90000000000001</v>
+      </c>
+      <c r="O59">
+        <v>42.3</v>
+      </c>
+      <c r="P59">
+        <v>41.7</v>
+      </c>
+      <c r="Q59">
+        <v>41.0</v>
+      </c>
+      <c r="R59">
+        <v>41.0</v>
       </c>
     </row>
     <row r="60" spans="1:19">
-      <c r="A60" s="0" t="s">
+      <c r="A60" t="s">
         <v>76</v>
       </c>
-      <c r="B60" s="0"/>
-[...35 lines deleted...]
-      <c r="R61" s="0"/>
     </row>
     <row r="62" spans="1:19">
-      <c r="A62" s="0" t="s">
+      <c r="A62" t="s">
         <v>77</v>
       </c>
-      <c r="B62" s="0"/>
-[...15 lines deleted...]
-      <c r="R62" s="0"/>
     </row>
     <row r="63" spans="1:19" customHeight="1" ht="20">
       <c r="A63" s="3" t="s">
         <v>78</v>
       </c>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="2"/>
       <c r="E63" s="2"/>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
       <c r="I63" s="2"/>
       <c r="J63" s="2"/>
       <c r="K63" s="2"/>
       <c r="L63" s="2"/>
       <c r="M63" s="2"/>
       <c r="N63" s="2"/>
       <c r="O63" s="2"/>
       <c r="P63" s="2"/>
       <c r="Q63" s="2"/>
       <c r="R63" s="2"/>
     </row>
     <row r="64" spans="1:19" customHeight="1" ht="21">
       <c r="A64" s="4" t="s">
@@ -4039,3136 +3959,3082 @@
         <v>84</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M64" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N64" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O64" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P64" s="4" t="s">
         <v>89</v>
       </c>
       <c r="Q64" s="4" t="s">
         <v>90</v>
       </c>
       <c r="R64" s="4" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="65" spans="1:19">
-      <c r="A65" s="6" t="s">
+      <c r="A65" t="s">
         <v>22</v>
       </c>
-      <c r="B65" s="6" t="s">
+      <c r="B65" t="s">
         <v>23</v>
       </c>
-      <c r="C65" s="6">
+      <c r="C65">
         <v>3200</v>
       </c>
-      <c r="D65" s="6">
+      <c r="D65">
         <v>18</v>
       </c>
-      <c r="E65" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F65" s="9">
+      <c r="E65" t="s">
+        <v>24</v>
+      </c>
+      <c r="F65" s="6">
         <v>9260</v>
       </c>
-      <c r="G65" s="6">
+      <c r="G65">
         <v>9040</v>
       </c>
-      <c r="H65" s="6">
+      <c r="H65">
         <v>8820</v>
       </c>
-      <c r="I65" s="6">
+      <c r="I65">
         <v>8600</v>
       </c>
-      <c r="J65" s="6">
+      <c r="J65">
         <v>8390</v>
       </c>
-      <c r="K65" s="6">
+      <c r="K65">
         <v>8190</v>
       </c>
-      <c r="L65" s="6">
+      <c r="L65">
         <v>8070</v>
       </c>
-      <c r="M65" s="6">
+      <c r="M65">
         <v>7940</v>
       </c>
-      <c r="N65" s="6">
+      <c r="N65">
         <v>7830</v>
       </c>
-      <c r="O65" s="6">
+      <c r="O65">
         <v>7720</v>
       </c>
-      <c r="P65" s="6">
+      <c r="P65">
         <v>7600</v>
       </c>
-      <c r="Q65" s="6">
+      <c r="Q65">
         <v>7490</v>
       </c>
-      <c r="R65" s="6">
+      <c r="R65">
         <v>7490</v>
       </c>
     </row>
     <row r="66" spans="1:19">
-      <c r="A66" s="0" t="s">
+      <c r="A66" t="s">
         <v>25</v>
       </c>
-      <c r="B66" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C66" s="0">
+      <c r="B66" t="s">
+        <v>26</v>
+      </c>
+      <c r="C66">
         <v>1450</v>
       </c>
-      <c r="D66" s="0">
+      <c r="D66">
         <v>4</v>
       </c>
-      <c r="E66" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F66" s="8">
+      <c r="E66" t="s">
+        <v>24</v>
+      </c>
+      <c r="F66" s="6">
         <v>7190</v>
       </c>
-      <c r="G66" s="0">
+      <c r="G66">
         <v>7020</v>
       </c>
-      <c r="H66" s="0">
+      <c r="H66">
         <v>6850</v>
       </c>
-      <c r="I66" s="0">
+      <c r="I66">
         <v>6680</v>
       </c>
-      <c r="J66" s="0">
+      <c r="J66">
         <v>6520</v>
       </c>
-      <c r="K66" s="0">
+      <c r="K66">
         <v>6360</v>
       </c>
-      <c r="L66" s="0">
+      <c r="L66">
         <v>6260</v>
       </c>
-      <c r="M66" s="0">
+      <c r="M66">
         <v>6170</v>
       </c>
-      <c r="N66" s="0">
+      <c r="N66">
         <v>6080</v>
       </c>
-      <c r="O66" s="0">
+      <c r="O66">
         <v>5990</v>
       </c>
-      <c r="P66" s="0">
+      <c r="P66">
         <v>5900</v>
       </c>
-      <c r="Q66" s="0">
+      <c r="Q66">
         <v>5810</v>
       </c>
-      <c r="R66" s="0">
+      <c r="R66">
         <v>5810</v>
       </c>
     </row>
     <row r="67" spans="1:19">
-      <c r="A67" s="6" t="s">
+      <c r="A67" t="s">
         <v>27</v>
       </c>
-      <c r="B67" s="6" t="s">
+      <c r="B67" t="s">
         <v>28</v>
       </c>
-      <c r="C67" s="6">
+      <c r="C67">
         <v>1650</v>
       </c>
-      <c r="D67" s="6">
+      <c r="D67">
         <v>14</v>
       </c>
-      <c r="E67" s="6" t="s">
-[...5 lines deleted...]
-      <c r="G67" s="6">
+      <c r="E67" t="s">
+        <v>24</v>
+      </c>
+      <c r="F67" s="6">
+        <v>4800</v>
+      </c>
+      <c r="G67">
+        <v>4690</v>
+      </c>
+      <c r="H67">
+        <v>4570</v>
+      </c>
+      <c r="I67">
+        <v>4460</v>
+      </c>
+      <c r="J67">
+        <v>4350</v>
+      </c>
+      <c r="K67">
+        <v>4250</v>
+      </c>
+      <c r="L67">
+        <v>4180</v>
+      </c>
+      <c r="M67">
+        <v>4120</v>
+      </c>
+      <c r="N67">
+        <v>4060</v>
+      </c>
+      <c r="O67">
+        <v>4000</v>
+      </c>
+      <c r="P67">
+        <v>3910</v>
+      </c>
+      <c r="Q67">
+        <v>3850</v>
+      </c>
+      <c r="R67">
+        <v>3850</v>
+      </c>
+    </row>
+    <row r="68" spans="1:19">
+      <c r="A68" t="s">
+        <v>27</v>
+      </c>
+      <c r="B68" t="s">
+        <v>26</v>
+      </c>
+      <c r="C68">
+        <v>2700</v>
+      </c>
+      <c r="D68">
+        <v>9</v>
+      </c>
+      <c r="E68" t="s">
+        <v>24</v>
+      </c>
+      <c r="F68" s="6">
+        <v>9130</v>
+      </c>
+      <c r="G68">
+        <v>9060</v>
+      </c>
+      <c r="H68">
+        <v>8970</v>
+      </c>
+      <c r="I68">
+        <v>8920</v>
+      </c>
+      <c r="J68">
+        <v>8830</v>
+      </c>
+      <c r="K68">
+        <v>8760</v>
+      </c>
+      <c r="L68">
+        <v>8630</v>
+      </c>
+      <c r="M68">
+        <v>8510</v>
+      </c>
+      <c r="N68">
+        <v>8370</v>
+      </c>
+      <c r="O68">
+        <v>8280</v>
+      </c>
+      <c r="P68">
+        <v>8280</v>
+      </c>
+      <c r="Q68">
+        <v>8280</v>
+      </c>
+      <c r="R68">
+        <v>8280</v>
+      </c>
+    </row>
+    <row r="69" spans="1:19">
+      <c r="A69" t="s">
+        <v>29</v>
+      </c>
+      <c r="B69" t="s">
+        <v>23</v>
+      </c>
+      <c r="C69">
+        <v>5330</v>
+      </c>
+      <c r="D69">
+        <v>38</v>
+      </c>
+      <c r="E69" t="s">
+        <v>24</v>
+      </c>
+      <c r="F69" s="6">
+        <v>24340</v>
+      </c>
+      <c r="G69">
+        <v>23930</v>
+      </c>
+      <c r="H69">
+        <v>23470</v>
+      </c>
+      <c r="I69">
+        <v>23080</v>
+      </c>
+      <c r="J69">
+        <v>22680</v>
+      </c>
+      <c r="K69">
+        <v>22200</v>
+      </c>
+      <c r="L69">
+        <v>21870</v>
+      </c>
+      <c r="M69">
+        <v>21650</v>
+      </c>
+      <c r="N69">
+        <v>21440</v>
+      </c>
+      <c r="O69">
+        <v>21220</v>
+      </c>
+      <c r="P69">
+        <v>20960</v>
+      </c>
+      <c r="Q69">
+        <v>20760</v>
+      </c>
+      <c r="R69">
+        <v>20760</v>
+      </c>
+    </row>
+    <row r="70" spans="1:19">
+      <c r="A70" t="s">
+        <v>30</v>
+      </c>
+      <c r="B70" t="s">
+        <v>23</v>
+      </c>
+      <c r="C70">
+        <v>9300</v>
+      </c>
+      <c r="D70">
+        <v>17</v>
+      </c>
+      <c r="E70" t="s">
+        <v>24</v>
+      </c>
+      <c r="F70" s="6">
+        <v>7750</v>
+      </c>
+      <c r="G70">
+        <v>7640</v>
+      </c>
+      <c r="H70">
+        <v>7540</v>
+      </c>
+      <c r="I70">
+        <v>7400</v>
+      </c>
+      <c r="J70">
+        <v>7350</v>
+      </c>
+      <c r="K70">
+        <v>7260</v>
+      </c>
+      <c r="L70">
+        <v>7210</v>
+      </c>
+      <c r="M70">
+        <v>7150</v>
+      </c>
+      <c r="N70">
+        <v>7120</v>
+      </c>
+      <c r="O70">
+        <v>7090</v>
+      </c>
+      <c r="P70">
+        <v>6540</v>
+      </c>
+      <c r="Q70">
+        <v>6470</v>
+      </c>
+      <c r="R70">
+        <v>6470</v>
+      </c>
+    </row>
+    <row r="71" spans="1:19">
+      <c r="A71" t="s">
+        <v>31</v>
+      </c>
+      <c r="B71" t="s">
+        <v>26</v>
+      </c>
+      <c r="C71">
+        <v>1000</v>
+      </c>
+      <c r="D71">
+        <v>4</v>
+      </c>
+      <c r="E71" t="s">
+        <v>24</v>
+      </c>
+      <c r="F71" s="6">
+        <v>2521.5</v>
+      </c>
+      <c r="G71">
+        <v>2398.5</v>
+      </c>
+      <c r="H71">
+        <v>2379</v>
+      </c>
+      <c r="I71">
+        <v>2379</v>
+      </c>
+      <c r="J71">
+        <v>2379</v>
+      </c>
+      <c r="K71">
+        <v>2340</v>
+      </c>
+      <c r="L71">
+        <v>2340</v>
+      </c>
+      <c r="M71">
+        <v>2320.5</v>
+      </c>
+      <c r="N71">
+        <v>2320.5</v>
+      </c>
+      <c r="O71">
+        <v>2320.5</v>
+      </c>
+      <c r="P71">
+        <v>2320.5</v>
+      </c>
+      <c r="Q71">
+        <v>2320.5</v>
+      </c>
+      <c r="R71">
+        <v>2320.5</v>
+      </c>
+    </row>
+    <row r="72" spans="1:19">
+      <c r="A72" t="s">
+        <v>32</v>
+      </c>
+      <c r="B72" t="s">
+        <v>28</v>
+      </c>
+      <c r="C72">
+        <v>2000</v>
+      </c>
+      <c r="D72">
+        <v>25</v>
+      </c>
+      <c r="E72" t="s">
+        <v>24</v>
+      </c>
+      <c r="F72" s="6">
+        <v>8600</v>
+      </c>
+      <c r="G72">
+        <v>8600</v>
+      </c>
+      <c r="H72">
+        <v>8500</v>
+      </c>
+      <c r="I72">
+        <v>8450</v>
+      </c>
+      <c r="J72">
+        <v>8400</v>
+      </c>
+      <c r="K72">
+        <v>8350</v>
+      </c>
+      <c r="L72">
+        <v>8300</v>
+      </c>
+      <c r="M72">
+        <v>8200</v>
+      </c>
+      <c r="N72">
+        <v>8100</v>
+      </c>
+      <c r="O72">
+        <v>8000</v>
+      </c>
+      <c r="P72">
+        <v>7900</v>
+      </c>
+      <c r="Q72">
+        <v>7800</v>
+      </c>
+      <c r="R72">
+        <v>7800</v>
+      </c>
+    </row>
+    <row r="73" spans="1:19">
+      <c r="A73" t="s">
+        <v>32</v>
+      </c>
+      <c r="B73" t="s">
+        <v>26</v>
+      </c>
+      <c r="C73">
+        <v>2700</v>
+      </c>
+      <c r="D73">
+        <v>14</v>
+      </c>
+      <c r="E73" t="s">
+        <v>24</v>
+      </c>
+      <c r="F73" s="6">
+        <v>12760</v>
+      </c>
+      <c r="G73">
+        <v>12680</v>
+      </c>
+      <c r="H73">
+        <v>12600</v>
+      </c>
+      <c r="I73">
+        <v>12530</v>
+      </c>
+      <c r="J73">
+        <v>12450</v>
+      </c>
+      <c r="K73">
+        <v>12380</v>
+      </c>
+      <c r="L73">
+        <v>12340</v>
+      </c>
+      <c r="M73">
+        <v>12300</v>
+      </c>
+      <c r="N73">
+        <v>12260</v>
+      </c>
+      <c r="O73">
+        <v>12210</v>
+      </c>
+      <c r="P73">
+        <v>12170</v>
+      </c>
+      <c r="Q73">
+        <v>12130</v>
+      </c>
+      <c r="R73">
+        <v>12130</v>
+      </c>
+    </row>
+    <row r="74" spans="1:19">
+      <c r="A74" t="s">
+        <v>33</v>
+      </c>
+      <c r="B74" t="s">
+        <v>26</v>
+      </c>
+      <c r="C74">
+        <v>800</v>
+      </c>
+      <c r="D74">
+        <v>4</v>
+      </c>
+      <c r="E74" t="s">
+        <v>24</v>
+      </c>
+      <c r="F74" s="6">
+        <v>6320</v>
+      </c>
+      <c r="G74">
+        <v>6160</v>
+      </c>
+      <c r="H74">
+        <v>6010</v>
+      </c>
+      <c r="I74">
+        <v>5870</v>
+      </c>
+      <c r="J74">
+        <v>5720</v>
+      </c>
+      <c r="K74">
+        <v>5580</v>
+      </c>
+      <c r="L74">
+        <v>5500</v>
+      </c>
+      <c r="M74">
+        <v>5420</v>
+      </c>
+      <c r="N74">
+        <v>5340</v>
+      </c>
+      <c r="O74">
+        <v>5260</v>
+      </c>
+      <c r="P74">
+        <v>5180</v>
+      </c>
+      <c r="Q74">
+        <v>5110</v>
+      </c>
+      <c r="R74">
+        <v>5110</v>
+      </c>
+    </row>
+    <row r="75" spans="1:19">
+      <c r="A75" t="s">
+        <v>34</v>
+      </c>
+      <c r="B75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C75">
+        <v>950</v>
+      </c>
+      <c r="D75">
+        <v>2</v>
+      </c>
+      <c r="E75" t="s">
+        <v>24</v>
+      </c>
+      <c r="F75" s="6">
+        <v>5620</v>
+      </c>
+      <c r="G75">
+        <v>5480</v>
+      </c>
+      <c r="H75">
+        <v>5350</v>
+      </c>
+      <c r="I75">
+        <v>5220</v>
+      </c>
+      <c r="J75">
+        <v>5090</v>
+      </c>
+      <c r="K75">
+        <v>4970</v>
+      </c>
+      <c r="L75">
+        <v>4890</v>
+      </c>
+      <c r="M75">
+        <v>4820</v>
+      </c>
+      <c r="N75">
+        <v>4750</v>
+      </c>
+      <c r="O75">
+        <v>4680</v>
+      </c>
+      <c r="P75">
+        <v>4610</v>
+      </c>
+      <c r="Q75">
+        <v>4540</v>
+      </c>
+      <c r="R75">
+        <v>4540</v>
+      </c>
+    </row>
+    <row r="76" spans="1:19">
+      <c r="A76" t="s">
+        <v>35</v>
+      </c>
+      <c r="B76" t="s">
+        <v>26</v>
+      </c>
+      <c r="C76">
+        <v>700</v>
+      </c>
+      <c r="D76">
+        <v>4</v>
+      </c>
+      <c r="E76" t="s">
+        <v>24</v>
+      </c>
+      <c r="F76" s="6">
+        <v>5720</v>
+      </c>
+      <c r="G76">
+        <v>5580</v>
+      </c>
+      <c r="H76">
+        <v>5450</v>
+      </c>
+      <c r="I76">
+        <v>5310</v>
+      </c>
+      <c r="J76">
+        <v>5180</v>
+      </c>
+      <c r="K76">
+        <v>5060</v>
+      </c>
+      <c r="L76">
+        <v>4980</v>
+      </c>
+      <c r="M76">
+        <v>4910</v>
+      </c>
+      <c r="N76">
+        <v>4840</v>
+      </c>
+      <c r="O76">
+        <v>4760</v>
+      </c>
+      <c r="P76">
+        <v>4690</v>
+      </c>
+      <c r="Q76">
+        <v>4630</v>
+      </c>
+      <c r="R76">
+        <v>4630</v>
+      </c>
+    </row>
+    <row r="77" spans="1:19">
+      <c r="A77" t="s">
+        <v>36</v>
+      </c>
+      <c r="B77" t="s">
+        <v>26</v>
+      </c>
+      <c r="C77">
+        <v>1000</v>
+      </c>
+      <c r="D77">
+        <v>3</v>
+      </c>
+      <c r="E77" t="s">
+        <v>24</v>
+      </c>
+      <c r="F77" s="6">
+        <v>7300</v>
+      </c>
+      <c r="G77">
+        <v>7130</v>
+      </c>
+      <c r="H77">
+        <v>6950</v>
+      </c>
+      <c r="I77">
+        <v>6780</v>
+      </c>
+      <c r="J77">
+        <v>6620</v>
+      </c>
+      <c r="K77">
+        <v>6460</v>
+      </c>
+      <c r="L77">
+        <v>6360</v>
+      </c>
+      <c r="M77">
+        <v>6270</v>
+      </c>
+      <c r="N77">
+        <v>6170</v>
+      </c>
+      <c r="O77">
+        <v>6080</v>
+      </c>
+      <c r="P77">
+        <v>5990</v>
+      </c>
+      <c r="Q77">
+        <v>5900</v>
+      </c>
+      <c r="R77">
+        <v>5900</v>
+      </c>
+    </row>
+    <row r="78" spans="1:19">
+      <c r="A78" t="s">
+        <v>37</v>
+      </c>
+      <c r="B78" t="s">
+        <v>28</v>
+      </c>
+      <c r="C78">
+        <v>2500</v>
+      </c>
+      <c r="D78">
+        <v>16</v>
+      </c>
+      <c r="E78" t="s">
+        <v>24</v>
+      </c>
+      <c r="F78" s="6">
+        <v>5750</v>
+      </c>
+      <c r="G78">
+        <v>5700</v>
+      </c>
+      <c r="H78">
+        <v>5650</v>
+      </c>
+      <c r="I78">
+        <v>5550</v>
+      </c>
+      <c r="J78">
+        <v>5500</v>
+      </c>
+      <c r="K78">
+        <v>5450</v>
+      </c>
+      <c r="L78">
+        <v>5400</v>
+      </c>
+      <c r="M78">
+        <v>5350</v>
+      </c>
+      <c r="N78">
+        <v>5320</v>
+      </c>
+      <c r="O78">
+        <v>5290</v>
+      </c>
+      <c r="P78">
+        <v>4750</v>
+      </c>
+      <c r="Q78">
+        <v>4730</v>
+      </c>
+      <c r="R78">
+        <v>4730</v>
+      </c>
+    </row>
+    <row r="79" spans="1:19">
+      <c r="A79" t="s">
+        <v>38</v>
+      </c>
+      <c r="B79" t="s">
+        <v>26</v>
+      </c>
+      <c r="C79">
+        <v>850</v>
+      </c>
+      <c r="D79">
+        <v>5</v>
+      </c>
+      <c r="E79" t="s">
+        <v>24</v>
+      </c>
+      <c r="F79" s="6">
+        <v>5990</v>
+      </c>
+      <c r="G79">
+        <v>5840</v>
+      </c>
+      <c r="H79">
+        <v>5700</v>
+      </c>
+      <c r="I79">
+        <v>5560</v>
+      </c>
+      <c r="J79">
+        <v>5420</v>
+      </c>
+      <c r="K79">
+        <v>5290</v>
+      </c>
+      <c r="L79">
+        <v>5210</v>
+      </c>
+      <c r="M79">
+        <v>5140</v>
+      </c>
+      <c r="N79">
+        <v>5060</v>
+      </c>
+      <c r="O79">
+        <v>4990</v>
+      </c>
+      <c r="P79">
+        <v>4910</v>
+      </c>
+      <c r="Q79">
+        <v>4840</v>
+      </c>
+      <c r="R79">
+        <v>4840</v>
+      </c>
+    </row>
+    <row r="80" spans="1:19">
+      <c r="A80" t="s">
+        <v>39</v>
+      </c>
+      <c r="B80" t="s">
+        <v>26</v>
+      </c>
+      <c r="C80">
+        <v>2100</v>
+      </c>
+      <c r="D80">
+        <v>6</v>
+      </c>
+      <c r="E80" t="s">
+        <v>24</v>
+      </c>
+      <c r="F80" s="6">
+        <v>13610</v>
+      </c>
+      <c r="G80">
+        <v>13280</v>
+      </c>
+      <c r="H80">
+        <v>12950</v>
+      </c>
+      <c r="I80">
+        <v>12640</v>
+      </c>
+      <c r="J80">
+        <v>12330</v>
+      </c>
+      <c r="K80">
+        <v>12030</v>
+      </c>
+      <c r="L80">
+        <v>11850</v>
+      </c>
+      <c r="M80">
+        <v>11680</v>
+      </c>
+      <c r="N80">
+        <v>11500</v>
+      </c>
+      <c r="O80">
+        <v>11330</v>
+      </c>
+      <c r="P80">
+        <v>11170</v>
+      </c>
+      <c r="Q80">
+        <v>11000</v>
+      </c>
+      <c r="R80">
+        <v>11000</v>
+      </c>
+    </row>
+    <row r="81" spans="1:19">
+      <c r="A81" t="s">
+        <v>40</v>
+      </c>
+      <c r="B81" t="s">
+        <v>28</v>
+      </c>
+      <c r="C81">
+        <v>1000</v>
+      </c>
+      <c r="D81">
+        <v>14</v>
+      </c>
+      <c r="E81" t="s">
+        <v>24</v>
+      </c>
+      <c r="F81" s="6">
+        <v>5660</v>
+      </c>
+      <c r="G81">
+        <v>5520</v>
+      </c>
+      <c r="H81">
+        <v>5390</v>
+      </c>
+      <c r="I81">
+        <v>5260</v>
+      </c>
+      <c r="J81">
+        <v>5130</v>
+      </c>
+      <c r="K81">
+        <v>5000</v>
+      </c>
+      <c r="L81">
+        <v>4930</v>
+      </c>
+      <c r="M81">
+        <v>4860</v>
+      </c>
+      <c r="N81">
+        <v>4790</v>
+      </c>
+      <c r="O81">
+        <v>4710</v>
+      </c>
+      <c r="P81">
+        <v>4640</v>
+      </c>
+      <c r="Q81">
+        <v>4580</v>
+      </c>
+      <c r="R81">
+        <v>4580</v>
+      </c>
+    </row>
+    <row r="82" spans="1:19">
+      <c r="A82" t="s">
+        <v>41</v>
+      </c>
+      <c r="B82" t="s">
+        <v>26</v>
+      </c>
+      <c r="C82">
+        <v>800</v>
+      </c>
+      <c r="D82">
+        <v>6</v>
+      </c>
+      <c r="E82" t="s">
+        <v>24</v>
+      </c>
+      <c r="F82" s="6">
+        <v>6130</v>
+      </c>
+      <c r="G82">
+        <v>5980</v>
+      </c>
+      <c r="H82">
+        <v>5840</v>
+      </c>
+      <c r="I82">
+        <v>5690</v>
+      </c>
+      <c r="J82">
+        <v>5550</v>
+      </c>
+      <c r="K82">
+        <v>5420</v>
+      </c>
+      <c r="L82">
+        <v>5340</v>
+      </c>
+      <c r="M82">
+        <v>5260</v>
+      </c>
+      <c r="N82">
+        <v>5180</v>
+      </c>
+      <c r="O82">
+        <v>5110</v>
+      </c>
+      <c r="P82">
+        <v>5030</v>
+      </c>
+      <c r="Q82">
+        <v>4960</v>
+      </c>
+      <c r="R82">
+        <v>4960</v>
+      </c>
+    </row>
+    <row r="83" spans="1:19">
+      <c r="A83" t="s">
+        <v>42</v>
+      </c>
+      <c r="B83" t="s">
+        <v>26</v>
+      </c>
+      <c r="C83">
+        <v>2400</v>
+      </c>
+      <c r="D83">
+        <v>9</v>
+      </c>
+      <c r="E83" t="s">
+        <v>24</v>
+      </c>
+      <c r="F83" s="6">
+        <v>12230</v>
+      </c>
+      <c r="G83">
+        <v>11940</v>
+      </c>
+      <c r="H83">
+        <v>11640</v>
+      </c>
+      <c r="I83">
+        <v>11360</v>
+      </c>
+      <c r="J83">
+        <v>11080</v>
+      </c>
+      <c r="K83">
+        <v>10810</v>
+      </c>
+      <c r="L83">
+        <v>10650</v>
+      </c>
+      <c r="M83">
+        <v>10500</v>
+      </c>
+      <c r="N83">
+        <v>10340</v>
+      </c>
+      <c r="O83">
+        <v>10190</v>
+      </c>
+      <c r="P83">
+        <v>10040</v>
+      </c>
+      <c r="Q83">
+        <v>9890</v>
+      </c>
+      <c r="R83">
+        <v>9890</v>
+      </c>
+    </row>
+    <row r="84" spans="1:19">
+      <c r="A84" t="s">
+        <v>42</v>
+      </c>
+      <c r="B84" t="s">
+        <v>43</v>
+      </c>
+      <c r="C84">
+        <v>2200</v>
+      </c>
+      <c r="D84">
+        <v>15</v>
+      </c>
+      <c r="E84" t="s">
+        <v>24</v>
+      </c>
+      <c r="F84" s="6">
+        <v>6320</v>
+      </c>
+      <c r="G84">
+        <v>6170</v>
+      </c>
+      <c r="H84">
+        <v>6020</v>
+      </c>
+      <c r="I84">
+        <v>5870</v>
+      </c>
+      <c r="J84">
+        <v>5730</v>
+      </c>
+      <c r="K84">
+        <v>5590</v>
+      </c>
+      <c r="L84">
+        <v>5510</v>
+      </c>
+      <c r="M84">
+        <v>5420</v>
+      </c>
+      <c r="N84">
+        <v>5340</v>
+      </c>
+      <c r="O84">
+        <v>5270</v>
+      </c>
+      <c r="P84">
+        <v>5190</v>
+      </c>
+      <c r="Q84">
+        <v>5110</v>
+      </c>
+      <c r="R84">
+        <v>5110</v>
+      </c>
+    </row>
+    <row r="85" spans="1:19">
+      <c r="A85" t="s">
+        <v>44</v>
+      </c>
+      <c r="B85" t="s">
+        <v>28</v>
+      </c>
+      <c r="C85">
+        <v>5500</v>
+      </c>
+      <c r="D85">
+        <v>41</v>
+      </c>
+      <c r="E85" t="s">
+        <v>24</v>
+      </c>
+      <c r="F85" s="6">
+        <v>14700</v>
+      </c>
+      <c r="G85">
+        <v>14690</v>
+      </c>
+      <c r="H85">
+        <v>14580</v>
+      </c>
+      <c r="I85">
+        <v>14520</v>
+      </c>
+      <c r="J85">
+        <v>14450</v>
+      </c>
+      <c r="K85">
+        <v>14300</v>
+      </c>
+      <c r="L85">
+        <v>14200</v>
+      </c>
+      <c r="M85">
+        <v>14050</v>
+      </c>
+      <c r="N85">
+        <v>13850</v>
+      </c>
+      <c r="O85">
+        <v>13650</v>
+      </c>
+      <c r="P85">
+        <v>13450</v>
+      </c>
+      <c r="Q85">
+        <v>13300</v>
+      </c>
+      <c r="R85">
+        <v>13300</v>
+      </c>
+    </row>
+    <row r="86" spans="1:19">
+      <c r="A86" t="s">
+        <v>45</v>
+      </c>
+      <c r="B86" t="s">
+        <v>26</v>
+      </c>
+      <c r="C86">
+        <v>880</v>
+      </c>
+      <c r="D86">
+        <v>1</v>
+      </c>
+      <c r="E86" t="s">
+        <v>24</v>
+      </c>
+      <c r="F86" s="6">
+        <v>4240</v>
+      </c>
+      <c r="G86">
+        <v>4140</v>
+      </c>
+      <c r="H86">
+        <v>4040</v>
+      </c>
+      <c r="I86">
+        <v>3940</v>
+      </c>
+      <c r="J86">
+        <v>3840</v>
+      </c>
+      <c r="K86">
+        <v>3750</v>
+      </c>
+      <c r="L86">
+        <v>3690</v>
+      </c>
+      <c r="M86">
+        <v>3640</v>
+      </c>
+      <c r="N86">
+        <v>3590</v>
+      </c>
+      <c r="O86">
+        <v>3530</v>
+      </c>
+      <c r="P86">
+        <v>3480</v>
+      </c>
+      <c r="Q86">
+        <v>3430</v>
+      </c>
+      <c r="R86">
+        <v>3430</v>
+      </c>
+    </row>
+    <row r="87" spans="1:19">
+      <c r="A87" t="s">
+        <v>46</v>
+      </c>
+      <c r="B87" t="s">
+        <v>26</v>
+      </c>
+      <c r="C87">
+        <v>2500</v>
+      </c>
+      <c r="D87">
+        <v>5</v>
+      </c>
+      <c r="E87" t="s">
+        <v>24</v>
+      </c>
+      <c r="F87" s="6">
+        <v>6460</v>
+      </c>
+      <c r="G87">
+        <v>6300</v>
+      </c>
+      <c r="H87">
+        <v>6150</v>
+      </c>
+      <c r="I87">
+        <v>6000</v>
+      </c>
+      <c r="J87">
+        <v>5850</v>
+      </c>
+      <c r="K87">
+        <v>5710</v>
+      </c>
+      <c r="L87">
+        <v>5620</v>
+      </c>
+      <c r="M87">
+        <v>5540</v>
+      </c>
+      <c r="N87">
+        <v>5460</v>
+      </c>
+      <c r="O87">
+        <v>5380</v>
+      </c>
+      <c r="P87">
+        <v>5300</v>
+      </c>
+      <c r="Q87">
+        <v>5220</v>
+      </c>
+      <c r="R87">
+        <v>5220</v>
+      </c>
+    </row>
+    <row r="88" spans="1:19">
+      <c r="A88" t="s">
+        <v>47</v>
+      </c>
+      <c r="B88" t="s">
+        <v>23</v>
+      </c>
+      <c r="C88">
+        <v>5500</v>
+      </c>
+      <c r="D88">
+        <v>26</v>
+      </c>
+      <c r="E88" t="s">
+        <v>24</v>
+      </c>
+      <c r="F88" s="6">
+        <v>10680</v>
+      </c>
+      <c r="G88">
+        <v>10680</v>
+      </c>
+      <c r="H88">
+        <v>10580</v>
+      </c>
+      <c r="I88">
+        <v>10400</v>
+      </c>
+      <c r="J88">
+        <v>10350</v>
+      </c>
+      <c r="K88">
+        <v>10060</v>
+      </c>
+      <c r="L88">
+        <v>9770</v>
+      </c>
+      <c r="M88">
+        <v>9670</v>
+      </c>
+      <c r="N88">
+        <v>9570</v>
+      </c>
+      <c r="O88">
+        <v>9350</v>
+      </c>
+      <c r="P88">
+        <v>9250</v>
+      </c>
+      <c r="Q88">
+        <v>9150</v>
+      </c>
+      <c r="R88">
+        <v>9150</v>
+      </c>
+    </row>
+    <row r="89" spans="1:19">
+      <c r="A89" t="s">
+        <v>48</v>
+      </c>
+      <c r="B89" t="s">
+        <v>26</v>
+      </c>
+      <c r="C89">
+        <v>2580</v>
+      </c>
+      <c r="D89">
+        <v>4</v>
+      </c>
+      <c r="E89" t="s">
+        <v>24</v>
+      </c>
+      <c r="F89" s="6">
+        <v>12240</v>
+      </c>
+      <c r="G89">
+        <v>11940</v>
+      </c>
+      <c r="H89">
+        <v>11650</v>
+      </c>
+      <c r="I89">
+        <v>11370</v>
+      </c>
+      <c r="J89">
+        <v>11090</v>
+      </c>
+      <c r="K89">
+        <v>10820</v>
+      </c>
+      <c r="L89">
+        <v>10650</v>
+      </c>
+      <c r="M89">
+        <v>10500</v>
+      </c>
+      <c r="N89">
+        <v>10310</v>
+      </c>
+      <c r="O89">
+        <v>10150</v>
+      </c>
+      <c r="P89">
+        <v>9940</v>
+      </c>
+      <c r="Q89">
+        <v>9740</v>
+      </c>
+      <c r="R89">
+        <v>9740</v>
+      </c>
+    </row>
+    <row r="90" spans="1:19">
+      <c r="A90" t="s">
+        <v>49</v>
+      </c>
+      <c r="B90" t="s">
+        <v>28</v>
+      </c>
+      <c r="C90">
+        <v>2700</v>
+      </c>
+      <c r="D90">
+        <v>14</v>
+      </c>
+      <c r="E90" t="s">
+        <v>24</v>
+      </c>
+      <c r="F90" s="6">
+        <v>5420</v>
+      </c>
+      <c r="G90">
+        <v>5420</v>
+      </c>
+      <c r="H90">
+        <v>5310</v>
+      </c>
+      <c r="I90">
+        <v>5160</v>
+      </c>
+      <c r="J90">
+        <v>5100</v>
+      </c>
+      <c r="K90">
+        <v>5010</v>
+      </c>
+      <c r="L90">
+        <v>4760</v>
+      </c>
+      <c r="M90">
+        <v>4710</v>
+      </c>
+      <c r="N90">
+        <v>4550</v>
+      </c>
+      <c r="O90">
+        <v>4550</v>
+      </c>
+      <c r="P90">
+        <v>4170</v>
+      </c>
+      <c r="Q90">
+        <v>4170</v>
+      </c>
+      <c r="R90">
+        <v>4170</v>
+      </c>
+    </row>
+    <row r="91" spans="1:19">
+      <c r="A91" t="s">
+        <v>50</v>
+      </c>
+      <c r="B91" t="s">
+        <v>28</v>
+      </c>
+      <c r="C91">
+        <v>1800</v>
+      </c>
+      <c r="D91">
+        <v>10</v>
+      </c>
+      <c r="E91" t="s">
+        <v>24</v>
+      </c>
+      <c r="F91" s="6">
+        <v>5240</v>
+      </c>
+      <c r="G91">
+        <v>5120</v>
+      </c>
+      <c r="H91">
+        <v>4990</v>
+      </c>
+      <c r="I91">
+        <v>4870</v>
+      </c>
+      <c r="J91">
+        <v>4750</v>
+      </c>
+      <c r="K91">
+        <v>4630</v>
+      </c>
+      <c r="L91">
+        <v>4570</v>
+      </c>
+      <c r="M91">
+        <v>4500</v>
+      </c>
+      <c r="N91">
+        <v>4430</v>
+      </c>
+      <c r="O91">
+        <v>4370</v>
+      </c>
+      <c r="P91">
+        <v>4300</v>
+      </c>
+      <c r="Q91">
+        <v>4240</v>
+      </c>
+      <c r="R91">
+        <v>4240</v>
+      </c>
+    </row>
+    <row r="92" spans="1:19">
+      <c r="A92" t="s">
+        <v>50</v>
+      </c>
+      <c r="B92" t="s">
+        <v>26</v>
+      </c>
+      <c r="C92">
+        <v>2200</v>
+      </c>
+      <c r="D92">
+        <v>7</v>
+      </c>
+      <c r="E92" t="s">
+        <v>24</v>
+      </c>
+      <c r="F92" s="6">
+        <v>8760</v>
+      </c>
+      <c r="G92">
+        <v>8550</v>
+      </c>
+      <c r="H92">
+        <v>8340</v>
+      </c>
+      <c r="I92">
+        <v>8140</v>
+      </c>
+      <c r="J92">
+        <v>7940</v>
+      </c>
+      <c r="K92">
+        <v>7740</v>
+      </c>
+      <c r="L92">
+        <v>7630</v>
+      </c>
+      <c r="M92">
+        <v>7520</v>
+      </c>
+      <c r="N92">
+        <v>7410</v>
+      </c>
+      <c r="O92">
+        <v>7300</v>
+      </c>
+      <c r="P92">
+        <v>7190</v>
+      </c>
+      <c r="Q92">
+        <v>7080</v>
+      </c>
+      <c r="R92">
+        <v>7080</v>
+      </c>
+    </row>
+    <row r="93" spans="1:19">
+      <c r="A93" t="s">
+        <v>51</v>
+      </c>
+      <c r="B93" t="s">
+        <v>28</v>
+      </c>
+      <c r="C93">
+        <v>1200</v>
+      </c>
+      <c r="D93">
+        <v>11</v>
+      </c>
+      <c r="E93" t="s">
+        <v>24</v>
+      </c>
+      <c r="F93" s="6">
+        <v>4340</v>
+      </c>
+      <c r="G93">
+        <v>4230</v>
+      </c>
+      <c r="H93">
+        <v>4130</v>
+      </c>
+      <c r="I93">
+        <v>4030</v>
+      </c>
+      <c r="J93">
+        <v>3930</v>
+      </c>
+      <c r="K93">
+        <v>3830</v>
+      </c>
+      <c r="L93">
+        <v>3780</v>
+      </c>
+      <c r="M93">
+        <v>3720</v>
+      </c>
+      <c r="N93">
+        <v>3670</v>
+      </c>
+      <c r="O93">
+        <v>3610</v>
+      </c>
+      <c r="P93">
+        <v>3560</v>
+      </c>
+      <c r="Q93">
+        <v>3510</v>
+      </c>
+      <c r="R93">
+        <v>3510</v>
+      </c>
+    </row>
+    <row r="94" spans="1:19">
+      <c r="A94" t="s">
+        <v>51</v>
+      </c>
+      <c r="B94" t="s">
+        <v>26</v>
+      </c>
+      <c r="C94">
+        <v>2100</v>
+      </c>
+      <c r="D94">
+        <v>7</v>
+      </c>
+      <c r="E94" t="s">
+        <v>24</v>
+      </c>
+      <c r="F94" s="6">
+        <v>8420</v>
+      </c>
+      <c r="G94">
+        <v>8220</v>
+      </c>
+      <c r="H94">
+        <v>8020</v>
+      </c>
+      <c r="I94">
+        <v>7820</v>
+      </c>
+      <c r="J94">
+        <v>7630</v>
+      </c>
+      <c r="K94">
+        <v>7450</v>
+      </c>
+      <c r="L94">
+        <v>7340</v>
+      </c>
+      <c r="M94">
+        <v>7230</v>
+      </c>
+      <c r="N94">
+        <v>7120</v>
+      </c>
+      <c r="O94">
+        <v>7020</v>
+      </c>
+      <c r="P94">
+        <v>6910</v>
+      </c>
+      <c r="Q94">
+        <v>6810</v>
+      </c>
+      <c r="R94">
+        <v>6810</v>
+      </c>
+    </row>
+    <row r="95" spans="1:19">
+      <c r="A95" t="s">
+        <v>52</v>
+      </c>
+      <c r="B95" t="s">
+        <v>26</v>
+      </c>
+      <c r="C95">
+        <v>2480</v>
+      </c>
+      <c r="D95">
+        <v>5</v>
+      </c>
+      <c r="E95" t="s">
+        <v>24</v>
+      </c>
+      <c r="F95" s="6">
+        <v>14000</v>
+      </c>
+      <c r="G95">
+        <v>13660</v>
+      </c>
+      <c r="H95">
+        <v>13330</v>
+      </c>
+      <c r="I95">
+        <v>13010</v>
+      </c>
+      <c r="J95">
+        <v>12680</v>
+      </c>
+      <c r="K95">
+        <v>12380</v>
+      </c>
+      <c r="L95">
+        <v>12190</v>
+      </c>
+      <c r="M95">
+        <v>12010</v>
+      </c>
+      <c r="N95">
+        <v>11840</v>
+      </c>
+      <c r="O95">
+        <v>11660</v>
+      </c>
+      <c r="P95">
+        <v>11490</v>
+      </c>
+      <c r="Q95">
+        <v>11320</v>
+      </c>
+      <c r="R95">
+        <v>11320</v>
+      </c>
+    </row>
+    <row r="96" spans="1:19">
+      <c r="A96" t="s">
+        <v>53</v>
+      </c>
+      <c r="B96" t="s">
+        <v>23</v>
+      </c>
+      <c r="C96">
+        <v>5830</v>
+      </c>
+      <c r="D96">
+        <v>42</v>
+      </c>
+      <c r="E96" t="s">
+        <v>24</v>
+      </c>
+      <c r="F96" s="6">
+        <v>19720</v>
+      </c>
+      <c r="G96">
+        <v>19500</v>
+      </c>
+      <c r="H96">
+        <v>19280</v>
+      </c>
+      <c r="I96">
+        <v>19070</v>
+      </c>
+      <c r="J96">
+        <v>18840</v>
+      </c>
+      <c r="K96">
+        <v>18550</v>
+      </c>
+      <c r="L96">
+        <v>18380</v>
+      </c>
+      <c r="M96">
+        <v>18220</v>
+      </c>
+      <c r="N96">
+        <v>18010</v>
+      </c>
+      <c r="O96">
+        <v>17800</v>
+      </c>
+      <c r="P96">
+        <v>17590</v>
+      </c>
+      <c r="Q96">
+        <v>17440</v>
+      </c>
+      <c r="R96">
+        <v>17440</v>
+      </c>
+    </row>
+    <row r="97" spans="1:19">
+      <c r="A97" t="s">
+        <v>54</v>
+      </c>
+      <c r="B97" t="s">
+        <v>26</v>
+      </c>
+      <c r="C97">
+        <v>2200</v>
+      </c>
+      <c r="D97">
+        <v>5</v>
+      </c>
+      <c r="E97" t="s">
+        <v>24</v>
+      </c>
+      <c r="F97" s="6">
+        <v>7110</v>
+      </c>
+      <c r="G97">
+        <v>6940</v>
+      </c>
+      <c r="H97">
+        <v>6770</v>
+      </c>
+      <c r="I97">
+        <v>6610</v>
+      </c>
+      <c r="J97">
+        <v>6450</v>
+      </c>
+      <c r="K97">
+        <v>6290</v>
+      </c>
+      <c r="L97">
+        <v>6200</v>
+      </c>
+      <c r="M97">
+        <v>6100</v>
+      </c>
+      <c r="N97">
+        <v>6010</v>
+      </c>
+      <c r="O97">
+        <v>5920</v>
+      </c>
+      <c r="P97">
+        <v>5840</v>
+      </c>
+      <c r="Q97">
+        <v>5750</v>
+      </c>
+      <c r="R97">
+        <v>5750</v>
+      </c>
+    </row>
+    <row r="98" spans="1:19">
+      <c r="A98" t="s">
+        <v>55</v>
+      </c>
+      <c r="B98" t="s">
+        <v>26</v>
+      </c>
+      <c r="C98">
+        <v>800</v>
+      </c>
+      <c r="D98">
+        <v>5</v>
+      </c>
+      <c r="E98" t="s">
+        <v>24</v>
+      </c>
+      <c r="F98" s="6">
+        <v>7740</v>
+      </c>
+      <c r="G98">
+        <v>7550</v>
+      </c>
+      <c r="H98">
+        <v>7370</v>
+      </c>
+      <c r="I98">
+        <v>7190</v>
+      </c>
+      <c r="J98">
+        <v>7010</v>
+      </c>
+      <c r="K98">
+        <v>6840</v>
+      </c>
+      <c r="L98">
+        <v>6740</v>
+      </c>
+      <c r="M98">
+        <v>6640</v>
+      </c>
+      <c r="N98">
+        <v>6540</v>
+      </c>
+      <c r="O98">
+        <v>6450</v>
+      </c>
+      <c r="P98">
+        <v>6350</v>
+      </c>
+      <c r="Q98">
+        <v>6260</v>
+      </c>
+      <c r="R98">
+        <v>6260</v>
+      </c>
+    </row>
+    <row r="99" spans="1:19">
+      <c r="A99" t="s">
+        <v>56</v>
+      </c>
+      <c r="B99" t="s">
+        <v>26</v>
+      </c>
+      <c r="C99">
+        <v>650</v>
+      </c>
+      <c r="D99">
+        <v>4</v>
+      </c>
+      <c r="E99" t="s">
+        <v>24</v>
+      </c>
+      <c r="F99" s="6">
+        <v>6060</v>
+      </c>
+      <c r="G99">
+        <v>5910</v>
+      </c>
+      <c r="H99">
+        <v>5770</v>
+      </c>
+      <c r="I99">
+        <v>5630</v>
+      </c>
+      <c r="J99">
+        <v>5490</v>
+      </c>
+      <c r="K99">
+        <v>5360</v>
+      </c>
+      <c r="L99">
+        <v>5280</v>
+      </c>
+      <c r="M99">
+        <v>5200</v>
+      </c>
+      <c r="N99">
+        <v>5120</v>
+      </c>
+      <c r="O99">
+        <v>5050</v>
+      </c>
+      <c r="P99">
+        <v>4970</v>
+      </c>
+      <c r="Q99">
+        <v>4900</v>
+      </c>
+      <c r="R99">
+        <v>4900</v>
+      </c>
+    </row>
+    <row r="100" spans="1:19">
+      <c r="A100" t="s">
+        <v>57</v>
+      </c>
+      <c r="B100" t="s">
+        <v>26</v>
+      </c>
+      <c r="C100">
+        <v>850</v>
+      </c>
+      <c r="D100">
+        <v>5</v>
+      </c>
+      <c r="E100" t="s">
+        <v>24</v>
+      </c>
+      <c r="F100" s="6">
+        <v>6680</v>
+      </c>
+      <c r="G100">
+        <v>6520</v>
+      </c>
+      <c r="H100">
+        <v>6360</v>
+      </c>
+      <c r="I100">
+        <v>6200</v>
+      </c>
+      <c r="J100">
+        <v>6050</v>
+      </c>
+      <c r="K100">
+        <v>5900</v>
+      </c>
+      <c r="L100">
+        <v>5820</v>
+      </c>
+      <c r="M100">
+        <v>5730</v>
+      </c>
+      <c r="N100">
+        <v>5650</v>
+      </c>
+      <c r="O100">
+        <v>5560</v>
+      </c>
+      <c r="P100">
+        <v>5480</v>
+      </c>
+      <c r="Q100">
+        <v>5400</v>
+      </c>
+      <c r="R100">
+        <v>5400</v>
+      </c>
+    </row>
+    <row r="101" spans="1:19">
+      <c r="A101" t="s">
+        <v>58</v>
+      </c>
+      <c r="B101" t="s">
+        <v>26</v>
+      </c>
+      <c r="C101">
+        <v>750</v>
+      </c>
+      <c r="D101">
+        <v>5</v>
+      </c>
+      <c r="E101" t="s">
+        <v>24</v>
+      </c>
+      <c r="F101" s="6">
+        <v>6110</v>
+      </c>
+      <c r="G101">
+        <v>5960</v>
+      </c>
+      <c r="H101">
+        <v>5810</v>
+      </c>
+      <c r="I101">
+        <v>5670</v>
+      </c>
+      <c r="J101">
+        <v>5530</v>
+      </c>
+      <c r="K101">
+        <v>5400</v>
+      </c>
+      <c r="L101">
+        <v>5320</v>
+      </c>
+      <c r="M101">
+        <v>5240</v>
+      </c>
+      <c r="N101">
+        <v>5160</v>
+      </c>
+      <c r="O101">
+        <v>5090</v>
+      </c>
+      <c r="P101">
+        <v>5010</v>
+      </c>
+      <c r="Q101">
+        <v>4940</v>
+      </c>
+      <c r="R101">
+        <v>4940</v>
+      </c>
+    </row>
+    <row r="102" spans="1:19">
+      <c r="A102" t="s">
+        <v>59</v>
+      </c>
+      <c r="B102" t="s">
+        <v>26</v>
+      </c>
+      <c r="C102">
+        <v>1000</v>
+      </c>
+      <c r="D102">
+        <v>7</v>
+      </c>
+      <c r="E102" t="s">
+        <v>24</v>
+      </c>
+      <c r="F102" s="6">
+        <v>8090</v>
+      </c>
+      <c r="G102">
+        <v>7900</v>
+      </c>
+      <c r="H102">
+        <v>7700</v>
+      </c>
+      <c r="I102">
+        <v>7520</v>
+      </c>
+      <c r="J102">
+        <v>7330</v>
+      </c>
+      <c r="K102">
+        <v>7150</v>
+      </c>
+      <c r="L102">
+        <v>7050</v>
+      </c>
+      <c r="M102">
+        <v>6940</v>
+      </c>
+      <c r="N102">
+        <v>6840</v>
+      </c>
+      <c r="O102">
+        <v>6740</v>
+      </c>
+      <c r="P102">
+        <v>6640</v>
+      </c>
+      <c r="Q102">
+        <v>6540</v>
+      </c>
+      <c r="R102">
+        <v>6540</v>
+      </c>
+    </row>
+    <row r="103" spans="1:19">
+      <c r="A103" t="s">
+        <v>60</v>
+      </c>
+      <c r="B103" t="s">
+        <v>23</v>
+      </c>
+      <c r="C103">
+        <v>3900</v>
+      </c>
+      <c r="D103">
+        <v>36</v>
+      </c>
+      <c r="E103" t="s">
+        <v>24</v>
+      </c>
+      <c r="F103" s="6">
+        <v>4200</v>
+      </c>
+      <c r="G103">
+        <v>4110</v>
+      </c>
+      <c r="H103">
+        <v>4020</v>
+      </c>
+      <c r="I103">
+        <v>3920</v>
+      </c>
+      <c r="J103">
+        <v>3840</v>
+      </c>
+      <c r="K103">
+        <v>3750</v>
+      </c>
+      <c r="L103">
+        <v>3700</v>
+      </c>
+      <c r="M103">
+        <v>3600</v>
+      </c>
+      <c r="N103">
+        <v>3550</v>
+      </c>
+      <c r="O103">
+        <v>3450</v>
+      </c>
+      <c r="P103">
+        <v>3390</v>
+      </c>
+      <c r="Q103">
+        <v>3300</v>
+      </c>
+      <c r="R103">
+        <v>3300</v>
+      </c>
+    </row>
+    <row r="104" spans="1:19">
+      <c r="A104" t="s">
+        <v>61</v>
+      </c>
+      <c r="B104" t="s">
+        <v>26</v>
+      </c>
+      <c r="C104">
+        <v>800</v>
+      </c>
+      <c r="D104">
+        <v>5</v>
+      </c>
+      <c r="E104" t="s">
+        <v>24</v>
+      </c>
+      <c r="F104" s="6">
+        <v>8330</v>
+      </c>
+      <c r="G104">
+        <v>8120</v>
+      </c>
+      <c r="H104">
+        <v>7920</v>
+      </c>
+      <c r="I104">
+        <v>7730</v>
+      </c>
+      <c r="J104">
+        <v>7540</v>
+      </c>
+      <c r="K104">
+        <v>7360</v>
+      </c>
+      <c r="L104">
+        <v>7250</v>
+      </c>
+      <c r="M104">
+        <v>7140</v>
+      </c>
+      <c r="N104">
+        <v>7040</v>
+      </c>
+      <c r="O104">
+        <v>6930</v>
+      </c>
+      <c r="P104">
+        <v>6830</v>
+      </c>
+      <c r="Q104">
+        <v>6730</v>
+      </c>
+      <c r="R104">
+        <v>6730</v>
+      </c>
+    </row>
+    <row r="105" spans="1:19">
+      <c r="A105" t="s">
+        <v>62</v>
+      </c>
+      <c r="B105" t="s">
+        <v>26</v>
+      </c>
+      <c r="C105">
+        <v>2630</v>
+      </c>
+      <c r="D105">
+        <v>24</v>
+      </c>
+      <c r="E105" t="s">
+        <v>24</v>
+      </c>
+      <c r="F105" s="6">
+        <v>15340</v>
+      </c>
+      <c r="G105">
+        <v>15130</v>
+      </c>
+      <c r="H105">
+        <v>14890</v>
+      </c>
+      <c r="I105">
+        <v>14650</v>
+      </c>
+      <c r="J105">
+        <v>14400</v>
+      </c>
+      <c r="K105">
+        <v>14170</v>
+      </c>
+      <c r="L105">
+        <v>14020</v>
+      </c>
+      <c r="M105">
+        <v>13870</v>
+      </c>
+      <c r="N105">
+        <v>13720</v>
+      </c>
+      <c r="O105">
+        <v>13570</v>
+      </c>
+      <c r="P105">
+        <v>13460</v>
+      </c>
+      <c r="Q105">
+        <v>13360</v>
+      </c>
+      <c r="R105">
+        <v>13360</v>
+      </c>
+    </row>
+    <row r="106" spans="1:19">
+      <c r="A106" t="s">
+        <v>63</v>
+      </c>
+      <c r="B106" t="s">
+        <v>26</v>
+      </c>
+      <c r="C106">
+        <v>940</v>
+      </c>
+      <c r="D106">
+        <v>6</v>
+      </c>
+      <c r="E106" t="s">
+        <v>24</v>
+      </c>
+      <c r="F106" s="6">
+        <v>6460</v>
+      </c>
+      <c r="G106">
+        <v>6300</v>
+      </c>
+      <c r="H106">
+        <v>6150</v>
+      </c>
+      <c r="I106">
+        <v>6000</v>
+      </c>
+      <c r="J106">
+        <v>5850</v>
+      </c>
+      <c r="K106">
+        <v>5710</v>
+      </c>
+      <c r="L106">
+        <v>5630</v>
+      </c>
+      <c r="M106">
+        <v>5540</v>
+      </c>
+      <c r="N106">
+        <v>5460</v>
+      </c>
+      <c r="O106">
+        <v>5380</v>
+      </c>
+      <c r="P106">
+        <v>5300</v>
+      </c>
+      <c r="Q106">
+        <v>5220</v>
+      </c>
+      <c r="R106">
+        <v>5220</v>
+      </c>
+    </row>
+    <row r="107" spans="1:19">
+      <c r="A107" t="s">
+        <v>64</v>
+      </c>
+      <c r="B107" t="s">
+        <v>28</v>
+      </c>
+      <c r="C107">
+        <v>2500</v>
+      </c>
+      <c r="D107">
+        <v>14</v>
+      </c>
+      <c r="E107" t="s">
+        <v>24</v>
+      </c>
+      <c r="F107" s="6">
+        <v>5500</v>
+      </c>
+      <c r="G107">
+        <v>5400</v>
+      </c>
+      <c r="H107">
+        <v>5250</v>
+      </c>
+      <c r="I107">
+        <v>5100</v>
+      </c>
+      <c r="J107">
+        <v>4950</v>
+      </c>
+      <c r="K107">
+        <v>4850</v>
+      </c>
+      <c r="L107">
+        <v>4800</v>
+      </c>
+      <c r="M107">
+        <v>4750</v>
+      </c>
+      <c r="N107">
+        <v>4650</v>
+      </c>
+      <c r="O107">
+        <v>4550</v>
+      </c>
+      <c r="P107">
+        <v>4500</v>
+      </c>
+      <c r="Q107">
         <v>4400</v>
       </c>
-      <c r="H67" s="6">
-[...76 lines deleted...]
-      <c r="O68" s="0">
+      <c r="R107">
+        <v>4400</v>
+      </c>
+    </row>
+    <row r="108" spans="1:19">
+      <c r="A108" t="s">
+        <v>65</v>
+      </c>
+      <c r="B108" t="s">
+        <v>26</v>
+      </c>
+      <c r="C108">
+        <v>1000</v>
+      </c>
+      <c r="D108">
+        <v>7</v>
+      </c>
+      <c r="E108" t="s">
+        <v>24</v>
+      </c>
+      <c r="F108" s="6">
+        <v>6890</v>
+      </c>
+      <c r="G108">
+        <v>6730</v>
+      </c>
+      <c r="H108">
+        <v>6560</v>
+      </c>
+      <c r="I108">
+        <v>6400</v>
+      </c>
+      <c r="J108">
+        <v>6250</v>
+      </c>
+      <c r="K108">
+        <v>6090</v>
+      </c>
+      <c r="L108">
+        <v>6000</v>
+      </c>
+      <c r="M108">
+        <v>5920</v>
+      </c>
+      <c r="N108">
+        <v>5830</v>
+      </c>
+      <c r="O108">
+        <v>5740</v>
+      </c>
+      <c r="P108">
+        <v>5660</v>
+      </c>
+      <c r="Q108">
+        <v>5570</v>
+      </c>
+      <c r="R108">
+        <v>5570</v>
+      </c>
+    </row>
+    <row r="109" spans="1:19">
+      <c r="A109" t="s">
+        <v>66</v>
+      </c>
+      <c r="B109" t="s">
+        <v>23</v>
+      </c>
+      <c r="C109">
+        <v>9300</v>
+      </c>
+      <c r="D109">
+        <v>18</v>
+      </c>
+      <c r="E109" t="s">
+        <v>24</v>
+      </c>
+      <c r="F109" s="6">
+        <v>7900</v>
+      </c>
+      <c r="G109">
+        <v>7800</v>
+      </c>
+      <c r="H109">
+        <v>7680</v>
+      </c>
+      <c r="I109">
+        <v>7530</v>
+      </c>
+      <c r="J109">
+        <v>7450</v>
+      </c>
+      <c r="K109">
+        <v>7380</v>
+      </c>
+      <c r="L109">
+        <v>7300</v>
+      </c>
+      <c r="M109">
+        <v>7220</v>
+      </c>
+      <c r="N109">
+        <v>7170</v>
+      </c>
+      <c r="O109">
+        <v>7120</v>
+      </c>
+      <c r="P109">
+        <v>6480</v>
+      </c>
+      <c r="Q109">
+        <v>6430</v>
+      </c>
+      <c r="R109">
+        <v>6430</v>
+      </c>
+    </row>
+    <row r="110" spans="1:19">
+      <c r="A110" t="s">
+        <v>67</v>
+      </c>
+      <c r="B110" t="s">
+        <v>26</v>
+      </c>
+      <c r="C110">
+        <v>790</v>
+      </c>
+      <c r="D110">
+        <v>5</v>
+      </c>
+      <c r="E110" t="s">
+        <v>24</v>
+      </c>
+      <c r="F110" s="6">
+        <v>6830</v>
+      </c>
+      <c r="G110">
+        <v>6660</v>
+      </c>
+      <c r="H110">
+        <v>6500</v>
+      </c>
+      <c r="I110">
+        <v>6340</v>
+      </c>
+      <c r="J110">
+        <v>6180</v>
+      </c>
+      <c r="K110">
+        <v>6030</v>
+      </c>
+      <c r="L110">
+        <v>5940</v>
+      </c>
+      <c r="M110">
+        <v>5860</v>
+      </c>
+      <c r="N110">
+        <v>5770</v>
+      </c>
+      <c r="O110">
+        <v>5680</v>
+      </c>
+      <c r="P110">
+        <v>5600</v>
+      </c>
+      <c r="Q110">
+        <v>5520</v>
+      </c>
+      <c r="R110">
+        <v>5520</v>
+      </c>
+    </row>
+    <row r="111" spans="1:19">
+      <c r="A111" t="s">
+        <v>68</v>
+      </c>
+      <c r="B111" t="s">
+        <v>28</v>
+      </c>
+      <c r="C111">
+        <v>2200</v>
+      </c>
+      <c r="D111">
+        <v>25</v>
+      </c>
+      <c r="E111" t="s">
+        <v>24</v>
+      </c>
+      <c r="F111" s="6">
+        <v>9900</v>
+      </c>
+      <c r="G111">
+        <v>9900</v>
+      </c>
+      <c r="H111">
+        <v>9800</v>
+      </c>
+      <c r="I111">
+        <v>9700</v>
+      </c>
+      <c r="J111">
+        <v>9600</v>
+      </c>
+      <c r="K111">
+        <v>9550</v>
+      </c>
+      <c r="L111">
+        <v>9450</v>
+      </c>
+      <c r="M111">
+        <v>9350</v>
+      </c>
+      <c r="N111">
+        <v>9250</v>
+      </c>
+      <c r="O111">
+        <v>9150</v>
+      </c>
+      <c r="P111">
+        <v>9050</v>
+      </c>
+      <c r="Q111">
+        <v>8950</v>
+      </c>
+      <c r="R111">
+        <v>8950</v>
+      </c>
+    </row>
+    <row r="112" spans="1:19">
+      <c r="A112" t="s">
+        <v>69</v>
+      </c>
+      <c r="B112" t="s">
+        <v>26</v>
+      </c>
+      <c r="C112">
+        <v>800</v>
+      </c>
+      <c r="D112">
+        <v>7</v>
+      </c>
+      <c r="E112" t="s">
+        <v>24</v>
+      </c>
+      <c r="F112" s="6">
+        <v>6840</v>
+      </c>
+      <c r="G112">
+        <v>6670</v>
+      </c>
+      <c r="H112">
+        <v>6510</v>
+      </c>
+      <c r="I112">
+        <v>6350</v>
+      </c>
+      <c r="J112">
+        <v>6190</v>
+      </c>
+      <c r="K112">
+        <v>6040</v>
+      </c>
+      <c r="L112">
+        <v>5950</v>
+      </c>
+      <c r="M112">
+        <v>5860</v>
+      </c>
+      <c r="N112">
+        <v>5780</v>
+      </c>
+      <c r="O112">
+        <v>5690</v>
+      </c>
+      <c r="P112">
+        <v>5610</v>
+      </c>
+      <c r="Q112">
+        <v>5520</v>
+      </c>
+      <c r="R112">
+        <v>5520</v>
+      </c>
+    </row>
+    <row r="113" spans="1:19">
+      <c r="A113" t="s">
+        <v>70</v>
+      </c>
+      <c r="B113" t="s">
+        <v>28</v>
+      </c>
+      <c r="C113">
+        <v>2000</v>
+      </c>
+      <c r="D113">
+        <v>25</v>
+      </c>
+      <c r="E113" t="s">
+        <v>24</v>
+      </c>
+      <c r="F113" s="6">
+        <v>8900</v>
+      </c>
+      <c r="G113">
+        <v>8680</v>
+      </c>
+      <c r="H113">
+        <v>8470</v>
+      </c>
+      <c r="I113">
+        <v>8270</v>
+      </c>
+      <c r="J113">
+        <v>8060</v>
+      </c>
+      <c r="K113">
+        <v>7870</v>
+      </c>
+      <c r="L113">
+        <v>7750</v>
+      </c>
+      <c r="M113">
+        <v>7640</v>
+      </c>
+      <c r="N113">
+        <v>7520</v>
+      </c>
+      <c r="O113">
+        <v>7410</v>
+      </c>
+      <c r="P113">
+        <v>7300</v>
+      </c>
+      <c r="Q113">
+        <v>7190</v>
+      </c>
+      <c r="R113">
+        <v>7190</v>
+      </c>
+    </row>
+    <row r="114" spans="1:19">
+      <c r="A114" t="s">
+        <v>71</v>
+      </c>
+      <c r="B114" t="s">
+        <v>26</v>
+      </c>
+      <c r="C114">
+        <v>950</v>
+      </c>
+      <c r="D114">
+        <v>4</v>
+      </c>
+      <c r="E114" t="s">
+        <v>24</v>
+      </c>
+      <c r="F114" s="6">
+        <v>6320</v>
+      </c>
+      <c r="G114">
+        <v>6170</v>
+      </c>
+      <c r="H114">
+        <v>6020</v>
+      </c>
+      <c r="I114">
+        <v>5870</v>
+      </c>
+      <c r="J114">
+        <v>5730</v>
+      </c>
+      <c r="K114">
+        <v>5590</v>
+      </c>
+      <c r="L114">
+        <v>5500</v>
+      </c>
+      <c r="M114">
+        <v>5420</v>
+      </c>
+      <c r="N114">
+        <v>5340</v>
+      </c>
+      <c r="O114">
+        <v>5260</v>
+      </c>
+      <c r="P114">
+        <v>5180</v>
+      </c>
+      <c r="Q114">
+        <v>5110</v>
+      </c>
+      <c r="R114">
+        <v>5110</v>
+      </c>
+    </row>
+    <row r="115" spans="1:19">
+      <c r="A115" t="s">
+        <v>72</v>
+      </c>
+      <c r="B115" t="s">
+        <v>23</v>
+      </c>
+      <c r="C115">
+        <v>11200</v>
+      </c>
+      <c r="D115">
+        <v>19</v>
+      </c>
+      <c r="E115" t="s">
+        <v>24</v>
+      </c>
+      <c r="F115" s="6">
+        <v>8750</v>
+      </c>
+      <c r="G115">
+        <v>8530</v>
+      </c>
+      <c r="H115">
+        <v>8430</v>
+      </c>
+      <c r="I115">
         <v>8280</v>
       </c>
-      <c r="P68" s="0">
-[...13 lines deleted...]
-      <c r="B69" s="6" t="s">
+      <c r="J115">
+        <v>8230</v>
+      </c>
+      <c r="K115">
+        <v>8180</v>
+      </c>
+      <c r="L115">
+        <v>8030</v>
+      </c>
+      <c r="M115">
+        <v>7980</v>
+      </c>
+      <c r="N115">
+        <v>7900</v>
+      </c>
+      <c r="O115">
+        <v>7870</v>
+      </c>
+      <c r="P115">
+        <v>7250</v>
+      </c>
+      <c r="Q115">
+        <v>7210</v>
+      </c>
+      <c r="R115">
+        <v>7210</v>
+      </c>
+    </row>
+    <row r="116" spans="1:19">
+      <c r="A116" t="s">
+        <v>73</v>
+      </c>
+      <c r="B116" t="s">
         <v>23</v>
       </c>
-      <c r="C69" s="6">
-[...8 lines deleted...]
-      <c r="F69" s="9">
+      <c r="C116">
+        <v>5630</v>
+      </c>
+      <c r="D116">
+        <v>37</v>
+      </c>
+      <c r="E116" t="s">
+        <v>24</v>
+      </c>
+      <c r="F116" s="6">
+        <v>18620</v>
+      </c>
+      <c r="G116">
+        <v>18410</v>
+      </c>
+      <c r="H116">
+        <v>18200</v>
+      </c>
+      <c r="I116">
+        <v>17900</v>
+      </c>
+      <c r="J116">
+        <v>17590</v>
+      </c>
+      <c r="K116">
+        <v>17200</v>
+      </c>
+      <c r="L116">
+        <v>17080</v>
+      </c>
+      <c r="M116">
+        <v>16820</v>
+      </c>
+      <c r="N116">
+        <v>16610</v>
+      </c>
+      <c r="O116">
+        <v>16400</v>
+      </c>
+      <c r="P116">
+        <v>16190</v>
+      </c>
+      <c r="Q116">
+        <v>15990</v>
+      </c>
+      <c r="R116">
+        <v>15990</v>
+      </c>
+    </row>
+    <row r="117" spans="1:19">
+      <c r="A117" t="s">
+        <v>74</v>
+      </c>
+      <c r="B117" t="s">
+        <v>23</v>
+      </c>
+      <c r="C117">
+        <v>7700</v>
+      </c>
+      <c r="D117">
+        <v>23</v>
+      </c>
+      <c r="E117" t="s">
+        <v>24</v>
+      </c>
+      <c r="F117" s="6">
+        <v>16070</v>
+      </c>
+      <c r="G117">
+        <v>15810</v>
+      </c>
+      <c r="H117">
+        <v>15490</v>
+      </c>
+      <c r="I117">
+        <v>15180</v>
+      </c>
+      <c r="J117">
+        <v>14830</v>
+      </c>
+      <c r="K117">
+        <v>14530</v>
+      </c>
+      <c r="L117">
+        <v>14390</v>
+      </c>
+      <c r="M117">
+        <v>14180</v>
+      </c>
+      <c r="N117">
+        <v>13960</v>
+      </c>
+      <c r="O117">
+        <v>13780</v>
+      </c>
+      <c r="P117">
+        <v>13580</v>
+      </c>
+      <c r="Q117">
+        <v>13350</v>
+      </c>
+      <c r="R117">
+        <v>13350</v>
+      </c>
+    </row>
+    <row r="118" spans="1:19">
+      <c r="A118" t="s">
+        <v>75</v>
+      </c>
+      <c r="B118" t="s">
+        <v>26</v>
+      </c>
+      <c r="C118">
+        <v>2580</v>
+      </c>
+      <c r="D118">
+        <v>5</v>
+      </c>
+      <c r="E118" t="s">
+        <v>24</v>
+      </c>
+      <c r="F118" s="6">
+        <v>13020</v>
+      </c>
+      <c r="G118">
+        <v>12510</v>
+      </c>
+      <c r="H118">
+        <v>12100</v>
+      </c>
+      <c r="I118">
+        <v>11700</v>
+      </c>
+      <c r="J118">
         <v>11390</v>
       </c>
-      <c r="G69" s="6">
-[...645 lines deleted...]
-      <c r="Q80" s="0">
+      <c r="K118">
         <v>11000</v>
       </c>
-      <c r="R80" s="0">
-[...2128 lines deleted...]
-        <v>5510</v>
+      <c r="L118">
+        <v>10780</v>
+      </c>
+      <c r="M118">
+        <v>10570</v>
+      </c>
+      <c r="N118">
+        <v>10410</v>
+      </c>
+      <c r="O118">
+        <v>10250</v>
+      </c>
+      <c r="P118">
+        <v>10090</v>
+      </c>
+      <c r="Q118">
+        <v>9940</v>
+      </c>
+      <c r="R118">
+        <v>9940</v>
       </c>
     </row>
     <row r="119" spans="1:19">
-      <c r="A119" s="0" t="s">
+      <c r="A119" t="s">
         <v>76</v>
       </c>
-      <c r="B119" s="0"/>
-[...35 lines deleted...]
-      <c r="R120" s="0"/>
     </row>
     <row r="121" spans="1:19">
-      <c r="A121" s="0" t="s">
+      <c r="A121" t="s">
         <v>77</v>
       </c>
-      <c r="B121" s="0"/>
-[...15 lines deleted...]
-      <c r="R121" s="0"/>
     </row>
     <row r="122" spans="1:19" customHeight="1" ht="20">
       <c r="A122" s="3" t="s">
         <v>92</v>
       </c>
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="2"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
       <c r="I122" s="2"/>
       <c r="J122" s="2"/>
       <c r="K122" s="2"/>
       <c r="L122" s="2"/>
       <c r="M122" s="2"/>
       <c r="N122" s="2"/>
       <c r="O122" s="2"/>
       <c r="P122" s="2"/>
       <c r="Q122" s="2"/>
       <c r="R122" s="2"/>
     </row>
     <row r="123" spans="1:19" customHeight="1" ht="21">
       <c r="A123" s="4" t="s">
@@ -7205,1120 +7071,1066 @@
         <v>14</v>
       </c>
       <c r="L123" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M123" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N123" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O123" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P123" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q123" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R123" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="124" spans="1:19">
-      <c r="A124" s="6" t="s">
+      <c r="A124" t="s">
         <v>33</v>
       </c>
-      <c r="B124" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C124" s="6">
+      <c r="B124" t="s">
+        <v>26</v>
+      </c>
+      <c r="C124">
         <v>560</v>
       </c>
-      <c r="D124" s="6">
+      <c r="D124">
         <v>4</v>
       </c>
-      <c r="E124" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F124" s="7">
+      <c r="E124" t="s">
+        <v>24</v>
+      </c>
+      <c r="F124" s="5">
         <v>14.2</v>
       </c>
-      <c r="G124" s="6">
+      <c r="G124">
         <v>13.9</v>
       </c>
-      <c r="H124" s="6">
+      <c r="H124">
         <v>13.6</v>
       </c>
-      <c r="I124" s="6">
+      <c r="I124">
         <v>13.3</v>
       </c>
-      <c r="J124" s="6">
+      <c r="J124">
         <v>13</v>
       </c>
-      <c r="K124" s="6">
+      <c r="K124">
         <v>12.7</v>
       </c>
-      <c r="L124" s="6">
+      <c r="L124">
         <v>12.5</v>
       </c>
-      <c r="M124" s="6">
+      <c r="M124">
         <v>12.3</v>
       </c>
-      <c r="N124" s="6">
+      <c r="N124">
         <v>12.1</v>
       </c>
-      <c r="O124" s="6">
+      <c r="O124">
         <v>11.9</v>
       </c>
-      <c r="P124" s="6">
+      <c r="P124">
         <v>11.7</v>
       </c>
-      <c r="Q124" s="6">
+      <c r="Q124">
         <v>11.5</v>
       </c>
-      <c r="R124" s="6">
+      <c r="R124">
         <v>11.5</v>
       </c>
     </row>
     <row r="125" spans="1:19">
-      <c r="A125" s="0" t="s">
+      <c r="A125" t="s">
         <v>34</v>
       </c>
-      <c r="B125" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C125" s="0">
+      <c r="B125" t="s">
+        <v>26</v>
+      </c>
+      <c r="C125">
         <v>850</v>
       </c>
-      <c r="D125" s="0">
+      <c r="D125">
         <v>2</v>
       </c>
-      <c r="E125" s="0" t="s">
+      <c r="E125" t="s">
         <v>24</v>
       </c>
       <c r="F125" s="5">
         <v>18.7</v>
       </c>
-      <c r="G125" s="0">
+      <c r="G125">
         <v>18.2</v>
       </c>
-      <c r="H125" s="0">
+      <c r="H125">
         <v>17.8</v>
       </c>
-      <c r="I125" s="0">
+      <c r="I125">
         <v>17.4</v>
       </c>
-      <c r="J125" s="0">
+      <c r="J125">
         <v>17</v>
       </c>
-      <c r="K125" s="0">
+      <c r="K125">
         <v>16.6</v>
       </c>
-      <c r="L125" s="0">
+      <c r="L125">
         <v>16.4</v>
       </c>
-      <c r="M125" s="0">
+      <c r="M125">
         <v>16.2</v>
       </c>
-      <c r="N125" s="0">
+      <c r="N125">
         <v>16</v>
       </c>
-      <c r="O125" s="0">
+      <c r="O125">
         <v>15.8</v>
       </c>
-      <c r="P125" s="0">
+      <c r="P125">
         <v>15.6</v>
       </c>
-      <c r="Q125" s="0">
+      <c r="Q125">
         <v>15.4</v>
       </c>
-      <c r="R125" s="0">
+      <c r="R125">
         <v>15.4</v>
       </c>
     </row>
     <row r="126" spans="1:19">
-      <c r="A126" s="6" t="s">
+      <c r="A126" t="s">
         <v>35</v>
       </c>
-      <c r="B126" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D126" s="6">
+      <c r="B126" t="s">
+        <v>26</v>
+      </c>
+      <c r="C126">
+        <v>2510</v>
+      </c>
+      <c r="D126">
+        <v>6</v>
+      </c>
+      <c r="E126" t="s">
+        <v>24</v>
+      </c>
+      <c r="F126" s="5">
+        <v>50.40000000000001</v>
+      </c>
+      <c r="G126">
+        <v>49.2</v>
+      </c>
+      <c r="H126">
+        <v>48.099999999999994</v>
+      </c>
+      <c r="I126">
+        <v>47.0</v>
+      </c>
+      <c r="J126">
+        <v>45.90000000000001</v>
+      </c>
+      <c r="K126">
+        <v>44.8</v>
+      </c>
+      <c r="L126">
+        <v>44.2</v>
+      </c>
+      <c r="M126">
+        <v>43.6</v>
+      </c>
+      <c r="N126">
+        <v>43.0</v>
+      </c>
+      <c r="O126">
+        <v>42.4</v>
+      </c>
+      <c r="P126">
+        <v>41.8</v>
+      </c>
+      <c r="Q126">
+        <v>41.2</v>
+      </c>
+      <c r="R126">
+        <v>41.2</v>
+      </c>
+    </row>
+    <row r="127" spans="1:19">
+      <c r="A127" t="s">
+        <v>38</v>
+      </c>
+      <c r="B127" t="s">
+        <v>26</v>
+      </c>
+      <c r="C127">
+        <v>850</v>
+      </c>
+      <c r="D127">
         <v>5</v>
       </c>
-      <c r="E126" s="6" t="s">
-[...55 lines deleted...]
-      <c r="E127" s="0" t="s">
+      <c r="E127" t="s">
         <v>24</v>
       </c>
       <c r="F127" s="5">
         <v>19.7</v>
       </c>
-      <c r="G127" s="0">
+      <c r="G127">
         <v>19.2</v>
       </c>
-      <c r="H127" s="0">
+      <c r="H127">
         <v>18.7</v>
       </c>
-      <c r="I127" s="0">
+      <c r="I127">
         <v>18.2</v>
       </c>
-      <c r="J127" s="0">
+      <c r="J127">
         <v>17.8</v>
       </c>
-      <c r="K127" s="0">
+      <c r="K127">
         <v>17.4</v>
       </c>
-      <c r="L127" s="0">
+      <c r="L127">
         <v>17.1</v>
       </c>
-      <c r="M127" s="0">
+      <c r="M127">
         <v>16.8</v>
       </c>
-      <c r="N127" s="0">
+      <c r="N127">
         <v>16.6</v>
       </c>
-      <c r="O127" s="0">
+      <c r="O127">
         <v>16.4</v>
       </c>
-      <c r="P127" s="0">
+      <c r="P127">
         <v>16.2</v>
       </c>
-      <c r="Q127" s="0">
+      <c r="Q127">
         <v>16</v>
       </c>
-      <c r="R127" s="0">
+      <c r="R127">
         <v>16</v>
       </c>
     </row>
     <row r="128" spans="1:19">
-      <c r="A128" s="6" t="s">
+      <c r="A128" t="s">
         <v>41</v>
       </c>
-      <c r="B128" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C128" s="6">
+      <c r="B128" t="s">
+        <v>26</v>
+      </c>
+      <c r="C128">
         <v>650</v>
       </c>
-      <c r="D128" s="6">
+      <c r="D128">
         <v>5</v>
       </c>
-      <c r="E128" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F128" s="7">
+      <c r="E128" t="s">
+        <v>24</v>
+      </c>
+      <c r="F128" s="5">
         <v>17.4</v>
       </c>
-      <c r="G128" s="6">
+      <c r="G128">
         <v>17</v>
       </c>
-      <c r="H128" s="6">
+      <c r="H128">
         <v>16.6</v>
       </c>
-      <c r="I128" s="6">
+      <c r="I128">
         <v>16.2</v>
       </c>
-      <c r="J128" s="6">
+      <c r="J128">
         <v>15.8</v>
       </c>
-      <c r="K128" s="6">
+      <c r="K128">
         <v>15.4</v>
       </c>
-      <c r="L128" s="6">
+      <c r="L128">
         <v>15.2</v>
       </c>
-      <c r="M128" s="6">
+      <c r="M128">
         <v>15</v>
       </c>
-      <c r="N128" s="6">
+      <c r="N128">
         <v>14.8</v>
       </c>
-      <c r="O128" s="6">
+      <c r="O128">
         <v>14.6</v>
       </c>
-      <c r="P128" s="6">
+      <c r="P128">
         <v>14.4</v>
       </c>
-      <c r="Q128" s="6">
+      <c r="Q128">
         <v>14.2</v>
       </c>
-      <c r="R128" s="6">
+      <c r="R128">
         <v>14.2</v>
       </c>
     </row>
     <row r="129" spans="1:19">
-      <c r="A129" s="0" t="s">
+      <c r="A129" t="s">
         <v>45</v>
       </c>
-      <c r="B129" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C129" s="0">
+      <c r="B129" t="s">
+        <v>26</v>
+      </c>
+      <c r="C129">
         <v>920</v>
       </c>
-      <c r="D129" s="0">
+      <c r="D129">
         <v>1</v>
       </c>
-      <c r="E129" s="0" t="s">
+      <c r="E129" t="s">
         <v>24</v>
       </c>
       <c r="F129" s="5">
         <v>17.3</v>
       </c>
-      <c r="G129" s="0">
+      <c r="G129">
         <v>16.9</v>
       </c>
-      <c r="H129" s="0">
+      <c r="H129">
         <v>16.5</v>
       </c>
-      <c r="I129" s="0">
+      <c r="I129">
         <v>16.1</v>
       </c>
-      <c r="J129" s="0">
+      <c r="J129">
         <v>15.7</v>
       </c>
-      <c r="K129" s="0">
+      <c r="K129">
         <v>15.3</v>
       </c>
-      <c r="L129" s="0">
+      <c r="L129">
         <v>15.1</v>
       </c>
-      <c r="M129" s="0">
+      <c r="M129">
         <v>14.9</v>
       </c>
-      <c r="N129" s="0">
+      <c r="N129">
         <v>14.7</v>
       </c>
-      <c r="O129" s="0">
+      <c r="O129">
         <v>14.5</v>
       </c>
-      <c r="P129" s="0">
+      <c r="P129">
         <v>14.3</v>
       </c>
-      <c r="Q129" s="0">
+      <c r="Q129">
         <v>14.1</v>
       </c>
-      <c r="R129" s="0">
+      <c r="R129">
         <v>14.1</v>
       </c>
     </row>
     <row r="130" spans="1:19">
-      <c r="A130" s="6" t="s">
+      <c r="A130" t="s">
         <v>48</v>
       </c>
-      <c r="B130" s="6" t="s">
-[...48 lines deleted...]
-        <v>20.3</v>
+      <c r="B130" t="s">
+        <v>26</v>
+      </c>
+      <c r="C130">
+        <v>2570</v>
+      </c>
+      <c r="D130">
+        <v>4</v>
+      </c>
+      <c r="E130" t="s">
+        <v>24</v>
+      </c>
+      <c r="F130" s="5">
+        <v>47.0</v>
+      </c>
+      <c r="G130">
+        <v>45.8</v>
+      </c>
+      <c r="H130">
+        <v>44.7</v>
+      </c>
+      <c r="I130">
+        <v>43.6</v>
+      </c>
+      <c r="J130">
+        <v>42.6</v>
+      </c>
+      <c r="K130">
+        <v>41.59999999999999</v>
+      </c>
+      <c r="L130">
+        <v>41.1</v>
+      </c>
+      <c r="M130">
+        <v>40.6</v>
+      </c>
+      <c r="N130">
+        <v>40.1</v>
+      </c>
+      <c r="O130">
+        <v>39.6</v>
+      </c>
+      <c r="P130">
+        <v>39.099999999999994</v>
+      </c>
+      <c r="Q130">
+        <v>38.6</v>
+      </c>
+      <c r="R130">
+        <v>38.6</v>
       </c>
     </row>
     <row r="131" spans="1:19">
-      <c r="A131" s="0" t="s">
+      <c r="A131" t="s">
         <v>55</v>
       </c>
-      <c r="B131" s="0" t="s">
-[...8 lines deleted...]
-      <c r="E131" s="0" t="s">
+      <c r="B131" t="s">
+        <v>26</v>
+      </c>
+      <c r="C131">
+        <v>2610</v>
+      </c>
+      <c r="D131">
+        <v>6</v>
+      </c>
+      <c r="E131" t="s">
         <v>24</v>
       </c>
       <c r="F131" s="5">
-        <v>41.2</v>
-[...35 lines deleted...]
-        <v>33.4</v>
+        <v>60.0</v>
+      </c>
+      <c r="G131">
+        <v>58.5</v>
+      </c>
+      <c r="H131">
+        <v>57.099999999999994</v>
+      </c>
+      <c r="I131">
+        <v>55.7</v>
+      </c>
+      <c r="J131">
+        <v>54.40000000000001</v>
+      </c>
+      <c r="K131">
+        <v>53.099999999999994</v>
+      </c>
+      <c r="L131">
+        <v>52.4</v>
+      </c>
+      <c r="M131">
+        <v>51.7</v>
+      </c>
+      <c r="N131">
+        <v>51.0</v>
+      </c>
+      <c r="O131">
+        <v>50.3</v>
+      </c>
+      <c r="P131">
+        <v>49.59999999999999</v>
+      </c>
+      <c r="Q131">
+        <v>48.9</v>
+      </c>
+      <c r="R131">
+        <v>48.9</v>
       </c>
     </row>
     <row r="132" spans="1:19">
-      <c r="A132" s="6" t="s">
+      <c r="A132" t="s">
         <v>56</v>
       </c>
-      <c r="B132" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C132" s="6">
+      <c r="B132" t="s">
+        <v>26</v>
+      </c>
+      <c r="C132">
         <v>350</v>
       </c>
-      <c r="D132" s="6">
+      <c r="D132">
         <v>4</v>
       </c>
-      <c r="E132" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F132" s="7">
+      <c r="E132" t="s">
+        <v>24</v>
+      </c>
+      <c r="F132" s="5">
         <v>16.6</v>
       </c>
-      <c r="G132" s="6">
+      <c r="G132">
         <v>16.2</v>
       </c>
-      <c r="H132" s="6">
+      <c r="H132">
         <v>15.8</v>
       </c>
-      <c r="I132" s="6">
+      <c r="I132">
         <v>15.4</v>
       </c>
-      <c r="J132" s="6">
+      <c r="J132">
         <v>15</v>
       </c>
-      <c r="K132" s="6">
+      <c r="K132">
         <v>14.6</v>
       </c>
-      <c r="L132" s="6">
+      <c r="L132">
         <v>14.4</v>
       </c>
-      <c r="M132" s="6">
+      <c r="M132">
         <v>14.2</v>
       </c>
-      <c r="N132" s="6">
+      <c r="N132">
         <v>14</v>
       </c>
-      <c r="O132" s="6">
+      <c r="O132">
         <v>13.8</v>
       </c>
-      <c r="P132" s="6">
+      <c r="P132">
         <v>13.6</v>
       </c>
-      <c r="Q132" s="6">
+      <c r="Q132">
         <v>13.4</v>
       </c>
-      <c r="R132" s="6">
+      <c r="R132">
         <v>13.4</v>
       </c>
     </row>
     <row r="133" spans="1:19">
-      <c r="A133" s="0" t="s">
+      <c r="A133" t="s">
         <v>57</v>
       </c>
-      <c r="B133" s="0" t="s">
-[...8 lines deleted...]
-      <c r="E133" s="0" t="s">
+      <c r="B133" t="s">
+        <v>26</v>
+      </c>
+      <c r="C133">
+        <v>2610</v>
+      </c>
+      <c r="D133">
+        <v>6</v>
+      </c>
+      <c r="E133" t="s">
         <v>24</v>
       </c>
       <c r="F133" s="5">
-        <v>33.2</v>
-[...35 lines deleted...]
-        <v>26.9</v>
+        <v>53.0</v>
+      </c>
+      <c r="G133">
+        <v>51.7</v>
+      </c>
+      <c r="H133">
+        <v>50.5</v>
+      </c>
+      <c r="I133">
+        <v>49.3</v>
+      </c>
+      <c r="J133">
+        <v>48.10000000000001</v>
+      </c>
+      <c r="K133">
+        <v>46.90000000000001</v>
+      </c>
+      <c r="L133">
+        <v>46.3</v>
+      </c>
+      <c r="M133">
+        <v>45.7</v>
+      </c>
+      <c r="N133">
+        <v>45.1</v>
+      </c>
+      <c r="O133">
+        <v>44.5</v>
+      </c>
+      <c r="P133">
+        <v>43.90000000000001</v>
+      </c>
+      <c r="Q133">
+        <v>43.3</v>
+      </c>
+      <c r="R133">
+        <v>43.3</v>
       </c>
     </row>
     <row r="134" spans="1:19">
-      <c r="A134" s="6" t="s">
+      <c r="A134" t="s">
         <v>58</v>
       </c>
-      <c r="B134" s="6" t="s">
-[...48 lines deleted...]
-        <v>27.1</v>
+      <c r="B134" t="s">
+        <v>26</v>
+      </c>
+      <c r="C134">
+        <v>2510</v>
+      </c>
+      <c r="D134">
+        <v>4</v>
+      </c>
+      <c r="E134" t="s">
+        <v>24</v>
+      </c>
+      <c r="F134" s="5">
+        <v>53.7</v>
+      </c>
+      <c r="G134">
+        <v>52.4</v>
+      </c>
+      <c r="H134">
+        <v>51.2</v>
+      </c>
+      <c r="I134">
+        <v>50.0</v>
+      </c>
+      <c r="J134">
+        <v>48.8</v>
+      </c>
+      <c r="K134">
+        <v>47.59999999999999</v>
+      </c>
+      <c r="L134">
+        <v>47.0</v>
+      </c>
+      <c r="M134">
+        <v>46.4</v>
+      </c>
+      <c r="N134">
+        <v>45.8</v>
+      </c>
+      <c r="O134">
+        <v>45.2</v>
+      </c>
+      <c r="P134">
+        <v>44.59999999999999</v>
+      </c>
+      <c r="Q134">
+        <v>44.0</v>
+      </c>
+      <c r="R134">
+        <v>44.0</v>
       </c>
     </row>
     <row r="135" spans="1:19">
-      <c r="A135" s="0" t="s">
+      <c r="A135" t="s">
         <v>59</v>
       </c>
-      <c r="B135" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C135" s="0">
+      <c r="B135" t="s">
+        <v>26</v>
+      </c>
+      <c r="C135">
         <v>3850</v>
       </c>
-      <c r="D135" s="0">
+      <c r="D135">
         <v>6</v>
       </c>
-      <c r="E135" s="0" t="s">
+      <c r="E135" t="s">
         <v>24</v>
       </c>
       <c r="F135" s="5">
         <v>43.59999999999999</v>
       </c>
-      <c r="G135" s="0">
+      <c r="G135">
         <v>42.6</v>
       </c>
-      <c r="H135" s="0">
+      <c r="H135">
         <v>41.6</v>
       </c>
-      <c r="I135" s="0">
+      <c r="I135">
         <v>40.59999999999999</v>
       </c>
-      <c r="J135" s="0">
+      <c r="J135">
         <v>39.6</v>
       </c>
-      <c r="K135" s="0">
+      <c r="K135">
         <v>38.6</v>
       </c>
-      <c r="L135" s="0">
-[...2 lines deleted...]
-      <c r="M135" s="0">
+      <c r="L135">
+        <v>38.099999999999994</v>
+      </c>
+      <c r="M135">
         <v>37.6</v>
       </c>
-      <c r="N135" s="0">
+      <c r="N135">
         <v>37.1</v>
       </c>
-      <c r="O135" s="0">
+      <c r="O135">
         <v>36.6</v>
       </c>
-      <c r="P135" s="0">
+      <c r="P135">
         <v>36.1</v>
       </c>
-      <c r="Q135" s="0">
+      <c r="Q135">
         <v>35.59999999999999</v>
       </c>
-      <c r="R135" s="0">
+      <c r="R135">
         <v>35.59999999999999</v>
       </c>
     </row>
     <row r="136" spans="1:19">
-      <c r="A136" s="6" t="s">
+      <c r="A136" t="s">
         <v>94</v>
       </c>
-      <c r="B136" s="6" t="s">
-[...48 lines deleted...]
-        <v>38.3</v>
+      <c r="B136" t="s">
+        <v>26</v>
+      </c>
+      <c r="C136">
+        <v>4410</v>
+      </c>
+      <c r="D136">
+        <v>9</v>
+      </c>
+      <c r="E136" t="s">
+        <v>24</v>
+      </c>
+      <c r="F136" s="5">
+        <v>83.59999999999999</v>
+      </c>
+      <c r="G136">
+        <v>81.59999999999999</v>
+      </c>
+      <c r="H136">
+        <v>79.69999999999999</v>
+      </c>
+      <c r="I136">
+        <v>77.80000000000001</v>
+      </c>
+      <c r="J136">
+        <v>75.89999999999999</v>
+      </c>
+      <c r="K136">
+        <v>74.0</v>
+      </c>
+      <c r="L136">
+        <v>73.0</v>
+      </c>
+      <c r="M136">
+        <v>72.0</v>
+      </c>
+      <c r="N136">
+        <v>71.0</v>
+      </c>
+      <c r="O136">
+        <v>70.0</v>
+      </c>
+      <c r="P136">
+        <v>69.0</v>
+      </c>
+      <c r="Q136">
+        <v>68.0</v>
+      </c>
+      <c r="R136">
+        <v>68.0</v>
       </c>
     </row>
     <row r="137" spans="1:19">
-      <c r="A137" s="0" t="s">
+      <c r="A137" t="s">
         <v>62</v>
       </c>
-      <c r="B137" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C137" s="0">
+      <c r="B137" t="s">
+        <v>26</v>
+      </c>
+      <c r="C137">
         <v>2400</v>
       </c>
-      <c r="D137" s="0">
+      <c r="D137">
         <v>0</v>
       </c>
-      <c r="E137" s="0" t="s">
+      <c r="E137" t="s">
         <v>24</v>
       </c>
       <c r="F137" s="5">
         <v>27.7</v>
       </c>
-      <c r="G137" s="0">
+      <c r="G137">
         <v>27.7</v>
       </c>
-      <c r="H137" s="0">
+      <c r="H137">
         <v>27.5</v>
       </c>
-      <c r="I137" s="0">
+      <c r="I137">
         <v>27.3</v>
       </c>
-      <c r="J137" s="0">
+      <c r="J137">
         <v>27.2</v>
       </c>
-      <c r="K137" s="0">
+      <c r="K137">
         <v>27</v>
       </c>
-      <c r="L137" s="0">
+      <c r="L137">
         <v>26.8</v>
       </c>
-      <c r="M137" s="0">
+      <c r="M137">
         <v>26.7</v>
       </c>
-      <c r="N137" s="0">
+      <c r="N137">
         <v>26.6</v>
       </c>
-      <c r="O137" s="0">
+      <c r="O137">
         <v>26.6</v>
       </c>
-      <c r="P137" s="0">
+      <c r="P137">
         <v>26.4</v>
       </c>
-      <c r="Q137" s="0">
+      <c r="Q137">
         <v>26.4</v>
       </c>
-      <c r="R137" s="0">
+      <c r="R137">
         <v>26.4</v>
       </c>
     </row>
     <row r="138" spans="1:19">
-      <c r="A138" s="6" t="s">
+      <c r="A138" t="s">
         <v>65</v>
       </c>
-      <c r="B138" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D138" s="6">
+      <c r="B138" t="s">
+        <v>26</v>
+      </c>
+      <c r="C138">
+        <v>1000</v>
+      </c>
+      <c r="D138">
         <v>7</v>
       </c>
-      <c r="E138" s="6" t="s">
-[...39 lines deleted...]
-        <v>18.8</v>
+      <c r="E138" t="s">
+        <v>24</v>
+      </c>
+      <c r="F138" s="5">
+        <v>24.1</v>
+      </c>
+      <c r="G138">
+        <v>23.5</v>
+      </c>
+      <c r="H138">
+        <v>22.9</v>
+      </c>
+      <c r="I138">
+        <v>22.3</v>
+      </c>
+      <c r="J138">
+        <v>21.8</v>
+      </c>
+      <c r="K138">
+        <v>21.3</v>
+      </c>
+      <c r="L138">
+        <v>21</v>
+      </c>
+      <c r="M138">
+        <v>20.7</v>
+      </c>
+      <c r="N138">
+        <v>20.4</v>
+      </c>
+      <c r="O138">
+        <v>20.1</v>
+      </c>
+      <c r="P138">
+        <v>19.8</v>
+      </c>
+      <c r="Q138">
+        <v>19.5</v>
+      </c>
+      <c r="R138">
+        <v>19.5</v>
       </c>
     </row>
     <row r="139" spans="1:19">
-      <c r="A139" s="0" t="s">
+      <c r="A139" t="s">
         <v>69</v>
       </c>
-      <c r="B139" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C139" s="0">
+      <c r="B139" t="s">
+        <v>26</v>
+      </c>
+      <c r="C139">
         <v>700</v>
       </c>
-      <c r="D139" s="0">
+      <c r="D139">
         <v>7</v>
       </c>
-      <c r="E139" s="0" t="s">
+      <c r="E139" t="s">
         <v>24</v>
       </c>
       <c r="F139" s="5">
         <v>18.5</v>
       </c>
-      <c r="G139" s="0">
+      <c r="G139">
         <v>18</v>
       </c>
-      <c r="H139" s="0">
+      <c r="H139">
         <v>17.6</v>
       </c>
-      <c r="I139" s="0">
+      <c r="I139">
         <v>17.2</v>
       </c>
-      <c r="J139" s="0">
+      <c r="J139">
         <v>16.8</v>
       </c>
-      <c r="K139" s="0">
+      <c r="K139">
         <v>16.4</v>
       </c>
-      <c r="L139" s="0">
+      <c r="L139">
         <v>16.2</v>
       </c>
-      <c r="M139" s="0">
+      <c r="M139">
         <v>16</v>
       </c>
-      <c r="N139" s="0">
+      <c r="N139">
         <v>15.8</v>
       </c>
-      <c r="O139" s="0">
+      <c r="O139">
         <v>15.6</v>
       </c>
-      <c r="P139" s="0">
+      <c r="P139">
         <v>15.4</v>
       </c>
-      <c r="Q139" s="0">
+      <c r="Q139">
         <v>15.2</v>
       </c>
-      <c r="R139" s="0">
+      <c r="R139">
         <v>15.2</v>
       </c>
     </row>
     <row r="140" spans="1:19">
-      <c r="A140" s="6" t="s">
+      <c r="A140" t="s">
         <v>71</v>
       </c>
-      <c r="B140" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D140" s="6">
+      <c r="B140" t="s">
+        <v>26</v>
+      </c>
+      <c r="C140">
+        <v>1000</v>
+      </c>
+      <c r="D140">
         <v>6</v>
       </c>
-      <c r="E140" s="6" t="s">
-[...39 lines deleted...]
-        <v>16.9</v>
+      <c r="E140" t="s">
+        <v>24</v>
+      </c>
+      <c r="F140" s="5">
+        <v>21.3</v>
+      </c>
+      <c r="G140">
+        <v>20.8</v>
+      </c>
+      <c r="H140">
+        <v>20.3</v>
+      </c>
+      <c r="I140">
+        <v>19.8</v>
+      </c>
+      <c r="J140">
+        <v>19.3</v>
+      </c>
+      <c r="K140">
+        <v>18.8</v>
+      </c>
+      <c r="L140">
+        <v>18.5</v>
+      </c>
+      <c r="M140">
+        <v>18.2</v>
+      </c>
+      <c r="N140">
+        <v>17.9</v>
+      </c>
+      <c r="O140">
+        <v>17.6</v>
+      </c>
+      <c r="P140">
+        <v>17.3</v>
+      </c>
+      <c r="Q140">
+        <v>17</v>
+      </c>
+      <c r="R140">
+        <v>17</v>
       </c>
     </row>
     <row r="141" spans="1:19">
-      <c r="A141" s="0" t="s">
+      <c r="A141" t="s">
         <v>75</v>
       </c>
-      <c r="B141" s="0" t="s">
-[...8 lines deleted...]
-      <c r="E141" s="0" t="s">
+      <c r="B141" t="s">
+        <v>26</v>
+      </c>
+      <c r="C141">
+        <v>2510</v>
+      </c>
+      <c r="D141">
+        <v>5</v>
+      </c>
+      <c r="E141" t="s">
         <v>24</v>
       </c>
       <c r="F141" s="5">
-        <v>27.5</v>
-[...35 lines deleted...]
-        <v>20.3</v>
+        <v>48.7</v>
+      </c>
+      <c r="G141">
+        <v>47.5</v>
+      </c>
+      <c r="H141">
+        <v>46.4</v>
+      </c>
+      <c r="I141">
+        <v>45.3</v>
+      </c>
+      <c r="J141">
+        <v>44.2</v>
+      </c>
+      <c r="K141">
+        <v>43.099999999999994</v>
+      </c>
+      <c r="L141">
+        <v>42.5</v>
+      </c>
+      <c r="M141">
+        <v>41.9</v>
+      </c>
+      <c r="N141">
+        <v>41.3</v>
+      </c>
+      <c r="O141">
+        <v>40.7</v>
+      </c>
+      <c r="P141">
+        <v>40.099999999999994</v>
+      </c>
+      <c r="Q141">
+        <v>39.6</v>
+      </c>
+      <c r="R141">
+        <v>39.6</v>
       </c>
     </row>
     <row r="142" spans="1:19">
-      <c r="A142" s="0" t="s">
+      <c r="A142" t="s">
         <v>76</v>
       </c>
-      <c r="B142" s="0"/>
-[...35 lines deleted...]
-      <c r="R143" s="0"/>
     </row>
     <row r="144" spans="1:19">
-      <c r="A144" s="0" t="s">
+      <c r="A144" t="s">
         <v>77</v>
       </c>
-      <c r="B144" s="0"/>
-[...15 lines deleted...]
-      <c r="R144" s="0"/>
     </row>
     <row r="145" spans="1:19" customHeight="1" ht="20">
       <c r="A145" s="3" t="s">
         <v>95</v>
       </c>
       <c r="B145" s="2"/>
       <c r="C145" s="2"/>
       <c r="D145" s="2"/>
       <c r="E145" s="2"/>
       <c r="F145" s="2"/>
       <c r="G145" s="2"/>
       <c r="H145" s="2"/>
       <c r="I145" s="2"/>
       <c r="J145" s="2"/>
       <c r="K145" s="2"/>
       <c r="L145" s="2"/>
       <c r="M145" s="2"/>
       <c r="N145" s="2"/>
       <c r="O145" s="2"/>
       <c r="P145" s="2"/>
       <c r="Q145" s="2"/>
       <c r="R145" s="2"/>
     </row>
     <row r="146" spans="1:19" customHeight="1" ht="21">
       <c r="A146" s="4" t="s">
@@ -8355,1174 +8167,1113 @@
         <v>84</v>
       </c>
       <c r="L146" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M146" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N146" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O146" s="4" t="s">
         <v>88</v>
       </c>
       <c r="P146" s="4" t="s">
         <v>89</v>
       </c>
       <c r="Q146" s="4" t="s">
         <v>90</v>
       </c>
       <c r="R146" s="4" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="147" spans="1:19">
-      <c r="A147" s="6" t="s">
+      <c r="A147" t="s">
         <v>33</v>
       </c>
-      <c r="B147" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C147" s="6">
+      <c r="B147" t="s">
+        <v>26</v>
+      </c>
+      <c r="C147">
         <v>560</v>
       </c>
-      <c r="D147" s="6">
+      <c r="D147">
         <v>4</v>
       </c>
-      <c r="E147" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F147" s="9">
+      <c r="E147" t="s">
+        <v>24</v>
+      </c>
+      <c r="F147" s="6">
         <v>3590</v>
       </c>
-      <c r="G147" s="6">
+      <c r="G147">
         <v>3500</v>
       </c>
-      <c r="H147" s="6">
+      <c r="H147">
         <v>3410</v>
       </c>
-      <c r="I147" s="6">
+      <c r="I147">
         <v>3330</v>
       </c>
-      <c r="J147" s="6">
+      <c r="J147">
         <v>3250</v>
       </c>
-      <c r="K147" s="6">
+      <c r="K147">
         <v>3170</v>
       </c>
-      <c r="L147" s="6">
+      <c r="L147">
         <v>3120</v>
       </c>
-      <c r="M147" s="6">
+      <c r="M147">
         <v>3080</v>
       </c>
-      <c r="N147" s="6">
+      <c r="N147">
         <v>3030</v>
       </c>
-      <c r="O147" s="6">
+      <c r="O147">
         <v>2990</v>
       </c>
-      <c r="P147" s="6">
+      <c r="P147">
         <v>2940</v>
       </c>
-      <c r="Q147" s="6">
+      <c r="Q147">
         <v>2900</v>
       </c>
-      <c r="R147" s="6">
+      <c r="R147">
         <v>2900</v>
       </c>
     </row>
     <row r="148" spans="1:19">
-      <c r="A148" s="0" t="s">
+      <c r="A148" t="s">
         <v>34</v>
       </c>
-      <c r="B148" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C148" s="0">
+      <c r="B148" t="s">
+        <v>26</v>
+      </c>
+      <c r="C148">
         <v>850</v>
       </c>
-      <c r="D148" s="0">
+      <c r="D148">
         <v>2</v>
       </c>
-      <c r="E148" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F148" s="8">
+      <c r="E148" t="s">
+        <v>24</v>
+      </c>
+      <c r="F148" s="6">
         <v>4760</v>
       </c>
-      <c r="G148" s="0">
+      <c r="G148">
         <v>4640</v>
       </c>
-      <c r="H148" s="0">
+      <c r="H148">
         <v>4530</v>
       </c>
-      <c r="I148" s="0">
+      <c r="I148">
         <v>4420</v>
       </c>
-      <c r="J148" s="0">
+      <c r="J148">
         <v>4310</v>
       </c>
-      <c r="K148" s="0">
+      <c r="K148">
         <v>4200</v>
       </c>
-      <c r="L148" s="0">
+      <c r="L148">
         <v>4140</v>
       </c>
-      <c r="M148" s="0">
+      <c r="M148">
         <v>4080</v>
       </c>
-      <c r="N148" s="0">
+      <c r="N148">
         <v>4020</v>
       </c>
-      <c r="O148" s="0">
+      <c r="O148">
         <v>3960</v>
       </c>
-      <c r="P148" s="0">
+      <c r="P148">
         <v>3900</v>
       </c>
-      <c r="Q148" s="0">
+      <c r="Q148">
         <v>3840</v>
       </c>
-      <c r="R148" s="0">
+      <c r="R148">
         <v>3840</v>
       </c>
     </row>
     <row r="149" spans="1:19">
-      <c r="A149" s="6" t="s">
+      <c r="A149" t="s">
         <v>35</v>
       </c>
-      <c r="B149" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D149" s="6">
+      <c r="B149" t="s">
+        <v>26</v>
+      </c>
+      <c r="C149">
+        <v>2510</v>
+      </c>
+      <c r="D149">
+        <v>6</v>
+      </c>
+      <c r="E149" t="s">
+        <v>24</v>
+      </c>
+      <c r="F149" s="6">
+        <v>12740</v>
+      </c>
+      <c r="G149">
+        <v>12430</v>
+      </c>
+      <c r="H149">
+        <v>12130</v>
+      </c>
+      <c r="I149">
+        <v>11840</v>
+      </c>
+      <c r="J149">
+        <v>11550</v>
+      </c>
+      <c r="K149">
+        <v>11260</v>
+      </c>
+      <c r="L149">
+        <v>11090</v>
+      </c>
+      <c r="M149">
+        <v>10930</v>
+      </c>
+      <c r="N149">
+        <v>10770</v>
+      </c>
+      <c r="O149">
+        <v>10610</v>
+      </c>
+      <c r="P149">
+        <v>10460</v>
+      </c>
+      <c r="Q149">
+        <v>10300</v>
+      </c>
+      <c r="R149">
+        <v>10300</v>
+      </c>
+    </row>
+    <row r="150" spans="1:19">
+      <c r="A150" t="s">
+        <v>38</v>
+      </c>
+      <c r="B150" t="s">
+        <v>26</v>
+      </c>
+      <c r="C150">
+        <v>850</v>
+      </c>
+      <c r="D150">
         <v>5</v>
       </c>
-      <c r="E149" s="6" t="s">
-[...52 lines deleted...]
-      <c r="D150" s="0">
+      <c r="E150" t="s">
+        <v>24</v>
+      </c>
+      <c r="F150" s="6">
+        <v>4960</v>
+      </c>
+      <c r="G150">
+        <v>4840</v>
+      </c>
+      <c r="H150">
+        <v>4720</v>
+      </c>
+      <c r="I150">
+        <v>4600</v>
+      </c>
+      <c r="J150">
+        <v>4490</v>
+      </c>
+      <c r="K150">
+        <v>4380</v>
+      </c>
+      <c r="L150">
+        <v>4320</v>
+      </c>
+      <c r="M150">
+        <v>4250</v>
+      </c>
+      <c r="N150">
+        <v>4190</v>
+      </c>
+      <c r="O150">
+        <v>4130</v>
+      </c>
+      <c r="P150">
+        <v>4070</v>
+      </c>
+      <c r="Q150">
+        <v>4010</v>
+      </c>
+      <c r="R150">
+        <v>4010</v>
+      </c>
+    </row>
+    <row r="151" spans="1:19">
+      <c r="A151" t="s">
+        <v>41</v>
+      </c>
+      <c r="B151" t="s">
+        <v>26</v>
+      </c>
+      <c r="C151">
+        <v>650</v>
+      </c>
+      <c r="D151">
         <v>5</v>
       </c>
-      <c r="E150" s="0" t="s">
-[...23 lines deleted...]
-      <c r="M150" s="0">
+      <c r="E151" t="s">
+        <v>24</v>
+      </c>
+      <c r="F151" s="6">
+        <v>4400</v>
+      </c>
+      <c r="G151">
+        <v>4290</v>
+      </c>
+      <c r="H151">
+        <v>4190</v>
+      </c>
+      <c r="I151">
+        <v>4080</v>
+      </c>
+      <c r="J151">
+        <v>3980</v>
+      </c>
+      <c r="K151">
+        <v>3890</v>
+      </c>
+      <c r="L151">
+        <v>3830</v>
+      </c>
+      <c r="M151">
+        <v>3770</v>
+      </c>
+      <c r="N151">
+        <v>3720</v>
+      </c>
+      <c r="O151">
+        <v>3660</v>
+      </c>
+      <c r="P151">
+        <v>3610</v>
+      </c>
+      <c r="Q151">
+        <v>3550</v>
+      </c>
+      <c r="R151">
+        <v>3550</v>
+      </c>
+    </row>
+    <row r="152" spans="1:19">
+      <c r="A152" t="s">
+        <v>45</v>
+      </c>
+      <c r="B152" t="s">
+        <v>26</v>
+      </c>
+      <c r="C152">
+        <v>920</v>
+      </c>
+      <c r="D152">
+        <v>1</v>
+      </c>
+      <c r="E152" t="s">
+        <v>24</v>
+      </c>
+      <c r="F152" s="6">
+        <v>4360</v>
+      </c>
+      <c r="G152">
         <v>4250</v>
       </c>
-      <c r="N150" s="0">
-[...25 lines deleted...]
-      <c r="D151" s="6">
+      <c r="H152">
+        <v>4150</v>
+      </c>
+      <c r="I152">
+        <v>4050</v>
+      </c>
+      <c r="J152">
+        <v>3950</v>
+      </c>
+      <c r="K152">
+        <v>3850</v>
+      </c>
+      <c r="L152">
+        <v>3790</v>
+      </c>
+      <c r="M152">
+        <v>3740</v>
+      </c>
+      <c r="N152">
+        <v>3680</v>
+      </c>
+      <c r="O152">
+        <v>3630</v>
+      </c>
+      <c r="P152">
+        <v>3580</v>
+      </c>
+      <c r="Q152">
+        <v>3520</v>
+      </c>
+      <c r="R152">
+        <v>3520</v>
+      </c>
+    </row>
+    <row r="153" spans="1:19">
+      <c r="A153" t="s">
+        <v>48</v>
+      </c>
+      <c r="B153" t="s">
+        <v>26</v>
+      </c>
+      <c r="C153">
+        <v>2570</v>
+      </c>
+      <c r="D153">
+        <v>4</v>
+      </c>
+      <c r="E153" t="s">
+        <v>24</v>
+      </c>
+      <c r="F153" s="6">
+        <v>11960</v>
+      </c>
+      <c r="G153">
+        <v>11660</v>
+      </c>
+      <c r="H153">
+        <v>11360</v>
+      </c>
+      <c r="I153">
+        <v>11090</v>
+      </c>
+      <c r="J153">
+        <v>10820</v>
+      </c>
+      <c r="K153">
+        <v>10540</v>
+      </c>
+      <c r="L153">
+        <v>10390</v>
+      </c>
+      <c r="M153">
+        <v>10240</v>
+      </c>
+      <c r="N153">
+        <v>10090</v>
+      </c>
+      <c r="O153">
+        <v>9940</v>
+      </c>
+      <c r="P153">
+        <v>9800</v>
+      </c>
+      <c r="Q153">
+        <v>9640</v>
+      </c>
+      <c r="R153">
+        <v>9640</v>
+      </c>
+    </row>
+    <row r="154" spans="1:19">
+      <c r="A154" t="s">
+        <v>55</v>
+      </c>
+      <c r="B154" t="s">
+        <v>26</v>
+      </c>
+      <c r="C154">
+        <v>2610</v>
+      </c>
+      <c r="D154">
+        <v>6</v>
+      </c>
+      <c r="E154" t="s">
+        <v>24</v>
+      </c>
+      <c r="F154" s="6">
+        <v>15120</v>
+      </c>
+      <c r="G154">
+        <v>14750</v>
+      </c>
+      <c r="H154">
+        <v>14390</v>
+      </c>
+      <c r="I154">
+        <v>14050</v>
+      </c>
+      <c r="J154">
+        <v>13700</v>
+      </c>
+      <c r="K154">
+        <v>13360</v>
+      </c>
+      <c r="L154">
+        <v>13160</v>
+      </c>
+      <c r="M154">
+        <v>12970</v>
+      </c>
+      <c r="N154">
+        <v>12780</v>
+      </c>
+      <c r="O154">
+        <v>12590</v>
+      </c>
+      <c r="P154">
+        <v>12410</v>
+      </c>
+      <c r="Q154">
+        <v>12220</v>
+      </c>
+      <c r="R154">
+        <v>12220</v>
+      </c>
+    </row>
+    <row r="155" spans="1:19">
+      <c r="A155" t="s">
+        <v>56</v>
+      </c>
+      <c r="B155" t="s">
+        <v>26</v>
+      </c>
+      <c r="C155">
+        <v>350</v>
+      </c>
+      <c r="D155">
+        <v>4</v>
+      </c>
+      <c r="E155" t="s">
+        <v>24</v>
+      </c>
+      <c r="F155" s="6">
+        <v>4140</v>
+      </c>
+      <c r="G155">
+        <v>4030</v>
+      </c>
+      <c r="H155">
+        <v>3940</v>
+      </c>
+      <c r="I155">
+        <v>3840</v>
+      </c>
+      <c r="J155">
+        <v>3750</v>
+      </c>
+      <c r="K155">
+        <v>3660</v>
+      </c>
+      <c r="L155">
+        <v>3600</v>
+      </c>
+      <c r="M155">
+        <v>3550</v>
+      </c>
+      <c r="N155">
+        <v>3500</v>
+      </c>
+      <c r="O155">
+        <v>3440</v>
+      </c>
+      <c r="P155">
+        <v>3390</v>
+      </c>
+      <c r="Q155">
+        <v>3340</v>
+      </c>
+      <c r="R155">
+        <v>3340</v>
+      </c>
+    </row>
+    <row r="156" spans="1:19">
+      <c r="A156" t="s">
+        <v>57</v>
+      </c>
+      <c r="B156" t="s">
+        <v>26</v>
+      </c>
+      <c r="C156">
+        <v>2610</v>
+      </c>
+      <c r="D156">
+        <v>6</v>
+      </c>
+      <c r="E156" t="s">
+        <v>24</v>
+      </c>
+      <c r="F156" s="6">
+        <v>13410</v>
+      </c>
+      <c r="G156">
+        <v>13070</v>
+      </c>
+      <c r="H156">
+        <v>12760</v>
+      </c>
+      <c r="I156">
+        <v>12450</v>
+      </c>
+      <c r="J156">
+        <v>12150</v>
+      </c>
+      <c r="K156">
+        <v>11840</v>
+      </c>
+      <c r="L156">
+        <v>11670</v>
+      </c>
+      <c r="M156">
+        <v>11500</v>
+      </c>
+      <c r="N156">
+        <v>11330</v>
+      </c>
+      <c r="O156">
+        <v>11160</v>
+      </c>
+      <c r="P156">
+        <v>11000</v>
+      </c>
+      <c r="Q156">
+        <v>10830</v>
+      </c>
+      <c r="R156">
+        <v>10830</v>
+      </c>
+    </row>
+    <row r="157" spans="1:19">
+      <c r="A157" t="s">
+        <v>58</v>
+      </c>
+      <c r="B157" t="s">
+        <v>26</v>
+      </c>
+      <c r="C157">
+        <v>2510</v>
+      </c>
+      <c r="D157">
+        <v>4</v>
+      </c>
+      <c r="E157" t="s">
+        <v>24</v>
+      </c>
+      <c r="F157" s="6">
+        <v>13610</v>
+      </c>
+      <c r="G157">
+        <v>13270</v>
+      </c>
+      <c r="H157">
+        <v>12960</v>
+      </c>
+      <c r="I157">
+        <v>12640</v>
+      </c>
+      <c r="J157">
+        <v>12330</v>
+      </c>
+      <c r="K157">
+        <v>12020</v>
+      </c>
+      <c r="L157">
+        <v>11850</v>
+      </c>
+      <c r="M157">
+        <v>11680</v>
+      </c>
+      <c r="N157">
+        <v>11500</v>
+      </c>
+      <c r="O157">
+        <v>11340</v>
+      </c>
+      <c r="P157">
+        <v>11170</v>
+      </c>
+      <c r="Q157">
+        <v>11000</v>
+      </c>
+      <c r="R157">
+        <v>11000</v>
+      </c>
+    </row>
+    <row r="158" spans="1:19">
+      <c r="A158" t="s">
+        <v>59</v>
+      </c>
+      <c r="B158" t="s">
+        <v>26</v>
+      </c>
+      <c r="C158">
+        <v>3850</v>
+      </c>
+      <c r="D158">
+        <v>6</v>
+      </c>
+      <c r="E158" t="s">
+        <v>24</v>
+      </c>
+      <c r="F158" s="6">
+        <v>11010</v>
+      </c>
+      <c r="G158">
+        <v>10740</v>
+      </c>
+      <c r="H158">
+        <v>10480</v>
+      </c>
+      <c r="I158">
+        <v>10220</v>
+      </c>
+      <c r="J158">
+        <v>9970</v>
+      </c>
+      <c r="K158">
+        <v>9730</v>
+      </c>
+      <c r="L158">
+        <v>9590</v>
+      </c>
+      <c r="M158">
+        <v>9440</v>
+      </c>
+      <c r="N158">
+        <v>9310</v>
+      </c>
+      <c r="O158">
+        <v>9170</v>
+      </c>
+      <c r="P158">
+        <v>9030</v>
+      </c>
+      <c r="Q158">
+        <v>8890</v>
+      </c>
+      <c r="R158">
+        <v>8890</v>
+      </c>
+    </row>
+    <row r="159" spans="1:19">
+      <c r="A159" t="s">
+        <v>94</v>
+      </c>
+      <c r="B159" t="s">
+        <v>26</v>
+      </c>
+      <c r="C159">
+        <v>4410</v>
+      </c>
+      <c r="D159">
+        <v>9</v>
+      </c>
+      <c r="E159" t="s">
+        <v>24</v>
+      </c>
+      <c r="F159" s="6">
+        <v>21040</v>
+      </c>
+      <c r="G159">
+        <v>20520</v>
+      </c>
+      <c r="H159">
+        <v>20020</v>
+      </c>
+      <c r="I159">
+        <v>19540</v>
+      </c>
+      <c r="J159">
+        <v>19060</v>
+      </c>
+      <c r="K159">
+        <v>18590</v>
+      </c>
+      <c r="L159">
+        <v>18310</v>
+      </c>
+      <c r="M159">
+        <v>18050</v>
+      </c>
+      <c r="N159">
+        <v>17780</v>
+      </c>
+      <c r="O159">
+        <v>17520</v>
+      </c>
+      <c r="P159">
+        <v>17270</v>
+      </c>
+      <c r="Q159">
+        <v>17000</v>
+      </c>
+      <c r="R159">
+        <v>17000</v>
+      </c>
+    </row>
+    <row r="160" spans="1:19">
+      <c r="A160" t="s">
+        <v>62</v>
+      </c>
+      <c r="B160" t="s">
+        <v>26</v>
+      </c>
+      <c r="C160">
+        <v>2400</v>
+      </c>
+      <c r="D160">
+        <v>0</v>
+      </c>
+      <c r="E160" t="s">
+        <v>24</v>
+      </c>
+      <c r="F160" s="6">
+        <v>6360</v>
+      </c>
+      <c r="G160">
+        <v>6360</v>
+      </c>
+      <c r="H160">
+        <v>6330</v>
+      </c>
+      <c r="I160">
+        <v>6290</v>
+      </c>
+      <c r="J160">
+        <v>6250</v>
+      </c>
+      <c r="K160">
+        <v>6210</v>
+      </c>
+      <c r="L160">
+        <v>6180</v>
+      </c>
+      <c r="M160">
+        <v>6140</v>
+      </c>
+      <c r="N160">
+        <v>6110</v>
+      </c>
+      <c r="O160">
+        <v>6110</v>
+      </c>
+      <c r="P160">
+        <v>6090</v>
+      </c>
+      <c r="Q160">
+        <v>6090</v>
+      </c>
+      <c r="R160">
+        <v>6090</v>
+      </c>
+    </row>
+    <row r="161" spans="1:19">
+      <c r="A161" t="s">
+        <v>65</v>
+      </c>
+      <c r="B161" t="s">
+        <v>26</v>
+      </c>
+      <c r="C161">
+        <v>1000</v>
+      </c>
+      <c r="D161">
+        <v>7</v>
+      </c>
+      <c r="E161" t="s">
+        <v>24</v>
+      </c>
+      <c r="F161" s="6">
+        <v>6020</v>
+      </c>
+      <c r="G161">
+        <v>5870</v>
+      </c>
+      <c r="H161">
+        <v>5730</v>
+      </c>
+      <c r="I161">
+        <v>5590</v>
+      </c>
+      <c r="J161">
+        <v>5450</v>
+      </c>
+      <c r="K161">
+        <v>5320</v>
+      </c>
+      <c r="L161">
+        <v>5240</v>
+      </c>
+      <c r="M161">
+        <v>5160</v>
+      </c>
+      <c r="N161">
+        <v>5090</v>
+      </c>
+      <c r="O161">
+        <v>5010</v>
+      </c>
+      <c r="P161">
+        <v>4940</v>
+      </c>
+      <c r="Q161">
+        <v>4870</v>
+      </c>
+      <c r="R161">
+        <v>4870</v>
+      </c>
+    </row>
+    <row r="162" spans="1:19">
+      <c r="A162" t="s">
+        <v>69</v>
+      </c>
+      <c r="B162" t="s">
+        <v>26</v>
+      </c>
+      <c r="C162">
+        <v>700</v>
+      </c>
+      <c r="D162">
+        <v>7</v>
+      </c>
+      <c r="E162" t="s">
+        <v>24</v>
+      </c>
+      <c r="F162" s="6">
+        <v>4700</v>
+      </c>
+      <c r="G162">
+        <v>4590</v>
+      </c>
+      <c r="H162">
+        <v>4480</v>
+      </c>
+      <c r="I162">
+        <v>4370</v>
+      </c>
+      <c r="J162">
+        <v>4260</v>
+      </c>
+      <c r="K162">
+        <v>4160</v>
+      </c>
+      <c r="L162">
+        <v>4100</v>
+      </c>
+      <c r="M162">
+        <v>4040</v>
+      </c>
+      <c r="N162">
+        <v>3980</v>
+      </c>
+      <c r="O162">
+        <v>3920</v>
+      </c>
+      <c r="P162">
+        <v>3860</v>
+      </c>
+      <c r="Q162">
+        <v>3800</v>
+      </c>
+      <c r="R162">
+        <v>3800</v>
+      </c>
+    </row>
+    <row r="163" spans="1:19">
+      <c r="A163" t="s">
+        <v>71</v>
+      </c>
+      <c r="B163" t="s">
+        <v>26</v>
+      </c>
+      <c r="C163">
+        <v>1000</v>
+      </c>
+      <c r="D163">
+        <v>6</v>
+      </c>
+      <c r="E163" t="s">
+        <v>24</v>
+      </c>
+      <c r="F163" s="6">
+        <v>5270</v>
+      </c>
+      <c r="G163">
+        <v>5140</v>
+      </c>
+      <c r="H163">
+        <v>5020</v>
+      </c>
+      <c r="I163">
+        <v>4900</v>
+      </c>
+      <c r="J163">
+        <v>4780</v>
+      </c>
+      <c r="K163">
+        <v>4660</v>
+      </c>
+      <c r="L163">
+        <v>4590</v>
+      </c>
+      <c r="M163">
+        <v>4520</v>
+      </c>
+      <c r="N163">
+        <v>4460</v>
+      </c>
+      <c r="O163">
+        <v>4390</v>
+      </c>
+      <c r="P163">
+        <v>4330</v>
+      </c>
+      <c r="Q163">
+        <v>4260</v>
+      </c>
+      <c r="R163">
+        <v>4260</v>
+      </c>
+    </row>
+    <row r="164" spans="1:19">
+      <c r="A164" t="s">
+        <v>75</v>
+      </c>
+      <c r="B164" t="s">
+        <v>26</v>
+      </c>
+      <c r="C164">
+        <v>2510</v>
+      </c>
+      <c r="D164">
         <v>5</v>
       </c>
-      <c r="E151" s="6" t="s">
-[...767 lines deleted...]
-        <v>5370</v>
+      <c r="E164" t="s">
+        <v>24</v>
+      </c>
+      <c r="F164" s="6">
+        <v>12250</v>
+      </c>
+      <c r="G164">
+        <v>11950</v>
+      </c>
+      <c r="H164">
+        <v>11660</v>
+      </c>
+      <c r="I164">
+        <v>11380</v>
+      </c>
+      <c r="J164">
+        <v>11100</v>
+      </c>
+      <c r="K164">
+        <v>10820</v>
+      </c>
+      <c r="L164">
+        <v>10660</v>
+      </c>
+      <c r="M164">
+        <v>10510</v>
+      </c>
+      <c r="N164">
+        <v>10350</v>
+      </c>
+      <c r="O164">
+        <v>10210</v>
+      </c>
+      <c r="P164">
+        <v>10060</v>
+      </c>
+      <c r="Q164">
+        <v>9900</v>
+      </c>
+      <c r="R164">
+        <v>9900</v>
       </c>
     </row>
     <row r="165" spans="1:19">
-      <c r="A165" s="0" t="s">
+      <c r="A165" t="s">
         <v>76</v>
       </c>
-      <c r="B165" s="0"/>
-[...35 lines deleted...]
-      <c r="R166" s="0"/>
     </row>
     <row r="167" spans="1:19">
-      <c r="A167" s="0" t="s">
+      <c r="A167" t="s">
         <v>77</v>
       </c>
-      <c r="B167" s="0"/>
-[...15 lines deleted...]
-      <c r="R167" s="0"/>
     </row>
   </sheetData>
-  <sheetProtection password="BEF2A0" sheet="true" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="true" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="true" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <sheetProtection password="F3DC" sheet="1" insertRows="1" sort="1"/>
   <mergeCells>
     <mergeCell ref="A1:D3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A60:R60"/>
     <mergeCell ref="A61:R61"/>
     <mergeCell ref="A62:R62"/>
     <mergeCell ref="A63:R63"/>
     <mergeCell ref="A119:R119"/>
     <mergeCell ref="A120:R120"/>
     <mergeCell ref="A121:R121"/>
     <mergeCell ref="A122:R122"/>
     <mergeCell ref="A142:R142"/>
     <mergeCell ref="A143:R143"/>
     <mergeCell ref="A144:R144"/>
     <mergeCell ref="A145:R145"/>
     <mergeCell ref="A165:R165"/>
     <mergeCell ref="A166:R166"/>
     <mergeCell ref="A167:R167"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
-  <pageMargins left="0.7" right="0.7" top="0.1968503937007874" bottom="0.1968503937007874" header="0.3" footer="0.3"/>
-[...8 lines deleted...]
-  </headerFooter>
+  <pageMargins left="0.7" right="0.7" top="0.19685039370079" bottom="0.19685039370079" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft Corporation</Company>
+  <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>