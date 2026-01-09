--- v0 (2025-10-03)
+++ v1 (2026-01-09)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
-  <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Позвоните нам и наши менеджеры рассчитают стоимость Вашей перевозки!</t>
   </si>
   <si>
     <t>Телефон: +7 (962) 027-88-50</t>
   </si>
   <si>
     <t>Сайт: http://www.railcontinent.ru/</t>
   </si>
   <si>
     <t>Тарифы из города СТАВРОПОЛЬ руб/кг</t>
   </si>
   <si>
     <t>В город</t>
   </si>
   <si>
     <t>Скоростной режим</t>
   </si>
   <si>
     <t>Мин. цена</t>
@@ -199,150 +199,136 @@
   <si>
     <t>СУРГУТ</t>
   </si>
   <si>
     <t>ТЮМЕНЬ</t>
   </si>
   <si>
     <t>УФА</t>
   </si>
   <si>
     <t>ЧЕБОКСАРЫ</t>
   </si>
   <si>
     <t>ЧЕЛЯБИНСК</t>
   </si>
   <si>
     <t>ЯРОСЛАВЛЬ</t>
   </si>
   <si>
     <t>Тарифы в город СТАВРОПОЛЬ руб/м3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="7"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...8 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
-[...2 lines deleted...]
-    </xf>
+  <cellXfs count="7">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
-[...4 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="3" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lo1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20f39754899fce9b8e0787eb9d3a669.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2095500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Рейл Континент" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -626,106 +612,94 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:S65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F62" sqref="F62"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="14.664621" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14.831264" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="14.665" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14.831" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.5" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.5" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.5" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.5" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.5" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.5" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.5" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.5" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.5" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.5" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.5" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.5" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.5" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.5" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.5" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.5" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.5" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19">
-      <c r="A1" s="0"/>
-[...2 lines deleted...]
-      <c r="D1" s="0"/>
       <c r="R1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:19">
-      <c r="A2" s="0"/>
-[...2 lines deleted...]
-      <c r="D2" s="0"/>
       <c r="R2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:19">
-      <c r="A3" s="0"/>
-[...2 lines deleted...]
-      <c r="D3" s="0"/>
       <c r="R3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:19" customHeight="1" ht="20">
       <c r="A4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
@@ -765,392 +739,338 @@
         <v>14</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P5" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R5" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:19">
-      <c r="A6" s="6" t="s">
+      <c r="A6" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="6">
+      <c r="B6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6">
         <v>650</v>
       </c>
-      <c r="D6" s="6">
+      <c r="D6">
         <v>1</v>
       </c>
-      <c r="E6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="7">
+      <c r="E6" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" s="5">
         <v>17.6</v>
       </c>
-      <c r="G6" s="6">
+      <c r="G6">
         <v>17.2</v>
       </c>
-      <c r="H6" s="6">
+      <c r="H6">
         <v>16.8</v>
       </c>
-      <c r="I6" s="6">
+      <c r="I6">
         <v>16.4</v>
       </c>
-      <c r="J6" s="6">
+      <c r="J6">
         <v>16</v>
       </c>
-      <c r="K6" s="6">
+      <c r="K6">
         <v>15.6</v>
       </c>
-      <c r="L6" s="6">
+      <c r="L6">
         <v>15.4</v>
       </c>
-      <c r="M6" s="6">
+      <c r="M6">
         <v>15.2</v>
       </c>
-      <c r="N6" s="6">
+      <c r="N6">
         <v>15</v>
       </c>
-      <c r="O6" s="6">
+      <c r="O6">
         <v>14.8</v>
       </c>
-      <c r="P6" s="6">
+      <c r="P6">
         <v>14.6</v>
       </c>
-      <c r="Q6" s="6">
+      <c r="Q6">
         <v>14.4</v>
       </c>
-      <c r="R6" s="6">
+      <c r="R6">
         <v>14.4</v>
       </c>
     </row>
     <row r="7" spans="1:19">
-      <c r="A7" s="0" t="s">
+      <c r="A7" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="0">
+      <c r="B7" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7">
         <v>1620</v>
       </c>
-      <c r="D7" s="0">
+      <c r="D7">
         <v>9</v>
       </c>
-      <c r="E7" s="0" t="s">
+      <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="5">
         <v>38.6</v>
       </c>
-      <c r="G7" s="0">
+      <c r="G7">
         <v>37.7</v>
       </c>
-      <c r="H7" s="0">
+      <c r="H7">
         <v>36.8</v>
       </c>
-      <c r="I7" s="0">
-[...2 lines deleted...]
-      <c r="J7" s="0">
+      <c r="I7">
+        <v>36.0</v>
+      </c>
+      <c r="J7">
         <v>35.2</v>
       </c>
-      <c r="K7" s="0">
+      <c r="K7">
         <v>34.40000000000001</v>
       </c>
-      <c r="L7" s="0">
+      <c r="L7">
         <v>33.9</v>
       </c>
-      <c r="M7" s="0">
+      <c r="M7">
         <v>33.4</v>
       </c>
-      <c r="N7" s="0">
+      <c r="N7">
         <v>32.9</v>
       </c>
-      <c r="O7" s="0">
+      <c r="O7">
         <v>32.4</v>
       </c>
-      <c r="P7" s="0">
+      <c r="P7">
         <v>31.9</v>
       </c>
-      <c r="Q7" s="0">
+      <c r="Q7">
         <v>31.4</v>
       </c>
-      <c r="R7" s="0">
+      <c r="R7">
         <v>31.4</v>
       </c>
     </row>
     <row r="8" spans="1:19">
-      <c r="A8" s="6" t="s">
+      <c r="A8" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="6">
+      <c r="B8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8">
         <v>800</v>
       </c>
-      <c r="D8" s="6">
+      <c r="D8">
         <v>2</v>
       </c>
-      <c r="E8" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F8" s="7">
+      <c r="E8" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" s="5">
         <v>14.2</v>
       </c>
-      <c r="G8" s="6">
+      <c r="G8">
         <v>13.9</v>
       </c>
-      <c r="H8" s="6">
+      <c r="H8">
         <v>13.6</v>
       </c>
-      <c r="I8" s="6">
+      <c r="I8">
         <v>13.3</v>
       </c>
-      <c r="J8" s="6">
+      <c r="J8">
         <v>13</v>
       </c>
-      <c r="K8" s="6">
+      <c r="K8">
         <v>12.7</v>
       </c>
-      <c r="L8" s="6">
+      <c r="L8">
         <v>12.5</v>
       </c>
-      <c r="M8" s="6">
+      <c r="M8">
         <v>12.3</v>
       </c>
-      <c r="N8" s="6">
+      <c r="N8">
         <v>12.1</v>
       </c>
-      <c r="O8" s="6">
+      <c r="O8">
         <v>11.9</v>
       </c>
-      <c r="P8" s="6">
+      <c r="P8">
         <v>11.7</v>
       </c>
-      <c r="Q8" s="6">
+      <c r="Q8">
         <v>11.5</v>
       </c>
-      <c r="R8" s="6">
+      <c r="R8">
         <v>11.5</v>
       </c>
     </row>
     <row r="9" spans="1:19">
-      <c r="A9" s="0" t="s">
+      <c r="A9" t="s">
         <v>27</v>
       </c>
-      <c r="B9" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="0">
+      <c r="B9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9">
         <v>1270</v>
       </c>
-      <c r="D9" s="0">
+      <c r="D9">
         <v>6</v>
       </c>
-      <c r="E9" s="0" t="s">
+      <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="5">
         <v>23.6</v>
       </c>
-      <c r="G9" s="0">
+      <c r="G9">
         <v>23.1</v>
       </c>
-      <c r="H9" s="0">
+      <c r="H9">
         <v>22.6</v>
       </c>
-      <c r="I9" s="0">
+      <c r="I9">
         <v>22.1</v>
       </c>
-      <c r="J9" s="0">
+      <c r="J9">
         <v>21.6</v>
       </c>
-      <c r="K9" s="0">
+      <c r="K9">
         <v>21.1</v>
       </c>
-      <c r="L9" s="0">
+      <c r="L9">
         <v>20.8</v>
       </c>
-      <c r="M9" s="0">
+      <c r="M9">
         <v>20.5</v>
       </c>
-      <c r="N9" s="0">
+      <c r="N9">
         <v>20.2</v>
       </c>
-      <c r="O9" s="0">
+      <c r="O9">
         <v>19.9</v>
       </c>
-      <c r="P9" s="0">
+      <c r="P9">
         <v>19.6</v>
       </c>
-      <c r="Q9" s="0">
+      <c r="Q9">
         <v>19.3</v>
       </c>
-      <c r="R9" s="0">
+      <c r="R9">
         <v>19.3</v>
       </c>
     </row>
     <row r="10" spans="1:19">
-      <c r="A10" s="6" t="s">
+      <c r="A10" t="s">
         <v>28</v>
       </c>
-      <c r="B10" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D10" s="6">
+      <c r="B10" t="s">
+        <v>23</v>
+      </c>
+      <c r="C10">
+        <v>1700</v>
+      </c>
+      <c r="D10">
         <v>5</v>
       </c>
-      <c r="E10" s="6" t="s">
-[...39 lines deleted...]
-        <v>36.2</v>
+      <c r="E10" t="s">
+        <v>24</v>
+      </c>
+      <c r="F10" s="5">
+        <v>45.8</v>
+      </c>
+      <c r="G10">
+        <v>44.7</v>
+      </c>
+      <c r="H10">
+        <v>43.6</v>
+      </c>
+      <c r="I10">
+        <v>42.6</v>
+      </c>
+      <c r="J10">
+        <v>41.6</v>
+      </c>
+      <c r="K10">
+        <v>40.6</v>
+      </c>
+      <c r="L10">
+        <v>40.0</v>
+      </c>
+      <c r="M10">
+        <v>39.4</v>
+      </c>
+      <c r="N10">
+        <v>38.8</v>
+      </c>
+      <c r="O10">
+        <v>38.2</v>
+      </c>
+      <c r="P10">
+        <v>37.6</v>
+      </c>
+      <c r="Q10">
+        <v>37.0</v>
+      </c>
+      <c r="R10">
+        <v>37.0</v>
       </c>
     </row>
     <row r="11" spans="1:19">
-      <c r="A11" s="0" t="s">
+      <c r="A11" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="0"/>
-[...35 lines deleted...]
-      <c r="R12" s="0"/>
     </row>
     <row r="13" spans="1:19">
-      <c r="A13" s="0" t="s">
+      <c r="A13" t="s">
         <v>30</v>
       </c>
-      <c r="B13" s="0"/>
-[...15 lines deleted...]
-      <c r="R13" s="0"/>
     </row>
     <row r="14" spans="1:19" customHeight="1" ht="20">
       <c r="A14" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
       <c r="J14" s="2"/>
       <c r="K14" s="2"/>
       <c r="L14" s="2"/>
       <c r="M14" s="2"/>
       <c r="N14" s="2"/>
       <c r="O14" s="2"/>
       <c r="P14" s="2"/>
       <c r="Q14" s="2"/>
       <c r="R14" s="2"/>
     </row>
     <row r="15" spans="1:19" customHeight="1" ht="21">
       <c r="A15" s="4" t="s">
@@ -1187,392 +1107,338 @@
         <v>37</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P15" s="4" t="s">
         <v>42</v>
       </c>
       <c r="Q15" s="4" t="s">
         <v>43</v>
       </c>
       <c r="R15" s="4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:19">
-      <c r="A16" s="6" t="s">
+      <c r="A16" t="s">
         <v>22</v>
       </c>
-      <c r="B16" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="6">
+      <c r="B16" t="s">
+        <v>23</v>
+      </c>
+      <c r="C16">
         <v>650</v>
       </c>
-      <c r="D16" s="6">
+      <c r="D16">
         <v>1</v>
       </c>
-      <c r="E16" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F16" s="9">
+      <c r="E16" t="s">
+        <v>24</v>
+      </c>
+      <c r="F16" s="6">
         <v>4450</v>
       </c>
-      <c r="G16" s="6">
+      <c r="G16">
         <v>4340</v>
       </c>
-      <c r="H16" s="6">
+      <c r="H16">
         <v>4240</v>
       </c>
-      <c r="I16" s="6">
+      <c r="I16">
         <v>4140</v>
       </c>
-      <c r="J16" s="6">
+      <c r="J16">
         <v>4030</v>
       </c>
-      <c r="K16" s="6">
+      <c r="K16">
         <v>3940</v>
       </c>
-      <c r="L16" s="6">
+      <c r="L16">
         <v>3880</v>
       </c>
-      <c r="M16" s="6">
+      <c r="M16">
         <v>3820</v>
       </c>
-      <c r="N16" s="6">
+      <c r="N16">
         <v>3770</v>
       </c>
-      <c r="O16" s="6">
+      <c r="O16">
         <v>3710</v>
       </c>
-      <c r="P16" s="6">
+      <c r="P16">
         <v>3650</v>
       </c>
-      <c r="Q16" s="6">
+      <c r="Q16">
         <v>3600</v>
       </c>
-      <c r="R16" s="6">
+      <c r="R16">
         <v>3600</v>
       </c>
     </row>
     <row r="17" spans="1:19">
-      <c r="A17" s="0" t="s">
+      <c r="A17" t="s">
         <v>25</v>
       </c>
-      <c r="B17" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="0">
+      <c r="B17" t="s">
+        <v>23</v>
+      </c>
+      <c r="C17">
         <v>1620</v>
       </c>
-      <c r="D17" s="0">
+      <c r="D17">
         <v>9</v>
       </c>
-      <c r="E17" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F17" s="8">
+      <c r="E17" t="s">
+        <v>24</v>
+      </c>
+      <c r="F17" s="6">
         <v>9720</v>
       </c>
-      <c r="G17" s="0">
+      <c r="G17">
         <v>9470</v>
       </c>
-      <c r="H17" s="0">
+      <c r="H17">
         <v>9260</v>
       </c>
-      <c r="I17" s="0">
+      <c r="I17">
         <v>9020</v>
       </c>
-      <c r="J17" s="0">
+      <c r="J17">
         <v>8800</v>
       </c>
-      <c r="K17" s="0">
+      <c r="K17">
         <v>8590</v>
       </c>
-      <c r="L17" s="0">
+      <c r="L17">
         <v>8460</v>
       </c>
-      <c r="M17" s="0">
+      <c r="M17">
         <v>8330</v>
       </c>
-      <c r="N17" s="0">
+      <c r="N17">
         <v>8220</v>
       </c>
-      <c r="O17" s="0">
+      <c r="O17">
         <v>8090</v>
       </c>
-      <c r="P17" s="0">
+      <c r="P17">
         <v>7970</v>
       </c>
-      <c r="Q17" s="0">
+      <c r="Q17">
         <v>7860</v>
       </c>
-      <c r="R17" s="0">
+      <c r="R17">
         <v>7860</v>
       </c>
     </row>
     <row r="18" spans="1:19">
-      <c r="A18" s="6" t="s">
+      <c r="A18" t="s">
         <v>26</v>
       </c>
-      <c r="B18" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="6">
+      <c r="B18" t="s">
+        <v>23</v>
+      </c>
+      <c r="C18">
         <v>800</v>
       </c>
-      <c r="D18" s="6">
+      <c r="D18">
         <v>2</v>
       </c>
-      <c r="E18" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="9">
+      <c r="E18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F18" s="6">
         <v>3550</v>
       </c>
-      <c r="G18" s="6">
+      <c r="G18">
         <v>3460</v>
       </c>
-      <c r="H18" s="6">
+      <c r="H18">
         <v>3380</v>
       </c>
-      <c r="I18" s="6">
+      <c r="I18">
         <v>3290</v>
       </c>
-      <c r="J18" s="6">
+      <c r="J18">
         <v>3210</v>
       </c>
-      <c r="K18" s="6">
+      <c r="K18">
         <v>3140</v>
       </c>
-      <c r="L18" s="6">
+      <c r="L18">
         <v>3090</v>
       </c>
-      <c r="M18" s="6">
+      <c r="M18">
         <v>3040</v>
       </c>
-      <c r="N18" s="6">
+      <c r="N18">
         <v>3000</v>
       </c>
-      <c r="O18" s="6">
+      <c r="O18">
         <v>2950</v>
       </c>
-      <c r="P18" s="6">
+      <c r="P18">
         <v>2910</v>
       </c>
-      <c r="Q18" s="6">
+      <c r="Q18">
         <v>2870</v>
       </c>
-      <c r="R18" s="6">
+      <c r="R18">
         <v>2870</v>
       </c>
     </row>
     <row r="19" spans="1:19">
-      <c r="A19" s="0" t="s">
+      <c r="A19" t="s">
         <v>27</v>
       </c>
-      <c r="B19" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="0">
+      <c r="B19" t="s">
+        <v>23</v>
+      </c>
+      <c r="C19">
         <v>1270</v>
       </c>
-      <c r="D19" s="0">
+      <c r="D19">
         <v>6</v>
       </c>
-      <c r="E19" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F19" s="8">
+      <c r="E19" t="s">
+        <v>24</v>
+      </c>
+      <c r="F19" s="6">
         <v>5960</v>
       </c>
-      <c r="G19" s="0">
+      <c r="G19">
         <v>5810</v>
       </c>
-      <c r="H19" s="0">
+      <c r="H19">
         <v>5680</v>
       </c>
-      <c r="I19" s="0">
+      <c r="I19">
         <v>5530</v>
       </c>
-      <c r="J19" s="0">
+      <c r="J19">
         <v>5400</v>
       </c>
-      <c r="K19" s="0">
+      <c r="K19">
         <v>5270</v>
       </c>
-      <c r="L19" s="0">
+      <c r="L19">
         <v>5190</v>
       </c>
-      <c r="M19" s="0">
+      <c r="M19">
         <v>5110</v>
       </c>
-      <c r="N19" s="0">
+      <c r="N19">
         <v>5040</v>
       </c>
-      <c r="O19" s="0">
+      <c r="O19">
         <v>4960</v>
       </c>
-      <c r="P19" s="0">
+      <c r="P19">
         <v>4890</v>
       </c>
-      <c r="Q19" s="0">
+      <c r="Q19">
         <v>4820</v>
       </c>
-      <c r="R19" s="0">
+      <c r="R19">
         <v>4820</v>
       </c>
     </row>
     <row r="20" spans="1:19">
-      <c r="A20" s="6" t="s">
+      <c r="A20" t="s">
         <v>28</v>
       </c>
-      <c r="B20" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D20" s="6">
+      <c r="B20" t="s">
+        <v>23</v>
+      </c>
+      <c r="C20">
+        <v>1700</v>
+      </c>
+      <c r="D20">
         <v>5</v>
       </c>
-      <c r="E20" s="6" t="s">
-[...39 lines deleted...]
-        <v>9050</v>
+      <c r="E20" t="s">
+        <v>24</v>
+      </c>
+      <c r="F20" s="6">
+        <v>11450</v>
+      </c>
+      <c r="G20">
+        <v>11180</v>
+      </c>
+      <c r="H20">
+        <v>10890</v>
+      </c>
+      <c r="I20">
+        <v>10630</v>
+      </c>
+      <c r="J20">
+        <v>10380</v>
+      </c>
+      <c r="K20">
+        <v>10130</v>
+      </c>
+      <c r="L20">
+        <v>9970</v>
+      </c>
+      <c r="M20">
+        <v>9830</v>
+      </c>
+      <c r="N20">
+        <v>9680</v>
+      </c>
+      <c r="O20">
+        <v>9540</v>
+      </c>
+      <c r="P20">
+        <v>9400</v>
+      </c>
+      <c r="Q20">
+        <v>9260</v>
+      </c>
+      <c r="R20">
+        <v>9260</v>
       </c>
     </row>
     <row r="21" spans="1:19">
-      <c r="A21" s="0" t="s">
+      <c r="A21" t="s">
         <v>29</v>
       </c>
-      <c r="B21" s="0"/>
-[...35 lines deleted...]
-      <c r="R22" s="0"/>
     </row>
     <row r="23" spans="1:19">
-      <c r="A23" s="0" t="s">
+      <c r="A23" t="s">
         <v>30</v>
       </c>
-      <c r="B23" s="0"/>
-[...15 lines deleted...]
-      <c r="R23" s="0"/>
     </row>
     <row r="24" spans="1:19" customHeight="1" ht="20">
       <c r="A24" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
       <c r="I24" s="2"/>
       <c r="J24" s="2"/>
       <c r="K24" s="2"/>
       <c r="L24" s="2"/>
       <c r="M24" s="2"/>
       <c r="N24" s="2"/>
       <c r="O24" s="2"/>
       <c r="P24" s="2"/>
       <c r="Q24" s="2"/>
       <c r="R24" s="2"/>
     </row>
     <row r="25" spans="1:19" customHeight="1" ht="21">
       <c r="A25" s="4" t="s">
@@ -1609,1008 +1475,954 @@
         <v>14</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P25" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q25" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R25" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:19">
-      <c r="A26" s="6" t="s">
+      <c r="A26" t="s">
         <v>47</v>
       </c>
-      <c r="B26" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="6">
+      <c r="B26" t="s">
+        <v>23</v>
+      </c>
+      <c r="C26">
         <v>2050</v>
       </c>
-      <c r="D26" s="6">
+      <c r="D26">
         <v>7</v>
       </c>
-      <c r="E26" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F26" s="7">
+      <c r="E26" t="s">
+        <v>24</v>
+      </c>
+      <c r="F26" s="5">
         <v>68.30000000000001</v>
       </c>
-      <c r="G26" s="6">
+      <c r="G26">
         <v>66.7</v>
       </c>
-      <c r="H26" s="6">
-[...2 lines deleted...]
-      <c r="I26" s="6">
+      <c r="H26">
+        <v>65.099999999999994</v>
+      </c>
+      <c r="I26">
         <v>63.5</v>
       </c>
-      <c r="J26" s="6">
+      <c r="J26">
         <v>61.90000000000001</v>
       </c>
-      <c r="K26" s="6">
+      <c r="K26">
         <v>60.3</v>
       </c>
-      <c r="L26" s="6">
+      <c r="L26">
         <v>59.5</v>
       </c>
-      <c r="M26" s="6">
+      <c r="M26">
         <v>58.7</v>
       </c>
-      <c r="N26" s="6">
+      <c r="N26">
         <v>57.90000000000001</v>
       </c>
-      <c r="O26" s="6">
+      <c r="O26">
         <v>57.1</v>
       </c>
-      <c r="P26" s="6">
+      <c r="P26">
         <v>56.3</v>
       </c>
-      <c r="Q26" s="6">
+      <c r="Q26">
         <v>55.5</v>
       </c>
-      <c r="R26" s="6">
+      <c r="R26">
         <v>55.5</v>
       </c>
     </row>
     <row r="27" spans="1:19">
-      <c r="A27" s="0" t="s">
+      <c r="A27" t="s">
         <v>48</v>
       </c>
-      <c r="B27" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="0">
+      <c r="B27" t="s">
+        <v>23</v>
+      </c>
+      <c r="C27">
         <v>650</v>
       </c>
-      <c r="D27" s="0">
+      <c r="D27">
         <v>1</v>
       </c>
-      <c r="E27" s="0" t="s">
+      <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" s="5">
         <v>15.4</v>
       </c>
-      <c r="G27" s="0">
+      <c r="G27">
         <v>15</v>
       </c>
-      <c r="H27" s="0">
+      <c r="H27">
         <v>15</v>
       </c>
-      <c r="I27" s="0">
+      <c r="I27">
         <v>15</v>
       </c>
-      <c r="J27" s="0">
+      <c r="J27">
         <v>14.8</v>
       </c>
-      <c r="K27" s="0">
+      <c r="K27">
         <v>14.8</v>
       </c>
-      <c r="L27" s="0">
+      <c r="L27">
         <v>14.8</v>
       </c>
-      <c r="M27" s="0">
+      <c r="M27">
         <v>14.8</v>
       </c>
-      <c r="N27" s="0">
+      <c r="N27">
         <v>14.8</v>
       </c>
-      <c r="O27" s="0">
+      <c r="O27">
         <v>14.8</v>
       </c>
-      <c r="P27" s="0">
+      <c r="P27">
         <v>14.8</v>
       </c>
-      <c r="Q27" s="0">
+      <c r="Q27">
         <v>14.8</v>
       </c>
-      <c r="R27" s="0">
+      <c r="R27">
         <v>14.8</v>
       </c>
     </row>
     <row r="28" spans="1:19">
-      <c r="A28" s="6" t="s">
+      <c r="A28" t="s">
         <v>49</v>
       </c>
-      <c r="B28" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="6">
+      <c r="B28" t="s">
+        <v>23</v>
+      </c>
+      <c r="C28">
         <v>2000</v>
       </c>
-      <c r="D28" s="6">
+      <c r="D28">
         <v>10</v>
       </c>
-      <c r="E28" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F28" s="7">
+      <c r="E28" t="s">
+        <v>24</v>
+      </c>
+      <c r="F28" s="5">
         <v>66.5</v>
       </c>
-      <c r="G28" s="6">
-[...2 lines deleted...]
-      <c r="H28" s="6">
+      <c r="G28">
+        <v>65.0</v>
+      </c>
+      <c r="H28">
         <v>63.49999999999999</v>
       </c>
-      <c r="I28" s="6">
-[...2 lines deleted...]
-      <c r="J28" s="6">
+      <c r="I28">
+        <v>62.0</v>
+      </c>
+      <c r="J28">
         <v>60.5</v>
       </c>
-      <c r="K28" s="6">
-[...2 lines deleted...]
-      <c r="L28" s="6">
+      <c r="K28">
+        <v>59.0</v>
+      </c>
+      <c r="L28">
         <v>58.2</v>
       </c>
-      <c r="M28" s="6">
+      <c r="M28">
         <v>57.4</v>
       </c>
-      <c r="N28" s="6">
+      <c r="N28">
         <v>56.59999999999999</v>
       </c>
-      <c r="O28" s="6">
+      <c r="O28">
         <v>55.8</v>
       </c>
-      <c r="P28" s="6">
-[...2 lines deleted...]
-      <c r="Q28" s="6">
+      <c r="P28">
+        <v>55.0</v>
+      </c>
+      <c r="Q28">
         <v>54.2</v>
       </c>
-      <c r="R28" s="6">
+      <c r="R28">
         <v>54.2</v>
       </c>
     </row>
     <row r="29" spans="1:19">
-      <c r="A29" s="0" t="s">
+      <c r="A29" t="s">
         <v>50</v>
       </c>
-      <c r="B29" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C29" s="0">
+      <c r="B29" t="s">
+        <v>23</v>
+      </c>
+      <c r="C29">
         <v>2150</v>
       </c>
-      <c r="D29" s="0">
+      <c r="D29">
         <v>9</v>
       </c>
-      <c r="E29" s="0" t="s">
+      <c r="E29" t="s">
         <v>24</v>
       </c>
       <c r="F29" s="5">
         <v>66.90000000000001</v>
       </c>
-      <c r="G29" s="0">
+      <c r="G29">
         <v>65.3</v>
       </c>
-      <c r="H29" s="0">
+      <c r="H29">
         <v>63.8</v>
       </c>
-      <c r="I29" s="0">
+      <c r="I29">
         <v>62.3</v>
       </c>
-      <c r="J29" s="0">
+      <c r="J29">
         <v>60.8</v>
       </c>
-      <c r="K29" s="0">
+      <c r="K29">
         <v>59.3</v>
       </c>
-      <c r="L29" s="0">
+      <c r="L29">
         <v>58.5</v>
       </c>
-      <c r="M29" s="0">
+      <c r="M29">
         <v>57.7</v>
       </c>
-      <c r="N29" s="0">
+      <c r="N29">
         <v>56.90000000000001</v>
       </c>
-      <c r="O29" s="0">
+      <c r="O29">
         <v>56.1</v>
       </c>
-      <c r="P29" s="0">
+      <c r="P29">
         <v>55.3</v>
       </c>
-      <c r="Q29" s="0">
+      <c r="Q29">
         <v>54.5</v>
       </c>
-      <c r="R29" s="0">
+      <c r="R29">
         <v>54.5</v>
       </c>
     </row>
     <row r="30" spans="1:19">
-      <c r="A30" s="6" t="s">
+      <c r="A30" t="s">
         <v>22</v>
       </c>
-      <c r="B30" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="6">
+      <c r="B30" t="s">
+        <v>23</v>
+      </c>
+      <c r="C30">
         <v>650</v>
       </c>
-      <c r="D30" s="6">
+      <c r="D30">
         <v>1</v>
       </c>
-      <c r="E30" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F30" s="7">
+      <c r="E30" t="s">
+        <v>24</v>
+      </c>
+      <c r="F30" s="5">
         <v>18.7</v>
       </c>
-      <c r="G30" s="6">
+      <c r="G30">
         <v>18.2</v>
       </c>
-      <c r="H30" s="6">
+      <c r="H30">
         <v>17.8</v>
       </c>
-      <c r="I30" s="6">
+      <c r="I30">
         <v>17.4</v>
       </c>
-      <c r="J30" s="6">
+      <c r="J30">
         <v>17</v>
       </c>
-      <c r="K30" s="6">
+      <c r="K30">
         <v>16.6</v>
       </c>
-      <c r="L30" s="6">
+      <c r="L30">
         <v>16.4</v>
       </c>
-      <c r="M30" s="6">
+      <c r="M30">
         <v>16.2</v>
       </c>
-      <c r="N30" s="6">
+      <c r="N30">
         <v>16</v>
       </c>
-      <c r="O30" s="6">
+      <c r="O30">
         <v>15.8</v>
       </c>
-      <c r="P30" s="6">
+      <c r="P30">
         <v>15.6</v>
       </c>
-      <c r="Q30" s="6">
+      <c r="Q30">
         <v>15.4</v>
       </c>
-      <c r="R30" s="6">
+      <c r="R30">
         <v>15.4</v>
       </c>
     </row>
     <row r="31" spans="1:19">
-      <c r="A31" s="0" t="s">
+      <c r="A31" t="s">
         <v>25</v>
       </c>
-      <c r="B31" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C31" s="0">
+      <c r="B31" t="s">
+        <v>23</v>
+      </c>
+      <c r="C31">
         <v>700</v>
       </c>
-      <c r="D31" s="0">
+      <c r="D31">
         <v>3</v>
       </c>
-      <c r="E31" s="0" t="s">
+      <c r="E31" t="s">
         <v>24</v>
       </c>
       <c r="F31" s="5">
         <v>26.1</v>
       </c>
-      <c r="G31" s="0">
+      <c r="G31">
         <v>25.5</v>
       </c>
-      <c r="H31" s="0">
+      <c r="H31">
         <v>24.9</v>
       </c>
-      <c r="I31" s="0">
+      <c r="I31">
         <v>24.3</v>
       </c>
-      <c r="J31" s="0">
+      <c r="J31">
         <v>23.7</v>
       </c>
-      <c r="K31" s="0">
+      <c r="K31">
         <v>23.1</v>
       </c>
-      <c r="L31" s="0">
+      <c r="L31">
         <v>22.8</v>
       </c>
-      <c r="M31" s="0">
+      <c r="M31">
         <v>22.5</v>
       </c>
-      <c r="N31" s="0">
+      <c r="N31">
         <v>22.2</v>
       </c>
-      <c r="O31" s="0">
+      <c r="O31">
         <v>21.9</v>
       </c>
-      <c r="P31" s="0">
+      <c r="P31">
         <v>21.6</v>
       </c>
-      <c r="Q31" s="0">
+      <c r="Q31">
         <v>21.3</v>
       </c>
-      <c r="R31" s="0">
+      <c r="R31">
         <v>21.3</v>
       </c>
     </row>
     <row r="32" spans="1:19">
-      <c r="A32" s="6" t="s">
+      <c r="A32" t="s">
         <v>26</v>
       </c>
-      <c r="B32" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="6">
+      <c r="B32" t="s">
+        <v>23</v>
+      </c>
+      <c r="C32">
         <v>800</v>
       </c>
-      <c r="D32" s="6">
+      <c r="D32">
         <v>3</v>
       </c>
-      <c r="E32" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F32" s="7">
+      <c r="E32" t="s">
+        <v>24</v>
+      </c>
+      <c r="F32" s="5">
         <v>15.8</v>
       </c>
-      <c r="G32" s="6">
+      <c r="G32">
         <v>15.4</v>
       </c>
-      <c r="H32" s="6">
+      <c r="H32">
         <v>15</v>
       </c>
-      <c r="I32" s="6">
+      <c r="I32">
         <v>14.6</v>
       </c>
-      <c r="J32" s="6">
+      <c r="J32">
         <v>14.2</v>
       </c>
-      <c r="K32" s="6">
+      <c r="K32">
         <v>13.9</v>
       </c>
-      <c r="L32" s="6">
+      <c r="L32">
         <v>13.7</v>
       </c>
-      <c r="M32" s="6">
+      <c r="M32">
         <v>13.5</v>
       </c>
-      <c r="N32" s="6">
+      <c r="N32">
         <v>13.3</v>
       </c>
-      <c r="O32" s="6">
+      <c r="O32">
         <v>13.1</v>
       </c>
-      <c r="P32" s="6">
+      <c r="P32">
         <v>12.9</v>
       </c>
-      <c r="Q32" s="6">
+      <c r="Q32">
         <v>12.7</v>
       </c>
-      <c r="R32" s="6">
+      <c r="R32">
         <v>12.7</v>
       </c>
     </row>
     <row r="33" spans="1:19">
-      <c r="A33" s="0" t="s">
+      <c r="A33" t="s">
         <v>27</v>
       </c>
-      <c r="B33" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="0">
+      <c r="B33" t="s">
+        <v>23</v>
+      </c>
+      <c r="C33">
         <v>650</v>
       </c>
-      <c r="D33" s="0">
+      <c r="D33">
         <v>1</v>
       </c>
-      <c r="E33" s="0" t="s">
+      <c r="E33" t="s">
         <v>24</v>
       </c>
       <c r="F33" s="5">
         <v>15.3</v>
       </c>
-      <c r="G33" s="0">
+      <c r="G33">
         <v>14.9</v>
       </c>
-      <c r="H33" s="0">
+      <c r="H33">
         <v>14.5</v>
       </c>
-      <c r="I33" s="0">
+      <c r="I33">
         <v>14.1</v>
       </c>
-      <c r="J33" s="0">
+      <c r="J33">
         <v>13.8</v>
       </c>
-      <c r="K33" s="0">
+      <c r="K33">
         <v>13.5</v>
       </c>
-      <c r="L33" s="0">
+      <c r="L33">
         <v>13.3</v>
       </c>
-      <c r="M33" s="0">
+      <c r="M33">
         <v>13.1</v>
       </c>
-      <c r="N33" s="0">
+      <c r="N33">
         <v>12.9</v>
       </c>
-      <c r="O33" s="0">
+      <c r="O33">
         <v>12.7</v>
       </c>
-      <c r="P33" s="0">
+      <c r="P33">
         <v>12.5</v>
       </c>
-      <c r="Q33" s="0">
+      <c r="Q33">
         <v>12.3</v>
       </c>
-      <c r="R33" s="0">
+      <c r="R33">
         <v>12.3</v>
       </c>
     </row>
     <row r="34" spans="1:19">
-      <c r="A34" s="6" t="s">
+      <c r="A34" t="s">
         <v>51</v>
       </c>
-      <c r="B34" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C34" s="6">
+      <c r="B34" t="s">
+        <v>23</v>
+      </c>
+      <c r="C34">
         <v>720</v>
       </c>
-      <c r="D34" s="6">
+      <c r="D34">
         <v>5</v>
       </c>
-      <c r="E34" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F34" s="7">
+      <c r="E34" t="s">
+        <v>24</v>
+      </c>
+      <c r="F34" s="5">
         <v>30</v>
       </c>
-      <c r="G34" s="6">
+      <c r="G34">
         <v>29.3</v>
       </c>
-      <c r="H34" s="6">
+      <c r="H34">
         <v>28.6</v>
       </c>
-      <c r="I34" s="6">
+      <c r="I34">
         <v>27.9</v>
       </c>
-      <c r="J34" s="6">
+      <c r="J34">
         <v>27.2</v>
       </c>
-      <c r="K34" s="6">
+      <c r="K34">
         <v>26.5</v>
       </c>
-      <c r="L34" s="6">
+      <c r="L34">
         <v>26.1</v>
       </c>
-      <c r="M34" s="6">
+      <c r="M34">
         <v>25.7</v>
       </c>
-      <c r="N34" s="6">
+      <c r="N34">
         <v>25.3</v>
       </c>
-      <c r="O34" s="6">
+      <c r="O34">
         <v>24.9</v>
       </c>
-      <c r="P34" s="6">
+      <c r="P34">
         <v>24.5</v>
       </c>
-      <c r="Q34" s="6">
+      <c r="Q34">
         <v>24.1</v>
       </c>
-      <c r="R34" s="6">
+      <c r="R34">
         <v>24.1</v>
       </c>
     </row>
     <row r="35" spans="1:19">
-      <c r="A35" s="0" t="s">
+      <c r="A35" t="s">
         <v>52</v>
       </c>
-      <c r="B35" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C35" s="0">
+      <c r="B35" t="s">
+        <v>23</v>
+      </c>
+      <c r="C35">
         <v>1950</v>
       </c>
-      <c r="D35" s="0">
+      <c r="D35">
         <v>8</v>
       </c>
-      <c r="E35" s="0" t="s">
+      <c r="E35" t="s">
         <v>24</v>
       </c>
       <c r="F35" s="5">
         <v>68.40000000000001</v>
       </c>
-      <c r="G35" s="0">
+      <c r="G35">
         <v>66.8</v>
       </c>
-      <c r="H35" s="0">
+      <c r="H35">
         <v>65.19999999999999</v>
       </c>
-      <c r="I35" s="0">
+      <c r="I35">
         <v>63.59999999999999</v>
       </c>
-      <c r="J35" s="0">
-[...2 lines deleted...]
-      <c r="K35" s="0">
+      <c r="J35">
+        <v>62.0</v>
+      </c>
+      <c r="K35">
         <v>60.4</v>
       </c>
-      <c r="L35" s="0">
+      <c r="L35">
         <v>59.59999999999999</v>
       </c>
-      <c r="M35" s="0">
+      <c r="M35">
         <v>58.8</v>
       </c>
-      <c r="N35" s="0">
-[...2 lines deleted...]
-      <c r="O35" s="0">
+      <c r="N35">
+        <v>58.0</v>
+      </c>
+      <c r="O35">
         <v>57.2</v>
       </c>
-      <c r="P35" s="0">
+      <c r="P35">
         <v>56.4</v>
       </c>
-      <c r="Q35" s="0">
+      <c r="Q35">
         <v>55.59999999999999</v>
       </c>
-      <c r="R35" s="0">
+      <c r="R35">
         <v>55.59999999999999</v>
       </c>
     </row>
     <row r="36" spans="1:19">
-      <c r="A36" s="6" t="s">
+      <c r="A36" t="s">
         <v>53</v>
       </c>
-      <c r="B36" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C36" s="6">
+      <c r="B36" t="s">
+        <v>23</v>
+      </c>
+      <c r="C36">
         <v>3000</v>
       </c>
-      <c r="D36" s="6">
+      <c r="D36">
         <v>12</v>
       </c>
-      <c r="E36" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F36" s="7">
+      <c r="E36" t="s">
+        <v>24</v>
+      </c>
+      <c r="F36" s="5">
         <v>78.40000000000001</v>
       </c>
-      <c r="G36" s="6">
+      <c r="G36">
         <v>77.2</v>
       </c>
-      <c r="H36" s="6">
+      <c r="H36">
         <v>75.90000000000001</v>
       </c>
-      <c r="I36" s="6">
+      <c r="I36">
         <v>74.59999999999999</v>
       </c>
-      <c r="J36" s="6">
+      <c r="J36">
         <v>73.2</v>
       </c>
-      <c r="K36" s="6">
+      <c r="K36">
         <v>71.90000000000001</v>
       </c>
-      <c r="L36" s="6">
-[...2 lines deleted...]
-      <c r="M36" s="6">
+      <c r="L36">
+        <v>71.099999999999994</v>
+      </c>
+      <c r="M36">
         <v>70.3</v>
       </c>
-      <c r="N36" s="6">
+      <c r="N36">
         <v>69.59999999999999</v>
       </c>
-      <c r="O36" s="6">
-[...2 lines deleted...]
-      <c r="P36" s="6">
+      <c r="O36">
+        <v>69.0</v>
+      </c>
+      <c r="P36">
         <v>68.2</v>
       </c>
-      <c r="Q36" s="6">
+      <c r="Q36">
         <v>67.59999999999999</v>
       </c>
-      <c r="R36" s="6">
+      <c r="R36">
         <v>67.59999999999999</v>
       </c>
     </row>
     <row r="37" spans="1:19">
-      <c r="A37" s="0" t="s">
+      <c r="A37" t="s">
         <v>54</v>
       </c>
-      <c r="B37" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C37" s="0">
+      <c r="B37" t="s">
+        <v>23</v>
+      </c>
+      <c r="C37">
         <v>3000</v>
       </c>
-      <c r="D37" s="0">
+      <c r="D37">
         <v>7</v>
       </c>
-      <c r="E37" s="0" t="s">
+      <c r="E37" t="s">
         <v>24</v>
       </c>
       <c r="F37" s="5">
-        <v>78.09999999999999</v>
-[...1 lines deleted...]
-      <c r="G37" s="0">
+        <v>78.099999999999994</v>
+      </c>
+      <c r="G37">
         <v>76.3</v>
       </c>
-      <c r="H37" s="0">
+      <c r="H37">
         <v>74.5</v>
       </c>
-      <c r="I37" s="0">
+      <c r="I37">
         <v>72.7</v>
       </c>
-      <c r="J37" s="0">
+      <c r="J37">
         <v>70.90000000000001</v>
       </c>
-      <c r="K37" s="0">
-[...2 lines deleted...]
-      <c r="L37" s="0">
+      <c r="K37">
+        <v>69.099999999999994</v>
+      </c>
+      <c r="L37">
         <v>68.2</v>
       </c>
-      <c r="M37" s="0">
+      <c r="M37">
         <v>67.3</v>
       </c>
-      <c r="N37" s="0">
+      <c r="N37">
         <v>66.40000000000001</v>
       </c>
-      <c r="O37" s="0">
+      <c r="O37">
         <v>65.5</v>
       </c>
-      <c r="P37" s="0">
+      <c r="P37">
         <v>64.59999999999999</v>
       </c>
-      <c r="Q37" s="0">
+      <c r="Q37">
         <v>63.7</v>
       </c>
-      <c r="R37" s="0">
+      <c r="R37">
         <v>63.7</v>
       </c>
     </row>
     <row r="38" spans="1:19">
-      <c r="A38" s="6" t="s">
+      <c r="A38" t="s">
         <v>55</v>
       </c>
-      <c r="B38" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C38" s="6">
+      <c r="B38" t="s">
+        <v>23</v>
+      </c>
+      <c r="C38">
         <v>2050</v>
       </c>
-      <c r="D38" s="6">
+      <c r="D38">
         <v>9</v>
       </c>
-      <c r="E38" s="6" t="s">
-[...5 lines deleted...]
-      <c r="G38" s="6">
+      <c r="E38" t="s">
+        <v>24</v>
+      </c>
+      <c r="F38" s="5">
+        <v>69.0</v>
+      </c>
+      <c r="G38">
         <v>67.40000000000001</v>
       </c>
-      <c r="H38" s="6">
+      <c r="H38">
         <v>65.8</v>
       </c>
-      <c r="I38" s="6">
+      <c r="I38">
         <v>64.2</v>
       </c>
-      <c r="J38" s="6">
+      <c r="J38">
         <v>62.59999999999999</v>
       </c>
-      <c r="K38" s="6">
-[...2 lines deleted...]
-      <c r="L38" s="6">
+      <c r="K38">
+        <v>61.0</v>
+      </c>
+      <c r="L38">
         <v>60.2</v>
       </c>
-      <c r="M38" s="6">
+      <c r="M38">
         <v>59.4</v>
       </c>
-      <c r="N38" s="6">
+      <c r="N38">
         <v>58.59999999999999</v>
       </c>
-      <c r="O38" s="6">
+      <c r="O38">
         <v>57.8</v>
       </c>
-      <c r="P38" s="6">
-[...2 lines deleted...]
-      <c r="Q38" s="6">
+      <c r="P38">
+        <v>57.0</v>
+      </c>
+      <c r="Q38">
         <v>56.2</v>
       </c>
-      <c r="R38" s="6">
+      <c r="R38">
         <v>56.2</v>
       </c>
     </row>
     <row r="39" spans="1:19">
-      <c r="A39" s="0" t="s">
+      <c r="A39" t="s">
         <v>56</v>
       </c>
-      <c r="B39" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C39" s="0">
+      <c r="B39" t="s">
+        <v>23</v>
+      </c>
+      <c r="C39">
         <v>2000</v>
       </c>
-      <c r="D39" s="0">
+      <c r="D39">
         <v>9</v>
       </c>
-      <c r="E39" s="0" t="s">
+      <c r="E39" t="s">
         <v>24</v>
       </c>
       <c r="F39" s="5">
         <v>63.1</v>
       </c>
-      <c r="G39" s="0">
+      <c r="G39">
         <v>61.8</v>
       </c>
-      <c r="H39" s="0">
+      <c r="H39">
         <v>60.49999999999999</v>
       </c>
-      <c r="I39" s="0">
+      <c r="I39">
         <v>59.2</v>
       </c>
-      <c r="J39" s="0">
+      <c r="J39">
         <v>57.8</v>
       </c>
-      <c r="K39" s="0">
+      <c r="K39">
         <v>56.3</v>
       </c>
-      <c r="L39" s="0">
+      <c r="L39">
         <v>55.40000000000001</v>
       </c>
-      <c r="M39" s="0">
+      <c r="M39">
         <v>54.5</v>
       </c>
-      <c r="N39" s="0">
+      <c r="N39">
         <v>53.7</v>
       </c>
-      <c r="O39" s="0">
+      <c r="O39">
         <v>52.7</v>
       </c>
-      <c r="P39" s="0">
+      <c r="P39">
         <v>51.8</v>
       </c>
-      <c r="Q39" s="0">
-[...3 lines deleted...]
-        <v>51</v>
+      <c r="Q39">
+        <v>51.0</v>
+      </c>
+      <c r="R39">
+        <v>51.0</v>
       </c>
     </row>
     <row r="40" spans="1:19">
-      <c r="A40" s="6" t="s">
+      <c r="A40" t="s">
         <v>57</v>
       </c>
-      <c r="B40" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D40" s="6">
+      <c r="B40" t="s">
+        <v>23</v>
+      </c>
+      <c r="C40">
+        <v>2300</v>
+      </c>
+      <c r="D40">
         <v>10</v>
       </c>
-      <c r="E40" s="6" t="s">
-[...39 lines deleted...]
-        <v>56</v>
+      <c r="E40" t="s">
+        <v>24</v>
+      </c>
+      <c r="F40" s="5">
+        <v>74.40000000000001</v>
+      </c>
+      <c r="G40">
+        <v>72.7</v>
+      </c>
+      <c r="H40">
+        <v>71.0</v>
+      </c>
+      <c r="I40">
+        <v>69.3</v>
+      </c>
+      <c r="J40">
+        <v>67.59999999999999</v>
+      </c>
+      <c r="K40">
+        <v>65.90000000000001</v>
+      </c>
+      <c r="L40">
+        <v>65.0</v>
+      </c>
+      <c r="M40">
+        <v>64.099999999999994</v>
+      </c>
+      <c r="N40">
+        <v>63.2</v>
+      </c>
+      <c r="O40">
+        <v>62.3</v>
+      </c>
+      <c r="P40">
+        <v>61.4</v>
+      </c>
+      <c r="Q40">
+        <v>60.5</v>
+      </c>
+      <c r="R40">
+        <v>60.5</v>
       </c>
     </row>
     <row r="41" spans="1:19">
-      <c r="A41" s="0" t="s">
+      <c r="A41" t="s">
         <v>58</v>
       </c>
-      <c r="B41" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C41" s="0">
+      <c r="B41" t="s">
+        <v>23</v>
+      </c>
+      <c r="C41">
         <v>2000</v>
       </c>
-      <c r="D41" s="0">
+      <c r="D41">
         <v>9</v>
       </c>
-      <c r="E41" s="0" t="s">
+      <c r="E41" t="s">
         <v>24</v>
       </c>
       <c r="F41" s="5">
         <v>62.4</v>
       </c>
-      <c r="G41" s="0">
+      <c r="G41">
         <v>61.1</v>
       </c>
-      <c r="H41" s="0">
+      <c r="H41">
         <v>59.8</v>
       </c>
-      <c r="I41" s="0">
+      <c r="I41">
         <v>58.5</v>
       </c>
-      <c r="J41" s="0">
+      <c r="J41">
         <v>57.2</v>
       </c>
-      <c r="K41" s="0">
+      <c r="K41">
         <v>55.8</v>
       </c>
-      <c r="L41" s="0">
-[...5 lines deleted...]
-      <c r="N41" s="0">
+      <c r="L41">
+        <v>55.099999999999994</v>
+      </c>
+      <c r="M41">
+        <v>54.0</v>
+      </c>
+      <c r="N41">
         <v>52.3</v>
       </c>
-      <c r="O41" s="0">
+      <c r="O41">
         <v>50.8</v>
       </c>
-      <c r="P41" s="0">
+      <c r="P41">
         <v>49.6</v>
       </c>
-      <c r="Q41" s="0">
+      <c r="Q41">
         <v>48.8</v>
       </c>
-      <c r="R41" s="0">
+      <c r="R41">
         <v>48.8</v>
       </c>
     </row>
     <row r="42" spans="1:19">
-      <c r="A42" s="0" t="s">
+      <c r="A42" t="s">
         <v>29</v>
       </c>
-      <c r="B42" s="0"/>
-[...35 lines deleted...]
-      <c r="R43" s="0"/>
     </row>
     <row r="44" spans="1:19">
-      <c r="A44" s="0" t="s">
+      <c r="A44" t="s">
         <v>30</v>
       </c>
-      <c r="B44" s="0"/>
-[...15 lines deleted...]
-      <c r="R44" s="0"/>
     </row>
     <row r="45" spans="1:19" customHeight="1" ht="20">
       <c r="A45" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="2"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
       <c r="I45" s="2"/>
       <c r="J45" s="2"/>
       <c r="K45" s="2"/>
       <c r="L45" s="2"/>
       <c r="M45" s="2"/>
       <c r="N45" s="2"/>
       <c r="O45" s="2"/>
       <c r="P45" s="2"/>
       <c r="Q45" s="2"/>
       <c r="R45" s="2"/>
     </row>
     <row r="46" spans="1:19" customHeight="1" ht="21">
       <c r="A46" s="4" t="s">
@@ -2647,1062 +2459,1001 @@
         <v>37</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P46" s="4" t="s">
         <v>42</v>
       </c>
       <c r="Q46" s="4" t="s">
         <v>43</v>
       </c>
       <c r="R46" s="4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="47" spans="1:19">
-      <c r="A47" s="6" t="s">
+      <c r="A47" t="s">
         <v>47</v>
       </c>
-      <c r="B47" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="6">
+      <c r="B47" t="s">
+        <v>23</v>
+      </c>
+      <c r="C47">
         <v>2050</v>
       </c>
-      <c r="D47" s="6">
+      <c r="D47">
         <v>7</v>
       </c>
-      <c r="E47" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F47" s="9">
+      <c r="E47" t="s">
+        <v>24</v>
+      </c>
+      <c r="F47" s="6">
         <v>17170</v>
       </c>
-      <c r="G47" s="6">
+      <c r="G47">
         <v>16750</v>
       </c>
-      <c r="H47" s="6">
+      <c r="H47">
         <v>16360</v>
       </c>
-      <c r="I47" s="6">
+      <c r="I47">
         <v>15940</v>
       </c>
-      <c r="J47" s="6">
+      <c r="J47">
         <v>15550</v>
       </c>
-      <c r="K47" s="6">
+      <c r="K47">
         <v>15180</v>
       </c>
-      <c r="L47" s="6">
+      <c r="L47">
         <v>14950</v>
       </c>
-      <c r="M47" s="6">
+      <c r="M47">
         <v>14740</v>
       </c>
-      <c r="N47" s="6">
+      <c r="N47">
         <v>14510</v>
       </c>
-      <c r="O47" s="6">
+      <c r="O47">
         <v>14300</v>
       </c>
-      <c r="P47" s="6">
+      <c r="P47">
         <v>14090</v>
       </c>
-      <c r="Q47" s="6">
+      <c r="Q47">
         <v>13880</v>
       </c>
-      <c r="R47" s="6">
+      <c r="R47">
         <v>13880</v>
       </c>
     </row>
     <row r="48" spans="1:19">
-      <c r="A48" s="0" t="s">
+      <c r="A48" t="s">
         <v>48</v>
       </c>
-      <c r="B48" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="0">
+      <c r="B48" t="s">
+        <v>23</v>
+      </c>
+      <c r="C48">
         <v>650</v>
       </c>
-      <c r="D48" s="0">
+      <c r="D48">
         <v>1</v>
       </c>
-      <c r="E48" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F48" s="8">
+      <c r="E48" t="s">
+        <v>24</v>
+      </c>
+      <c r="F48" s="6">
         <v>4000</v>
       </c>
-      <c r="G48" s="0">
+      <c r="G48">
         <v>3900</v>
       </c>
-      <c r="H48" s="0">
+      <c r="H48">
         <v>3900</v>
       </c>
-      <c r="I48" s="0">
+      <c r="I48">
         <v>3900</v>
       </c>
-      <c r="J48" s="0">
+      <c r="J48">
         <v>3850</v>
       </c>
-      <c r="K48" s="0">
+      <c r="K48">
         <v>3850</v>
       </c>
-      <c r="L48" s="0">
+      <c r="L48">
         <v>3850</v>
       </c>
-      <c r="M48" s="0">
+      <c r="M48">
         <v>3850</v>
       </c>
-      <c r="N48" s="0">
+      <c r="N48">
         <v>3850</v>
       </c>
-      <c r="O48" s="0">
+      <c r="O48">
         <v>3850</v>
       </c>
-      <c r="P48" s="0">
+      <c r="P48">
         <v>3850</v>
       </c>
-      <c r="Q48" s="0">
+      <c r="Q48">
         <v>3850</v>
       </c>
-      <c r="R48" s="0">
+      <c r="R48">
         <v>3850</v>
       </c>
     </row>
     <row r="49" spans="1:19">
-      <c r="A49" s="6" t="s">
+      <c r="A49" t="s">
         <v>49</v>
       </c>
-      <c r="B49" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C49" s="6">
+      <c r="B49" t="s">
+        <v>23</v>
+      </c>
+      <c r="C49">
         <v>2000</v>
       </c>
-      <c r="D49" s="6">
+      <c r="D49">
         <v>10</v>
       </c>
-      <c r="E49" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F49" s="9">
+      <c r="E49" t="s">
+        <v>24</v>
+      </c>
+      <c r="F49" s="6">
         <v>16760</v>
       </c>
-      <c r="G49" s="6">
+      <c r="G49">
         <v>16360</v>
       </c>
-      <c r="H49" s="6">
+      <c r="H49">
         <v>15970</v>
       </c>
-      <c r="I49" s="6">
+      <c r="I49">
         <v>15570</v>
       </c>
-      <c r="J49" s="6">
+      <c r="J49">
         <v>15190</v>
       </c>
-      <c r="K49" s="6">
+      <c r="K49">
         <v>14830</v>
       </c>
-      <c r="L49" s="6">
+      <c r="L49">
         <v>14600</v>
       </c>
-      <c r="M49" s="6">
+      <c r="M49">
         <v>14390</v>
       </c>
-      <c r="N49" s="6">
+      <c r="N49">
         <v>14170</v>
       </c>
-      <c r="O49" s="6">
+      <c r="O49">
         <v>13960</v>
       </c>
-      <c r="P49" s="6">
+      <c r="P49">
         <v>13760</v>
       </c>
-      <c r="Q49" s="6">
+      <c r="Q49">
         <v>13560</v>
       </c>
-      <c r="R49" s="6">
+      <c r="R49">
         <v>13560</v>
       </c>
     </row>
     <row r="50" spans="1:19">
-      <c r="A50" s="0" t="s">
+      <c r="A50" t="s">
         <v>50</v>
       </c>
-      <c r="B50" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C50" s="0">
+      <c r="B50" t="s">
+        <v>23</v>
+      </c>
+      <c r="C50">
         <v>2150</v>
       </c>
-      <c r="D50" s="0">
+      <c r="D50">
         <v>9</v>
       </c>
-      <c r="E50" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F50" s="8">
+      <c r="E50" t="s">
+        <v>24</v>
+      </c>
+      <c r="F50" s="6">
         <v>16860</v>
       </c>
-      <c r="G50" s="0">
+      <c r="G50">
         <v>16450</v>
       </c>
-      <c r="H50" s="0">
+      <c r="H50">
         <v>16060</v>
       </c>
-      <c r="I50" s="0">
+      <c r="I50">
         <v>15660</v>
       </c>
-      <c r="J50" s="0">
+      <c r="J50">
         <v>15280</v>
       </c>
-      <c r="K50" s="0">
+      <c r="K50">
         <v>14920</v>
       </c>
-      <c r="L50" s="0">
+      <c r="L50">
         <v>14690</v>
       </c>
-      <c r="M50" s="0">
+      <c r="M50">
         <v>14480</v>
       </c>
-      <c r="N50" s="0">
+      <c r="N50">
         <v>14250</v>
       </c>
-      <c r="O50" s="0">
+      <c r="O50">
         <v>14050</v>
       </c>
-      <c r="P50" s="0">
+      <c r="P50">
         <v>13840</v>
       </c>
-      <c r="Q50" s="0">
+      <c r="Q50">
         <v>13640</v>
       </c>
-      <c r="R50" s="0">
+      <c r="R50">
         <v>13640</v>
       </c>
     </row>
     <row r="51" spans="1:19">
-      <c r="A51" s="6" t="s">
+      <c r="A51" t="s">
         <v>22</v>
       </c>
-      <c r="B51" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C51" s="6">
+      <c r="B51" t="s">
+        <v>23</v>
+      </c>
+      <c r="C51">
         <v>650</v>
       </c>
-      <c r="D51" s="6">
+      <c r="D51">
         <v>1</v>
       </c>
-      <c r="E51" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F51" s="9">
+      <c r="E51" t="s">
+        <v>24</v>
+      </c>
+      <c r="F51" s="6">
         <v>4770</v>
       </c>
-      <c r="G51" s="6">
+      <c r="G51">
         <v>4650</v>
       </c>
-      <c r="H51" s="6">
+      <c r="H51">
         <v>4540</v>
       </c>
-      <c r="I51" s="6">
+      <c r="I51">
         <v>4430</v>
       </c>
-      <c r="J51" s="6">
+      <c r="J51">
         <v>4320</v>
       </c>
-      <c r="K51" s="6">
+      <c r="K51">
         <v>4220</v>
       </c>
-      <c r="L51" s="6">
+      <c r="L51">
         <v>4150</v>
       </c>
-      <c r="M51" s="6">
+      <c r="M51">
         <v>4090</v>
       </c>
-      <c r="N51" s="6">
+      <c r="N51">
         <v>4030</v>
       </c>
-      <c r="O51" s="6">
+      <c r="O51">
         <v>3970</v>
       </c>
-      <c r="P51" s="6">
+      <c r="P51">
         <v>3910</v>
       </c>
-      <c r="Q51" s="6">
+      <c r="Q51">
         <v>3860</v>
       </c>
-      <c r="R51" s="6">
+      <c r="R51">
         <v>3860</v>
       </c>
     </row>
     <row r="52" spans="1:19">
-      <c r="A52" s="0" t="s">
+      <c r="A52" t="s">
         <v>25</v>
       </c>
-      <c r="B52" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C52" s="0">
+      <c r="B52" t="s">
+        <v>23</v>
+      </c>
+      <c r="C52">
         <v>700</v>
       </c>
-      <c r="D52" s="0">
+      <c r="D52">
         <v>3</v>
       </c>
-      <c r="E52" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F52" s="8">
+      <c r="E52" t="s">
+        <v>24</v>
+      </c>
+      <c r="F52" s="6">
         <v>6590</v>
       </c>
-      <c r="G52" s="0">
+      <c r="G52">
         <v>6430</v>
       </c>
-      <c r="H52" s="0">
+      <c r="H52">
         <v>6280</v>
       </c>
-      <c r="I52" s="0">
+      <c r="I52">
         <v>6120</v>
       </c>
-      <c r="J52" s="0">
+      <c r="J52">
         <v>5970</v>
       </c>
-      <c r="K52" s="0">
+      <c r="K52">
         <v>5830</v>
       </c>
-      <c r="L52" s="0">
+      <c r="L52">
         <v>5740</v>
       </c>
-      <c r="M52" s="0">
+      <c r="M52">
         <v>5660</v>
       </c>
-      <c r="N52" s="0">
+      <c r="N52">
         <v>5570</v>
       </c>
-      <c r="O52" s="0">
+      <c r="O52">
         <v>5490</v>
       </c>
-      <c r="P52" s="0">
+      <c r="P52">
         <v>5410</v>
       </c>
-      <c r="Q52" s="0">
+      <c r="Q52">
         <v>5330</v>
       </c>
-      <c r="R52" s="0">
+      <c r="R52">
         <v>5330</v>
       </c>
     </row>
     <row r="53" spans="1:19">
-      <c r="A53" s="6" t="s">
+      <c r="A53" t="s">
         <v>26</v>
       </c>
-      <c r="B53" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C53" s="6">
+      <c r="B53" t="s">
+        <v>23</v>
+      </c>
+      <c r="C53">
         <v>800</v>
       </c>
-      <c r="D53" s="6">
+      <c r="D53">
         <v>3</v>
       </c>
-      <c r="E53" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F53" s="9">
+      <c r="E53" t="s">
+        <v>24</v>
+      </c>
+      <c r="F53" s="6">
         <v>3920</v>
       </c>
-      <c r="G53" s="6">
+      <c r="G53">
         <v>3820</v>
       </c>
-      <c r="H53" s="6">
+      <c r="H53">
         <v>3730</v>
       </c>
-      <c r="I53" s="6">
+      <c r="I53">
         <v>3640</v>
       </c>
-      <c r="J53" s="6">
+      <c r="J53">
         <v>3550</v>
       </c>
-      <c r="K53" s="6">
+      <c r="K53">
         <v>3460</v>
       </c>
-      <c r="L53" s="6">
+      <c r="L53">
         <v>3410</v>
       </c>
-      <c r="M53" s="6">
+      <c r="M53">
         <v>3360</v>
       </c>
-      <c r="N53" s="6">
+      <c r="N53">
         <v>3310</v>
       </c>
-      <c r="O53" s="6">
+      <c r="O53">
         <v>3260</v>
       </c>
-      <c r="P53" s="6">
+      <c r="P53">
         <v>3220</v>
       </c>
-      <c r="Q53" s="6">
+      <c r="Q53">
         <v>3170</v>
       </c>
-      <c r="R53" s="6">
+      <c r="R53">
         <v>3170</v>
       </c>
     </row>
     <row r="54" spans="1:19">
-      <c r="A54" s="0" t="s">
+      <c r="A54" t="s">
         <v>27</v>
       </c>
-      <c r="B54" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C54" s="0">
+      <c r="B54" t="s">
+        <v>23</v>
+      </c>
+      <c r="C54">
         <v>650</v>
       </c>
-      <c r="D54" s="0">
+      <c r="D54">
         <v>1</v>
       </c>
-      <c r="E54" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F54" s="8">
+      <c r="E54" t="s">
+        <v>24</v>
+      </c>
+      <c r="F54" s="6">
         <v>3790</v>
       </c>
-      <c r="G54" s="0">
+      <c r="G54">
         <v>3700</v>
       </c>
-      <c r="H54" s="0">
+      <c r="H54">
         <v>3610</v>
       </c>
-      <c r="I54" s="0">
+      <c r="I54">
         <v>3520</v>
       </c>
-      <c r="J54" s="0">
+      <c r="J54">
         <v>3440</v>
       </c>
-      <c r="K54" s="0">
+      <c r="K54">
         <v>3350</v>
       </c>
-      <c r="L54" s="0">
+      <c r="L54">
         <v>3300</v>
       </c>
-      <c r="M54" s="0">
+      <c r="M54">
         <v>3250</v>
       </c>
-      <c r="N54" s="0">
+      <c r="N54">
         <v>3200</v>
       </c>
-      <c r="O54" s="0">
+      <c r="O54">
         <v>3160</v>
       </c>
-      <c r="P54" s="0">
+      <c r="P54">
         <v>3110</v>
       </c>
-      <c r="Q54" s="0">
+      <c r="Q54">
         <v>3060</v>
       </c>
-      <c r="R54" s="0">
+      <c r="R54">
         <v>3060</v>
       </c>
     </row>
     <row r="55" spans="1:19">
-      <c r="A55" s="6" t="s">
+      <c r="A55" t="s">
         <v>51</v>
       </c>
-      <c r="B55" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C55" s="6">
+      <c r="B55" t="s">
+        <v>23</v>
+      </c>
+      <c r="C55">
         <v>720</v>
       </c>
-      <c r="D55" s="6">
+      <c r="D55">
         <v>5</v>
       </c>
-      <c r="E55" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F55" s="9">
+      <c r="E55" t="s">
+        <v>24</v>
+      </c>
+      <c r="F55" s="6">
         <v>7450</v>
       </c>
-      <c r="G55" s="6">
+      <c r="G55">
         <v>7270</v>
       </c>
-      <c r="H55" s="6">
+      <c r="H55">
         <v>7090</v>
       </c>
-      <c r="I55" s="6">
+      <c r="I55">
         <v>6920</v>
       </c>
-      <c r="J55" s="6">
+      <c r="J55">
         <v>6750</v>
       </c>
-      <c r="K55" s="6">
+      <c r="K55">
         <v>6580</v>
       </c>
-      <c r="L55" s="6">
+      <c r="L55">
         <v>6490</v>
       </c>
-      <c r="M55" s="6">
+      <c r="M55">
         <v>6390</v>
       </c>
-      <c r="N55" s="6">
+      <c r="N55">
         <v>6300</v>
       </c>
-      <c r="O55" s="6">
+      <c r="O55">
         <v>6200</v>
       </c>
-      <c r="P55" s="6">
+      <c r="P55">
         <v>6110</v>
       </c>
-      <c r="Q55" s="6">
+      <c r="Q55">
         <v>6020</v>
       </c>
-      <c r="R55" s="6">
+      <c r="R55">
         <v>6020</v>
       </c>
     </row>
     <row r="56" spans="1:19">
-      <c r="A56" s="0" t="s">
+      <c r="A56" t="s">
         <v>52</v>
       </c>
-      <c r="B56" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C56" s="0">
+      <c r="B56" t="s">
+        <v>23</v>
+      </c>
+      <c r="C56">
         <v>1950</v>
       </c>
-      <c r="D56" s="0">
+      <c r="D56">
         <v>8</v>
       </c>
-      <c r="E56" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F56" s="8">
+      <c r="E56" t="s">
+        <v>24</v>
+      </c>
+      <c r="F56" s="6">
         <v>17220</v>
       </c>
-      <c r="G56" s="0">
+      <c r="G56">
         <v>16800</v>
       </c>
-      <c r="H56" s="0">
+      <c r="H56">
         <v>16400</v>
       </c>
-      <c r="I56" s="0">
+      <c r="I56">
         <v>15990</v>
       </c>
-      <c r="J56" s="0">
+      <c r="J56">
         <v>15600</v>
       </c>
-      <c r="K56" s="0">
+      <c r="K56">
         <v>15230</v>
       </c>
-      <c r="L56" s="0">
+      <c r="L56">
         <v>14990</v>
       </c>
-      <c r="M56" s="0">
+      <c r="M56">
         <v>14780</v>
       </c>
-      <c r="N56" s="0">
+      <c r="N56">
         <v>14550</v>
       </c>
-      <c r="O56" s="0">
+      <c r="O56">
         <v>14340</v>
       </c>
-      <c r="P56" s="0">
+      <c r="P56">
         <v>14130</v>
       </c>
-      <c r="Q56" s="0">
+      <c r="Q56">
         <v>13920</v>
       </c>
-      <c r="R56" s="0">
+      <c r="R56">
         <v>13920</v>
       </c>
     </row>
     <row r="57" spans="1:19">
-      <c r="A57" s="6" t="s">
+      <c r="A57" t="s">
         <v>53</v>
       </c>
-      <c r="B57" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C57" s="6">
+      <c r="B57" t="s">
+        <v>23</v>
+      </c>
+      <c r="C57">
         <v>3000</v>
       </c>
-      <c r="D57" s="6">
+      <c r="D57">
         <v>12</v>
       </c>
-      <c r="E57" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F57" s="9">
+      <c r="E57" t="s">
+        <v>24</v>
+      </c>
+      <c r="F57" s="6">
         <v>19210</v>
       </c>
-      <c r="G57" s="6">
+      <c r="G57">
         <v>18890</v>
       </c>
-      <c r="H57" s="6">
+      <c r="H57">
         <v>18570</v>
       </c>
-      <c r="I57" s="6">
+      <c r="I57">
         <v>18210</v>
       </c>
-      <c r="J57" s="6">
+      <c r="J57">
         <v>17880</v>
       </c>
-      <c r="K57" s="6">
+      <c r="K57">
         <v>17560</v>
       </c>
-      <c r="L57" s="6">
+      <c r="L57">
         <v>17350</v>
       </c>
-      <c r="M57" s="6">
+      <c r="M57">
         <v>17150</v>
       </c>
-      <c r="N57" s="6">
+      <c r="N57">
         <v>16940</v>
       </c>
-      <c r="O57" s="6">
+      <c r="O57">
         <v>16780</v>
       </c>
-      <c r="P57" s="6">
+      <c r="P57">
         <v>16580</v>
       </c>
-      <c r="Q57" s="6">
+      <c r="Q57">
         <v>16420</v>
       </c>
-      <c r="R57" s="6">
+      <c r="R57">
         <v>16420</v>
       </c>
     </row>
     <row r="58" spans="1:19">
-      <c r="A58" s="0" t="s">
+      <c r="A58" t="s">
         <v>54</v>
       </c>
-      <c r="B58" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C58" s="0">
+      <c r="B58" t="s">
+        <v>23</v>
+      </c>
+      <c r="C58">
         <v>3000</v>
       </c>
-      <c r="D58" s="0">
+      <c r="D58">
         <v>7</v>
       </c>
-      <c r="E58" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F58" s="8">
+      <c r="E58" t="s">
+        <v>24</v>
+      </c>
+      <c r="F58" s="6">
         <v>19690</v>
       </c>
-      <c r="G58" s="0">
+      <c r="G58">
         <v>19220</v>
       </c>
-      <c r="H58" s="0">
+      <c r="H58">
         <v>18760</v>
       </c>
-      <c r="I58" s="0">
+      <c r="I58">
         <v>18290</v>
       </c>
-      <c r="J58" s="0">
+      <c r="J58">
         <v>17840</v>
       </c>
-      <c r="K58" s="0">
+      <c r="K58">
         <v>17420</v>
       </c>
-      <c r="L58" s="0">
+      <c r="L58">
         <v>17150</v>
       </c>
-      <c r="M58" s="0">
+      <c r="M58">
         <v>16900</v>
       </c>
-      <c r="N58" s="0">
+      <c r="N58">
         <v>16640</v>
       </c>
-      <c r="O58" s="0">
+      <c r="O58">
         <v>16400</v>
       </c>
-      <c r="P58" s="0">
+      <c r="P58">
         <v>16160</v>
       </c>
-      <c r="Q58" s="0">
+      <c r="Q58">
         <v>15930</v>
       </c>
-      <c r="R58" s="0">
+      <c r="R58">
         <v>15930</v>
       </c>
     </row>
     <row r="59" spans="1:19">
-      <c r="A59" s="6" t="s">
+      <c r="A59" t="s">
         <v>55</v>
       </c>
-      <c r="B59" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C59" s="6">
+      <c r="B59" t="s">
+        <v>23</v>
+      </c>
+      <c r="C59">
         <v>2050</v>
       </c>
-      <c r="D59" s="6">
+      <c r="D59">
         <v>9</v>
       </c>
-      <c r="E59" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F59" s="9">
+      <c r="E59" t="s">
+        <v>24</v>
+      </c>
+      <c r="F59" s="6">
         <v>17390</v>
       </c>
-      <c r="G59" s="6">
+      <c r="G59">
         <v>16960</v>
       </c>
-      <c r="H59" s="6">
+      <c r="H59">
         <v>16560</v>
       </c>
-      <c r="I59" s="6">
+      <c r="I59">
         <v>16150</v>
       </c>
-      <c r="J59" s="6">
+      <c r="J59">
         <v>15750</v>
       </c>
-      <c r="K59" s="6">
+      <c r="K59">
         <v>15380</v>
       </c>
-      <c r="L59" s="6">
+      <c r="L59">
         <v>15140</v>
       </c>
-      <c r="M59" s="6">
+      <c r="M59">
         <v>14930</v>
       </c>
-      <c r="N59" s="6">
+      <c r="N59">
         <v>14700</v>
       </c>
-      <c r="O59" s="6">
+      <c r="O59">
         <v>14480</v>
       </c>
-      <c r="P59" s="6">
+      <c r="P59">
         <v>14270</v>
       </c>
-      <c r="Q59" s="6">
+      <c r="Q59">
         <v>14060</v>
       </c>
-      <c r="R59" s="6">
+      <c r="R59">
         <v>14060</v>
       </c>
     </row>
     <row r="60" spans="1:19">
-      <c r="A60" s="0" t="s">
+      <c r="A60" t="s">
         <v>56</v>
       </c>
-      <c r="B60" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C60" s="0">
+      <c r="B60" t="s">
+        <v>23</v>
+      </c>
+      <c r="C60">
         <v>2000</v>
       </c>
-      <c r="D60" s="0">
+      <c r="D60">
         <v>9</v>
       </c>
-      <c r="E60" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F60" s="8">
+      <c r="E60" t="s">
+        <v>24</v>
+      </c>
+      <c r="F60" s="6">
         <v>16230</v>
       </c>
-      <c r="G60" s="0">
+      <c r="G60">
         <v>15880</v>
       </c>
-      <c r="H60" s="0">
+      <c r="H60">
         <v>15540</v>
       </c>
-      <c r="I60" s="0">
+      <c r="I60">
         <v>15140</v>
       </c>
-      <c r="J60" s="0">
+      <c r="J60">
         <v>14750</v>
       </c>
-      <c r="K60" s="0">
+      <c r="K60">
         <v>14370</v>
       </c>
-      <c r="L60" s="0">
+      <c r="L60">
         <v>14080</v>
       </c>
-      <c r="M60" s="0">
+      <c r="M60">
         <v>13820</v>
       </c>
-      <c r="N60" s="0">
+      <c r="N60">
         <v>13560</v>
       </c>
-      <c r="O60" s="0">
+      <c r="O60">
         <v>13300</v>
       </c>
-      <c r="P60" s="0">
+      <c r="P60">
         <v>13040</v>
       </c>
-      <c r="Q60" s="0">
+      <c r="Q60">
         <v>12790</v>
       </c>
-      <c r="R60" s="0">
+      <c r="R60">
         <v>12790</v>
       </c>
     </row>
     <row r="61" spans="1:19">
-      <c r="A61" s="6" t="s">
+      <c r="A61" t="s">
         <v>57</v>
       </c>
-      <c r="B61" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D61" s="6">
+      <c r="B61" t="s">
+        <v>23</v>
+      </c>
+      <c r="C61">
+        <v>2300</v>
+      </c>
+      <c r="D61">
         <v>10</v>
       </c>
-      <c r="E61" s="6" t="s">
-[...39 lines deleted...]
-        <v>14000</v>
+      <c r="E61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F61" s="6">
+        <v>18720</v>
+      </c>
+      <c r="G61">
+        <v>18260</v>
+      </c>
+      <c r="H61">
+        <v>17830</v>
+      </c>
+      <c r="I61">
+        <v>17380</v>
+      </c>
+      <c r="J61">
+        <v>16960</v>
+      </c>
+      <c r="K61">
+        <v>16560</v>
+      </c>
+      <c r="L61">
+        <v>16300</v>
+      </c>
+      <c r="M61">
+        <v>16070</v>
+      </c>
+      <c r="N61">
+        <v>15820</v>
+      </c>
+      <c r="O61">
+        <v>15590</v>
+      </c>
+      <c r="P61">
+        <v>15370</v>
+      </c>
+      <c r="Q61">
+        <v>15140</v>
+      </c>
+      <c r="R61">
+        <v>15140</v>
       </c>
     </row>
     <row r="62" spans="1:19">
-      <c r="A62" s="0" t="s">
+      <c r="A62" t="s">
         <v>58</v>
       </c>
-      <c r="B62" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C62" s="0">
+      <c r="B62" t="s">
+        <v>23</v>
+      </c>
+      <c r="C62">
         <v>2000</v>
       </c>
-      <c r="D62" s="0">
+      <c r="D62">
         <v>9</v>
       </c>
-      <c r="E62" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F62" s="8">
+      <c r="E62" t="s">
+        <v>24</v>
+      </c>
+      <c r="F62" s="6">
         <v>15440</v>
       </c>
-      <c r="G62" s="0">
+      <c r="G62">
         <v>15110</v>
       </c>
-      <c r="H62" s="0">
+      <c r="H62">
         <v>14800</v>
       </c>
-      <c r="I62" s="0">
+      <c r="I62">
         <v>14470</v>
       </c>
-      <c r="J62" s="0">
+      <c r="J62">
         <v>14160</v>
       </c>
-      <c r="K62" s="0">
+      <c r="K62">
         <v>13870</v>
       </c>
-      <c r="L62" s="0">
+      <c r="L62">
         <v>13680</v>
       </c>
-      <c r="M62" s="0">
+      <c r="M62">
         <v>13490</v>
       </c>
-      <c r="N62" s="0">
+      <c r="N62">
         <v>13240</v>
       </c>
-      <c r="O62" s="0">
+      <c r="O62">
         <v>12890</v>
       </c>
-      <c r="P62" s="0">
+      <c r="P62">
         <v>12690</v>
       </c>
-      <c r="Q62" s="0">
+      <c r="Q62">
         <v>12510</v>
       </c>
-      <c r="R62" s="0">
+      <c r="R62">
         <v>12510</v>
       </c>
     </row>
     <row r="63" spans="1:19">
-      <c r="A63" s="0" t="s">
+      <c r="A63" t="s">
         <v>29</v>
       </c>
-      <c r="B63" s="0"/>
-[...35 lines deleted...]
-      <c r="R64" s="0"/>
     </row>
     <row r="65" spans="1:19">
-      <c r="A65" s="0" t="s">
+      <c r="A65" t="s">
         <v>30</v>
       </c>
-      <c r="B65" s="0"/>
-[...15 lines deleted...]
-      <c r="R65" s="0"/>
     </row>
   </sheetData>
-  <sheetProtection password="BEF2A0" sheet="true" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="true" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="true" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <sheetProtection password="F3DC" sheet="1" insertRows="1" sort="1"/>
   <mergeCells>
     <mergeCell ref="A1:D3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A11:R11"/>
     <mergeCell ref="A12:R12"/>
     <mergeCell ref="A13:R13"/>
     <mergeCell ref="A14:R14"/>
     <mergeCell ref="A21:R21"/>
     <mergeCell ref="A22:R22"/>
     <mergeCell ref="A23:R23"/>
     <mergeCell ref="A24:R24"/>
     <mergeCell ref="A42:R42"/>
     <mergeCell ref="A43:R43"/>
     <mergeCell ref="A44:R44"/>
     <mergeCell ref="A45:R45"/>
     <mergeCell ref="A63:R63"/>
     <mergeCell ref="A64:R64"/>
     <mergeCell ref="A65:R65"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
-  <pageMargins left="0.7" right="0.7" top="0.1968503937007874" bottom="0.1968503937007874" header="0.3" footer="0.3"/>
-[...8 lines deleted...]
-  </headerFooter>
+  <pageMargins left="0.7" right="0.7" top="0.19685039370079" bottom="0.19685039370079" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft Corporation</Company>
+  <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>