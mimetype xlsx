--- v1 (2026-01-09)
+++ v2 (2026-03-05)
@@ -802,96 +802,96 @@
       </c>
       <c r="N6">
         <v>15</v>
       </c>
       <c r="O6">
         <v>14.8</v>
       </c>
       <c r="P6">
         <v>14.6</v>
       </c>
       <c r="Q6">
         <v>14.4</v>
       </c>
       <c r="R6">
         <v>14.4</v>
       </c>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" t="s">
         <v>25</v>
       </c>
       <c r="B7" t="s">
         <v>23</v>
       </c>
       <c r="C7">
-        <v>1620</v>
+        <v>1850</v>
       </c>
       <c r="D7">
         <v>9</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="5">
-        <v>38.6</v>
+        <v>42.8</v>
       </c>
       <c r="G7">
-        <v>37.7</v>
+        <v>41.8</v>
       </c>
       <c r="H7">
-        <v>36.8</v>
+        <v>40.8</v>
       </c>
       <c r="I7">
-        <v>36.0</v>
+        <v>39.9</v>
       </c>
       <c r="J7">
-        <v>35.2</v>
+        <v>39.0</v>
       </c>
       <c r="K7">
-        <v>34.40000000000001</v>
+        <v>38.099999999999994</v>
       </c>
       <c r="L7">
-        <v>33.9</v>
+        <v>37.5</v>
       </c>
       <c r="M7">
-        <v>33.4</v>
+        <v>36.9</v>
       </c>
       <c r="N7">
-        <v>32.9</v>
+        <v>36.3</v>
       </c>
       <c r="O7">
-        <v>32.4</v>
+        <v>35.7</v>
       </c>
       <c r="P7">
-        <v>31.9</v>
+        <v>35.099999999999994</v>
       </c>
       <c r="Q7">
-        <v>31.4</v>
+        <v>34.5</v>
       </c>
       <c r="R7">
-        <v>31.4</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" t="s">
         <v>26</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8">
         <v>800</v>
       </c>
       <c r="D8">
         <v>2</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" s="5">
         <v>14.2</v>
       </c>
       <c r="G8">
         <v>13.9</v>
       </c>
       <c r="H8">
@@ -914,96 +914,96 @@
       </c>
       <c r="N8">
         <v>12.1</v>
       </c>
       <c r="O8">
         <v>11.9</v>
       </c>
       <c r="P8">
         <v>11.7</v>
       </c>
       <c r="Q8">
         <v>11.5</v>
       </c>
       <c r="R8">
         <v>11.5</v>
       </c>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9">
-        <v>1270</v>
+        <v>1500</v>
       </c>
       <c r="D9">
         <v>6</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="5">
+        <v>27.8</v>
+      </c>
+      <c r="G9">
+        <v>27.2</v>
+      </c>
+      <c r="H9">
+        <v>26.6</v>
+      </c>
+      <c r="I9">
+        <v>26.0</v>
+      </c>
+      <c r="J9">
+        <v>25.4</v>
+      </c>
+      <c r="K9">
+        <v>24.8</v>
+      </c>
+      <c r="L9">
+        <v>24.4</v>
+      </c>
+      <c r="M9">
+        <v>24.0</v>
+      </c>
+      <c r="N9">
         <v>23.6</v>
       </c>
-      <c r="G9">
-[...22 lines deleted...]
-      </c>
       <c r="O9">
-        <v>19.9</v>
+        <v>23.2</v>
       </c>
       <c r="P9">
-        <v>19.6</v>
+        <v>22.8</v>
       </c>
       <c r="Q9">
-        <v>19.3</v>
+        <v>22.4</v>
       </c>
       <c r="R9">
-        <v>19.3</v>
+        <v>22.4</v>
       </c>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" t="s">
         <v>28</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10">
         <v>1700</v>
       </c>
       <c r="D10">
         <v>5</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" s="5">
         <v>45.8</v>
       </c>
       <c r="G10">
         <v>44.7</v>
       </c>
       <c r="H10">
@@ -1170,96 +1170,96 @@
       </c>
       <c r="N16">
         <v>3770</v>
       </c>
       <c r="O16">
         <v>3710</v>
       </c>
       <c r="P16">
         <v>3650</v>
       </c>
       <c r="Q16">
         <v>3600</v>
       </c>
       <c r="R16">
         <v>3600</v>
       </c>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" t="s">
         <v>25</v>
       </c>
       <c r="B17" t="s">
         <v>23</v>
       </c>
       <c r="C17">
-        <v>1620</v>
+        <v>1850</v>
       </c>
       <c r="D17">
         <v>9</v>
       </c>
       <c r="E17" t="s">
         <v>24</v>
       </c>
       <c r="F17" s="6">
-        <v>9720</v>
+        <v>10700</v>
       </c>
       <c r="G17">
-        <v>9470</v>
+        <v>10430</v>
       </c>
       <c r="H17">
-        <v>9260</v>
+        <v>10180</v>
       </c>
       <c r="I17">
-        <v>9020</v>
+        <v>9930</v>
       </c>
       <c r="J17">
-        <v>8800</v>
+        <v>9680</v>
       </c>
       <c r="K17">
-        <v>8590</v>
+        <v>9450</v>
       </c>
       <c r="L17">
-        <v>8460</v>
+        <v>9310</v>
       </c>
       <c r="M17">
-        <v>8330</v>
+        <v>9170</v>
       </c>
       <c r="N17">
-        <v>8220</v>
+        <v>9040</v>
       </c>
       <c r="O17">
-        <v>8090</v>
+        <v>8900</v>
       </c>
       <c r="P17">
-        <v>7970</v>
+        <v>8770</v>
       </c>
       <c r="Q17">
-        <v>7860</v>
+        <v>8650</v>
       </c>
       <c r="R17">
-        <v>7860</v>
+        <v>8650</v>
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" t="s">
         <v>26</v>
       </c>
       <c r="B18" t="s">
         <v>23</v>
       </c>
       <c r="C18">
         <v>800</v>
       </c>
       <c r="D18">
         <v>2</v>
       </c>
       <c r="E18" t="s">
         <v>24</v>
       </c>
       <c r="F18" s="6">
         <v>3550</v>
       </c>
       <c r="G18">
         <v>3460</v>
       </c>
       <c r="H18">
@@ -1282,96 +1282,96 @@
       </c>
       <c r="N18">
         <v>3000</v>
       </c>
       <c r="O18">
         <v>2950</v>
       </c>
       <c r="P18">
         <v>2910</v>
       </c>
       <c r="Q18">
         <v>2870</v>
       </c>
       <c r="R18">
         <v>2870</v>
       </c>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" t="s">
         <v>27</v>
       </c>
       <c r="B19" t="s">
         <v>23</v>
       </c>
       <c r="C19">
-        <v>1270</v>
+        <v>1500</v>
       </c>
       <c r="D19">
         <v>6</v>
       </c>
       <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" s="6">
-        <v>5960</v>
+        <v>6940</v>
       </c>
       <c r="G19">
-        <v>5810</v>
+        <v>6770</v>
       </c>
       <c r="H19">
-        <v>5680</v>
+        <v>6600</v>
       </c>
       <c r="I19">
-        <v>5530</v>
+        <v>6440</v>
       </c>
       <c r="J19">
-        <v>5400</v>
+        <v>6280</v>
       </c>
       <c r="K19">
-        <v>5270</v>
+        <v>6130</v>
       </c>
       <c r="L19">
-        <v>5190</v>
+        <v>6040</v>
       </c>
       <c r="M19">
-        <v>5110</v>
+        <v>5950</v>
       </c>
       <c r="N19">
-        <v>5040</v>
+        <v>5860</v>
       </c>
       <c r="O19">
-        <v>4960</v>
+        <v>5770</v>
       </c>
       <c r="P19">
-        <v>4890</v>
+        <v>5690</v>
       </c>
       <c r="Q19">
-        <v>4820</v>
+        <v>5610</v>
       </c>
       <c r="R19">
-        <v>4820</v>
+        <v>5610</v>
       </c>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" t="s">
         <v>28</v>
       </c>
       <c r="B20" t="s">
         <v>23</v>
       </c>
       <c r="C20">
         <v>1700</v>
       </c>
       <c r="D20">
         <v>5</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" s="6">
         <v>11450</v>
       </c>
       <c r="G20">
         <v>11180</v>
       </c>
       <c r="H20">
@@ -1930,152 +1930,152 @@
       </c>
       <c r="N33">
         <v>12.9</v>
       </c>
       <c r="O33">
         <v>12.7</v>
       </c>
       <c r="P33">
         <v>12.5</v>
       </c>
       <c r="Q33">
         <v>12.3</v>
       </c>
       <c r="R33">
         <v>12.3</v>
       </c>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" t="s">
         <v>51</v>
       </c>
       <c r="B34" t="s">
         <v>23</v>
       </c>
       <c r="C34">
-        <v>720</v>
+        <v>800</v>
       </c>
       <c r="D34">
         <v>5</v>
       </c>
       <c r="E34" t="s">
         <v>24</v>
       </c>
       <c r="F34" s="5">
+        <v>33.1</v>
+      </c>
+      <c r="G34">
+        <v>32.3</v>
+      </c>
+      <c r="H34">
+        <v>31.5</v>
+      </c>
+      <c r="I34">
+        <v>30.7</v>
+      </c>
+      <c r="J34">
         <v>30</v>
       </c>
-      <c r="G34">
+      <c r="K34">
         <v>29.3</v>
       </c>
-      <c r="H34">
-[...10 lines deleted...]
-      </c>
       <c r="L34">
-        <v>26.1</v>
+        <v>28.9</v>
       </c>
       <c r="M34">
-        <v>25.7</v>
+        <v>28.5</v>
       </c>
       <c r="N34">
-        <v>25.3</v>
+        <v>28.1</v>
       </c>
       <c r="O34">
-        <v>24.9</v>
+        <v>27.7</v>
       </c>
       <c r="P34">
-        <v>24.5</v>
+        <v>27.3</v>
       </c>
       <c r="Q34">
-        <v>24.1</v>
+        <v>26.9</v>
       </c>
       <c r="R34">
-        <v>24.1</v>
+        <v>26.9</v>
       </c>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" t="s">
         <v>52</v>
       </c>
       <c r="B35" t="s">
         <v>23</v>
       </c>
       <c r="C35">
-        <v>1950</v>
+        <v>2000</v>
       </c>
       <c r="D35">
         <v>8</v>
       </c>
       <c r="E35" t="s">
         <v>24</v>
       </c>
       <c r="F35" s="5">
-        <v>68.40000000000001</v>
+        <v>69.80000000000001</v>
       </c>
       <c r="G35">
-        <v>66.8</v>
+        <v>68.2</v>
       </c>
       <c r="H35">
-        <v>65.19999999999999</v>
+        <v>66.59999999999999</v>
       </c>
       <c r="I35">
-        <v>63.59999999999999</v>
+        <v>65.0</v>
       </c>
       <c r="J35">
-        <v>62.0</v>
+        <v>63.40000000000001</v>
       </c>
       <c r="K35">
-        <v>60.4</v>
+        <v>61.8</v>
       </c>
       <c r="L35">
-        <v>59.59999999999999</v>
+        <v>61.0</v>
       </c>
       <c r="M35">
-        <v>58.8</v>
+        <v>60.2</v>
       </c>
       <c r="N35">
-        <v>58.0</v>
+        <v>59.40000000000001</v>
       </c>
       <c r="O35">
-        <v>57.2</v>
+        <v>58.6</v>
       </c>
       <c r="P35">
-        <v>56.4</v>
+        <v>57.8</v>
       </c>
       <c r="Q35">
-        <v>55.59999999999999</v>
+        <v>57.0</v>
       </c>
       <c r="R35">
-        <v>55.59999999999999</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" t="s">
         <v>53</v>
       </c>
       <c r="B36" t="s">
         <v>23</v>
       </c>
       <c r="C36">
         <v>3000</v>
       </c>
       <c r="D36">
         <v>12</v>
       </c>
       <c r="E36" t="s">
         <v>24</v>
       </c>
       <c r="F36" s="5">
         <v>78.40000000000001</v>
       </c>
       <c r="G36">
         <v>77.2</v>
       </c>
       <c r="H36">
@@ -2107,199 +2107,199 @@
       </c>
       <c r="Q36">
         <v>67.59999999999999</v>
       </c>
       <c r="R36">
         <v>67.59999999999999</v>
       </c>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" t="s">
         <v>54</v>
       </c>
       <c r="B37" t="s">
         <v>23</v>
       </c>
       <c r="C37">
         <v>3000</v>
       </c>
       <c r="D37">
         <v>7</v>
       </c>
       <c r="E37" t="s">
         <v>24</v>
       </c>
       <c r="F37" s="5">
+        <v>79.90000000000001</v>
+      </c>
+      <c r="G37">
         <v>78.099999999999994</v>
       </c>
-      <c r="G37">
+      <c r="H37">
         <v>76.3</v>
       </c>
-      <c r="H37">
+      <c r="I37">
         <v>74.5</v>
       </c>
-      <c r="I37">
+      <c r="J37">
         <v>72.7</v>
       </c>
-      <c r="J37">
+      <c r="K37">
         <v>70.90000000000001</v>
       </c>
-      <c r="K37">
-[...1 lines deleted...]
-      </c>
       <c r="L37">
-        <v>68.2</v>
+        <v>69.89999999999999</v>
       </c>
       <c r="M37">
-        <v>67.3</v>
+        <v>68.90000000000001</v>
       </c>
       <c r="N37">
-        <v>66.40000000000001</v>
+        <v>67.90000000000001</v>
       </c>
       <c r="O37">
-        <v>65.5</v>
+        <v>66.90000000000001</v>
       </c>
       <c r="P37">
-        <v>64.59999999999999</v>
+        <v>65.90000000000001</v>
       </c>
       <c r="Q37">
-        <v>63.7</v>
+        <v>64.89999999999999</v>
       </c>
       <c r="R37">
-        <v>63.7</v>
+        <v>64.89999999999999</v>
       </c>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" t="s">
         <v>55</v>
       </c>
       <c r="B38" t="s">
         <v>23</v>
       </c>
       <c r="C38">
         <v>2050</v>
       </c>
       <c r="D38">
         <v>9</v>
       </c>
       <c r="E38" t="s">
         <v>24</v>
       </c>
       <c r="F38" s="5">
-        <v>69.0</v>
+        <v>69.59999999999999</v>
       </c>
       <c r="G38">
-        <v>67.40000000000001</v>
+        <v>68.0</v>
       </c>
       <c r="H38">
-        <v>65.8</v>
+        <v>66.40000000000001</v>
       </c>
       <c r="I38">
-        <v>64.2</v>
+        <v>64.8</v>
       </c>
       <c r="J38">
-        <v>62.59999999999999</v>
+        <v>63.2</v>
       </c>
       <c r="K38">
-        <v>61.0</v>
+        <v>61.6</v>
       </c>
       <c r="L38">
-        <v>60.2</v>
+        <v>60.8</v>
       </c>
       <c r="M38">
-        <v>59.4</v>
+        <v>60.0</v>
       </c>
       <c r="N38">
-        <v>58.59999999999999</v>
+        <v>59.2</v>
       </c>
       <c r="O38">
-        <v>57.8</v>
+        <v>58.4</v>
       </c>
       <c r="P38">
-        <v>57.0</v>
+        <v>57.6</v>
       </c>
       <c r="Q38">
-        <v>56.2</v>
+        <v>56.8</v>
       </c>
       <c r="R38">
-        <v>56.2</v>
+        <v>56.8</v>
       </c>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" t="s">
         <v>56</v>
       </c>
       <c r="B39" t="s">
         <v>23</v>
       </c>
       <c r="C39">
-        <v>2000</v>
+        <v>2160</v>
       </c>
       <c r="D39">
         <v>9</v>
       </c>
       <c r="E39" t="s">
         <v>24</v>
       </c>
       <c r="F39" s="5">
-        <v>63.1</v>
+        <v>66.0</v>
       </c>
       <c r="G39">
-        <v>61.8</v>
+        <v>64.5</v>
       </c>
       <c r="H39">
-        <v>60.49999999999999</v>
+        <v>62.99999999999999</v>
       </c>
       <c r="I39">
-        <v>59.2</v>
+        <v>61.5</v>
       </c>
       <c r="J39">
-        <v>57.8</v>
+        <v>60.0</v>
       </c>
       <c r="K39">
-        <v>56.3</v>
+        <v>58.50000000000001</v>
       </c>
       <c r="L39">
-        <v>55.40000000000001</v>
+        <v>57.7</v>
       </c>
       <c r="M39">
-        <v>54.5</v>
+        <v>56.9</v>
       </c>
       <c r="N39">
-        <v>53.7</v>
+        <v>56.099999999999994</v>
       </c>
       <c r="O39">
-        <v>52.7</v>
+        <v>55.3</v>
       </c>
       <c r="P39">
-        <v>51.8</v>
+        <v>54.2</v>
       </c>
       <c r="Q39">
-        <v>51.0</v>
+        <v>53.59999999999999</v>
       </c>
       <c r="R39">
-        <v>51.0</v>
+        <v>53.59999999999999</v>
       </c>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" t="s">
         <v>57</v>
       </c>
       <c r="B40" t="s">
         <v>23</v>
       </c>
       <c r="C40">
         <v>2300</v>
       </c>
       <c r="D40">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>24</v>
       </c>
       <c r="F40" s="5">
         <v>74.40000000000001</v>
       </c>
       <c r="G40">
         <v>72.7</v>
       </c>
       <c r="H40">
@@ -2331,87 +2331,87 @@
       </c>
       <c r="Q40">
         <v>60.5</v>
       </c>
       <c r="R40">
         <v>60.5</v>
       </c>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" t="s">
         <v>58</v>
       </c>
       <c r="B41" t="s">
         <v>23</v>
       </c>
       <c r="C41">
         <v>2000</v>
       </c>
       <c r="D41">
         <v>9</v>
       </c>
       <c r="E41" t="s">
         <v>24</v>
       </c>
       <c r="F41" s="5">
-        <v>62.4</v>
+        <v>64.80000000000001</v>
       </c>
       <c r="G41">
-        <v>61.1</v>
+        <v>63.3</v>
       </c>
       <c r="H41">
-        <v>59.8</v>
+        <v>61.8</v>
       </c>
       <c r="I41">
-        <v>58.5</v>
+        <v>60.3</v>
       </c>
       <c r="J41">
-        <v>57.2</v>
+        <v>58.8</v>
       </c>
       <c r="K41">
-        <v>55.8</v>
+        <v>57.3</v>
       </c>
       <c r="L41">
-        <v>55.099999999999994</v>
+        <v>56.5</v>
       </c>
       <c r="M41">
-        <v>54.0</v>
+        <v>55.7</v>
       </c>
       <c r="N41">
-        <v>52.3</v>
+        <v>54.90000000000001</v>
       </c>
       <c r="O41">
-        <v>50.8</v>
+        <v>54.1</v>
       </c>
       <c r="P41">
-        <v>49.6</v>
+        <v>53.3</v>
       </c>
       <c r="Q41">
-        <v>48.8</v>
+        <v>52.6</v>
       </c>
       <c r="R41">
-        <v>48.8</v>
+        <v>52.6</v>
       </c>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="45" spans="1:19" customHeight="1" ht="20">
       <c r="A45" s="3" t="s">
         <v>59</v>
       </c>
       <c r="B45" s="2"/>
       <c r="C45" s="2"/>
       <c r="D45" s="2"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
       <c r="H45" s="2"/>
       <c r="I45" s="2"/>
       <c r="J45" s="2"/>
@@ -2914,152 +2914,152 @@
       </c>
       <c r="N54">
         <v>3200</v>
       </c>
       <c r="O54">
         <v>3160</v>
       </c>
       <c r="P54">
         <v>3110</v>
       </c>
       <c r="Q54">
         <v>3060</v>
       </c>
       <c r="R54">
         <v>3060</v>
       </c>
     </row>
     <row r="55" spans="1:19">
       <c r="A55" t="s">
         <v>51</v>
       </c>
       <c r="B55" t="s">
         <v>23</v>
       </c>
       <c r="C55">
-        <v>720</v>
+        <v>800</v>
       </c>
       <c r="D55">
         <v>5</v>
       </c>
       <c r="E55" t="s">
         <v>24</v>
       </c>
       <c r="F55" s="6">
-        <v>7450</v>
+        <v>8330</v>
       </c>
       <c r="G55">
-        <v>7270</v>
+        <v>8120</v>
       </c>
       <c r="H55">
-        <v>7090</v>
+        <v>7920</v>
       </c>
       <c r="I55">
-        <v>6920</v>
+        <v>7730</v>
       </c>
       <c r="J55">
-        <v>6750</v>
+        <v>7540</v>
       </c>
       <c r="K55">
-        <v>6580</v>
+        <v>7360</v>
       </c>
       <c r="L55">
-        <v>6490</v>
+        <v>7250</v>
       </c>
       <c r="M55">
-        <v>6390</v>
+        <v>7140</v>
       </c>
       <c r="N55">
-        <v>6300</v>
+        <v>7040</v>
       </c>
       <c r="O55">
-        <v>6200</v>
+        <v>6930</v>
       </c>
       <c r="P55">
-        <v>6110</v>
+        <v>6830</v>
       </c>
       <c r="Q55">
-        <v>6020</v>
+        <v>6730</v>
       </c>
       <c r="R55">
-        <v>6020</v>
+        <v>6730</v>
       </c>
     </row>
     <row r="56" spans="1:19">
       <c r="A56" t="s">
         <v>52</v>
       </c>
       <c r="B56" t="s">
         <v>23</v>
       </c>
       <c r="C56">
-        <v>1950</v>
+        <v>2000</v>
       </c>
       <c r="D56">
         <v>8</v>
       </c>
       <c r="E56" t="s">
         <v>24</v>
       </c>
       <c r="F56" s="6">
-        <v>17220</v>
+        <v>17630</v>
       </c>
       <c r="G56">
+        <v>17200</v>
+      </c>
+      <c r="H56">
         <v>16800</v>
       </c>
-      <c r="H56">
-[...1 lines deleted...]
-      </c>
       <c r="I56">
-        <v>15990</v>
+        <v>16370</v>
       </c>
       <c r="J56">
-        <v>15600</v>
+        <v>15970</v>
       </c>
       <c r="K56">
-        <v>15230</v>
+        <v>15590</v>
       </c>
       <c r="L56">
-        <v>14990</v>
+        <v>15360</v>
       </c>
       <c r="M56">
-        <v>14780</v>
+        <v>15140</v>
       </c>
       <c r="N56">
-        <v>14550</v>
+        <v>14900</v>
       </c>
       <c r="O56">
-        <v>14340</v>
+        <v>14690</v>
       </c>
       <c r="P56">
-        <v>14130</v>
+        <v>14470</v>
       </c>
       <c r="Q56">
-        <v>13920</v>
+        <v>14260</v>
       </c>
       <c r="R56">
-        <v>13920</v>
+        <v>14260</v>
       </c>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" t="s">
         <v>53</v>
       </c>
       <c r="B57" t="s">
         <v>23</v>
       </c>
       <c r="C57">
         <v>3000</v>
       </c>
       <c r="D57">
         <v>12</v>
       </c>
       <c r="E57" t="s">
         <v>24</v>
       </c>
       <c r="F57" s="6">
         <v>19210</v>
       </c>
       <c r="G57">
         <v>18890</v>
       </c>
       <c r="H57">
@@ -3091,199 +3091,199 @@
       </c>
       <c r="Q57">
         <v>16420</v>
       </c>
       <c r="R57">
         <v>16420</v>
       </c>
     </row>
     <row r="58" spans="1:19">
       <c r="A58" t="s">
         <v>54</v>
       </c>
       <c r="B58" t="s">
         <v>23</v>
       </c>
       <c r="C58">
         <v>3000</v>
       </c>
       <c r="D58">
         <v>7</v>
       </c>
       <c r="E58" t="s">
         <v>24</v>
       </c>
       <c r="F58" s="6">
-        <v>19690</v>
+        <v>20060</v>
       </c>
       <c r="G58">
-        <v>19220</v>
+        <v>19580</v>
       </c>
       <c r="H58">
-        <v>18760</v>
+        <v>19110</v>
       </c>
       <c r="I58">
-        <v>18290</v>
+        <v>18630</v>
       </c>
       <c r="J58">
-        <v>17840</v>
+        <v>18180</v>
       </c>
       <c r="K58">
-        <v>17420</v>
+        <v>17740</v>
       </c>
       <c r="L58">
-        <v>17150</v>
+        <v>17470</v>
       </c>
       <c r="M58">
-        <v>16900</v>
+        <v>17220</v>
       </c>
       <c r="N58">
-        <v>16640</v>
+        <v>16960</v>
       </c>
       <c r="O58">
-        <v>16400</v>
+        <v>16710</v>
       </c>
       <c r="P58">
-        <v>16160</v>
+        <v>16470</v>
       </c>
       <c r="Q58">
-        <v>15930</v>
+        <v>16230</v>
       </c>
       <c r="R58">
-        <v>15930</v>
+        <v>16230</v>
       </c>
     </row>
     <row r="59" spans="1:19">
       <c r="A59" t="s">
         <v>55</v>
       </c>
       <c r="B59" t="s">
         <v>23</v>
       </c>
       <c r="C59">
         <v>2050</v>
       </c>
       <c r="D59">
         <v>9</v>
       </c>
       <c r="E59" t="s">
         <v>24</v>
       </c>
       <c r="F59" s="6">
-        <v>17390</v>
+        <v>17560</v>
       </c>
       <c r="G59">
-        <v>16960</v>
+        <v>17140</v>
       </c>
       <c r="H59">
-        <v>16560</v>
+        <v>16730</v>
       </c>
       <c r="I59">
-        <v>16150</v>
+        <v>16310</v>
       </c>
       <c r="J59">
-        <v>15750</v>
+        <v>15910</v>
       </c>
       <c r="K59">
-        <v>15380</v>
+        <v>15530</v>
       </c>
       <c r="L59">
-        <v>15140</v>
+        <v>15300</v>
       </c>
       <c r="M59">
-        <v>14930</v>
+        <v>15080</v>
       </c>
       <c r="N59">
-        <v>14700</v>
+        <v>14840</v>
       </c>
       <c r="O59">
-        <v>14480</v>
+        <v>14630</v>
       </c>
       <c r="P59">
-        <v>14270</v>
+        <v>14420</v>
       </c>
       <c r="Q59">
-        <v>14060</v>
+        <v>14200</v>
       </c>
       <c r="R59">
-        <v>14060</v>
+        <v>14200</v>
       </c>
     </row>
     <row r="60" spans="1:19">
       <c r="A60" t="s">
         <v>56</v>
       </c>
       <c r="B60" t="s">
         <v>23</v>
       </c>
       <c r="C60">
-        <v>2000</v>
+        <v>2160</v>
       </c>
       <c r="D60">
         <v>9</v>
       </c>
       <c r="E60" t="s">
         <v>24</v>
       </c>
       <c r="F60" s="6">
-        <v>16230</v>
+        <v>16720</v>
       </c>
       <c r="G60">
-        <v>15880</v>
+        <v>16310</v>
       </c>
       <c r="H60">
-        <v>15540</v>
+        <v>15930</v>
       </c>
       <c r="I60">
-        <v>15140</v>
+        <v>15530</v>
       </c>
       <c r="J60">
-        <v>14750</v>
+        <v>15150</v>
       </c>
       <c r="K60">
-        <v>14370</v>
+        <v>14790</v>
       </c>
       <c r="L60">
-        <v>14080</v>
+        <v>14560</v>
       </c>
       <c r="M60">
-        <v>13820</v>
+        <v>14360</v>
       </c>
       <c r="N60">
-        <v>13560</v>
+        <v>14130</v>
       </c>
       <c r="O60">
-        <v>13300</v>
+        <v>13920</v>
       </c>
       <c r="P60">
-        <v>13040</v>
+        <v>13720</v>
       </c>
       <c r="Q60">
-        <v>12790</v>
+        <v>13420</v>
       </c>
       <c r="R60">
-        <v>12790</v>
+        <v>13420</v>
       </c>
     </row>
     <row r="61" spans="1:19">
       <c r="A61" t="s">
         <v>57</v>
       </c>
       <c r="B61" t="s">
         <v>23</v>
       </c>
       <c r="C61">
         <v>2300</v>
       </c>
       <c r="D61">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>24</v>
       </c>
       <c r="F61" s="6">
         <v>18720</v>
       </c>
       <c r="G61">
         <v>18260</v>
       </c>
       <c r="H61">
@@ -3315,87 +3315,87 @@
       </c>
       <c r="Q61">
         <v>15140</v>
       </c>
       <c r="R61">
         <v>15140</v>
       </c>
     </row>
     <row r="62" spans="1:19">
       <c r="A62" t="s">
         <v>58</v>
       </c>
       <c r="B62" t="s">
         <v>23</v>
       </c>
       <c r="C62">
         <v>2000</v>
       </c>
       <c r="D62">
         <v>9</v>
       </c>
       <c r="E62" t="s">
         <v>24</v>
       </c>
       <c r="F62" s="6">
-        <v>15440</v>
+        <v>16270</v>
       </c>
       <c r="G62">
+        <v>15880</v>
+      </c>
+      <c r="H62">
+        <v>15500</v>
+      </c>
+      <c r="I62">
         <v>15110</v>
       </c>
-      <c r="H62">
-[...4 lines deleted...]
-      </c>
       <c r="J62">
-        <v>14160</v>
+        <v>14740</v>
       </c>
       <c r="K62">
-        <v>13870</v>
+        <v>14390</v>
       </c>
       <c r="L62">
-        <v>13680</v>
+        <v>14170</v>
       </c>
       <c r="M62">
-        <v>13490</v>
+        <v>13970</v>
       </c>
       <c r="N62">
-        <v>13240</v>
+        <v>13750</v>
       </c>
       <c r="O62">
-        <v>12890</v>
+        <v>13560</v>
       </c>
       <c r="P62">
-        <v>12690</v>
+        <v>13360</v>
       </c>
       <c r="Q62">
-        <v>12510</v>
+        <v>13160</v>
       </c>
       <c r="R62">
-        <v>12510</v>
+        <v>13160</v>
       </c>
     </row>
     <row r="63" spans="1:19">
       <c r="A63" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="65" spans="1:19">
       <c r="A65" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection password="F3DC" sheet="1" insertRows="1" sort="1"/>
   <mergeCells>
     <mergeCell ref="A1:D3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A11:R11"/>
     <mergeCell ref="A12:R12"/>
     <mergeCell ref="A13:R13"/>
     <mergeCell ref="A14:R14"/>
     <mergeCell ref="A21:R21"/>
     <mergeCell ref="A22:R22"/>
     <mergeCell ref="A23:R23"/>
     <mergeCell ref="A24:R24"/>