--- v0 (2025-10-16)
+++ v1 (2025-12-04)
@@ -961,96 +961,96 @@
       </c>
       <c r="N8" s="6">
         <v>37.7</v>
       </c>
       <c r="O8" s="6">
         <v>37.1</v>
       </c>
       <c r="P8" s="6">
         <v>36.5</v>
       </c>
       <c r="Q8" s="6">
         <v>35.9</v>
       </c>
       <c r="R8" s="6">
         <v>35.9</v>
       </c>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="0">
-        <v>1800</v>
+        <v>2100</v>
       </c>
       <c r="D9" s="0">
         <v>2</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="5">
-        <v>24.5</v>
+        <v>33.6</v>
       </c>
       <c r="G9" s="0">
-        <v>23.9</v>
+        <v>32.8</v>
       </c>
       <c r="H9" s="0">
-        <v>23.3</v>
+        <v>32</v>
       </c>
       <c r="I9" s="0">
-        <v>22.7</v>
+        <v>31.2</v>
       </c>
       <c r="J9" s="0">
-        <v>22.1</v>
+        <v>30.4</v>
       </c>
       <c r="K9" s="0">
-        <v>21.6</v>
+        <v>29.7</v>
       </c>
       <c r="L9" s="0">
-        <v>21.3</v>
+        <v>29.2</v>
       </c>
       <c r="M9" s="0">
-        <v>21</v>
+        <v>28.7</v>
       </c>
       <c r="N9" s="0">
-        <v>20.7</v>
+        <v>28.2</v>
       </c>
       <c r="O9" s="0">
-        <v>20.4</v>
+        <v>27.7</v>
       </c>
       <c r="P9" s="0">
-        <v>20.1</v>
+        <v>27.3</v>
       </c>
       <c r="Q9" s="0">
-        <v>19.8</v>
+        <v>26.9</v>
       </c>
       <c r="R9" s="0">
-        <v>19.8</v>
+        <v>26.9</v>
       </c>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="6">
         <v>1900</v>
       </c>
       <c r="D10" s="6">
         <v>2</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F10" s="7">
         <v>28</v>
       </c>
       <c r="G10" s="6">
         <v>27.3</v>
       </c>
       <c r="H10" s="6">
@@ -1194,87 +1194,87 @@
       </c>
       <c r="Q12" s="6">
         <v>63.7</v>
       </c>
       <c r="R12" s="6">
         <v>63.7</v>
       </c>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="0">
         <v>3000</v>
       </c>
       <c r="D13" s="0">
         <v>3</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F13" s="5">
-        <v>39.8</v>
+        <v>43.9</v>
       </c>
       <c r="G13" s="0">
-        <v>38.8</v>
+        <v>42.8</v>
       </c>
       <c r="H13" s="0">
-        <v>37.8</v>
+        <v>41.7</v>
       </c>
       <c r="I13" s="0">
-        <v>36.90000000000001</v>
+        <v>40.7</v>
       </c>
       <c r="J13" s="0">
-        <v>36</v>
+        <v>39.7</v>
       </c>
       <c r="K13" s="0">
-        <v>35.1</v>
+        <v>38.7</v>
       </c>
       <c r="L13" s="0">
-        <v>34.6</v>
+        <v>38.3</v>
       </c>
       <c r="M13" s="0">
-        <v>34.1</v>
+        <v>38</v>
       </c>
       <c r="N13" s="0">
-        <v>33.59999999999999</v>
+        <v>37.7</v>
       </c>
       <c r="O13" s="0">
-        <v>33.09999999999999</v>
+        <v>37.4</v>
       </c>
       <c r="P13" s="0">
-        <v>32.6</v>
+        <v>37.1</v>
       </c>
       <c r="Q13" s="0">
-        <v>32.1</v>
+        <v>36.8</v>
       </c>
       <c r="R13" s="0">
-        <v>32.1</v>
+        <v>36.8</v>
       </c>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="6" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="6">
         <v>1850</v>
       </c>
       <c r="D14" s="6">
         <v>4</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F14" s="7">
         <v>30.1</v>
       </c>
       <c r="G14" s="6">
         <v>29.4</v>
       </c>
       <c r="H14" s="6">
@@ -1353,96 +1353,96 @@
       </c>
       <c r="N15" s="0">
         <v>33.7</v>
       </c>
       <c r="O15" s="0">
         <v>32.9</v>
       </c>
       <c r="P15" s="0">
         <v>32.2</v>
       </c>
       <c r="Q15" s="0">
         <v>31.5</v>
       </c>
       <c r="R15" s="0">
         <v>31.5</v>
       </c>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="6">
-        <v>2450</v>
+        <v>2750</v>
       </c>
       <c r="D16" s="6">
         <v>5</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F16" s="7">
-        <v>42.5</v>
+        <v>51.6</v>
       </c>
       <c r="G16" s="6">
-        <v>41.5</v>
+        <v>50.4</v>
       </c>
       <c r="H16" s="6">
-        <v>40.5</v>
+        <v>49.2</v>
       </c>
       <c r="I16" s="6">
-        <v>39.5</v>
+        <v>48</v>
       </c>
       <c r="J16" s="6">
-        <v>38.5</v>
+        <v>46.8</v>
       </c>
       <c r="K16" s="6">
-        <v>37.6</v>
+        <v>45.7</v>
       </c>
       <c r="L16" s="6">
-        <v>37.09999999999999</v>
+        <v>45</v>
       </c>
       <c r="M16" s="6">
-        <v>36.6</v>
+        <v>44.3</v>
       </c>
       <c r="N16" s="6">
-        <v>36.1</v>
+        <v>43.6</v>
       </c>
       <c r="O16" s="6">
-        <v>35.59999999999999</v>
+        <v>42.9</v>
       </c>
       <c r="P16" s="6">
-        <v>35.1</v>
+        <v>42.3</v>
       </c>
       <c r="Q16" s="6">
-        <v>34.59999999999999</v>
+        <v>41.7</v>
       </c>
       <c r="R16" s="6">
-        <v>34.59999999999999</v>
+        <v>41.7</v>
       </c>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="0">
         <v>2520</v>
       </c>
       <c r="D17" s="0">
         <v>7</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F17" s="5">
         <v>55.6</v>
       </c>
       <c r="G17" s="0">
         <v>54.3</v>
       </c>
       <c r="H17" s="0">
@@ -1745,96 +1745,96 @@
       </c>
       <c r="N22" s="6">
         <v>46.7</v>
       </c>
       <c r="O22" s="6">
         <v>46</v>
       </c>
       <c r="P22" s="6">
         <v>45.3</v>
       </c>
       <c r="Q22" s="6">
         <v>44.59999999999999</v>
       </c>
       <c r="R22" s="6">
         <v>44.59999999999999</v>
       </c>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="0">
-        <v>2480</v>
+        <v>2780</v>
       </c>
       <c r="D23" s="0">
         <v>3</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F23" s="5">
-        <v>36</v>
+        <v>45.1</v>
       </c>
       <c r="G23" s="0">
-        <v>35.09999999999999</v>
+        <v>44</v>
       </c>
       <c r="H23" s="0">
-        <v>34.2</v>
+        <v>42.9</v>
       </c>
       <c r="I23" s="0">
-        <v>33.3</v>
+        <v>41.8</v>
       </c>
       <c r="J23" s="0">
-        <v>32.40000000000001</v>
+        <v>40.7</v>
       </c>
       <c r="K23" s="0">
-        <v>31.6</v>
+        <v>39.7</v>
       </c>
       <c r="L23" s="0">
-        <v>31.2</v>
+        <v>39.1</v>
       </c>
       <c r="M23" s="0">
-        <v>30.8</v>
+        <v>38.5</v>
       </c>
       <c r="N23" s="0">
-        <v>30.4</v>
+        <v>37.9</v>
       </c>
       <c r="O23" s="0">
-        <v>30</v>
+        <v>37.3</v>
       </c>
       <c r="P23" s="0">
-        <v>29.6</v>
+        <v>36.8</v>
       </c>
       <c r="Q23" s="0">
-        <v>29.3</v>
+        <v>36.4</v>
       </c>
       <c r="R23" s="0">
-        <v>29.3</v>
+        <v>36.4</v>
       </c>
     </row>
     <row r="24" spans="1:19">
       <c r="A24" s="6" t="s">
         <v>43</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="6">
         <v>2850</v>
       </c>
       <c r="D24" s="6">
         <v>23</v>
       </c>
       <c r="E24" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F24" s="7">
         <v>60.1</v>
       </c>
       <c r="G24" s="6">
         <v>59.3</v>
       </c>
       <c r="H24" s="6">
@@ -1978,87 +1978,87 @@
       </c>
       <c r="Q26" s="6">
         <v>51.59999999999999</v>
       </c>
       <c r="R26" s="6">
         <v>51.59999999999999</v>
       </c>
     </row>
     <row r="27" spans="1:19">
       <c r="A27" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="0">
         <v>2000</v>
       </c>
       <c r="D27" s="0">
         <v>2</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F27" s="5">
-        <v>28.2</v>
+        <v>32.3</v>
       </c>
       <c r="G27" s="0">
+        <v>31.5</v>
+      </c>
+      <c r="H27" s="0">
+        <v>30.7</v>
+      </c>
+      <c r="I27" s="0">
+        <v>30</v>
+      </c>
+      <c r="J27" s="0">
+        <v>29.3</v>
+      </c>
+      <c r="K27" s="0">
+        <v>28.6</v>
+      </c>
+      <c r="L27" s="0">
+        <v>28.3</v>
+      </c>
+      <c r="M27" s="0">
+        <v>28.1</v>
+      </c>
+      <c r="N27" s="0">
+        <v>27.9</v>
+      </c>
+      <c r="O27" s="0">
+        <v>27.7</v>
+      </c>
+      <c r="P27" s="0">
         <v>27.5</v>
       </c>
-      <c r="H27" s="0">
-[...25 lines deleted...]
-      </c>
       <c r="Q27" s="0">
-        <v>22.6</v>
+        <v>27.3</v>
       </c>
       <c r="R27" s="0">
-        <v>22.6</v>
+        <v>27.3</v>
       </c>
     </row>
     <row r="28" spans="1:19">
       <c r="A28" s="6" t="s">
         <v>47</v>
       </c>
       <c r="B28" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="6">
         <v>2700</v>
       </c>
       <c r="D28" s="6">
         <v>7</v>
       </c>
       <c r="E28" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F28" s="7">
         <v>42.8</v>
       </c>
       <c r="G28" s="6">
         <v>41.9</v>
       </c>
       <c r="H28" s="6">
@@ -2391,96 +2391,96 @@
       </c>
       <c r="N36" s="6">
         <v>9570</v>
       </c>
       <c r="O36" s="6">
         <v>9420</v>
       </c>
       <c r="P36" s="6">
         <v>9290</v>
       </c>
       <c r="Q36" s="6">
         <v>9150</v>
       </c>
       <c r="R36" s="6">
         <v>9150</v>
       </c>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="0">
-        <v>1800</v>
+        <v>2100</v>
       </c>
       <c r="D37" s="0">
         <v>2</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F37" s="8">
-        <v>6140</v>
+        <v>8320</v>
       </c>
       <c r="G37" s="0">
-        <v>5990</v>
+        <v>8120</v>
       </c>
       <c r="H37" s="0">
-        <v>5840</v>
+        <v>7920</v>
       </c>
       <c r="I37" s="0">
-        <v>5690</v>
+        <v>7720</v>
       </c>
       <c r="J37" s="0">
-        <v>5560</v>
+        <v>7540</v>
       </c>
       <c r="K37" s="0">
-        <v>5430</v>
+        <v>7360</v>
       </c>
       <c r="L37" s="0">
-        <v>5340</v>
+        <v>7240</v>
       </c>
       <c r="M37" s="0">
-        <v>5260</v>
+        <v>7140</v>
       </c>
       <c r="N37" s="0">
-        <v>5190</v>
+        <v>7030</v>
       </c>
       <c r="O37" s="0">
-        <v>5110</v>
+        <v>6930</v>
       </c>
       <c r="P37" s="0">
-        <v>5040</v>
+        <v>6830</v>
       </c>
       <c r="Q37" s="0">
-        <v>4960</v>
+        <v>6730</v>
       </c>
       <c r="R37" s="0">
-        <v>4960</v>
+        <v>6730</v>
       </c>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B38" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="6">
         <v>1900</v>
       </c>
       <c r="D38" s="6">
         <v>2</v>
       </c>
       <c r="E38" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F38" s="9">
         <v>6950</v>
       </c>
       <c r="G38" s="6">
         <v>6790</v>
       </c>
       <c r="H38" s="6">
@@ -2624,87 +2624,87 @@
       </c>
       <c r="Q40" s="6">
         <v>17210</v>
       </c>
       <c r="R40" s="6">
         <v>17210</v>
       </c>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="0">
         <v>3000</v>
       </c>
       <c r="D41" s="0">
         <v>3</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F41" s="8">
-        <v>9910</v>
+        <v>11020</v>
       </c>
       <c r="G41" s="0">
-        <v>9670</v>
+        <v>10750</v>
       </c>
       <c r="H41" s="0">
-        <v>9430</v>
+        <v>10490</v>
       </c>
       <c r="I41" s="0">
-        <v>9210</v>
+        <v>10240</v>
       </c>
       <c r="J41" s="0">
-        <v>8980</v>
+        <v>9990</v>
       </c>
       <c r="K41" s="0">
-        <v>8760</v>
+        <v>9740</v>
       </c>
       <c r="L41" s="0">
-        <v>8630</v>
+        <v>9600</v>
       </c>
       <c r="M41" s="0">
-        <v>8500</v>
+        <v>9460</v>
       </c>
       <c r="N41" s="0">
-        <v>8380</v>
+        <v>9320</v>
       </c>
       <c r="O41" s="0">
-        <v>8250</v>
+        <v>9180</v>
       </c>
       <c r="P41" s="0">
-        <v>8130</v>
+        <v>9050</v>
       </c>
       <c r="Q41" s="0">
-        <v>8010</v>
+        <v>8910</v>
       </c>
       <c r="R41" s="0">
-        <v>8010</v>
+        <v>8910</v>
       </c>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="6" t="s">
         <v>33</v>
       </c>
       <c r="B42" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="6">
         <v>1850</v>
       </c>
       <c r="D42" s="6">
         <v>4</v>
       </c>
       <c r="E42" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F42" s="9">
         <v>7500</v>
       </c>
       <c r="G42" s="6">
         <v>7310</v>
       </c>
       <c r="H42" s="6">
@@ -2783,96 +2783,96 @@
       </c>
       <c r="N43" s="0">
         <v>8240</v>
       </c>
       <c r="O43" s="0">
         <v>8120</v>
       </c>
       <c r="P43" s="0">
         <v>8010</v>
       </c>
       <c r="Q43" s="0">
         <v>7900</v>
       </c>
       <c r="R43" s="0">
         <v>7900</v>
       </c>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="6" t="s">
         <v>35</v>
       </c>
       <c r="B44" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="6">
-        <v>2450</v>
+        <v>2750</v>
       </c>
       <c r="D44" s="6">
         <v>5</v>
       </c>
       <c r="E44" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F44" s="9">
-        <v>10720</v>
+        <v>12900</v>
       </c>
       <c r="G44" s="6">
-        <v>10460</v>
+        <v>12590</v>
       </c>
       <c r="H44" s="6">
-        <v>10200</v>
+        <v>12280</v>
       </c>
       <c r="I44" s="6">
-        <v>9940</v>
+        <v>11970</v>
       </c>
       <c r="J44" s="6">
-        <v>9710</v>
+        <v>11690</v>
       </c>
       <c r="K44" s="6">
-        <v>9480</v>
+        <v>11410</v>
       </c>
       <c r="L44" s="6">
-        <v>9330</v>
+        <v>11230</v>
       </c>
       <c r="M44" s="6">
-        <v>9190</v>
+        <v>11070</v>
       </c>
       <c r="N44" s="6">
-        <v>9060</v>
+        <v>10900</v>
       </c>
       <c r="O44" s="6">
-        <v>8920</v>
+        <v>10740</v>
       </c>
       <c r="P44" s="6">
-        <v>8800</v>
+        <v>10590</v>
       </c>
       <c r="Q44" s="6">
-        <v>8660</v>
+        <v>10430</v>
       </c>
       <c r="R44" s="6">
-        <v>8660</v>
+        <v>10430</v>
       </c>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="0">
         <v>2520</v>
       </c>
       <c r="D45" s="0">
         <v>7</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F45" s="8">
         <v>13920</v>
       </c>
       <c r="G45" s="0">
         <v>13570</v>
       </c>
       <c r="H45" s="0">
@@ -3175,96 +3175,96 @@
       </c>
       <c r="N50" s="6">
         <v>11685</v>
       </c>
       <c r="O50" s="6">
         <v>11506</v>
       </c>
       <c r="P50" s="6">
         <v>11338</v>
       </c>
       <c r="Q50" s="6">
         <v>11171</v>
       </c>
       <c r="R50" s="6">
         <v>11171</v>
       </c>
     </row>
     <row r="51" spans="1:19">
       <c r="A51" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="0">
-        <v>2480</v>
+        <v>2780</v>
       </c>
       <c r="D51" s="0">
         <v>3</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F51" s="8">
-        <v>9040</v>
+        <v>11220</v>
       </c>
       <c r="G51" s="0">
-        <v>8820</v>
+        <v>10950</v>
       </c>
       <c r="H51" s="0">
-        <v>8600</v>
+        <v>10680</v>
       </c>
       <c r="I51" s="0">
-        <v>8390</v>
+        <v>10420</v>
       </c>
       <c r="J51" s="0">
-        <v>8190</v>
+        <v>10170</v>
       </c>
       <c r="K51" s="0">
-        <v>8000</v>
+        <v>9930</v>
       </c>
       <c r="L51" s="0">
-        <v>7870</v>
+        <v>9770</v>
       </c>
       <c r="M51" s="0">
-        <v>7750</v>
+        <v>9630</v>
       </c>
       <c r="N51" s="0">
-        <v>7650</v>
+        <v>9490</v>
       </c>
       <c r="O51" s="0">
-        <v>7530</v>
+        <v>9350</v>
       </c>
       <c r="P51" s="0">
-        <v>7420</v>
+        <v>9210</v>
       </c>
       <c r="Q51" s="0">
-        <v>7310</v>
+        <v>9080</v>
       </c>
       <c r="R51" s="0">
-        <v>7310</v>
+        <v>9080</v>
       </c>
     </row>
     <row r="52" spans="1:19">
       <c r="A52" s="6" t="s">
         <v>43</v>
       </c>
       <c r="B52" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C52" s="6">
         <v>2850</v>
       </c>
       <c r="D52" s="6">
         <v>23</v>
       </c>
       <c r="E52" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F52" s="9">
         <v>14600</v>
       </c>
       <c r="G52" s="6">
         <v>14390</v>
       </c>
       <c r="H52" s="6">
@@ -3408,87 +3408,87 @@
       </c>
       <c r="Q54" s="6">
         <v>12920</v>
       </c>
       <c r="R54" s="6">
         <v>12920</v>
       </c>
     </row>
     <row r="55" spans="1:19">
       <c r="A55" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="0">
         <v>2000</v>
       </c>
       <c r="D55" s="0">
         <v>2</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F55" s="8">
-        <v>6990</v>
+        <v>8100</v>
       </c>
       <c r="G55" s="0">
-        <v>6820</v>
+        <v>7900</v>
       </c>
       <c r="H55" s="0">
+        <v>7710</v>
+      </c>
+      <c r="I55" s="0">
+        <v>7520</v>
+      </c>
+      <c r="J55" s="0">
+        <v>7340</v>
+      </c>
+      <c r="K55" s="0">
+        <v>7160</v>
+      </c>
+      <c r="L55" s="0">
+        <v>7050</v>
+      </c>
+      <c r="M55" s="0">
+        <v>6950</v>
+      </c>
+      <c r="N55" s="0">
+        <v>6850</v>
+      </c>
+      <c r="O55" s="0">
+        <v>6750</v>
+      </c>
+      <c r="P55" s="0">
         <v>6650</v>
       </c>
-      <c r="I55" s="0">
-[...22 lines deleted...]
-      </c>
       <c r="Q55" s="0">
-        <v>5650</v>
+        <v>6550</v>
       </c>
       <c r="R55" s="0">
-        <v>5650</v>
+        <v>6550</v>
       </c>
     </row>
     <row r="56" spans="1:19">
       <c r="A56" s="6" t="s">
         <v>47</v>
       </c>
       <c r="B56" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="6">
         <v>2700</v>
       </c>
       <c r="D56" s="6">
         <v>7</v>
       </c>
       <c r="E56" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F56" s="9">
         <v>10030</v>
       </c>
       <c r="G56" s="6">
         <v>9830</v>
       </c>
       <c r="H56" s="6">