--- v1 (2025-12-04)
+++ v2 (2026-03-04)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
-  <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Позвоните нам и наши менеджеры рассчитают стоимость Вашей перевозки!</t>
   </si>
   <si>
     <t>Телефон: +7 (347) 246-20-39</t>
   </si>
   <si>
     <t>Сайт: http://www.railcontinent.ru/</t>
   </si>
   <si>
     <t>Тарифы из города СТЕРЛИТАМАК руб/кг</t>
   </si>
   <si>
     <t>В город</t>
   </si>
   <si>
     <t>Скоростной режим</t>
   </si>
   <si>
     <t>Мин. цена</t>
@@ -220,150 +220,136 @@
   <si>
     <t>25- 29.99</t>
   </si>
   <si>
     <t>30- 39.99</t>
   </si>
   <si>
     <t>40- 69.99</t>
   </si>
   <si>
     <t>70 и более</t>
   </si>
   <si>
     <t>Тарифы в город СТЕРЛИТАМАК руб/кг</t>
   </si>
   <si>
     <t>Из города</t>
   </si>
   <si>
     <t>Тарифы в город СТЕРЛИТАМАК руб/м3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="7"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...8 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
-[...2 lines deleted...]
-    </xf>
+  <cellXfs count="7">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
-[...4 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="3" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lo1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20f39754899fce9b8e0787eb9d3a669.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2095500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Рейл Континент" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -647,106 +633,94 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:S91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A88" sqref="A88"/>
+      <selection activeCell="A88" sqref="A88:R88"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.664481" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14.831264" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="15.665" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14.831" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.5" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.5" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.5" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.5" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.5" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.5" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.5" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.5" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.5" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.5" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.5" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.5" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.5" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.5" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.5" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.5" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.5" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19">
-      <c r="A1" s="0"/>
-[...2 lines deleted...]
-      <c r="D1" s="0"/>
       <c r="R1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:19">
-      <c r="A2" s="0"/>
-[...2 lines deleted...]
-      <c r="D2" s="0"/>
       <c r="R2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:19">
-      <c r="A3" s="0"/>
-[...2 lines deleted...]
-      <c r="D3" s="0"/>
       <c r="R3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:19" customHeight="1" ht="20">
       <c r="A4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
@@ -786,1400 +760,1346 @@
         <v>14</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P5" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R5" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:19">
-      <c r="A6" s="6" t="s">
+      <c r="A6" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="B6" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="6">
+      <c r="C6">
         <v>2850</v>
       </c>
-      <c r="D6" s="6">
+      <c r="D6">
         <v>23</v>
       </c>
-      <c r="E6" s="6" t="s">
-[...26 lines deleted...]
-      <c r="N6" s="6">
+      <c r="E6" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" s="5">
+        <v>60.7</v>
+      </c>
+      <c r="G6">
+        <v>59.9</v>
+      </c>
+      <c r="H6">
+        <v>59.0</v>
+      </c>
+      <c r="I6">
+        <v>58.1</v>
+      </c>
+      <c r="J6">
+        <v>57.2</v>
+      </c>
+      <c r="K6">
+        <v>56.0</v>
+      </c>
+      <c r="L6">
+        <v>55.099999999999994</v>
+      </c>
+      <c r="M6">
+        <v>54.099999999999994</v>
+      </c>
+      <c r="N6">
+        <v>53.4</v>
+      </c>
+      <c r="O6">
         <v>52.8</v>
       </c>
-      <c r="O6" s="6">
+      <c r="P6">
         <v>52.2</v>
       </c>
-      <c r="P6" s="6">
-[...6 lines deleted...]
-        <v>50.7</v>
+      <c r="Q6">
+        <v>51.3</v>
+      </c>
+      <c r="R6">
+        <v>51.3</v>
       </c>
     </row>
     <row r="7" spans="1:19">
-      <c r="A7" s="0" t="s">
+      <c r="A7" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="0">
+      <c r="B7" t="s">
+        <v>26</v>
+      </c>
+      <c r="C7">
         <v>2500</v>
       </c>
-      <c r="D7" s="0">
+      <c r="D7">
         <v>5</v>
       </c>
-      <c r="E7" s="0" t="s">
+      <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="5">
-        <v>50.8</v>
-[...28 lines deleted...]
-      <c r="P7" s="0">
+        <v>51.4</v>
+      </c>
+      <c r="G7">
+        <v>50.2</v>
+      </c>
+      <c r="H7">
+        <v>49.0</v>
+      </c>
+      <c r="I7">
+        <v>47.8</v>
+      </c>
+      <c r="J7">
+        <v>46.59999999999999</v>
+      </c>
+      <c r="K7">
+        <v>45.40000000000001</v>
+      </c>
+      <c r="L7">
+        <v>44.7</v>
+      </c>
+      <c r="M7">
+        <v>44.0</v>
+      </c>
+      <c r="N7">
+        <v>43.3</v>
+      </c>
+      <c r="O7">
+        <v>42.6</v>
+      </c>
+      <c r="P7">
+        <v>41.90000000000001</v>
+      </c>
+      <c r="Q7">
         <v>41.3</v>
       </c>
-      <c r="Q7" s="0">
-[...3 lines deleted...]
-        <v>40.7</v>
+      <c r="R7">
+        <v>41.3</v>
       </c>
     </row>
     <row r="8" spans="1:19">
-      <c r="A8" s="6" t="s">
+      <c r="A8" t="s">
         <v>27</v>
       </c>
-      <c r="B8" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="6">
+      <c r="B8" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8">
         <v>2650</v>
       </c>
-      <c r="D8" s="6">
+      <c r="D8">
         <v>5</v>
       </c>
-      <c r="E8" s="6" t="s">
-[...39 lines deleted...]
-        <v>35.9</v>
+      <c r="E8" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" s="5">
+        <v>46.2</v>
+      </c>
+      <c r="G8">
+        <v>45.1</v>
+      </c>
+      <c r="H8">
+        <v>44.0</v>
+      </c>
+      <c r="I8">
+        <v>42.90000000000001</v>
+      </c>
+      <c r="J8">
+        <v>41.9</v>
+      </c>
+      <c r="K8">
+        <v>40.90000000000001</v>
+      </c>
+      <c r="L8">
+        <v>40.3</v>
+      </c>
+      <c r="M8">
+        <v>39.7</v>
+      </c>
+      <c r="N8">
+        <v>39.1</v>
+      </c>
+      <c r="O8">
+        <v>38.5</v>
+      </c>
+      <c r="P8">
+        <v>37.90000000000001</v>
+      </c>
+      <c r="Q8">
+        <v>37.3</v>
+      </c>
+      <c r="R8">
+        <v>37.3</v>
       </c>
     </row>
     <row r="9" spans="1:19">
-      <c r="A9" s="0" t="s">
+      <c r="A9" t="s">
         <v>28</v>
       </c>
-      <c r="B9" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="0">
+      <c r="B9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9">
         <v>2100</v>
       </c>
-      <c r="D9" s="0">
+      <c r="D9">
         <v>2</v>
       </c>
-      <c r="E9" s="0" t="s">
+      <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="5">
         <v>33.6</v>
       </c>
-      <c r="G9" s="0">
+      <c r="G9">
         <v>32.8</v>
       </c>
-      <c r="H9" s="0">
+      <c r="H9">
+        <v>32.0</v>
+      </c>
+      <c r="I9">
+        <v>31.2</v>
+      </c>
+      <c r="J9">
+        <v>30.4</v>
+      </c>
+      <c r="K9">
+        <v>29.7</v>
+      </c>
+      <c r="L9">
+        <v>29.2</v>
+      </c>
+      <c r="M9">
+        <v>28.7</v>
+      </c>
+      <c r="N9">
+        <v>28.2</v>
+      </c>
+      <c r="O9">
+        <v>27.7</v>
+      </c>
+      <c r="P9">
+        <v>27.3</v>
+      </c>
+      <c r="Q9">
+        <v>26.9</v>
+      </c>
+      <c r="R9">
+        <v>26.9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:19">
+      <c r="A10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10">
+        <v>1900</v>
+      </c>
+      <c r="D10">
+        <v>2</v>
+      </c>
+      <c r="E10" t="s">
+        <v>24</v>
+      </c>
+      <c r="F10" s="5">
+        <v>28.0</v>
+      </c>
+      <c r="G10">
+        <v>27.3</v>
+      </c>
+      <c r="H10">
+        <v>26.7</v>
+      </c>
+      <c r="I10">
+        <v>26.1</v>
+      </c>
+      <c r="J10">
+        <v>25.5</v>
+      </c>
+      <c r="K10">
+        <v>24.9</v>
+      </c>
+      <c r="L10">
+        <v>24.5</v>
+      </c>
+      <c r="M10">
+        <v>24.1</v>
+      </c>
+      <c r="N10">
+        <v>23.7</v>
+      </c>
+      <c r="O10">
+        <v>23.3</v>
+      </c>
+      <c r="P10">
+        <v>22.9</v>
+      </c>
+      <c r="Q10">
+        <v>22.5</v>
+      </c>
+      <c r="R10">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:19">
+      <c r="A11" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11">
+        <v>2600</v>
+      </c>
+      <c r="D11">
+        <v>7</v>
+      </c>
+      <c r="E11" t="s">
+        <v>24</v>
+      </c>
+      <c r="F11" s="5">
+        <v>53.0</v>
+      </c>
+      <c r="G11">
+        <v>51.8</v>
+      </c>
+      <c r="H11">
+        <v>50.6</v>
+      </c>
+      <c r="I11">
+        <v>49.40000000000001</v>
+      </c>
+      <c r="J11">
+        <v>48.2</v>
+      </c>
+      <c r="K11">
+        <v>47.0</v>
+      </c>
+      <c r="L11">
+        <v>46.3</v>
+      </c>
+      <c r="M11">
+        <v>45.59999999999999</v>
+      </c>
+      <c r="N11">
+        <v>44.9</v>
+      </c>
+      <c r="O11">
+        <v>44.2</v>
+      </c>
+      <c r="P11">
+        <v>43.5</v>
+      </c>
+      <c r="Q11">
+        <v>42.8</v>
+      </c>
+      <c r="R11">
+        <v>42.8</v>
+      </c>
+    </row>
+    <row r="12" spans="1:19">
+      <c r="A12" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" t="s">
+        <v>23</v>
+      </c>
+      <c r="C12">
+        <v>6350</v>
+      </c>
+      <c r="D12">
+        <v>39</v>
+      </c>
+      <c r="E12" t="s">
+        <v>24</v>
+      </c>
+      <c r="F12" s="5">
+        <v>72.2</v>
+      </c>
+      <c r="G12">
+        <v>71.3</v>
+      </c>
+      <c r="H12">
+        <v>70.40000000000001</v>
+      </c>
+      <c r="I12">
+        <v>69.5</v>
+      </c>
+      <c r="J12">
+        <v>68.59999999999999</v>
+      </c>
+      <c r="K12">
+        <v>67.7</v>
+      </c>
+      <c r="L12">
+        <v>67.099999999999994</v>
+      </c>
+      <c r="M12">
+        <v>66.5</v>
+      </c>
+      <c r="N12">
+        <v>65.90000000000001</v>
+      </c>
+      <c r="O12">
+        <v>65.30000000000001</v>
+      </c>
+      <c r="P12">
+        <v>64.7</v>
+      </c>
+      <c r="Q12">
+        <v>64.3</v>
+      </c>
+      <c r="R12">
+        <v>64.3</v>
+      </c>
+    </row>
+    <row r="13" spans="1:19">
+      <c r="A13" t="s">
         <v>32</v>
       </c>
-      <c r="I9" s="0">
-[...40 lines deleted...]
-      <c r="D10" s="6">
+      <c r="B13" t="s">
+        <v>26</v>
+      </c>
+      <c r="C13">
+        <v>3000</v>
+      </c>
+      <c r="D13">
+        <v>3</v>
+      </c>
+      <c r="E13" t="s">
+        <v>24</v>
+      </c>
+      <c r="F13" s="5">
+        <v>45.8</v>
+      </c>
+      <c r="G13">
+        <v>44.7</v>
+      </c>
+      <c r="H13">
+        <v>43.6</v>
+      </c>
+      <c r="I13">
+        <v>42.6</v>
+      </c>
+      <c r="J13">
+        <v>41.59999999999999</v>
+      </c>
+      <c r="K13">
+        <v>40.6</v>
+      </c>
+      <c r="L13">
+        <v>40.099999999999994</v>
+      </c>
+      <c r="M13">
+        <v>39.7</v>
+      </c>
+      <c r="N13">
+        <v>39.3</v>
+      </c>
+      <c r="O13">
+        <v>38.9</v>
+      </c>
+      <c r="P13">
+        <v>38.5</v>
+      </c>
+      <c r="Q13">
+        <v>38.099999999999994</v>
+      </c>
+      <c r="R13">
+        <v>38.099999999999994</v>
+      </c>
+    </row>
+    <row r="14" spans="1:19">
+      <c r="A14" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C14">
+        <v>1850</v>
+      </c>
+      <c r="D14">
+        <v>4</v>
+      </c>
+      <c r="E14" t="s">
+        <v>24</v>
+      </c>
+      <c r="F14" s="5">
+        <v>30.7</v>
+      </c>
+      <c r="G14">
+        <v>30</v>
+      </c>
+      <c r="H14">
+        <v>29.3</v>
+      </c>
+      <c r="I14">
+        <v>28.6</v>
+      </c>
+      <c r="J14">
+        <v>27.9</v>
+      </c>
+      <c r="K14">
+        <v>27.2</v>
+      </c>
+      <c r="L14">
+        <v>26.8</v>
+      </c>
+      <c r="M14">
+        <v>26.4</v>
+      </c>
+      <c r="N14">
+        <v>26.0</v>
+      </c>
+      <c r="O14">
+        <v>25.6</v>
+      </c>
+      <c r="P14">
+        <v>25.2</v>
+      </c>
+      <c r="Q14">
+        <v>24.8</v>
+      </c>
+      <c r="R14">
+        <v>24.8</v>
+      </c>
+    </row>
+    <row r="15" spans="1:19">
+      <c r="A15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" t="s">
+        <v>26</v>
+      </c>
+      <c r="C15">
+        <v>2600</v>
+      </c>
+      <c r="D15">
+        <v>6</v>
+      </c>
+      <c r="E15" t="s">
+        <v>24</v>
+      </c>
+      <c r="F15" s="5">
+        <v>44.0</v>
+      </c>
+      <c r="G15">
+        <v>43</v>
+      </c>
+      <c r="H15">
+        <v>42.0</v>
+      </c>
+      <c r="I15">
+        <v>41.0</v>
+      </c>
+      <c r="J15">
+        <v>40.0</v>
+      </c>
+      <c r="K15">
+        <v>39.0</v>
+      </c>
+      <c r="L15">
+        <v>38.4</v>
+      </c>
+      <c r="M15">
+        <v>37.8</v>
+      </c>
+      <c r="N15">
+        <v>37.2</v>
+      </c>
+      <c r="O15">
+        <v>36.6</v>
+      </c>
+      <c r="P15">
+        <v>36.0</v>
+      </c>
+      <c r="Q15">
+        <v>35.3</v>
+      </c>
+      <c r="R15">
+        <v>35.3</v>
+      </c>
+    </row>
+    <row r="16" spans="1:19">
+      <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
+        <v>26</v>
+      </c>
+      <c r="C16">
+        <v>2750</v>
+      </c>
+      <c r="D16">
+        <v>5</v>
+      </c>
+      <c r="E16" t="s">
+        <v>24</v>
+      </c>
+      <c r="F16" s="5">
+        <v>51.6</v>
+      </c>
+      <c r="G16">
+        <v>50.4</v>
+      </c>
+      <c r="H16">
+        <v>49.2</v>
+      </c>
+      <c r="I16">
+        <v>48.0</v>
+      </c>
+      <c r="J16">
+        <v>46.8</v>
+      </c>
+      <c r="K16">
+        <v>45.7</v>
+      </c>
+      <c r="L16">
+        <v>45.0</v>
+      </c>
+      <c r="M16">
+        <v>44.3</v>
+      </c>
+      <c r="N16">
+        <v>43.6</v>
+      </c>
+      <c r="O16">
+        <v>42.9</v>
+      </c>
+      <c r="P16">
+        <v>42.3</v>
+      </c>
+      <c r="Q16">
+        <v>41.7</v>
+      </c>
+      <c r="R16">
+        <v>41.7</v>
+      </c>
+    </row>
+    <row r="17" spans="1:19">
+      <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
+        <v>26</v>
+      </c>
+      <c r="C17">
+        <v>2520</v>
+      </c>
+      <c r="D17">
+        <v>7</v>
+      </c>
+      <c r="E17" t="s">
+        <v>24</v>
+      </c>
+      <c r="F17" s="5">
+        <v>56.2</v>
+      </c>
+      <c r="G17">
+        <v>54.9</v>
+      </c>
+      <c r="H17">
+        <v>53.6</v>
+      </c>
+      <c r="I17">
+        <v>52.3</v>
+      </c>
+      <c r="J17">
+        <v>51.0</v>
+      </c>
+      <c r="K17">
+        <v>49.7</v>
+      </c>
+      <c r="L17">
+        <v>49.0</v>
+      </c>
+      <c r="M17">
+        <v>48.3</v>
+      </c>
+      <c r="N17">
+        <v>47.6</v>
+      </c>
+      <c r="O17">
+        <v>46.90000000000001</v>
+      </c>
+      <c r="P17">
+        <v>46.2</v>
+      </c>
+      <c r="Q17">
+        <v>45.5</v>
+      </c>
+      <c r="R17">
+        <v>45.5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:19">
+      <c r="A18" t="s">
+        <v>37</v>
+      </c>
+      <c r="B18" t="s">
+        <v>26</v>
+      </c>
+      <c r="C18">
+        <v>2300</v>
+      </c>
+      <c r="D18">
+        <v>7</v>
+      </c>
+      <c r="E18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F18" s="5">
+        <v>50.4</v>
+      </c>
+      <c r="G18">
+        <v>49.2</v>
+      </c>
+      <c r="H18">
+        <v>48.0</v>
+      </c>
+      <c r="I18">
+        <v>46.8</v>
+      </c>
+      <c r="J18">
+        <v>45.7</v>
+      </c>
+      <c r="K18">
+        <v>44.6</v>
+      </c>
+      <c r="L18">
+        <v>43.9</v>
+      </c>
+      <c r="M18">
+        <v>43.2</v>
+      </c>
+      <c r="N18">
+        <v>42.6</v>
+      </c>
+      <c r="O18">
+        <v>42.0</v>
+      </c>
+      <c r="P18">
+        <v>41.40000000000001</v>
+      </c>
+      <c r="Q18">
+        <v>40.8</v>
+      </c>
+      <c r="R18">
+        <v>40.8</v>
+      </c>
+    </row>
+    <row r="19" spans="1:19">
+      <c r="A19" t="s">
+        <v>38</v>
+      </c>
+      <c r="B19" t="s">
+        <v>26</v>
+      </c>
+      <c r="C19">
+        <v>2840</v>
+      </c>
+      <c r="D19">
+        <v>5</v>
+      </c>
+      <c r="E19" t="s">
+        <v>24</v>
+      </c>
+      <c r="F19" s="5">
+        <v>49.5</v>
+      </c>
+      <c r="G19">
+        <v>48.3</v>
+      </c>
+      <c r="H19">
+        <v>47.2</v>
+      </c>
+      <c r="I19">
+        <v>46.1</v>
+      </c>
+      <c r="J19">
+        <v>45.0</v>
+      </c>
+      <c r="K19">
+        <v>43.90000000000001</v>
+      </c>
+      <c r="L19">
+        <v>43.3</v>
+      </c>
+      <c r="M19">
+        <v>42.7</v>
+      </c>
+      <c r="N19">
+        <v>42.1</v>
+      </c>
+      <c r="O19">
+        <v>41.5</v>
+      </c>
+      <c r="P19">
+        <v>40.90000000000001</v>
+      </c>
+      <c r="Q19">
+        <v>40.3</v>
+      </c>
+      <c r="R19">
+        <v>40.3</v>
+      </c>
+    </row>
+    <row r="20" spans="1:19">
+      <c r="A20" t="s">
+        <v>39</v>
+      </c>
+      <c r="B20" t="s">
+        <v>26</v>
+      </c>
+      <c r="C20">
+        <v>1850</v>
+      </c>
+      <c r="D20">
         <v>2</v>
       </c>
-      <c r="E10" s="6" t="s">
-[...8 lines deleted...]
-      <c r="H10" s="6">
+      <c r="E20" t="s">
+        <v>24</v>
+      </c>
+      <c r="F20" s="5">
         <v>26.7</v>
       </c>
-      <c r="I10" s="6">
+      <c r="G20">
         <v>26.1</v>
       </c>
-      <c r="J10" s="6">
+      <c r="H20">
         <v>25.5</v>
       </c>
-      <c r="K10" s="6">
+      <c r="I20">
         <v>24.9</v>
       </c>
-      <c r="L10" s="6">
-[...5 lines deleted...]
-      <c r="N10" s="6">
+      <c r="J20">
+        <v>24.3</v>
+      </c>
+      <c r="K20">
         <v>23.7</v>
       </c>
-      <c r="O10" s="6">
+      <c r="L20">
         <v>23.3</v>
       </c>
-      <c r="P10" s="6">
+      <c r="M20">
         <v>22.9</v>
       </c>
-      <c r="Q10" s="6">
+      <c r="N20">
         <v>22.5</v>
       </c>
-      <c r="R10" s="6">
-[...13 lines deleted...]
-      <c r="D11" s="0">
+      <c r="O20">
+        <v>22.1</v>
+      </c>
+      <c r="P20">
+        <v>21.7</v>
+      </c>
+      <c r="Q20">
+        <v>21.3</v>
+      </c>
+      <c r="R20">
+        <v>21.3</v>
+      </c>
+    </row>
+    <row r="21" spans="1:19">
+      <c r="A21" t="s">
+        <v>40</v>
+      </c>
+      <c r="B21" t="s">
+        <v>26</v>
+      </c>
+      <c r="C21">
+        <v>2450</v>
+      </c>
+      <c r="D21">
         <v>7</v>
       </c>
-      <c r="E11" s="0" t="s">
-[...11 lines deleted...]
-      <c r="I11" s="0">
+      <c r="E21" t="s">
+        <v>24</v>
+      </c>
+      <c r="F21" s="5">
+        <v>50.0</v>
+      </c>
+      <c r="G21">
         <v>48.8</v>
       </c>
-      <c r="J11" s="0">
-[...11 lines deleted...]
-      <c r="N11" s="0">
+      <c r="H21">
+        <v>47.6</v>
+      </c>
+      <c r="I21">
+        <v>46.5</v>
+      </c>
+      <c r="J21">
+        <v>45.4</v>
+      </c>
+      <c r="K21">
         <v>44.3</v>
       </c>
-      <c r="O11" s="0">
-[...16 lines deleted...]
-      <c r="B12" s="6" t="s">
+      <c r="L21">
+        <v>43.59999999999999</v>
+      </c>
+      <c r="M21">
+        <v>43.0</v>
+      </c>
+      <c r="N21">
+        <v>42.4</v>
+      </c>
+      <c r="O21">
+        <v>41.8</v>
+      </c>
+      <c r="P21">
+        <v>41.2</v>
+      </c>
+      <c r="Q21">
+        <v>40.59999999999999</v>
+      </c>
+      <c r="R21">
+        <v>40.59999999999999</v>
+      </c>
+    </row>
+    <row r="22" spans="1:19">
+      <c r="A22" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22" t="s">
+        <v>26</v>
+      </c>
+      <c r="C22">
+        <v>2500</v>
+      </c>
+      <c r="D22">
+        <v>10</v>
+      </c>
+      <c r="E22" t="s">
+        <v>24</v>
+      </c>
+      <c r="F22" s="5">
+        <v>55.9</v>
+      </c>
+      <c r="G22">
+        <v>54.6</v>
+      </c>
+      <c r="H22">
+        <v>53.3</v>
+      </c>
+      <c r="I22">
+        <v>52.0</v>
+      </c>
+      <c r="J22">
+        <v>50.7</v>
+      </c>
+      <c r="K22">
+        <v>49.40000000000001</v>
+      </c>
+      <c r="L22">
+        <v>48.7</v>
+      </c>
+      <c r="M22">
+        <v>48.0</v>
+      </c>
+      <c r="N22">
+        <v>47.3</v>
+      </c>
+      <c r="O22">
+        <v>46.6</v>
+      </c>
+      <c r="P22">
+        <v>45.90000000000001</v>
+      </c>
+      <c r="Q22">
+        <v>45.2</v>
+      </c>
+      <c r="R22">
+        <v>45.2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:19">
+      <c r="A23" t="s">
+        <v>42</v>
+      </c>
+      <c r="B23" t="s">
+        <v>26</v>
+      </c>
+      <c r="C23">
+        <v>2800</v>
+      </c>
+      <c r="D23">
+        <v>3</v>
+      </c>
+      <c r="E23" t="s">
+        <v>24</v>
+      </c>
+      <c r="F23" s="5">
+        <v>45.40000000000001</v>
+      </c>
+      <c r="G23">
+        <v>44.3</v>
+      </c>
+      <c r="H23">
+        <v>43.2</v>
+      </c>
+      <c r="I23">
+        <v>42.1</v>
+      </c>
+      <c r="J23">
+        <v>41.0</v>
+      </c>
+      <c r="K23">
+        <v>40.0</v>
+      </c>
+      <c r="L23">
+        <v>39.3</v>
+      </c>
+      <c r="M23">
+        <v>38.7</v>
+      </c>
+      <c r="N23">
+        <v>38.1</v>
+      </c>
+      <c r="O23">
+        <v>37.5</v>
+      </c>
+      <c r="P23">
+        <v>37.0</v>
+      </c>
+      <c r="Q23">
+        <v>36.5</v>
+      </c>
+      <c r="R23">
+        <v>36.5</v>
+      </c>
+    </row>
+    <row r="24" spans="1:19">
+      <c r="A24" t="s">
+        <v>43</v>
+      </c>
+      <c r="B24" t="s">
         <v>23</v>
       </c>
-      <c r="C12" s="6">
-[...359 lines deleted...]
-      <c r="K18" s="6">
+      <c r="C24">
+        <v>2850</v>
+      </c>
+      <c r="D24">
+        <v>23</v>
+      </c>
+      <c r="E24" t="s">
+        <v>24</v>
+      </c>
+      <c r="F24" s="5">
+        <v>60.7</v>
+      </c>
+      <c r="G24">
+        <v>59.9</v>
+      </c>
+      <c r="H24">
+        <v>59.0</v>
+      </c>
+      <c r="I24">
+        <v>58.1</v>
+      </c>
+      <c r="J24">
+        <v>57.2</v>
+      </c>
+      <c r="K24">
+        <v>56.0</v>
+      </c>
+      <c r="L24">
+        <v>55.099999999999994</v>
+      </c>
+      <c r="M24">
+        <v>54.099999999999994</v>
+      </c>
+      <c r="N24">
+        <v>53.4</v>
+      </c>
+      <c r="O24">
+        <v>52.8</v>
+      </c>
+      <c r="P24">
+        <v>52.2</v>
+      </c>
+      <c r="Q24">
+        <v>51.3</v>
+      </c>
+      <c r="R24">
+        <v>51.3</v>
+      </c>
+    </row>
+    <row r="25" spans="1:19">
+      <c r="A25" t="s">
         <v>44</v>
       </c>
-      <c r="L18" s="6">
-[...364 lines deleted...]
-      <c r="C25" s="0">
+      <c r="B25" t="s">
+        <v>26</v>
+      </c>
+      <c r="C25">
         <v>1200</v>
       </c>
-      <c r="D25" s="0">
+      <c r="D25">
         <v>1</v>
       </c>
-      <c r="E25" s="0" t="s">
+      <c r="E25" t="s">
         <v>24</v>
       </c>
       <c r="F25" s="5">
         <v>13.3</v>
       </c>
-      <c r="G25" s="0">
+      <c r="G25">
         <v>13</v>
       </c>
-      <c r="H25" s="0">
+      <c r="H25">
         <v>12.7</v>
       </c>
-      <c r="I25" s="0">
+      <c r="I25">
         <v>12.4</v>
       </c>
-      <c r="J25" s="0">
+      <c r="J25">
         <v>12.1</v>
       </c>
-      <c r="K25" s="0">
+      <c r="K25">
         <v>11.8</v>
       </c>
-      <c r="L25" s="0">
+      <c r="L25">
         <v>11.6</v>
       </c>
-      <c r="M25" s="0">
+      <c r="M25">
         <v>11.4</v>
       </c>
-      <c r="N25" s="0">
+      <c r="N25">
         <v>11.2</v>
       </c>
-      <c r="O25" s="0">
+      <c r="O25">
         <v>11</v>
       </c>
-      <c r="P25" s="0">
+      <c r="P25">
         <v>10.8</v>
       </c>
-      <c r="Q25" s="0">
+      <c r="Q25">
         <v>10.6</v>
       </c>
-      <c r="R25" s="0">
+      <c r="R25">
         <v>10.6</v>
       </c>
     </row>
     <row r="26" spans="1:19">
-      <c r="A26" s="6" t="s">
+      <c r="A26" t="s">
         <v>45</v>
       </c>
-      <c r="B26" s="6" t="s">
+      <c r="B26" t="s">
         <v>23</v>
       </c>
-      <c r="C26" s="6">
+      <c r="C26">
         <v>3650</v>
       </c>
-      <c r="D26" s="6">
+      <c r="D26">
         <v>19</v>
       </c>
-      <c r="E26" s="6" t="s">
-[...39 lines deleted...]
-        <v>51.59999999999999</v>
+      <c r="E26" t="s">
+        <v>24</v>
+      </c>
+      <c r="F26" s="5">
+        <v>64.40000000000001</v>
+      </c>
+      <c r="G26">
+        <v>62.9</v>
+      </c>
+      <c r="H26">
+        <v>61.40000000000001</v>
+      </c>
+      <c r="I26">
+        <v>60.0</v>
+      </c>
+      <c r="J26">
+        <v>58.5</v>
+      </c>
+      <c r="K26">
+        <v>57.1</v>
+      </c>
+      <c r="L26">
+        <v>56.3</v>
+      </c>
+      <c r="M26">
+        <v>55.5</v>
+      </c>
+      <c r="N26">
+        <v>54.6</v>
+      </c>
+      <c r="O26">
+        <v>53.8</v>
+      </c>
+      <c r="P26">
+        <v>53.0</v>
+      </c>
+      <c r="Q26">
+        <v>52.2</v>
+      </c>
+      <c r="R26">
+        <v>52.2</v>
       </c>
     </row>
     <row r="27" spans="1:19">
-      <c r="A27" s="0" t="s">
+      <c r="A27" t="s">
         <v>46</v>
       </c>
-      <c r="B27" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="0">
+      <c r="B27" t="s">
+        <v>26</v>
+      </c>
+      <c r="C27">
         <v>2000</v>
       </c>
-      <c r="D27" s="0">
+      <c r="D27">
         <v>2</v>
       </c>
-      <c r="E27" s="0" t="s">
+      <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" s="5">
         <v>32.3</v>
       </c>
-      <c r="G27" s="0">
+      <c r="G27">
         <v>31.5</v>
       </c>
-      <c r="H27" s="0">
+      <c r="H27">
         <v>30.7</v>
       </c>
-      <c r="I27" s="0">
-[...2 lines deleted...]
-      <c r="J27" s="0">
+      <c r="I27">
+        <v>30.0</v>
+      </c>
+      <c r="J27">
         <v>29.3</v>
       </c>
-      <c r="K27" s="0">
+      <c r="K27">
         <v>28.6</v>
       </c>
-      <c r="L27" s="0">
+      <c r="L27">
         <v>28.3</v>
       </c>
-      <c r="M27" s="0">
+      <c r="M27">
         <v>28.1</v>
       </c>
-      <c r="N27" s="0">
+      <c r="N27">
         <v>27.9</v>
       </c>
-      <c r="O27" s="0">
+      <c r="O27">
         <v>27.7</v>
       </c>
-      <c r="P27" s="0">
+      <c r="P27">
         <v>27.5</v>
       </c>
-      <c r="Q27" s="0">
+      <c r="Q27">
         <v>27.3</v>
       </c>
-      <c r="R27" s="0">
+      <c r="R27">
         <v>27.3</v>
       </c>
     </row>
     <row r="28" spans="1:19">
-      <c r="A28" s="6" t="s">
+      <c r="A28" t="s">
         <v>47</v>
       </c>
-      <c r="B28" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D28" s="6">
+      <c r="B28" t="s">
+        <v>26</v>
+      </c>
+      <c r="C28">
+        <v>2600</v>
+      </c>
+      <c r="D28">
         <v>7</v>
       </c>
-      <c r="E28" s="6" t="s">
-[...39 lines deleted...]
-        <v>33.8</v>
+      <c r="E28" t="s">
+        <v>24</v>
+      </c>
+      <c r="F28" s="5">
+        <v>46.4</v>
+      </c>
+      <c r="G28">
+        <v>45.3</v>
+      </c>
+      <c r="H28">
+        <v>44.2</v>
+      </c>
+      <c r="I28">
+        <v>43.1</v>
+      </c>
+      <c r="J28">
+        <v>42.0</v>
+      </c>
+      <c r="K28">
+        <v>41.0</v>
+      </c>
+      <c r="L28">
+        <v>40.4</v>
+      </c>
+      <c r="M28">
+        <v>39.8</v>
+      </c>
+      <c r="N28">
+        <v>39.2</v>
+      </c>
+      <c r="O28">
+        <v>38.6</v>
+      </c>
+      <c r="P28">
+        <v>38.0</v>
+      </c>
+      <c r="Q28">
+        <v>37.3</v>
+      </c>
+      <c r="R28">
+        <v>37.3</v>
       </c>
     </row>
     <row r="29" spans="1:19">
-      <c r="A29" s="0" t="s">
+      <c r="A29" t="s">
         <v>48</v>
       </c>
-      <c r="B29" s="0"/>
-[...35 lines deleted...]
-      <c r="R30" s="0"/>
     </row>
     <row r="31" spans="1:19">
-      <c r="A31" s="0" t="s">
+      <c r="A31" t="s">
         <v>49</v>
       </c>
-      <c r="B31" s="0"/>
-[...15 lines deleted...]
-      <c r="R31" s="0"/>
     </row>
     <row r="32" spans="1:19" customHeight="1" ht="20">
       <c r="A32" s="3" t="s">
         <v>50</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
       <c r="J32" s="2"/>
       <c r="K32" s="2"/>
       <c r="L32" s="2"/>
       <c r="M32" s="2"/>
       <c r="N32" s="2"/>
       <c r="O32" s="2"/>
       <c r="P32" s="2"/>
       <c r="Q32" s="2"/>
       <c r="R32" s="2"/>
     </row>
     <row r="33" spans="1:19" customHeight="1" ht="21">
       <c r="A33" s="4" t="s">
@@ -2216,1400 +2136,1346 @@
         <v>56</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P33" s="4" t="s">
         <v>61</v>
       </c>
       <c r="Q33" s="4" t="s">
         <v>62</v>
       </c>
       <c r="R33" s="4" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="34" spans="1:19">
-      <c r="A34" s="6" t="s">
+      <c r="A34" t="s">
         <v>22</v>
       </c>
-      <c r="B34" s="6" t="s">
+      <c r="B34" t="s">
         <v>23</v>
       </c>
-      <c r="C34" s="6">
+      <c r="C34">
         <v>2850</v>
       </c>
-      <c r="D34" s="6">
+      <c r="D34">
         <v>23</v>
       </c>
-      <c r="E34" s="6" t="s">
-[...20 lines deleted...]
-      <c r="L34" s="6">
+      <c r="E34" t="s">
+        <v>24</v>
+      </c>
+      <c r="F34" s="6">
+        <v>14770</v>
+      </c>
+      <c r="G34">
+        <v>14570</v>
+      </c>
+      <c r="H34">
+        <v>14330</v>
+      </c>
+      <c r="I34">
+        <v>14100</v>
+      </c>
+      <c r="J34">
+        <v>13850</v>
+      </c>
+      <c r="K34">
+        <v>13430</v>
+      </c>
+      <c r="L34">
+        <v>13270</v>
+      </c>
+      <c r="M34">
         <v>13110</v>
       </c>
-      <c r="M34" s="6">
-[...15 lines deleted...]
-        <v>12310</v>
+      <c r="N34">
+        <v>12940</v>
+      </c>
+      <c r="O34">
+        <v>12790</v>
+      </c>
+      <c r="P34">
+        <v>12650</v>
+      </c>
+      <c r="Q34">
+        <v>12450</v>
+      </c>
+      <c r="R34">
+        <v>12450</v>
       </c>
     </row>
     <row r="35" spans="1:19">
-      <c r="A35" s="0" t="s">
+      <c r="A35" t="s">
         <v>25</v>
       </c>
-      <c r="B35" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C35" s="0">
+      <c r="B35" t="s">
+        <v>26</v>
+      </c>
+      <c r="C35">
         <v>2500</v>
       </c>
-      <c r="D35" s="0">
+      <c r="D35">
         <v>5</v>
       </c>
-      <c r="E35" s="0" t="s">
-[...14 lines deleted...]
-      <c r="J35" s="0">
+      <c r="E35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F35" s="6">
+        <v>12770</v>
+      </c>
+      <c r="G35">
+        <v>12470</v>
+      </c>
+      <c r="H35">
+        <v>12160</v>
+      </c>
+      <c r="I35">
+        <v>11860</v>
+      </c>
+      <c r="J35">
+        <v>11570</v>
+      </c>
+      <c r="K35">
+        <v>11290</v>
+      </c>
+      <c r="L35">
+        <v>11120</v>
+      </c>
+      <c r="M35">
+        <v>10960</v>
+      </c>
+      <c r="N35">
+        <v>10790</v>
+      </c>
+      <c r="O35">
+        <v>10640</v>
+      </c>
+      <c r="P35">
+        <v>10480</v>
+      </c>
+      <c r="Q35">
+        <v>10320</v>
+      </c>
+      <c r="R35">
+        <v>10320</v>
+      </c>
+    </row>
+    <row r="36" spans="1:19">
+      <c r="A36" t="s">
+        <v>27</v>
+      </c>
+      <c r="B36" t="s">
+        <v>26</v>
+      </c>
+      <c r="C36">
+        <v>2650</v>
+      </c>
+      <c r="D36">
+        <v>5</v>
+      </c>
+      <c r="E36" t="s">
+        <v>24</v>
+      </c>
+      <c r="F36" s="6">
+        <v>11690</v>
+      </c>
+      <c r="G36">
         <v>11410</v>
       </c>
-      <c r="K35" s="0">
-[...14 lines deleted...]
-      <c r="P35" s="0">
+      <c r="H36">
+        <v>11130</v>
+      </c>
+      <c r="I36">
+        <v>10850</v>
+      </c>
+      <c r="J36">
+        <v>10590</v>
+      </c>
+      <c r="K36">
         <v>10330</v>
       </c>
-      <c r="Q35" s="0">
+      <c r="L36">
         <v>10180</v>
       </c>
-      <c r="R35" s="0">
-[...13 lines deleted...]
-      <c r="D36" s="6">
+      <c r="M36">
+        <v>10030</v>
+      </c>
+      <c r="N36">
+        <v>9880</v>
+      </c>
+      <c r="O36">
+        <v>9740</v>
+      </c>
+      <c r="P36">
+        <v>9600</v>
+      </c>
+      <c r="Q36">
+        <v>9450</v>
+      </c>
+      <c r="R36">
+        <v>9450</v>
+      </c>
+    </row>
+    <row r="37" spans="1:19">
+      <c r="A37" t="s">
+        <v>28</v>
+      </c>
+      <c r="B37" t="s">
+        <v>26</v>
+      </c>
+      <c r="C37">
+        <v>2100</v>
+      </c>
+      <c r="D37">
+        <v>2</v>
+      </c>
+      <c r="E37" t="s">
+        <v>24</v>
+      </c>
+      <c r="F37" s="6">
+        <v>8320</v>
+      </c>
+      <c r="G37">
+        <v>8120</v>
+      </c>
+      <c r="H37">
+        <v>7920</v>
+      </c>
+      <c r="I37">
+        <v>7720</v>
+      </c>
+      <c r="J37">
+        <v>7540</v>
+      </c>
+      <c r="K37">
+        <v>7360</v>
+      </c>
+      <c r="L37">
+        <v>7240</v>
+      </c>
+      <c r="M37">
+        <v>7140</v>
+      </c>
+      <c r="N37">
+        <v>7030</v>
+      </c>
+      <c r="O37">
+        <v>6930</v>
+      </c>
+      <c r="P37">
+        <v>6830</v>
+      </c>
+      <c r="Q37">
+        <v>6730</v>
+      </c>
+      <c r="R37">
+        <v>6730</v>
+      </c>
+    </row>
+    <row r="38" spans="1:19">
+      <c r="A38" t="s">
+        <v>29</v>
+      </c>
+      <c r="B38" t="s">
+        <v>26</v>
+      </c>
+      <c r="C38">
+        <v>1900</v>
+      </c>
+      <c r="D38">
+        <v>2</v>
+      </c>
+      <c r="E38" t="s">
+        <v>24</v>
+      </c>
+      <c r="F38" s="6">
+        <v>6950</v>
+      </c>
+      <c r="G38">
+        <v>6790</v>
+      </c>
+      <c r="H38">
+        <v>6620</v>
+      </c>
+      <c r="I38">
+        <v>6450</v>
+      </c>
+      <c r="J38">
+        <v>6300</v>
+      </c>
+      <c r="K38">
+        <v>6150</v>
+      </c>
+      <c r="L38">
+        <v>6050</v>
+      </c>
+      <c r="M38">
+        <v>5960</v>
+      </c>
+      <c r="N38">
+        <v>5880</v>
+      </c>
+      <c r="O38">
+        <v>5790</v>
+      </c>
+      <c r="P38">
+        <v>5710</v>
+      </c>
+      <c r="Q38">
+        <v>5620</v>
+      </c>
+      <c r="R38">
+        <v>5620</v>
+      </c>
+    </row>
+    <row r="39" spans="1:19">
+      <c r="A39" t="s">
+        <v>30</v>
+      </c>
+      <c r="B39" t="s">
+        <v>26</v>
+      </c>
+      <c r="C39">
+        <v>2600</v>
+      </c>
+      <c r="D39">
+        <v>7</v>
+      </c>
+      <c r="E39" t="s">
+        <v>24</v>
+      </c>
+      <c r="F39" s="6">
+        <v>13230</v>
+      </c>
+      <c r="G39">
+        <v>12910</v>
+      </c>
+      <c r="H39">
+        <v>12590</v>
+      </c>
+      <c r="I39">
+        <v>12280</v>
+      </c>
+      <c r="J39">
+        <v>11980</v>
+      </c>
+      <c r="K39">
+        <v>11690</v>
+      </c>
+      <c r="L39">
+        <v>11520</v>
+      </c>
+      <c r="M39">
+        <v>11350</v>
+      </c>
+      <c r="N39">
+        <v>11180</v>
+      </c>
+      <c r="O39">
+        <v>11020</v>
+      </c>
+      <c r="P39">
+        <v>10860</v>
+      </c>
+      <c r="Q39">
+        <v>10690</v>
+      </c>
+      <c r="R39">
+        <v>10690</v>
+      </c>
+    </row>
+    <row r="40" spans="1:19">
+      <c r="A40" t="s">
+        <v>31</v>
+      </c>
+      <c r="B40" t="s">
+        <v>23</v>
+      </c>
+      <c r="C40">
+        <v>6350</v>
+      </c>
+      <c r="D40">
+        <v>39</v>
+      </c>
+      <c r="E40" t="s">
+        <v>24</v>
+      </c>
+      <c r="F40" s="6">
+        <v>19420</v>
+      </c>
+      <c r="G40">
+        <v>19190</v>
+      </c>
+      <c r="H40">
+        <v>18950</v>
+      </c>
+      <c r="I40">
+        <v>18720</v>
+      </c>
+      <c r="J40">
+        <v>18500</v>
+      </c>
+      <c r="K40">
+        <v>18280</v>
+      </c>
+      <c r="L40">
+        <v>18130</v>
+      </c>
+      <c r="M40">
+        <v>17980</v>
+      </c>
+      <c r="N40">
+        <v>17830</v>
+      </c>
+      <c r="O40">
+        <v>17690</v>
+      </c>
+      <c r="P40">
+        <v>17550</v>
+      </c>
+      <c r="Q40">
+        <v>17350</v>
+      </c>
+      <c r="R40">
+        <v>17350</v>
+      </c>
+    </row>
+    <row r="41" spans="1:19">
+      <c r="A41" t="s">
+        <v>32</v>
+      </c>
+      <c r="B41" t="s">
+        <v>26</v>
+      </c>
+      <c r="C41">
+        <v>3000</v>
+      </c>
+      <c r="D41">
+        <v>3</v>
+      </c>
+      <c r="E41" t="s">
+        <v>24</v>
+      </c>
+      <c r="F41" s="6">
+        <v>11450</v>
+      </c>
+      <c r="G41">
+        <v>11170</v>
+      </c>
+      <c r="H41">
+        <v>10900</v>
+      </c>
+      <c r="I41">
+        <v>10630</v>
+      </c>
+      <c r="J41">
+        <v>10370</v>
+      </c>
+      <c r="K41">
+        <v>10120</v>
+      </c>
+      <c r="L41">
+        <v>9970</v>
+      </c>
+      <c r="M41">
+        <v>9820</v>
+      </c>
+      <c r="N41">
+        <v>9680</v>
+      </c>
+      <c r="O41">
+        <v>9540</v>
+      </c>
+      <c r="P41">
+        <v>9400</v>
+      </c>
+      <c r="Q41">
+        <v>9260</v>
+      </c>
+      <c r="R41">
+        <v>9260</v>
+      </c>
+    </row>
+    <row r="42" spans="1:19">
+      <c r="A42" t="s">
+        <v>33</v>
+      </c>
+      <c r="B42" t="s">
+        <v>26</v>
+      </c>
+      <c r="C42">
+        <v>1850</v>
+      </c>
+      <c r="D42">
+        <v>4</v>
+      </c>
+      <c r="E42" t="s">
+        <v>24</v>
+      </c>
+      <c r="F42" s="6">
+        <v>7670</v>
+      </c>
+      <c r="G42">
+        <v>7490</v>
+      </c>
+      <c r="H42">
+        <v>7300</v>
+      </c>
+      <c r="I42">
+        <v>7120</v>
+      </c>
+      <c r="J42">
+        <v>6950</v>
+      </c>
+      <c r="K42">
+        <v>6780</v>
+      </c>
+      <c r="L42">
+        <v>6680</v>
+      </c>
+      <c r="M42">
+        <v>6580</v>
+      </c>
+      <c r="N42">
+        <v>6480</v>
+      </c>
+      <c r="O42">
+        <v>6390</v>
+      </c>
+      <c r="P42">
+        <v>6300</v>
+      </c>
+      <c r="Q42">
+        <v>6200</v>
+      </c>
+      <c r="R42">
+        <v>6200</v>
+      </c>
+    </row>
+    <row r="43" spans="1:19">
+      <c r="A43" t="s">
+        <v>34</v>
+      </c>
+      <c r="B43" t="s">
+        <v>26</v>
+      </c>
+      <c r="C43">
+        <v>2600</v>
+      </c>
+      <c r="D43">
+        <v>6</v>
+      </c>
+      <c r="E43" t="s">
+        <v>24</v>
+      </c>
+      <c r="F43" s="6">
+        <v>11090</v>
+      </c>
+      <c r="G43">
+        <v>10820</v>
+      </c>
+      <c r="H43">
+        <v>10550</v>
+      </c>
+      <c r="I43">
+        <v>10290</v>
+      </c>
+      <c r="J43">
+        <v>10050</v>
+      </c>
+      <c r="K43">
+        <v>9800</v>
+      </c>
+      <c r="L43">
+        <v>9650</v>
+      </c>
+      <c r="M43">
+        <v>9510</v>
+      </c>
+      <c r="N43">
+        <v>9330</v>
+      </c>
+      <c r="O43">
+        <v>9190</v>
+      </c>
+      <c r="P43">
+        <v>9000</v>
+      </c>
+      <c r="Q43">
+        <v>8800</v>
+      </c>
+      <c r="R43">
+        <v>8800</v>
+      </c>
+    </row>
+    <row r="44" spans="1:19">
+      <c r="A44" t="s">
+        <v>35</v>
+      </c>
+      <c r="B44" t="s">
+        <v>26</v>
+      </c>
+      <c r="C44">
+        <v>2750</v>
+      </c>
+      <c r="D44">
         <v>5</v>
       </c>
-      <c r="E36" s="6" t="s">
-[...32 lines deleted...]
-      <c r="P36" s="6">
+      <c r="E44" t="s">
+        <v>24</v>
+      </c>
+      <c r="F44" s="6">
+        <v>12900</v>
+      </c>
+      <c r="G44">
+        <v>12590</v>
+      </c>
+      <c r="H44">
+        <v>12280</v>
+      </c>
+      <c r="I44">
+        <v>11970</v>
+      </c>
+      <c r="J44">
+        <v>11690</v>
+      </c>
+      <c r="K44">
+        <v>11410</v>
+      </c>
+      <c r="L44">
+        <v>11230</v>
+      </c>
+      <c r="M44">
+        <v>11070</v>
+      </c>
+      <c r="N44">
+        <v>10900</v>
+      </c>
+      <c r="O44">
+        <v>10740</v>
+      </c>
+      <c r="P44">
+        <v>10590</v>
+      </c>
+      <c r="Q44">
+        <v>10430</v>
+      </c>
+      <c r="R44">
+        <v>10430</v>
+      </c>
+    </row>
+    <row r="45" spans="1:19">
+      <c r="A45" t="s">
+        <v>36</v>
+      </c>
+      <c r="B45" t="s">
+        <v>26</v>
+      </c>
+      <c r="C45">
+        <v>2520</v>
+      </c>
+      <c r="D45">
+        <v>7</v>
+      </c>
+      <c r="E45" t="s">
+        <v>24</v>
+      </c>
+      <c r="F45" s="6">
+        <v>14090</v>
+      </c>
+      <c r="G45">
+        <v>13750</v>
+      </c>
+      <c r="H45">
+        <v>13410</v>
+      </c>
+      <c r="I45">
+        <v>13080</v>
+      </c>
+      <c r="J45">
+        <v>12760</v>
+      </c>
+      <c r="K45">
+        <v>12450</v>
+      </c>
+      <c r="L45">
+        <v>12270</v>
+      </c>
+      <c r="M45">
+        <v>12090</v>
+      </c>
+      <c r="N45">
+        <v>11900</v>
+      </c>
+      <c r="O45">
+        <v>11730</v>
+      </c>
+      <c r="P45">
+        <v>11570</v>
+      </c>
+      <c r="Q45">
+        <v>11390</v>
+      </c>
+      <c r="R45">
+        <v>11390</v>
+      </c>
+    </row>
+    <row r="46" spans="1:19">
+      <c r="A46" t="s">
+        <v>37</v>
+      </c>
+      <c r="B46" t="s">
+        <v>26</v>
+      </c>
+      <c r="C46">
+        <v>2300</v>
+      </c>
+      <c r="D46">
+        <v>7</v>
+      </c>
+      <c r="E46" t="s">
+        <v>24</v>
+      </c>
+      <c r="F46" s="6">
+        <v>12630</v>
+      </c>
+      <c r="G46">
+        <v>12330</v>
+      </c>
+      <c r="H46">
+        <v>12020</v>
+      </c>
+      <c r="I46">
+        <v>11730</v>
+      </c>
+      <c r="J46">
+        <v>11440</v>
+      </c>
+      <c r="K46">
+        <v>11160</v>
+      </c>
+      <c r="L46">
+        <v>11000</v>
+      </c>
+      <c r="M46">
+        <v>10830</v>
+      </c>
+      <c r="N46">
+        <v>10670</v>
+      </c>
+      <c r="O46">
+        <v>10520</v>
+      </c>
+      <c r="P46">
+        <v>10370</v>
+      </c>
+      <c r="Q46">
+        <v>10210</v>
+      </c>
+      <c r="R46">
+        <v>10210</v>
+      </c>
+    </row>
+    <row r="47" spans="1:19">
+      <c r="A47" t="s">
+        <v>38</v>
+      </c>
+      <c r="B47" t="s">
+        <v>26</v>
+      </c>
+      <c r="C47">
+        <v>2840</v>
+      </c>
+      <c r="D47">
+        <v>5</v>
+      </c>
+      <c r="E47" t="s">
+        <v>24</v>
+      </c>
+      <c r="F47" s="6">
+        <v>12470</v>
+      </c>
+      <c r="G47">
+        <v>12170</v>
+      </c>
+      <c r="H47">
+        <v>11870</v>
+      </c>
+      <c r="I47">
+        <v>11580</v>
+      </c>
+      <c r="J47">
+        <v>11300</v>
+      </c>
+      <c r="K47">
+        <v>11020</v>
+      </c>
+      <c r="L47">
+        <v>10860</v>
+      </c>
+      <c r="M47">
+        <v>10700</v>
+      </c>
+      <c r="N47">
+        <v>10540</v>
+      </c>
+      <c r="O47">
+        <v>10390</v>
+      </c>
+      <c r="P47">
+        <v>10240</v>
+      </c>
+      <c r="Q47">
+        <v>10080</v>
+      </c>
+      <c r="R47">
+        <v>10080</v>
+      </c>
+    </row>
+    <row r="48" spans="1:19">
+      <c r="A48" t="s">
+        <v>39</v>
+      </c>
+      <c r="B48" t="s">
+        <v>26</v>
+      </c>
+      <c r="C48">
+        <v>1850</v>
+      </c>
+      <c r="D48">
+        <v>2</v>
+      </c>
+      <c r="E48" t="s">
+        <v>24</v>
+      </c>
+      <c r="F48" s="6">
+        <v>6600</v>
+      </c>
+      <c r="G48">
+        <v>6440</v>
+      </c>
+      <c r="H48">
+        <v>6280</v>
+      </c>
+      <c r="I48">
+        <v>6120</v>
+      </c>
+      <c r="J48">
+        <v>5980</v>
+      </c>
+      <c r="K48">
+        <v>5840</v>
+      </c>
+      <c r="L48">
+        <v>5740</v>
+      </c>
+      <c r="M48">
+        <v>5660</v>
+      </c>
+      <c r="N48">
+        <v>5580</v>
+      </c>
+      <c r="O48">
+        <v>5500</v>
+      </c>
+      <c r="P48">
+        <v>5420</v>
+      </c>
+      <c r="Q48">
+        <v>5340</v>
+      </c>
+      <c r="R48">
+        <v>5340</v>
+      </c>
+    </row>
+    <row r="49" spans="1:19">
+      <c r="A49" t="s">
+        <v>40</v>
+      </c>
+      <c r="B49" t="s">
+        <v>26</v>
+      </c>
+      <c r="C49">
+        <v>2450</v>
+      </c>
+      <c r="D49">
+        <v>7</v>
+      </c>
+      <c r="E49" t="s">
+        <v>24</v>
+      </c>
+      <c r="F49" s="6">
+        <v>12540</v>
+      </c>
+      <c r="G49">
+        <v>12250</v>
+      </c>
+      <c r="H49">
+        <v>11940</v>
+      </c>
+      <c r="I49">
+        <v>11650</v>
+      </c>
+      <c r="J49">
+        <v>11370</v>
+      </c>
+      <c r="K49">
+        <v>11090</v>
+      </c>
+      <c r="L49">
+        <v>10920</v>
+      </c>
+      <c r="M49">
+        <v>10760</v>
+      </c>
+      <c r="N49">
+        <v>10600</v>
+      </c>
+      <c r="O49">
+        <v>10450</v>
+      </c>
+      <c r="P49">
+        <v>10300</v>
+      </c>
+      <c r="Q49">
+        <v>10140</v>
+      </c>
+      <c r="R49">
+        <v>10140</v>
+      </c>
+    </row>
+    <row r="50" spans="1:19">
+      <c r="A50" t="s">
+        <v>41</v>
+      </c>
+      <c r="B50" t="s">
+        <v>26</v>
+      </c>
+      <c r="C50">
+        <v>2500</v>
+      </c>
+      <c r="D50">
+        <v>10</v>
+      </c>
+      <c r="E50" t="s">
+        <v>24</v>
+      </c>
+      <c r="F50" s="6">
+        <v>13993</v>
+      </c>
+      <c r="G50">
+        <v>13659</v>
+      </c>
+      <c r="H50">
+        <v>13319</v>
+      </c>
+      <c r="I50">
+        <v>12992</v>
+      </c>
+      <c r="J50">
+        <v>12679</v>
+      </c>
+      <c r="K50">
+        <v>12369</v>
+      </c>
+      <c r="L50">
+        <v>12186</v>
+      </c>
+      <c r="M50">
+        <v>12005</v>
+      </c>
+      <c r="N50">
+        <v>11825</v>
+      </c>
+      <c r="O50">
+        <v>11656</v>
+      </c>
+      <c r="P50">
+        <v>11488</v>
+      </c>
+      <c r="Q50">
+        <v>11311</v>
+      </c>
+      <c r="R50">
+        <v>11311</v>
+      </c>
+    </row>
+    <row r="51" spans="1:19">
+      <c r="A51" t="s">
+        <v>42</v>
+      </c>
+      <c r="B51" t="s">
+        <v>26</v>
+      </c>
+      <c r="C51">
+        <v>2800</v>
+      </c>
+      <c r="D51">
+        <v>3</v>
+      </c>
+      <c r="E51" t="s">
+        <v>24</v>
+      </c>
+      <c r="F51" s="6">
+        <v>11280</v>
+      </c>
+      <c r="G51">
+        <v>11010</v>
+      </c>
+      <c r="H51">
+        <v>10740</v>
+      </c>
+      <c r="I51">
+        <v>10470</v>
+      </c>
+      <c r="J51">
+        <v>10220</v>
+      </c>
+      <c r="K51">
+        <v>9980</v>
+      </c>
+      <c r="L51">
+        <v>9820</v>
+      </c>
+      <c r="M51">
+        <v>9680</v>
+      </c>
+      <c r="N51">
+        <v>9530</v>
+      </c>
+      <c r="O51">
+        <v>9390</v>
+      </c>
+      <c r="P51">
+        <v>9260</v>
+      </c>
+      <c r="Q51">
+        <v>9120</v>
+      </c>
+      <c r="R51">
+        <v>9120</v>
+      </c>
+    </row>
+    <row r="52" spans="1:19">
+      <c r="A52" t="s">
+        <v>43</v>
+      </c>
+      <c r="B52" t="s">
+        <v>23</v>
+      </c>
+      <c r="C52">
+        <v>2850</v>
+      </c>
+      <c r="D52">
+        <v>23</v>
+      </c>
+      <c r="E52" t="s">
+        <v>24</v>
+      </c>
+      <c r="F52" s="6">
+        <v>14770</v>
+      </c>
+      <c r="G52">
+        <v>14570</v>
+      </c>
+      <c r="H52">
+        <v>14330</v>
+      </c>
+      <c r="I52">
+        <v>14100</v>
+      </c>
+      <c r="J52">
+        <v>13850</v>
+      </c>
+      <c r="K52">
+        <v>13430</v>
+      </c>
+      <c r="L52">
+        <v>13270</v>
+      </c>
+      <c r="M52">
+        <v>13110</v>
+      </c>
+      <c r="N52">
+        <v>12940</v>
+      </c>
+      <c r="O52">
+        <v>12790</v>
+      </c>
+      <c r="P52">
+        <v>12650</v>
+      </c>
+      <c r="Q52">
+        <v>12450</v>
+      </c>
+      <c r="R52">
+        <v>12450</v>
+      </c>
+    </row>
+    <row r="53" spans="1:19">
+      <c r="A53" t="s">
+        <v>44</v>
+      </c>
+      <c r="B53" t="s">
+        <v>26</v>
+      </c>
+      <c r="C53">
+        <v>1200</v>
+      </c>
+      <c r="D53">
+        <v>1</v>
+      </c>
+      <c r="E53" t="s">
+        <v>24</v>
+      </c>
+      <c r="F53" s="6">
+        <v>3290</v>
+      </c>
+      <c r="G53">
+        <v>3210</v>
+      </c>
+      <c r="H53">
+        <v>3130</v>
+      </c>
+      <c r="I53">
+        <v>3050</v>
+      </c>
+      <c r="J53">
+        <v>2980</v>
+      </c>
+      <c r="K53">
+        <v>2910</v>
+      </c>
+      <c r="L53">
+        <v>2860</v>
+      </c>
+      <c r="M53">
+        <v>2820</v>
+      </c>
+      <c r="N53">
+        <v>2780</v>
+      </c>
+      <c r="O53">
+        <v>2740</v>
+      </c>
+      <c r="P53">
+        <v>2700</v>
+      </c>
+      <c r="Q53">
+        <v>2660</v>
+      </c>
+      <c r="R53">
+        <v>2660</v>
+      </c>
+    </row>
+    <row r="54" spans="1:19">
+      <c r="A54" t="s">
+        <v>45</v>
+      </c>
+      <c r="B54" t="s">
+        <v>23</v>
+      </c>
+      <c r="C54">
+        <v>3650</v>
+      </c>
+      <c r="D54">
+        <v>19</v>
+      </c>
+      <c r="E54" t="s">
+        <v>24</v>
+      </c>
+      <c r="F54" s="6">
+        <v>16100</v>
+      </c>
+      <c r="G54">
+        <v>15720</v>
+      </c>
+      <c r="H54">
+        <v>15330</v>
+      </c>
+      <c r="I54">
+        <v>14960</v>
+      </c>
+      <c r="J54">
+        <v>14610</v>
+      </c>
+      <c r="K54">
+        <v>14260</v>
+      </c>
+      <c r="L54">
+        <v>14050</v>
+      </c>
+      <c r="M54">
+        <v>13850</v>
+      </c>
+      <c r="N54">
+        <v>13640</v>
+      </c>
+      <c r="O54">
+        <v>13450</v>
+      </c>
+      <c r="P54">
+        <v>13260</v>
+      </c>
+      <c r="Q54">
+        <v>13060</v>
+      </c>
+      <c r="R54">
+        <v>13060</v>
+      </c>
+    </row>
+    <row r="55" spans="1:19">
+      <c r="A55" t="s">
+        <v>46</v>
+      </c>
+      <c r="B55" t="s">
+        <v>26</v>
+      </c>
+      <c r="C55">
+        <v>2000</v>
+      </c>
+      <c r="D55">
+        <v>2</v>
+      </c>
+      <c r="E55" t="s">
+        <v>24</v>
+      </c>
+      <c r="F55" s="6">
+        <v>8100</v>
+      </c>
+      <c r="G55">
+        <v>7900</v>
+      </c>
+      <c r="H55">
+        <v>7710</v>
+      </c>
+      <c r="I55">
+        <v>7520</v>
+      </c>
+      <c r="J55">
+        <v>7340</v>
+      </c>
+      <c r="K55">
+        <v>7160</v>
+      </c>
+      <c r="L55">
+        <v>7050</v>
+      </c>
+      <c r="M55">
+        <v>6950</v>
+      </c>
+      <c r="N55">
+        <v>6850</v>
+      </c>
+      <c r="O55">
+        <v>6750</v>
+      </c>
+      <c r="P55">
+        <v>6650</v>
+      </c>
+      <c r="Q55">
+        <v>6550</v>
+      </c>
+      <c r="R55">
+        <v>6550</v>
+      </c>
+    </row>
+    <row r="56" spans="1:19">
+      <c r="A56" t="s">
+        <v>47</v>
+      </c>
+      <c r="B56" t="s">
+        <v>26</v>
+      </c>
+      <c r="C56">
+        <v>2600</v>
+      </c>
+      <c r="D56">
+        <v>7</v>
+      </c>
+      <c r="E56" t="s">
+        <v>24</v>
+      </c>
+      <c r="F56" s="6">
+        <v>11870</v>
+      </c>
+      <c r="G56">
+        <v>11390</v>
+      </c>
+      <c r="H56">
+        <v>11000</v>
+      </c>
+      <c r="I56">
+        <v>10620</v>
+      </c>
+      <c r="J56">
+        <v>10350</v>
+      </c>
+      <c r="K56">
+        <v>9980</v>
+      </c>
+      <c r="L56">
+        <v>9780</v>
+      </c>
+      <c r="M56">
+        <v>9580</v>
+      </c>
+      <c r="N56">
+        <v>9430</v>
+      </c>
+      <c r="O56">
         <v>9290</v>
       </c>
-      <c r="Q36" s="6">
+      <c r="P56">
         <v>9150</v>
       </c>
-      <c r="R36" s="6">
-[...1120 lines deleted...]
-        <v>8140</v>
+      <c r="Q56">
+        <v>9000</v>
+      </c>
+      <c r="R56">
+        <v>9000</v>
       </c>
     </row>
     <row r="57" spans="1:19">
-      <c r="A57" s="0" t="s">
+      <c r="A57" t="s">
         <v>48</v>
       </c>
-      <c r="B57" s="0"/>
-[...35 lines deleted...]
-      <c r="R58" s="0"/>
     </row>
     <row r="59" spans="1:19">
-      <c r="A59" s="0" t="s">
+      <c r="A59" t="s">
         <v>49</v>
       </c>
-      <c r="B59" s="0"/>
-[...15 lines deleted...]
-      <c r="R59" s="0"/>
     </row>
     <row r="60" spans="1:19" customHeight="1" ht="20">
       <c r="A60" s="3" t="s">
         <v>64</v>
       </c>
       <c r="B60" s="2"/>
       <c r="C60" s="2"/>
       <c r="D60" s="2"/>
       <c r="E60" s="2"/>
       <c r="F60" s="2"/>
       <c r="G60" s="2"/>
       <c r="H60" s="2"/>
       <c r="I60" s="2"/>
       <c r="J60" s="2"/>
       <c r="K60" s="2"/>
       <c r="L60" s="2"/>
       <c r="M60" s="2"/>
       <c r="N60" s="2"/>
       <c r="O60" s="2"/>
       <c r="P60" s="2"/>
       <c r="Q60" s="2"/>
       <c r="R60" s="2"/>
     </row>
     <row r="61" spans="1:19" customHeight="1" ht="21">
       <c r="A61" s="4" t="s">
@@ -3646,728 +3512,674 @@
         <v>14</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N61" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O61" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P61" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q61" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R61" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="62" spans="1:19">
-      <c r="A62" s="6" t="s">
+      <c r="A62" t="s">
         <v>28</v>
       </c>
-      <c r="B62" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C62" s="6">
+      <c r="B62" t="s">
+        <v>26</v>
+      </c>
+      <c r="C62">
         <v>1750</v>
       </c>
-      <c r="D62" s="6">
+      <c r="D62">
         <v>3</v>
       </c>
-      <c r="E62" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F62" s="7">
+      <c r="E62" t="s">
+        <v>24</v>
+      </c>
+      <c r="F62" s="5">
+        <v>28.9</v>
+      </c>
+      <c r="G62">
+        <v>28.2</v>
+      </c>
+      <c r="H62">
+        <v>27.5</v>
+      </c>
+      <c r="I62">
+        <v>26.8</v>
+      </c>
+      <c r="J62">
+        <v>26.2</v>
+      </c>
+      <c r="K62">
+        <v>25.6</v>
+      </c>
+      <c r="L62">
+        <v>25.2</v>
+      </c>
+      <c r="M62">
+        <v>24.8</v>
+      </c>
+      <c r="N62">
+        <v>24.4</v>
+      </c>
+      <c r="O62">
+        <v>24.0</v>
+      </c>
+      <c r="P62">
+        <v>23.6</v>
+      </c>
+      <c r="Q62">
+        <v>23.2</v>
+      </c>
+      <c r="R62">
+        <v>23.2</v>
+      </c>
+    </row>
+    <row r="63" spans="1:19">
+      <c r="A63" t="s">
+        <v>29</v>
+      </c>
+      <c r="B63" t="s">
+        <v>26</v>
+      </c>
+      <c r="C63">
+        <v>1950</v>
+      </c>
+      <c r="D63">
+        <v>3</v>
+      </c>
+      <c r="E63" t="s">
+        <v>24</v>
+      </c>
+      <c r="F63" s="5">
+        <v>31.5</v>
+      </c>
+      <c r="G63">
+        <v>30.8</v>
+      </c>
+      <c r="H63">
+        <v>30.1</v>
+      </c>
+      <c r="I63">
+        <v>29.4</v>
+      </c>
+      <c r="J63">
+        <v>28.7</v>
+      </c>
+      <c r="K63">
+        <v>28</v>
+      </c>
+      <c r="L63">
+        <v>27.6</v>
+      </c>
+      <c r="M63">
+        <v>27.2</v>
+      </c>
+      <c r="N63">
+        <v>26.8</v>
+      </c>
+      <c r="O63">
+        <v>26.4</v>
+      </c>
+      <c r="P63">
+        <v>26</v>
+      </c>
+      <c r="Q63">
+        <v>25.6</v>
+      </c>
+      <c r="R63">
+        <v>25.6</v>
+      </c>
+    </row>
+    <row r="64" spans="1:19">
+      <c r="A64" t="s">
+        <v>33</v>
+      </c>
+      <c r="B64" t="s">
+        <v>26</v>
+      </c>
+      <c r="C64">
+        <v>1900</v>
+      </c>
+      <c r="D64">
+        <v>3</v>
+      </c>
+      <c r="E64" t="s">
+        <v>24</v>
+      </c>
+      <c r="F64" s="5">
+        <v>36.8</v>
+      </c>
+      <c r="G64">
+        <v>35.9</v>
+      </c>
+      <c r="H64">
+        <v>35.0</v>
+      </c>
+      <c r="I64">
+        <v>34.2</v>
+      </c>
+      <c r="J64">
+        <v>33.40000000000001</v>
+      </c>
+      <c r="K64">
+        <v>32.6</v>
+      </c>
+      <c r="L64">
+        <v>32.1</v>
+      </c>
+      <c r="M64">
+        <v>31.6</v>
+      </c>
+      <c r="N64">
+        <v>31.1</v>
+      </c>
+      <c r="O64">
+        <v>30.6</v>
+      </c>
+      <c r="P64">
+        <v>30.1</v>
+      </c>
+      <c r="Q64">
+        <v>29.9</v>
+      </c>
+      <c r="R64">
+        <v>29.9</v>
+      </c>
+    </row>
+    <row r="65" spans="1:19">
+      <c r="A65" t="s">
+        <v>35</v>
+      </c>
+      <c r="B65" t="s">
+        <v>26</v>
+      </c>
+      <c r="C65">
+        <v>2550</v>
+      </c>
+      <c r="D65">
+        <v>6</v>
+      </c>
+      <c r="E65" t="s">
+        <v>24</v>
+      </c>
+      <c r="F65" s="5">
+        <v>42.1</v>
+      </c>
+      <c r="G65">
+        <v>41.099999999999994</v>
+      </c>
+      <c r="H65">
+        <v>40.1</v>
+      </c>
+      <c r="I65">
+        <v>39.1</v>
+      </c>
+      <c r="J65">
+        <v>38.2</v>
+      </c>
+      <c r="K65">
+        <v>37.3</v>
+      </c>
+      <c r="L65">
+        <v>36.7</v>
+      </c>
+      <c r="M65">
+        <v>36.1</v>
+      </c>
+      <c r="N65">
+        <v>35.5</v>
+      </c>
+      <c r="O65">
+        <v>34.90000000000001</v>
+      </c>
+      <c r="P65">
+        <v>34.3</v>
+      </c>
+      <c r="Q65">
+        <v>33.7</v>
+      </c>
+      <c r="R65">
+        <v>33.7</v>
+      </c>
+    </row>
+    <row r="66" spans="1:19">
+      <c r="A66" t="s">
+        <v>36</v>
+      </c>
+      <c r="B66" t="s">
+        <v>26</v>
+      </c>
+      <c r="C66">
+        <v>2600</v>
+      </c>
+      <c r="D66">
+        <v>7</v>
+      </c>
+      <c r="E66" t="s">
+        <v>24</v>
+      </c>
+      <c r="F66" s="5">
+        <v>60.7</v>
+      </c>
+      <c r="G66">
+        <v>59.2</v>
+      </c>
+      <c r="H66">
+        <v>57.7</v>
+      </c>
+      <c r="I66">
+        <v>56.3</v>
+      </c>
+      <c r="J66">
+        <v>55.0</v>
+      </c>
+      <c r="K66">
+        <v>53.7</v>
+      </c>
+      <c r="L66">
+        <v>52.90000000000001</v>
+      </c>
+      <c r="M66">
+        <v>52.1</v>
+      </c>
+      <c r="N66">
+        <v>51.3</v>
+      </c>
+      <c r="O66">
+        <v>50.5</v>
+      </c>
+      <c r="P66">
+        <v>49.7</v>
+      </c>
+      <c r="Q66">
+        <v>49.2</v>
+      </c>
+      <c r="R66">
+        <v>49.2</v>
+      </c>
+    </row>
+    <row r="67" spans="1:19">
+      <c r="A67" t="s">
+        <v>37</v>
+      </c>
+      <c r="B67" t="s">
+        <v>26</v>
+      </c>
+      <c r="C67">
+        <v>2000</v>
+      </c>
+      <c r="D67">
+        <v>9</v>
+      </c>
+      <c r="E67" t="s">
+        <v>24</v>
+      </c>
+      <c r="F67" s="5">
+        <v>37.6</v>
+      </c>
+      <c r="G67">
+        <v>36.7</v>
+      </c>
+      <c r="H67">
+        <v>35.8</v>
+      </c>
+      <c r="I67">
+        <v>34.9</v>
+      </c>
+      <c r="J67">
+        <v>34.1</v>
+      </c>
+      <c r="K67">
+        <v>33.3</v>
+      </c>
+      <c r="L67">
+        <v>32.8</v>
+      </c>
+      <c r="M67">
+        <v>32.3</v>
+      </c>
+      <c r="N67">
+        <v>31.8</v>
+      </c>
+      <c r="O67">
+        <v>31.3</v>
+      </c>
+      <c r="P67">
+        <v>30.8</v>
+      </c>
+      <c r="Q67">
+        <v>30.3</v>
+      </c>
+      <c r="R67">
+        <v>30.3</v>
+      </c>
+    </row>
+    <row r="68" spans="1:19">
+      <c r="A68" t="s">
+        <v>39</v>
+      </c>
+      <c r="B68" t="s">
+        <v>26</v>
+      </c>
+      <c r="C68">
+        <v>1900</v>
+      </c>
+      <c r="D68">
+        <v>3</v>
+      </c>
+      <c r="E68" t="s">
+        <v>24</v>
+      </c>
+      <c r="F68" s="5">
+        <v>28.0</v>
+      </c>
+      <c r="G68">
+        <v>27.3</v>
+      </c>
+      <c r="H68">
         <v>26.7</v>
       </c>
-      <c r="G62" s="6">
+      <c r="I68">
         <v>26.1</v>
       </c>
-      <c r="H62" s="6">
+      <c r="J68">
         <v>25.5</v>
       </c>
-      <c r="I62" s="6">
+      <c r="K68">
         <v>24.9</v>
       </c>
-      <c r="J62" s="6">
-[...2 lines deleted...]
-      <c r="K62" s="6">
+      <c r="L68">
+        <v>24.5</v>
+      </c>
+      <c r="M68">
+        <v>24.1</v>
+      </c>
+      <c r="N68">
         <v>23.7</v>
       </c>
-      <c r="L62" s="6">
+      <c r="O68">
         <v>23.3</v>
       </c>
-      <c r="M62" s="6">
+      <c r="P68">
         <v>22.9</v>
       </c>
-      <c r="N62" s="6">
+      <c r="Q68">
         <v>22.5</v>
       </c>
-      <c r="O62" s="6">
-[...22 lines deleted...]
-      <c r="D63" s="0">
+      <c r="R68">
+        <v>22.5</v>
+      </c>
+    </row>
+    <row r="69" spans="1:19">
+      <c r="A69" t="s">
+        <v>42</v>
+      </c>
+      <c r="B69" t="s">
+        <v>26</v>
+      </c>
+      <c r="C69">
+        <v>2750</v>
+      </c>
+      <c r="D69">
+        <v>4</v>
+      </c>
+      <c r="E69" t="s">
+        <v>24</v>
+      </c>
+      <c r="F69" s="5">
+        <v>42.3</v>
+      </c>
+      <c r="G69">
+        <v>41.3</v>
+      </c>
+      <c r="H69">
+        <v>40.3</v>
+      </c>
+      <c r="I69">
+        <v>39.3</v>
+      </c>
+      <c r="J69">
+        <v>38.40000000000001</v>
+      </c>
+      <c r="K69">
+        <v>37.5</v>
+      </c>
+      <c r="L69">
+        <v>36.90000000000001</v>
+      </c>
+      <c r="M69">
+        <v>36.3</v>
+      </c>
+      <c r="N69">
+        <v>35.7</v>
+      </c>
+      <c r="O69">
+        <v>35.099999999999994</v>
+      </c>
+      <c r="P69">
+        <v>34.5</v>
+      </c>
+      <c r="Q69">
+        <v>33.90000000000001</v>
+      </c>
+      <c r="R69">
+        <v>33.90000000000001</v>
+      </c>
+    </row>
+    <row r="70" spans="1:19">
+      <c r="A70" t="s">
+        <v>44</v>
+      </c>
+      <c r="B70" t="s">
+        <v>26</v>
+      </c>
+      <c r="C70">
+        <v>1200</v>
+      </c>
+      <c r="D70">
+        <v>2</v>
+      </c>
+      <c r="E70" t="s">
+        <v>24</v>
+      </c>
+      <c r="F70" s="5">
+        <v>13.5</v>
+      </c>
+      <c r="G70">
+        <v>13.2</v>
+      </c>
+      <c r="H70">
+        <v>12.9</v>
+      </c>
+      <c r="I70">
+        <v>12.6</v>
+      </c>
+      <c r="J70">
+        <v>12.3</v>
+      </c>
+      <c r="K70">
+        <v>12</v>
+      </c>
+      <c r="L70">
+        <v>11.8</v>
+      </c>
+      <c r="M70">
+        <v>11.6</v>
+      </c>
+      <c r="N70">
+        <v>11.4</v>
+      </c>
+      <c r="O70">
+        <v>11.2</v>
+      </c>
+      <c r="P70">
+        <v>11</v>
+      </c>
+      <c r="Q70">
+        <v>10.8</v>
+      </c>
+      <c r="R70">
+        <v>10.8</v>
+      </c>
+    </row>
+    <row r="71" spans="1:19">
+      <c r="A71" t="s">
+        <v>46</v>
+      </c>
+      <c r="B71" t="s">
+        <v>26</v>
+      </c>
+      <c r="C71">
+        <v>2050</v>
+      </c>
+      <c r="D71">
         <v>3</v>
       </c>
-      <c r="E63" s="0" t="s">
-[...17 lines deleted...]
-      <c r="K63" s="0">
+      <c r="E71" t="s">
+        <v>24</v>
+      </c>
+      <c r="F71" s="5">
+        <v>28.0</v>
+      </c>
+      <c r="G71">
         <v>27.3</v>
       </c>
-      <c r="L63" s="0">
-[...5 lines deleted...]
-      <c r="N63" s="0">
+      <c r="H71">
+        <v>26.7</v>
+      </c>
+      <c r="I71">
         <v>26.1</v>
       </c>
-      <c r="O63" s="0">
-[...5 lines deleted...]
-      <c r="Q63" s="0">
+      <c r="J71">
+        <v>25.5</v>
+      </c>
+      <c r="K71">
         <v>24.9</v>
       </c>
-      <c r="R63" s="0">
-[...258 lines deleted...]
-      <c r="K68" s="6">
+      <c r="L71">
         <v>24.5</v>
       </c>
-      <c r="L68" s="6">
+      <c r="M71">
         <v>24.1</v>
       </c>
-      <c r="M68" s="6">
+      <c r="N71">
         <v>23.7</v>
       </c>
-      <c r="N68" s="6">
+      <c r="O71">
         <v>23.3</v>
       </c>
-      <c r="O68" s="6">
+      <c r="P71">
         <v>22.9</v>
       </c>
-      <c r="P68" s="6">
+      <c r="Q71">
         <v>22.5</v>
       </c>
-      <c r="Q68" s="6">
-[...167 lines deleted...]
-      <c r="Q71" s="0">
+      <c r="R71">
         <v>22.5</v>
       </c>
-      <c r="R71" s="0">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="72" spans="1:19">
-      <c r="A72" s="6" t="s">
+      <c r="A72" t="s">
         <v>47</v>
       </c>
-      <c r="B72" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D72" s="6">
+      <c r="B72" t="s">
+        <v>26</v>
+      </c>
+      <c r="C72">
+        <v>2500</v>
+      </c>
+      <c r="D72">
         <v>8</v>
       </c>
-      <c r="E72" s="6" t="s">
-[...39 lines deleted...]
-        <v>35</v>
+      <c r="E72" t="s">
+        <v>24</v>
+      </c>
+      <c r="F72" s="5">
+        <v>49.4</v>
+      </c>
+      <c r="G72">
+        <v>48.2</v>
+      </c>
+      <c r="H72">
+        <v>47.0</v>
+      </c>
+      <c r="I72">
+        <v>45.9</v>
+      </c>
+      <c r="J72">
+        <v>44.8</v>
+      </c>
+      <c r="K72">
+        <v>43.7</v>
+      </c>
+      <c r="L72">
+        <v>43.0</v>
+      </c>
+      <c r="M72">
+        <v>42.3</v>
+      </c>
+      <c r="N72">
+        <v>41.6</v>
+      </c>
+      <c r="O72">
+        <v>40.9</v>
+      </c>
+      <c r="P72">
+        <v>40.2</v>
+      </c>
+      <c r="Q72">
+        <v>39.90000000000001</v>
+      </c>
+      <c r="R72">
+        <v>39.90000000000001</v>
       </c>
     </row>
     <row r="73" spans="1:19">
-      <c r="A73" s="0" t="s">
+      <c r="A73" t="s">
         <v>48</v>
       </c>
-      <c r="B73" s="0"/>
-[...35 lines deleted...]
-      <c r="R74" s="0"/>
     </row>
     <row r="75" spans="1:19">
-      <c r="A75" s="0" t="s">
+      <c r="A75" t="s">
         <v>49</v>
       </c>
-      <c r="B75" s="0"/>
-[...15 lines deleted...]
-      <c r="R75" s="0"/>
     </row>
     <row r="76" spans="1:19" customHeight="1" ht="20">
       <c r="A76" s="3" t="s">
         <v>66</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="2"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
       <c r="I76" s="2"/>
       <c r="J76" s="2"/>
       <c r="K76" s="2"/>
       <c r="L76" s="2"/>
       <c r="M76" s="2"/>
       <c r="N76" s="2"/>
       <c r="O76" s="2"/>
       <c r="P76" s="2"/>
       <c r="Q76" s="2"/>
       <c r="R76" s="2"/>
     </row>
     <row r="77" spans="1:19" customHeight="1" ht="21">
       <c r="A77" s="4" t="s">
@@ -4404,782 +4216,721 @@
         <v>56</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M77" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N77" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O77" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P77" s="4" t="s">
         <v>61</v>
       </c>
       <c r="Q77" s="4" t="s">
         <v>62</v>
       </c>
       <c r="R77" s="4" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="78" spans="1:19">
-      <c r="A78" s="6" t="s">
+      <c r="A78" t="s">
         <v>28</v>
       </c>
-      <c r="B78" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C78" s="6">
+      <c r="B78" t="s">
+        <v>26</v>
+      </c>
+      <c r="C78">
         <v>1750</v>
       </c>
-      <c r="D78" s="6">
+      <c r="D78">
         <v>3</v>
       </c>
-      <c r="E78" s="6" t="s">
-[...5 lines deleted...]
-      <c r="G78" s="6">
+      <c r="E78" t="s">
+        <v>24</v>
+      </c>
+      <c r="F78" s="6">
+        <v>7190</v>
+      </c>
+      <c r="G78">
+        <v>7000</v>
+      </c>
+      <c r="H78">
+        <v>6840</v>
+      </c>
+      <c r="I78">
+        <v>6670</v>
+      </c>
+      <c r="J78">
+        <v>6510</v>
+      </c>
+      <c r="K78">
+        <v>6350</v>
+      </c>
+      <c r="L78">
+        <v>6250</v>
+      </c>
+      <c r="M78">
+        <v>6160</v>
+      </c>
+      <c r="N78">
+        <v>6070</v>
+      </c>
+      <c r="O78">
+        <v>5980</v>
+      </c>
+      <c r="P78">
+        <v>5900</v>
+      </c>
+      <c r="Q78">
+        <v>5810</v>
+      </c>
+      <c r="R78">
+        <v>5810</v>
+      </c>
+    </row>
+    <row r="79" spans="1:19">
+      <c r="A79" t="s">
+        <v>29</v>
+      </c>
+      <c r="B79" t="s">
+        <v>26</v>
+      </c>
+      <c r="C79">
+        <v>1950</v>
+      </c>
+      <c r="D79">
+        <v>3</v>
+      </c>
+      <c r="E79" t="s">
+        <v>24</v>
+      </c>
+      <c r="F79" s="6">
+        <v>7930</v>
+      </c>
+      <c r="G79">
+        <v>7730</v>
+      </c>
+      <c r="H79">
+        <v>7550</v>
+      </c>
+      <c r="I79">
+        <v>7360</v>
+      </c>
+      <c r="J79">
+        <v>7180</v>
+      </c>
+      <c r="K79">
+        <v>7010</v>
+      </c>
+      <c r="L79">
+        <v>6900</v>
+      </c>
+      <c r="M79">
+        <v>6800</v>
+      </c>
+      <c r="N79">
+        <v>6700</v>
+      </c>
+      <c r="O79">
+        <v>6600</v>
+      </c>
+      <c r="P79">
+        <v>6510</v>
+      </c>
+      <c r="Q79">
         <v>6410</v>
       </c>
-      <c r="H78" s="6">
-[...43 lines deleted...]
-      <c r="D79" s="0">
+      <c r="R79">
+        <v>6410</v>
+      </c>
+    </row>
+    <row r="80" spans="1:19">
+      <c r="A80" t="s">
+        <v>33</v>
+      </c>
+      <c r="B80" t="s">
+        <v>26</v>
+      </c>
+      <c r="C80">
+        <v>1900</v>
+      </c>
+      <c r="D80">
         <v>3</v>
       </c>
-      <c r="E79" s="0" t="s">
-[...5 lines deleted...]
-      <c r="G79" s="0">
+      <c r="E80" t="s">
+        <v>24</v>
+      </c>
+      <c r="F80" s="6">
+        <v>9150</v>
+      </c>
+      <c r="G80">
+        <v>8920</v>
+      </c>
+      <c r="H80">
+        <v>8710</v>
+      </c>
+      <c r="I80">
+        <v>8490</v>
+      </c>
+      <c r="J80">
+        <v>8280</v>
+      </c>
+      <c r="K80">
+        <v>8080</v>
+      </c>
+      <c r="L80">
+        <v>7960</v>
+      </c>
+      <c r="M80">
+        <v>7840</v>
+      </c>
+      <c r="N80">
+        <v>7730</v>
+      </c>
+      <c r="O80">
+        <v>7620</v>
+      </c>
+      <c r="P80">
         <v>7500</v>
       </c>
-      <c r="H79" s="0">
-[...5 lines deleted...]
-      <c r="J79" s="0">
+      <c r="Q80">
+        <v>7460</v>
+      </c>
+      <c r="R80">
+        <v>7460</v>
+      </c>
+    </row>
+    <row r="81" spans="1:19">
+      <c r="A81" t="s">
+        <v>35</v>
+      </c>
+      <c r="B81" t="s">
+        <v>26</v>
+      </c>
+      <c r="C81">
+        <v>2550</v>
+      </c>
+      <c r="D81">
+        <v>6</v>
+      </c>
+      <c r="E81" t="s">
+        <v>24</v>
+      </c>
+      <c r="F81" s="6">
+        <v>10740</v>
+      </c>
+      <c r="G81">
+        <v>10260</v>
+      </c>
+      <c r="H81">
+        <v>10020</v>
+      </c>
+      <c r="I81">
+        <v>9770</v>
+      </c>
+      <c r="J81">
+        <v>9540</v>
+      </c>
+      <c r="K81">
+        <v>9300</v>
+      </c>
+      <c r="L81">
+        <v>9160</v>
+      </c>
+      <c r="M81">
+        <v>9030</v>
+      </c>
+      <c r="N81">
+        <v>8890</v>
+      </c>
+      <c r="O81">
+        <v>8760</v>
+      </c>
+      <c r="P81">
+        <v>8640</v>
+      </c>
+      <c r="Q81">
+        <v>8510</v>
+      </c>
+      <c r="R81">
+        <v>8510</v>
+      </c>
+    </row>
+    <row r="82" spans="1:19">
+      <c r="A82" t="s">
+        <v>36</v>
+      </c>
+      <c r="B82" t="s">
+        <v>26</v>
+      </c>
+      <c r="C82">
+        <v>2600</v>
+      </c>
+      <c r="D82">
+        <v>7</v>
+      </c>
+      <c r="E82" t="s">
+        <v>24</v>
+      </c>
+      <c r="F82" s="6">
+        <v>15110</v>
+      </c>
+      <c r="G82">
+        <v>14740</v>
+      </c>
+      <c r="H82">
+        <v>14380</v>
+      </c>
+      <c r="I82">
+        <v>14030</v>
+      </c>
+      <c r="J82">
+        <v>13680</v>
+      </c>
+      <c r="K82">
+        <v>13350</v>
+      </c>
+      <c r="L82">
+        <v>13150</v>
+      </c>
+      <c r="M82">
+        <v>12950</v>
+      </c>
+      <c r="N82">
+        <v>12770</v>
+      </c>
+      <c r="O82">
+        <v>12580</v>
+      </c>
+      <c r="P82">
+        <v>12390</v>
+      </c>
+      <c r="Q82">
+        <v>12280</v>
+      </c>
+      <c r="R82">
+        <v>12280</v>
+      </c>
+    </row>
+    <row r="83" spans="1:19">
+      <c r="A83" t="s">
+        <v>37</v>
+      </c>
+      <c r="B83" t="s">
+        <v>26</v>
+      </c>
+      <c r="C83">
+        <v>2000</v>
+      </c>
+      <c r="D83">
+        <v>9</v>
+      </c>
+      <c r="E83" t="s">
+        <v>24</v>
+      </c>
+      <c r="F83" s="6">
+        <v>9360</v>
+      </c>
+      <c r="G83">
+        <v>9120</v>
+      </c>
+      <c r="H83">
+        <v>8910</v>
+      </c>
+      <c r="I83">
+        <v>8690</v>
+      </c>
+      <c r="J83">
+        <v>8470</v>
+      </c>
+      <c r="K83">
+        <v>8270</v>
+      </c>
+      <c r="L83">
+        <v>8140</v>
+      </c>
+      <c r="M83">
+        <v>8030</v>
+      </c>
+      <c r="N83">
+        <v>7910</v>
+      </c>
+      <c r="O83">
+        <v>7790</v>
+      </c>
+      <c r="P83">
+        <v>7680</v>
+      </c>
+      <c r="Q83">
+        <v>7570</v>
+      </c>
+      <c r="R83">
+        <v>7570</v>
+      </c>
+    </row>
+    <row r="84" spans="1:19">
+      <c r="A84" t="s">
+        <v>39</v>
+      </c>
+      <c r="B84" t="s">
+        <v>26</v>
+      </c>
+      <c r="C84">
+        <v>1900</v>
+      </c>
+      <c r="D84">
+        <v>3</v>
+      </c>
+      <c r="E84" t="s">
+        <v>24</v>
+      </c>
+      <c r="F84" s="6">
+        <v>6960</v>
+      </c>
+      <c r="G84">
+        <v>6780</v>
+      </c>
+      <c r="H84">
+        <v>6630</v>
+      </c>
+      <c r="I84">
+        <v>6460</v>
+      </c>
+      <c r="J84">
+        <v>6300</v>
+      </c>
+      <c r="K84">
+        <v>6150</v>
+      </c>
+      <c r="L84">
+        <v>6050</v>
+      </c>
+      <c r="M84">
+        <v>5970</v>
+      </c>
+      <c r="N84">
+        <v>5880</v>
+      </c>
+      <c r="O84">
+        <v>5800</v>
+      </c>
+      <c r="P84">
+        <v>5710</v>
+      </c>
+      <c r="Q84">
+        <v>5630</v>
+      </c>
+      <c r="R84">
+        <v>5630</v>
+      </c>
+    </row>
+    <row r="85" spans="1:19">
+      <c r="A85" t="s">
+        <v>42</v>
+      </c>
+      <c r="B85" t="s">
+        <v>26</v>
+      </c>
+      <c r="C85">
+        <v>2750</v>
+      </c>
+      <c r="D85">
+        <v>4</v>
+      </c>
+      <c r="E85" t="s">
+        <v>24</v>
+      </c>
+      <c r="F85" s="6">
+        <v>10490</v>
+      </c>
+      <c r="G85">
+        <v>10220</v>
+      </c>
+      <c r="H85">
+        <v>9980</v>
+      </c>
+      <c r="I85">
+        <v>9730</v>
+      </c>
+      <c r="J85">
+        <v>9500</v>
+      </c>
+      <c r="K85">
+        <v>9260</v>
+      </c>
+      <c r="L85">
+        <v>9120</v>
+      </c>
+      <c r="M85">
+        <v>8990</v>
+      </c>
+      <c r="N85">
+        <v>8860</v>
+      </c>
+      <c r="O85">
+        <v>8730</v>
+      </c>
+      <c r="P85">
+        <v>8610</v>
+      </c>
+      <c r="Q85">
+        <v>8480</v>
+      </c>
+      <c r="R85">
+        <v>8480</v>
+      </c>
+    </row>
+    <row r="86" spans="1:19">
+      <c r="A86" t="s">
+        <v>44</v>
+      </c>
+      <c r="B86" t="s">
+        <v>26</v>
+      </c>
+      <c r="C86">
+        <v>1200</v>
+      </c>
+      <c r="D86">
+        <v>2</v>
+      </c>
+      <c r="E86" t="s">
+        <v>24</v>
+      </c>
+      <c r="F86" s="6">
+        <v>3340</v>
+      </c>
+      <c r="G86">
+        <v>3250</v>
+      </c>
+      <c r="H86">
+        <v>3180</v>
+      </c>
+      <c r="I86">
+        <v>3100</v>
+      </c>
+      <c r="J86">
+        <v>3020</v>
+      </c>
+      <c r="K86">
+        <v>2950</v>
+      </c>
+      <c r="L86">
+        <v>2900</v>
+      </c>
+      <c r="M86">
+        <v>2860</v>
+      </c>
+      <c r="N86">
+        <v>2820</v>
+      </c>
+      <c r="O86">
+        <v>2780</v>
+      </c>
+      <c r="P86">
+        <v>2740</v>
+      </c>
+      <c r="Q86">
+        <v>2700</v>
+      </c>
+      <c r="R86">
+        <v>2700</v>
+      </c>
+    </row>
+    <row r="87" spans="1:19">
+      <c r="A87" t="s">
+        <v>46</v>
+      </c>
+      <c r="B87" t="s">
+        <v>26</v>
+      </c>
+      <c r="C87">
+        <v>2050</v>
+      </c>
+      <c r="D87">
+        <v>3</v>
+      </c>
+      <c r="E87" t="s">
+        <v>24</v>
+      </c>
+      <c r="F87" s="6">
         <v>6970</v>
       </c>
-      <c r="K79" s="0">
-[...435 lines deleted...]
-      <c r="G87" s="0">
+      <c r="G87">
         <v>6790</v>
       </c>
-      <c r="H87" s="0">
+      <c r="H87">
         <v>6630</v>
       </c>
-      <c r="I87" s="0">
+      <c r="I87">
         <v>6470</v>
       </c>
-      <c r="J87" s="0">
+      <c r="J87">
         <v>6310</v>
       </c>
-      <c r="K87" s="0">
+      <c r="K87">
         <v>6160</v>
       </c>
-      <c r="L87" s="0">
+      <c r="L87">
         <v>6060</v>
       </c>
-      <c r="M87" s="0">
+      <c r="M87">
         <v>5970</v>
       </c>
-      <c r="N87" s="0">
+      <c r="N87">
         <v>5890</v>
       </c>
-      <c r="O87" s="0">
+      <c r="O87">
         <v>5800</v>
       </c>
-      <c r="P87" s="0">
+      <c r="P87">
         <v>5720</v>
       </c>
-      <c r="Q87" s="0">
+      <c r="Q87">
         <v>5630</v>
       </c>
-      <c r="R87" s="0">
+      <c r="R87">
         <v>5630</v>
       </c>
     </row>
     <row r="88" spans="1:19">
-      <c r="A88" s="6" t="s">
+      <c r="A88" t="s">
         <v>47</v>
       </c>
-      <c r="B88" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D88" s="6">
+      <c r="B88" t="s">
+        <v>26</v>
+      </c>
+      <c r="C88">
+        <v>2500</v>
+      </c>
+      <c r="D88">
         <v>8</v>
       </c>
-      <c r="E88" s="6" t="s">
-[...20 lines deleted...]
-      <c r="L88" s="6">
+      <c r="E88" t="s">
+        <v>24</v>
+      </c>
+      <c r="F88" s="6">
+        <v>12240</v>
+      </c>
+      <c r="G88">
+        <v>11940</v>
+      </c>
+      <c r="H88">
+        <v>11650</v>
+      </c>
+      <c r="I88">
+        <v>11360</v>
+      </c>
+      <c r="J88">
+        <v>11080</v>
+      </c>
+      <c r="K88">
+        <v>10810</v>
+      </c>
+      <c r="L88">
+        <v>10650</v>
+      </c>
+      <c r="M88">
+        <v>10490</v>
+      </c>
+      <c r="N88">
+        <v>10340</v>
+      </c>
+      <c r="O88">
+        <v>10200</v>
+      </c>
+      <c r="P88">
+        <v>10040</v>
+      </c>
+      <c r="Q88">
         <v>9960</v>
       </c>
-      <c r="M88" s="6">
-[...15 lines deleted...]
-        <v>9060</v>
+      <c r="R88">
+        <v>9960</v>
       </c>
     </row>
     <row r="89" spans="1:19">
-      <c r="A89" s="0" t="s">
+      <c r="A89" t="s">
         <v>48</v>
       </c>
-      <c r="B89" s="0"/>
-[...35 lines deleted...]
-      <c r="R90" s="0"/>
     </row>
     <row r="91" spans="1:19">
-      <c r="A91" s="0" t="s">
+      <c r="A91" t="s">
         <v>49</v>
       </c>
-      <c r="B91" s="0"/>
-[...15 lines deleted...]
-      <c r="R91" s="0"/>
     </row>
   </sheetData>
-  <sheetProtection password="BEF2A0" sheet="true" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="true" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="true" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <sheetProtection password="F3DC" sheet="1" insertRows="1" sort="1"/>
   <mergeCells>
     <mergeCell ref="A1:D3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A29:R29"/>
     <mergeCell ref="A30:R30"/>
     <mergeCell ref="A31:R31"/>
     <mergeCell ref="A32:R32"/>
     <mergeCell ref="A57:R57"/>
     <mergeCell ref="A58:R58"/>
     <mergeCell ref="A59:R59"/>
     <mergeCell ref="A60:R60"/>
     <mergeCell ref="A73:R73"/>
     <mergeCell ref="A74:R74"/>
     <mergeCell ref="A75:R75"/>
     <mergeCell ref="A76:R76"/>
     <mergeCell ref="A89:R89"/>
     <mergeCell ref="A90:R90"/>
     <mergeCell ref="A91:R91"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
-  <pageMargins left="0.7" right="0.7" top="0.1968503937007874" bottom="0.1968503937007874" header="0.3" footer="0.3"/>
-[...8 lines deleted...]
-  </headerFooter>
+  <pageMargins left="0.7" right="0.7" top="0.19685039370079" bottom="0.19685039370079" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft Corporation</Company>
+  <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>