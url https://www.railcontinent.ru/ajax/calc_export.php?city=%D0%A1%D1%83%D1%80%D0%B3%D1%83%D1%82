--- v0 (2025-10-16)
+++ v1 (2025-12-04)
@@ -994,87 +994,87 @@
       </c>
       <c r="Q8" s="6">
         <v>36.7</v>
       </c>
       <c r="R8" s="6">
         <v>36.7</v>
       </c>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="0">
         <v>1200</v>
       </c>
       <c r="D9" s="0">
         <v>1</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="5">
-        <v>16.2</v>
+        <v>18.4</v>
       </c>
       <c r="G9" s="0">
-        <v>16</v>
+        <v>18.1</v>
       </c>
       <c r="H9" s="0">
-        <v>15.7</v>
+        <v>17.9</v>
       </c>
       <c r="I9" s="0">
-        <v>15.5</v>
+        <v>17.6</v>
       </c>
       <c r="J9" s="0">
-        <v>15.2</v>
+        <v>17.4</v>
       </c>
       <c r="K9" s="0">
-        <v>15</v>
+        <v>17.1</v>
       </c>
       <c r="L9" s="0">
-        <v>14.7</v>
+        <v>16.9</v>
       </c>
       <c r="M9" s="0">
-        <v>14.5</v>
+        <v>16.6</v>
       </c>
       <c r="N9" s="0">
-        <v>14.2</v>
+        <v>16.4</v>
       </c>
       <c r="O9" s="0">
-        <v>14.1</v>
+        <v>16.3</v>
       </c>
       <c r="P9" s="0">
-        <v>14.1</v>
+        <v>16.3</v>
       </c>
       <c r="Q9" s="0">
-        <v>14.1</v>
+        <v>16.3</v>
       </c>
       <c r="R9" s="0">
-        <v>14.1</v>
+        <v>16.3</v>
       </c>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B10" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="6">
         <v>2350</v>
       </c>
       <c r="D10" s="6">
         <v>9</v>
       </c>
       <c r="E10" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F10" s="7">
         <v>48.5</v>
       </c>
       <c r="G10" s="6">
         <v>48</v>
       </c>
       <c r="H10" s="6">
@@ -1106,87 +1106,87 @@
       </c>
       <c r="Q10" s="6">
         <v>43</v>
       </c>
       <c r="R10" s="6">
         <v>43</v>
       </c>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="0">
         <v>2350</v>
       </c>
       <c r="D11" s="0">
         <v>6</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F11" s="5">
-        <v>47.8</v>
+        <v>50</v>
       </c>
       <c r="G11" s="0">
-        <v>46.90000000000001</v>
+        <v>49</v>
       </c>
       <c r="H11" s="0">
-        <v>45.9</v>
+        <v>48.09999999999999</v>
       </c>
       <c r="I11" s="0">
-        <v>45</v>
+        <v>47.10000000000001</v>
       </c>
       <c r="J11" s="0">
-        <v>44</v>
+        <v>46.2</v>
       </c>
       <c r="K11" s="0">
-        <v>43.1</v>
+        <v>45.2</v>
       </c>
       <c r="L11" s="0">
+        <v>44.6</v>
+      </c>
+      <c r="M11" s="0">
+        <v>43.90000000000001</v>
+      </c>
+      <c r="N11" s="0">
+        <v>43.3</v>
+      </c>
+      <c r="O11" s="0">
+        <v>42.8</v>
+      </c>
+      <c r="P11" s="0">
         <v>42.4</v>
       </c>
-      <c r="M11" s="0">
-[...10 lines deleted...]
-      </c>
       <c r="Q11" s="0">
-        <v>39.8</v>
+        <v>42</v>
       </c>
       <c r="R11" s="0">
-        <v>39.8</v>
+        <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="6" t="s">
         <v>31</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C12" s="6">
         <v>5100</v>
       </c>
       <c r="D12" s="6">
         <v>41</v>
       </c>
       <c r="E12" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F12" s="7">
         <v>67.7</v>
       </c>
       <c r="G12" s="6">
         <v>67.5</v>
       </c>
       <c r="H12" s="6">
@@ -1274,199 +1274,199 @@
       </c>
       <c r="Q13" s="0">
         <v>25</v>
       </c>
       <c r="R13" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="6" t="s">
         <v>33</v>
       </c>
       <c r="B14" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="6">
         <v>1850</v>
       </c>
       <c r="D14" s="6">
         <v>9</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F14" s="7">
-        <v>34.2</v>
+        <v>36.4</v>
       </c>
       <c r="G14" s="6">
-        <v>33.6</v>
+        <v>35.7</v>
       </c>
       <c r="H14" s="6">
-        <v>32.9</v>
+        <v>35.09999999999999</v>
       </c>
       <c r="I14" s="6">
-        <v>32.3</v>
+        <v>34.40000000000001</v>
       </c>
       <c r="J14" s="6">
-        <v>31.6</v>
+        <v>33.8</v>
       </c>
       <c r="K14" s="6">
-        <v>31</v>
+        <v>33.1</v>
       </c>
       <c r="L14" s="6">
-        <v>30.5</v>
+        <v>32.7</v>
       </c>
       <c r="M14" s="6">
-        <v>30.1</v>
+        <v>32.2</v>
       </c>
       <c r="N14" s="6">
-        <v>29.6</v>
+        <v>31.8</v>
       </c>
       <c r="O14" s="6">
-        <v>29.3</v>
+        <v>31.5</v>
       </c>
       <c r="P14" s="6">
-        <v>29.1</v>
+        <v>31.3</v>
       </c>
       <c r="Q14" s="6">
-        <v>28.9</v>
+        <v>31.1</v>
       </c>
       <c r="R14" s="6">
-        <v>28.9</v>
+        <v>31.1</v>
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="0">
         <v>1840</v>
       </c>
       <c r="D15" s="0">
         <v>2</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F15" s="5">
-        <v>32.59999999999999</v>
+        <v>34.8</v>
       </c>
       <c r="G15" s="0">
-        <v>32</v>
+        <v>34.1</v>
       </c>
       <c r="H15" s="0">
-        <v>31.3</v>
+        <v>33.5</v>
       </c>
       <c r="I15" s="0">
-        <v>30.7</v>
+        <v>32.8</v>
       </c>
       <c r="J15" s="0">
-        <v>30</v>
+        <v>32.2</v>
       </c>
       <c r="K15" s="0">
-        <v>29.4</v>
+        <v>31.5</v>
       </c>
       <c r="L15" s="0">
-        <v>28.9</v>
+        <v>31.1</v>
       </c>
       <c r="M15" s="0">
-        <v>28.5</v>
+        <v>30.6</v>
       </c>
       <c r="N15" s="0">
-        <v>28</v>
+        <v>30.2</v>
       </c>
       <c r="O15" s="0">
-        <v>27.7</v>
+        <v>29.9</v>
       </c>
       <c r="P15" s="0">
-        <v>27.5</v>
+        <v>29.7</v>
       </c>
       <c r="Q15" s="0">
-        <v>27.3</v>
+        <v>29.5</v>
       </c>
       <c r="R15" s="0">
-        <v>27.3</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="6" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="6">
         <v>2050</v>
       </c>
       <c r="D16" s="6">
         <v>2</v>
       </c>
       <c r="E16" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F16" s="7">
+        <v>32.3</v>
+      </c>
+      <c r="G16" s="6">
+        <v>31.7</v>
+      </c>
+      <c r="H16" s="6">
+        <v>31.2</v>
+      </c>
+      <c r="I16" s="6">
+        <v>30.6</v>
+      </c>
+      <c r="J16" s="6">
         <v>30.1</v>
       </c>
-      <c r="G16" s="6">
-[...8 lines deleted...]
-      <c r="J16" s="6">
+      <c r="K16" s="6">
+        <v>29.5</v>
+      </c>
+      <c r="L16" s="6">
+        <v>29.1</v>
+      </c>
+      <c r="M16" s="6">
+        <v>28.6</v>
+      </c>
+      <c r="N16" s="6">
+        <v>28.2</v>
+      </c>
+      <c r="O16" s="6">
         <v>27.9</v>
       </c>
-      <c r="K16" s="6">
-[...13 lines deleted...]
-      </c>
       <c r="P16" s="6">
-        <v>25.5</v>
+        <v>27.7</v>
       </c>
       <c r="Q16" s="6">
-        <v>25.3</v>
+        <v>27.5</v>
       </c>
       <c r="R16" s="6">
-        <v>25.3</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="0">
         <v>2270</v>
       </c>
       <c r="D17" s="0">
         <v>9</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F17" s="5">
         <v>51.7</v>
       </c>
       <c r="G17" s="0">
         <v>51.09999999999999</v>
       </c>
       <c r="H17" s="0">
@@ -1890,143 +1890,143 @@
       </c>
       <c r="Q24" s="6">
         <v>41.8</v>
       </c>
       <c r="R24" s="6">
         <v>41.8</v>
       </c>
     </row>
     <row r="25" spans="1:19">
       <c r="A25" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="0">
         <v>2550</v>
       </c>
       <c r="D25" s="0">
         <v>5</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F25" s="5">
-        <v>41.40000000000001</v>
+        <v>43.6</v>
       </c>
       <c r="G25" s="0">
-        <v>40.6</v>
+        <v>42.7</v>
       </c>
       <c r="H25" s="0">
-        <v>39.7</v>
+        <v>41.89999999999999</v>
       </c>
       <c r="I25" s="0">
-        <v>38.9</v>
+        <v>41.00000000000001</v>
       </c>
       <c r="J25" s="0">
-        <v>38</v>
+        <v>40.2</v>
       </c>
       <c r="K25" s="0">
-        <v>37.2</v>
+        <v>39.3</v>
       </c>
       <c r="L25" s="0">
-        <v>36.6</v>
+        <v>38.8</v>
       </c>
       <c r="M25" s="0">
-        <v>36.1</v>
+        <v>38.2</v>
       </c>
       <c r="N25" s="0">
-        <v>35.5</v>
+        <v>37.7</v>
       </c>
       <c r="O25" s="0">
-        <v>35.09999999999999</v>
+        <v>37.3</v>
       </c>
       <c r="P25" s="0">
-        <v>34.8</v>
+        <v>37</v>
       </c>
       <c r="Q25" s="0">
-        <v>34.5</v>
+        <v>36.7</v>
       </c>
       <c r="R25" s="0">
-        <v>34.5</v>
+        <v>36.7</v>
       </c>
     </row>
     <row r="26" spans="1:19">
       <c r="A26" s="6" t="s">
         <v>45</v>
       </c>
       <c r="B26" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="6">
         <v>1880</v>
       </c>
       <c r="D26" s="6">
         <v>2</v>
       </c>
       <c r="E26" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F26" s="7">
+        <v>29.9</v>
+      </c>
+      <c r="G26" s="6">
+        <v>29.3</v>
+      </c>
+      <c r="H26" s="6">
+        <v>28.8</v>
+      </c>
+      <c r="I26" s="6">
+        <v>28.2</v>
+      </c>
+      <c r="J26" s="6">
         <v>27.7</v>
       </c>
-      <c r="G26" s="6">
-[...5 lines deleted...]
-      <c r="I26" s="6">
+      <c r="K26" s="6">
+        <v>27.1</v>
+      </c>
+      <c r="L26" s="6">
+        <v>26.8</v>
+      </c>
+      <c r="M26" s="6">
+        <v>26.4</v>
+      </c>
+      <c r="N26" s="6">
         <v>26.1</v>
       </c>
-      <c r="J26" s="6">
-[...13 lines deleted...]
-      </c>
       <c r="O26" s="6">
-        <v>23.7</v>
+        <v>25.9</v>
       </c>
       <c r="P26" s="6">
-        <v>23.6</v>
+        <v>25.8</v>
       </c>
       <c r="Q26" s="6">
-        <v>23.6</v>
+        <v>25.8</v>
       </c>
       <c r="R26" s="6">
-        <v>23.6</v>
+        <v>25.8</v>
       </c>
     </row>
     <row r="27" spans="1:19">
       <c r="A27" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="0">
         <v>2300</v>
       </c>
       <c r="D27" s="0">
         <v>10</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F27" s="5">
         <v>44.7</v>
       </c>
       <c r="G27" s="0">
         <v>44.2</v>
       </c>
       <c r="H27" s="0">
@@ -2114,87 +2114,87 @@
       </c>
       <c r="Q28" s="6">
         <v>51.5</v>
       </c>
       <c r="R28" s="6">
         <v>51.5</v>
       </c>
     </row>
     <row r="29" spans="1:19">
       <c r="A29" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="0">
         <v>1750</v>
       </c>
       <c r="D29" s="0">
         <v>2</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F29" s="5">
+        <v>31.6</v>
+      </c>
+      <c r="G29" s="0">
+        <v>31</v>
+      </c>
+      <c r="H29" s="0">
+        <v>30.5</v>
+      </c>
+      <c r="I29" s="0">
+        <v>29.9</v>
+      </c>
+      <c r="J29" s="0">
         <v>29.4</v>
       </c>
-      <c r="G29" s="0">
-[...8 lines deleted...]
-      <c r="J29" s="0">
+      <c r="K29" s="0">
+        <v>28.8</v>
+      </c>
+      <c r="L29" s="0">
+        <v>28.4</v>
+      </c>
+      <c r="M29" s="0">
+        <v>27.9</v>
+      </c>
+      <c r="N29" s="0">
+        <v>27.5</v>
+      </c>
+      <c r="O29" s="0">
         <v>27.2</v>
       </c>
-      <c r="K29" s="0">
-[...13 lines deleted...]
-      </c>
       <c r="P29" s="0">
-        <v>24.8</v>
+        <v>27</v>
       </c>
       <c r="Q29" s="0">
-        <v>24.6</v>
+        <v>26.8</v>
       </c>
       <c r="R29" s="0">
-        <v>24.6</v>
+        <v>26.8</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="6" t="s">
         <v>49</v>
       </c>
       <c r="B30" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C30" s="6">
         <v>3400</v>
       </c>
       <c r="D30" s="6">
         <v>21</v>
       </c>
       <c r="E30" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F30" s="7">
         <v>59.90000000000001</v>
       </c>
       <c r="G30" s="6">
         <v>59.09999999999999</v>
       </c>
       <c r="H30" s="6">
@@ -2282,87 +2282,87 @@
       </c>
       <c r="Q31" s="0">
         <v>34.6</v>
       </c>
       <c r="R31" s="0">
         <v>34.6</v>
       </c>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="6" t="s">
         <v>51</v>
       </c>
       <c r="B32" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="6">
         <v>1800</v>
       </c>
       <c r="D32" s="6">
         <v>2</v>
       </c>
       <c r="E32" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F32" s="7">
-        <v>26.3</v>
+        <v>28.5</v>
       </c>
       <c r="G32" s="6">
+        <v>28</v>
+      </c>
+      <c r="H32" s="6">
+        <v>27.6</v>
+      </c>
+      <c r="I32" s="6">
+        <v>27.1</v>
+      </c>
+      <c r="J32" s="6">
+        <v>26.7</v>
+      </c>
+      <c r="K32" s="6">
+        <v>26.2</v>
+      </c>
+      <c r="L32" s="6">
         <v>25.9</v>
       </c>
-      <c r="H32" s="6">
-[...2 lines deleted...]
-      <c r="I32" s="6">
+      <c r="M32" s="6">
+        <v>25.5</v>
+      </c>
+      <c r="N32" s="6">
+        <v>25.2</v>
+      </c>
+      <c r="O32" s="6">
         <v>25</v>
       </c>
-      <c r="J32" s="6">
-[...16 lines deleted...]
-      </c>
       <c r="P32" s="6">
-        <v>22.7</v>
+        <v>24.9</v>
       </c>
       <c r="Q32" s="6">
-        <v>22.6</v>
+        <v>24.8</v>
       </c>
       <c r="R32" s="6">
-        <v>22.6</v>
+        <v>24.8</v>
       </c>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="0">
         <v>2450</v>
       </c>
       <c r="D33" s="0">
         <v>9</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F33" s="5">
         <v>38.9</v>
       </c>
       <c r="G33" s="0">
         <v>38.7</v>
       </c>
       <c r="H33" s="0">
@@ -2704,87 +2704,87 @@
       </c>
       <c r="Q41" s="6">
         <v>8850</v>
       </c>
       <c r="R41" s="6">
         <v>8850</v>
       </c>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="0">
         <v>1200</v>
       </c>
       <c r="D42" s="0">
         <v>1</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F42" s="8">
-        <v>3730</v>
+        <v>4231</v>
       </c>
       <c r="G42" s="0">
-        <v>3680</v>
+        <v>4177</v>
       </c>
       <c r="H42" s="0">
-        <v>3620</v>
+        <v>4117</v>
       </c>
       <c r="I42" s="0">
-        <v>3560</v>
+        <v>4063</v>
       </c>
       <c r="J42" s="0">
-        <v>3500</v>
+        <v>4000</v>
       </c>
       <c r="K42" s="0">
-        <v>3450</v>
+        <v>3946</v>
       </c>
       <c r="L42" s="0">
-        <v>3390</v>
+        <v>3889</v>
       </c>
       <c r="M42" s="0">
-        <v>3340</v>
+        <v>3835</v>
       </c>
       <c r="N42" s="0">
-        <v>3280</v>
+        <v>3780</v>
       </c>
       <c r="O42" s="0">
-        <v>3250</v>
+        <v>3750</v>
       </c>
       <c r="P42" s="0">
-        <v>3250</v>
+        <v>3750</v>
       </c>
       <c r="Q42" s="0">
-        <v>3250</v>
+        <v>3750</v>
       </c>
       <c r="R42" s="0">
-        <v>3250</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="6" t="s">
         <v>29</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="6">
         <v>2350</v>
       </c>
       <c r="D43" s="6">
         <v>9</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F43" s="9">
         <v>11590</v>
       </c>
       <c r="G43" s="6">
         <v>11450</v>
       </c>
       <c r="H43" s="6">
@@ -2816,87 +2816,87 @@
       </c>
       <c r="Q43" s="6">
         <v>10250</v>
       </c>
       <c r="R43" s="6">
         <v>10250</v>
       </c>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="0">
         <v>2350</v>
       </c>
       <c r="D44" s="0">
         <v>6</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F44" s="8">
-        <v>11690</v>
+        <v>12191</v>
       </c>
       <c r="G44" s="0">
-        <v>11450</v>
+        <v>11947</v>
       </c>
       <c r="H44" s="0">
-        <v>11200</v>
+        <v>11697</v>
       </c>
       <c r="I44" s="0">
-        <v>10950</v>
+        <v>11453</v>
       </c>
       <c r="J44" s="0">
-        <v>10710</v>
+        <v>11210</v>
       </c>
       <c r="K44" s="0">
-        <v>10490</v>
+        <v>10986</v>
       </c>
       <c r="L44" s="0">
-        <v>10320</v>
+        <v>10819</v>
       </c>
       <c r="M44" s="0">
-        <v>10170</v>
+        <v>10665</v>
       </c>
       <c r="N44" s="0">
-        <v>10010</v>
+        <v>10510</v>
       </c>
       <c r="O44" s="0">
-        <v>9870</v>
+        <v>10370</v>
       </c>
       <c r="P44" s="0">
-        <v>9780</v>
+        <v>10280</v>
       </c>
       <c r="Q44" s="0">
-        <v>9680</v>
+        <v>10180</v>
       </c>
       <c r="R44" s="0">
-        <v>9680</v>
+        <v>10180</v>
       </c>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="6" t="s">
         <v>31</v>
       </c>
       <c r="B45" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C45" s="6">
         <v>5100</v>
       </c>
       <c r="D45" s="6">
         <v>41</v>
       </c>
       <c r="E45" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F45" s="9">
         <v>17780</v>
       </c>
       <c r="G45" s="6">
         <v>17730</v>
       </c>
       <c r="H45" s="6">
@@ -2984,199 +2984,199 @@
       </c>
       <c r="Q46" s="0">
         <v>5760</v>
       </c>
       <c r="R46" s="0">
         <v>5760</v>
       </c>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="6" t="s">
         <v>33</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="6">
         <v>1850</v>
       </c>
       <c r="D47" s="6">
         <v>9</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F47" s="9">
-        <v>8310</v>
+        <v>8811</v>
       </c>
       <c r="G47" s="6">
+        <v>8647</v>
+      </c>
+      <c r="H47" s="6">
+        <v>8477</v>
+      </c>
+      <c r="I47" s="6">
+        <v>8313</v>
+      </c>
+      <c r="J47" s="6">
         <v>8150</v>
       </c>
-      <c r="H47" s="6">
-[...5 lines deleted...]
-      <c r="J47" s="6">
+      <c r="K47" s="6">
+        <v>7996</v>
+      </c>
+      <c r="L47" s="6">
+        <v>7879</v>
+      </c>
+      <c r="M47" s="6">
+        <v>7765</v>
+      </c>
+      <c r="N47" s="6">
         <v>7650</v>
       </c>
-      <c r="K47" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="O47" s="6">
-        <v>7060</v>
+        <v>7560</v>
       </c>
       <c r="P47" s="6">
-        <v>7010</v>
+        <v>7510</v>
       </c>
       <c r="Q47" s="6">
-        <v>6950</v>
+        <v>7450</v>
       </c>
       <c r="R47" s="6">
-        <v>6950</v>
+        <v>7450</v>
       </c>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="0">
         <v>1840</v>
       </c>
       <c r="D48" s="0">
         <v>2</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F48" s="8">
-        <v>7810</v>
+        <v>8311</v>
       </c>
       <c r="G48" s="0">
-        <v>7660</v>
+        <v>8157</v>
       </c>
       <c r="H48" s="0">
-        <v>7510</v>
+        <v>8007</v>
       </c>
       <c r="I48" s="0">
-        <v>7350</v>
+        <v>7853</v>
       </c>
       <c r="J48" s="0">
-        <v>7200</v>
+        <v>7700</v>
       </c>
       <c r="K48" s="0">
-        <v>7060</v>
+        <v>7556</v>
       </c>
       <c r="L48" s="0">
-        <v>6950</v>
+        <v>7449</v>
       </c>
       <c r="M48" s="0">
-        <v>6840</v>
+        <v>7335</v>
       </c>
       <c r="N48" s="0">
-        <v>6730</v>
+        <v>7230</v>
       </c>
       <c r="O48" s="0">
-        <v>6650</v>
+        <v>7150</v>
       </c>
       <c r="P48" s="0">
-        <v>6600</v>
+        <v>7100</v>
       </c>
       <c r="Q48" s="0">
-        <v>6550</v>
+        <v>7050</v>
       </c>
       <c r="R48" s="0">
-        <v>6550</v>
+        <v>7050</v>
       </c>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="6" t="s">
         <v>35</v>
       </c>
       <c r="B49" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="6">
         <v>2050</v>
       </c>
       <c r="D49" s="6">
         <v>2</v>
       </c>
       <c r="E49" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F49" s="9">
-        <v>7210</v>
+        <v>7711</v>
       </c>
       <c r="G49" s="6">
-        <v>7070</v>
+        <v>7567</v>
       </c>
       <c r="H49" s="6">
-        <v>6930</v>
+        <v>7427</v>
       </c>
       <c r="I49" s="6">
-        <v>6790</v>
+        <v>7293</v>
       </c>
       <c r="J49" s="6">
-        <v>6650</v>
+        <v>7150</v>
       </c>
       <c r="K49" s="6">
-        <v>6520</v>
+        <v>7016</v>
       </c>
       <c r="L49" s="6">
-        <v>6420</v>
+        <v>6919</v>
       </c>
       <c r="M49" s="6">
-        <v>6320</v>
+        <v>6815</v>
       </c>
       <c r="N49" s="6">
-        <v>6220</v>
+        <v>6720</v>
       </c>
       <c r="O49" s="6">
-        <v>6140</v>
+        <v>6640</v>
       </c>
       <c r="P49" s="6">
-        <v>6100</v>
+        <v>6600</v>
       </c>
       <c r="Q49" s="6">
-        <v>6060</v>
+        <v>6560</v>
       </c>
       <c r="R49" s="6">
-        <v>6060</v>
+        <v>6560</v>
       </c>
     </row>
     <row r="50" spans="1:19">
       <c r="A50" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="0">
         <v>2270</v>
       </c>
       <c r="D50" s="0">
         <v>9</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F50" s="8">
         <v>12450</v>
       </c>
       <c r="G50" s="0">
         <v>12290</v>
       </c>
       <c r="H50" s="0">
@@ -3600,143 +3600,143 @@
       </c>
       <c r="Q57" s="6">
         <v>10040</v>
       </c>
       <c r="R57" s="6">
         <v>10040</v>
       </c>
     </row>
     <row r="58" spans="1:19">
       <c r="A58" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="0">
         <v>2550</v>
       </c>
       <c r="D58" s="0">
         <v>5</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F58" s="8">
-        <v>10030</v>
+        <v>10531</v>
       </c>
       <c r="G58" s="0">
-        <v>9830</v>
+        <v>10327</v>
       </c>
       <c r="H58" s="0">
-        <v>9620</v>
+        <v>10117</v>
       </c>
       <c r="I58" s="0">
-        <v>9410</v>
+        <v>9913</v>
       </c>
       <c r="J58" s="0">
-        <v>9210</v>
+        <v>9710</v>
       </c>
       <c r="K58" s="0">
-        <v>9020</v>
+        <v>9516</v>
       </c>
       <c r="L58" s="0">
-        <v>8880</v>
+        <v>9379</v>
       </c>
       <c r="M58" s="0">
-        <v>8750</v>
+        <v>9245</v>
       </c>
       <c r="N58" s="0">
-        <v>8610</v>
+        <v>9110</v>
       </c>
       <c r="O58" s="0">
-        <v>8490</v>
+        <v>8990</v>
       </c>
       <c r="P58" s="0">
-        <v>8420</v>
+        <v>8920</v>
       </c>
       <c r="Q58" s="0">
-        <v>8340</v>
+        <v>8840</v>
       </c>
       <c r="R58" s="0">
-        <v>8340</v>
+        <v>8840</v>
       </c>
     </row>
     <row r="59" spans="1:19">
       <c r="A59" s="6" t="s">
         <v>45</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="6">
         <v>1880</v>
       </c>
       <c r="D59" s="6">
         <v>2</v>
       </c>
       <c r="E59" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F59" s="9">
+        <v>7131</v>
+      </c>
+      <c r="G59" s="6">
+        <v>7007</v>
+      </c>
+      <c r="H59" s="6">
+        <v>6877</v>
+      </c>
+      <c r="I59" s="6">
+        <v>6763</v>
+      </c>
+      <c r="J59" s="6">
         <v>6630</v>
       </c>
-      <c r="G59" s="6">
-[...8 lines deleted...]
-      <c r="J59" s="6">
+      <c r="K59" s="6">
+        <v>6516</v>
+      </c>
+      <c r="L59" s="6">
+        <v>6419</v>
+      </c>
+      <c r="M59" s="6">
+        <v>6325</v>
+      </c>
+      <c r="N59" s="6">
+        <v>6240</v>
+      </c>
+      <c r="O59" s="6">
+        <v>6170</v>
+      </c>
+      <c r="P59" s="6">
         <v>6130</v>
       </c>
-      <c r="K59" s="6">
-[...16 lines deleted...]
-      </c>
       <c r="Q59" s="6">
-        <v>5600</v>
+        <v>6100</v>
       </c>
       <c r="R59" s="6">
-        <v>5600</v>
+        <v>6100</v>
       </c>
     </row>
     <row r="60" spans="1:19">
       <c r="A60" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="0">
         <v>2300</v>
       </c>
       <c r="D60" s="0">
         <v>10</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F60" s="8">
         <v>10720</v>
       </c>
       <c r="G60" s="0">
         <v>10610</v>
       </c>
       <c r="H60" s="0">
@@ -3824,87 +3824,87 @@
       </c>
       <c r="Q61" s="6">
         <v>12010</v>
       </c>
       <c r="R61" s="6">
         <v>12010</v>
       </c>
     </row>
     <row r="62" spans="1:19">
       <c r="A62" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="0">
         <v>1750</v>
       </c>
       <c r="D62" s="0">
         <v>2</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F62" s="8">
-        <v>6970</v>
+        <v>7471</v>
       </c>
       <c r="G62" s="0">
-        <v>6840</v>
+        <v>7337</v>
       </c>
       <c r="H62" s="0">
-        <v>6710</v>
+        <v>7207</v>
       </c>
       <c r="I62" s="0">
-        <v>6570</v>
+        <v>7073</v>
       </c>
       <c r="J62" s="0">
-        <v>6440</v>
+        <v>6940</v>
       </c>
       <c r="K62" s="0">
-        <v>6320</v>
+        <v>6816</v>
       </c>
       <c r="L62" s="0">
-        <v>6220</v>
+        <v>6719</v>
       </c>
       <c r="M62" s="0">
-        <v>6120</v>
+        <v>6615</v>
       </c>
       <c r="N62" s="0">
-        <v>6020</v>
+        <v>6520</v>
       </c>
       <c r="O62" s="0">
-        <v>5950</v>
+        <v>6450</v>
       </c>
       <c r="P62" s="0">
-        <v>5910</v>
+        <v>6410</v>
       </c>
       <c r="Q62" s="0">
-        <v>5870</v>
+        <v>6370</v>
       </c>
       <c r="R62" s="0">
-        <v>5870</v>
+        <v>6370</v>
       </c>
     </row>
     <row r="63" spans="1:19">
       <c r="A63" s="6" t="s">
         <v>49</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C63" s="6">
         <v>3400</v>
       </c>
       <c r="D63" s="6">
         <v>21</v>
       </c>
       <c r="E63" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F63" s="9">
         <v>14460</v>
       </c>
       <c r="G63" s="6">
         <v>14260</v>
       </c>
       <c r="H63" s="6">
@@ -3992,87 +3992,87 @@
       </c>
       <c r="Q64" s="0">
         <v>8170</v>
       </c>
       <c r="R64" s="0">
         <v>8170</v>
       </c>
     </row>
     <row r="65" spans="1:19">
       <c r="A65" s="6" t="s">
         <v>51</v>
       </c>
       <c r="B65" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="6">
         <v>1800</v>
       </c>
       <c r="D65" s="6">
         <v>2</v>
       </c>
       <c r="E65" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F65" s="9">
-        <v>6350</v>
+        <v>6851</v>
       </c>
       <c r="G65" s="6">
-        <v>6240</v>
+        <v>6737</v>
       </c>
       <c r="H65" s="6">
-        <v>6120</v>
+        <v>6617</v>
       </c>
       <c r="I65" s="6">
+        <v>6503</v>
+      </c>
+      <c r="J65" s="6">
+        <v>6380</v>
+      </c>
+      <c r="K65" s="6">
+        <v>6266</v>
+      </c>
+      <c r="L65" s="6">
+        <v>6169</v>
+      </c>
+      <c r="M65" s="6">
+        <v>6085</v>
+      </c>
+      <c r="N65" s="6">
         <v>6000</v>
       </c>
-      <c r="J65" s="6">
-[...13 lines deleted...]
-      </c>
       <c r="O65" s="6">
-        <v>5430</v>
+        <v>5930</v>
       </c>
       <c r="P65" s="6">
-        <v>5400</v>
+        <v>5900</v>
       </c>
       <c r="Q65" s="6">
-        <v>5370</v>
+        <v>5870</v>
       </c>
       <c r="R65" s="6">
-        <v>5370</v>
+        <v>5870</v>
       </c>
     </row>
     <row r="66" spans="1:19">
       <c r="A66" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="0">
         <v>2450</v>
       </c>
       <c r="D66" s="0">
         <v>9</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F66" s="8">
         <v>8560</v>
       </c>
       <c r="G66" s="0">
         <v>8550</v>
       </c>
       <c r="H66" s="0">
@@ -4358,199 +4358,199 @@
       </c>
       <c r="Q73" s="0">
         <v>36.5</v>
       </c>
       <c r="R73" s="0">
         <v>36.5</v>
       </c>
     </row>
     <row r="74" spans="1:19">
       <c r="A74" s="6" t="s">
         <v>28</v>
       </c>
       <c r="B74" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="6">
         <v>780</v>
       </c>
       <c r="D74" s="6">
         <v>9</v>
       </c>
       <c r="E74" s="6" t="s">
         <v>71</v>
       </c>
       <c r="F74" s="7">
-        <v>21</v>
+        <v>23.9</v>
       </c>
       <c r="G74" s="6">
-        <v>20.8</v>
+        <v>23.5</v>
       </c>
       <c r="H74" s="6">
-        <v>20.4</v>
+        <v>23.3</v>
       </c>
       <c r="I74" s="6">
-        <v>20.1</v>
+        <v>22.9</v>
       </c>
       <c r="J74" s="6">
-        <v>19.8</v>
+        <v>22.6</v>
       </c>
       <c r="K74" s="6">
-        <v>19.4</v>
+        <v>22.2</v>
       </c>
       <c r="L74" s="6">
-        <v>19.1</v>
+        <v>22</v>
       </c>
       <c r="M74" s="6">
-        <v>18.8</v>
+        <v>21.6</v>
       </c>
       <c r="N74" s="6">
-        <v>18.5</v>
+        <v>21.3</v>
       </c>
       <c r="O74" s="6">
-        <v>18.3</v>
+        <v>21.2</v>
       </c>
       <c r="P74" s="6">
-        <v>18.3</v>
+        <v>21.2</v>
       </c>
       <c r="Q74" s="6">
-        <v>18.3</v>
+        <v>21.2</v>
       </c>
       <c r="R74" s="6">
-        <v>18.3</v>
+        <v>21.2</v>
       </c>
     </row>
     <row r="75" spans="1:19">
       <c r="A75" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="0">
         <v>600</v>
       </c>
       <c r="D75" s="0">
         <v>2</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F75" s="5">
-        <v>16.2</v>
+        <v>18.4</v>
       </c>
       <c r="G75" s="0">
-        <v>16</v>
+        <v>18.1</v>
       </c>
       <c r="H75" s="0">
-        <v>15.7</v>
+        <v>17.9</v>
       </c>
       <c r="I75" s="0">
-        <v>15.5</v>
+        <v>17.6</v>
       </c>
       <c r="J75" s="0">
-        <v>15.2</v>
+        <v>17.4</v>
       </c>
       <c r="K75" s="0">
-        <v>15</v>
+        <v>17.1</v>
       </c>
       <c r="L75" s="0">
-        <v>14.7</v>
+        <v>16.9</v>
       </c>
       <c r="M75" s="0">
-        <v>14.5</v>
+        <v>16.6</v>
       </c>
       <c r="N75" s="0">
-        <v>14.2</v>
+        <v>16.4</v>
       </c>
       <c r="O75" s="0">
-        <v>14.1</v>
+        <v>16.3</v>
       </c>
       <c r="P75" s="0">
-        <v>14.1</v>
+        <v>16.3</v>
       </c>
       <c r="Q75" s="0">
-        <v>14.1</v>
+        <v>16.3</v>
       </c>
       <c r="R75" s="0">
-        <v>14.1</v>
+        <v>16.3</v>
       </c>
     </row>
     <row r="76" spans="1:19">
       <c r="A76" s="6" t="s">
         <v>72</v>
       </c>
       <c r="B76" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="6">
         <v>1250</v>
       </c>
       <c r="D76" s="6">
         <v>4</v>
       </c>
       <c r="E76" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F76" s="7">
-        <v>34.9</v>
+        <v>37.09999999999999</v>
       </c>
       <c r="G76" s="6">
+        <v>36.6</v>
+      </c>
+      <c r="H76" s="6">
+        <v>36.09999999999999</v>
+      </c>
+      <c r="I76" s="6">
+        <v>35.6</v>
+      </c>
+      <c r="J76" s="6">
+        <v>35.2</v>
+      </c>
+      <c r="K76" s="6">
         <v>34.5</v>
       </c>
-      <c r="H76" s="6">
+      <c r="L76" s="6">
         <v>33.9</v>
       </c>
-      <c r="I76" s="6">
-[...10 lines deleted...]
-      </c>
       <c r="M76" s="6">
-        <v>31.5</v>
+        <v>33.6</v>
       </c>
       <c r="N76" s="6">
-        <v>31.2</v>
+        <v>33.4</v>
       </c>
       <c r="O76" s="6">
-        <v>30.9</v>
+        <v>33.1</v>
       </c>
       <c r="P76" s="6">
-        <v>30.7</v>
+        <v>32.90000000000001</v>
       </c>
       <c r="Q76" s="6">
-        <v>30.7</v>
+        <v>32.90000000000001</v>
       </c>
       <c r="R76" s="6">
-        <v>30.7</v>
+        <v>32.90000000000001</v>
       </c>
     </row>
     <row r="77" spans="1:19">
       <c r="A77" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="0">
         <v>1500</v>
       </c>
       <c r="D77" s="0">
         <v>9</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F77" s="5">
         <v>43.6</v>
       </c>
       <c r="G77" s="0">
         <v>43.2</v>
       </c>
       <c r="H77" s="0">
@@ -4582,87 +4582,87 @@
       </c>
       <c r="Q77" s="0">
         <v>39.3</v>
       </c>
       <c r="R77" s="0">
         <v>39.3</v>
       </c>
     </row>
     <row r="78" spans="1:19">
       <c r="A78" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B78" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="6">
         <v>2400</v>
       </c>
       <c r="D78" s="6">
         <v>7</v>
       </c>
       <c r="E78" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F78" s="7">
-        <v>44.5</v>
+        <v>46.7</v>
       </c>
       <c r="G78" s="6">
-        <v>43.6</v>
+        <v>45.7</v>
       </c>
       <c r="H78" s="6">
-        <v>42.59999999999999</v>
+        <v>44.8</v>
       </c>
       <c r="I78" s="6">
-        <v>41.8</v>
+        <v>43.90000000000001</v>
       </c>
       <c r="J78" s="6">
-        <v>40.9</v>
+        <v>43.09999999999999</v>
       </c>
       <c r="K78" s="6">
-        <v>40.1</v>
+        <v>42.2</v>
       </c>
       <c r="L78" s="6">
-        <v>39.4</v>
+        <v>41.59999999999999</v>
       </c>
       <c r="M78" s="6">
-        <v>38.8</v>
+        <v>40.90000000000001</v>
       </c>
       <c r="N78" s="6">
-        <v>38.09999999999999</v>
+        <v>40.3</v>
       </c>
       <c r="O78" s="6">
-        <v>37.6</v>
+        <v>39.8</v>
       </c>
       <c r="P78" s="6">
-        <v>37.2</v>
+        <v>39.40000000000001</v>
       </c>
       <c r="Q78" s="6">
-        <v>36.8</v>
+        <v>39</v>
       </c>
       <c r="R78" s="6">
-        <v>36.8</v>
+        <v>39</v>
       </c>
     </row>
     <row r="79" spans="1:19">
       <c r="A79" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="0">
         <v>1200</v>
       </c>
       <c r="D79" s="0">
         <v>6</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F79" s="5">
         <v>42.4</v>
       </c>
       <c r="G79" s="0">
         <v>42.4</v>
       </c>
       <c r="H79" s="0">
@@ -4806,143 +4806,143 @@
       </c>
       <c r="Q81" s="0">
         <v>33.2</v>
       </c>
       <c r="R81" s="0">
         <v>33.2</v>
       </c>
     </row>
     <row r="82" spans="1:19">
       <c r="A82" s="6" t="s">
         <v>33</v>
       </c>
       <c r="B82" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="6">
         <v>1400</v>
       </c>
       <c r="D82" s="6">
         <v>5</v>
       </c>
       <c r="E82" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F82" s="7">
+        <v>31.6</v>
+      </c>
+      <c r="G82" s="6">
+        <v>31</v>
+      </c>
+      <c r="H82" s="6">
+        <v>30.5</v>
+      </c>
+      <c r="I82" s="6">
+        <v>29.9</v>
+      </c>
+      <c r="J82" s="6">
         <v>29.4</v>
       </c>
-      <c r="G82" s="6">
-[...8 lines deleted...]
-      <c r="J82" s="6">
+      <c r="K82" s="6">
+        <v>28.8</v>
+      </c>
+      <c r="L82" s="6">
+        <v>28.4</v>
+      </c>
+      <c r="M82" s="6">
+        <v>27.9</v>
+      </c>
+      <c r="N82" s="6">
+        <v>27.5</v>
+      </c>
+      <c r="O82" s="6">
         <v>27.2</v>
       </c>
-      <c r="K82" s="6">
-[...13 lines deleted...]
-      </c>
       <c r="P82" s="6">
-        <v>24.8</v>
+        <v>27</v>
       </c>
       <c r="Q82" s="6">
-        <v>24.6</v>
+        <v>26.8</v>
       </c>
       <c r="R82" s="6">
-        <v>24.6</v>
+        <v>26.8</v>
       </c>
     </row>
     <row r="83" spans="1:19">
       <c r="A83" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="0">
         <v>1150</v>
       </c>
       <c r="D83" s="0">
         <v>3</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F83" s="5">
-        <v>24.5</v>
+        <v>26.7</v>
       </c>
       <c r="G83" s="0">
+        <v>26.2</v>
+      </c>
+      <c r="H83" s="0">
+        <v>25.8</v>
+      </c>
+      <c r="I83" s="0">
+        <v>25.3</v>
+      </c>
+      <c r="J83" s="0">
+        <v>24.9</v>
+      </c>
+      <c r="K83" s="0">
+        <v>24.4</v>
+      </c>
+      <c r="L83" s="0">
         <v>24.1</v>
       </c>
-      <c r="H83" s="0">
-[...2 lines deleted...]
-      <c r="I83" s="0">
+      <c r="M83" s="0">
+        <v>23.7</v>
+      </c>
+      <c r="N83" s="0">
+        <v>23.4</v>
+      </c>
+      <c r="O83" s="0">
         <v>23.2</v>
       </c>
-      <c r="J83" s="0">
-[...16 lines deleted...]
-      </c>
       <c r="P83" s="0">
-        <v>20.9</v>
+        <v>23.1</v>
       </c>
       <c r="Q83" s="0">
-        <v>20.8</v>
+        <v>23</v>
       </c>
       <c r="R83" s="0">
-        <v>20.8</v>
+        <v>23</v>
       </c>
     </row>
     <row r="84" spans="1:19">
       <c r="A84" s="6" t="s">
         <v>36</v>
       </c>
       <c r="B84" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="6">
         <v>1500</v>
       </c>
       <c r="D84" s="6">
         <v>10</v>
       </c>
       <c r="E84" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F84" s="7">
         <v>52.2</v>
       </c>
       <c r="G84" s="6">
         <v>51.6</v>
       </c>
       <c r="H84" s="6">
@@ -5310,143 +5310,143 @@
       </c>
       <c r="Q90" s="6">
         <v>41.9</v>
       </c>
       <c r="R90" s="6">
         <v>41.9</v>
       </c>
     </row>
     <row r="91" spans="1:19">
       <c r="A91" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="0">
         <v>2200</v>
       </c>
       <c r="D91" s="0">
         <v>6</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F91" s="5">
-        <v>36.59999999999999</v>
+        <v>38.8</v>
       </c>
       <c r="G91" s="0">
-        <v>35.9</v>
+        <v>38</v>
       </c>
       <c r="H91" s="0">
-        <v>35.09999999999999</v>
+        <v>37.3</v>
       </c>
       <c r="I91" s="0">
-        <v>34.4</v>
+        <v>36.5</v>
       </c>
       <c r="J91" s="0">
-        <v>33.59999999999999</v>
+        <v>35.8</v>
       </c>
       <c r="K91" s="0">
-        <v>32.9</v>
+        <v>35</v>
       </c>
       <c r="L91" s="0">
-        <v>32.3</v>
+        <v>34.5</v>
       </c>
       <c r="M91" s="0">
-        <v>31.8</v>
+        <v>33.90000000000001</v>
       </c>
       <c r="N91" s="0">
-        <v>31.2</v>
+        <v>33.4</v>
       </c>
       <c r="O91" s="0">
-        <v>30.8</v>
+        <v>33</v>
       </c>
       <c r="P91" s="0">
-        <v>30.5</v>
+        <v>32.7</v>
       </c>
       <c r="Q91" s="0">
-        <v>30.2</v>
+        <v>32.40000000000001</v>
       </c>
       <c r="R91" s="0">
-        <v>30.2</v>
+        <v>32.40000000000001</v>
       </c>
     </row>
     <row r="92" spans="1:19">
       <c r="A92" s="6" t="s">
         <v>45</v>
       </c>
       <c r="B92" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="6">
         <v>1600</v>
       </c>
       <c r="D92" s="6">
         <v>3</v>
       </c>
       <c r="E92" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F92" s="7">
+        <v>30</v>
+      </c>
+      <c r="G92" s="6">
+        <v>29.4</v>
+      </c>
+      <c r="H92" s="6">
+        <v>28.9</v>
+      </c>
+      <c r="I92" s="6">
+        <v>28.3</v>
+      </c>
+      <c r="J92" s="6">
         <v>27.8</v>
       </c>
-      <c r="G92" s="6">
-[...5 lines deleted...]
-      <c r="I92" s="6">
+      <c r="K92" s="6">
+        <v>27.2</v>
+      </c>
+      <c r="L92" s="6">
+        <v>26.9</v>
+      </c>
+      <c r="M92" s="6">
+        <v>26.5</v>
+      </c>
+      <c r="N92" s="6">
         <v>26.2</v>
       </c>
-      <c r="J92" s="6">
-[...13 lines deleted...]
-      </c>
       <c r="O92" s="6">
-        <v>23.8</v>
+        <v>26</v>
       </c>
       <c r="P92" s="6">
-        <v>23.7</v>
+        <v>25.9</v>
       </c>
       <c r="Q92" s="6">
-        <v>23.6</v>
+        <v>25.8</v>
       </c>
       <c r="R92" s="6">
-        <v>23.6</v>
+        <v>25.8</v>
       </c>
     </row>
     <row r="93" spans="1:19">
       <c r="A93" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="0">
         <v>1500</v>
       </c>
       <c r="D93" s="0">
         <v>10</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F93" s="5">
         <v>44.6</v>
       </c>
       <c r="G93" s="0">
         <v>44.2</v>
       </c>
       <c r="H93" s="0">
@@ -5469,96 +5469,96 @@
       </c>
       <c r="N93" s="0">
         <v>41.3</v>
       </c>
       <c r="O93" s="0">
         <v>41.1</v>
       </c>
       <c r="P93" s="0">
         <v>40.7</v>
       </c>
       <c r="Q93" s="0">
         <v>40.5</v>
       </c>
       <c r="R93" s="0">
         <v>40.5</v>
       </c>
     </row>
     <row r="94" spans="1:19">
       <c r="A94" s="6" t="s">
         <v>48</v>
       </c>
       <c r="B94" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="6">
-        <v>1200</v>
+        <v>1500</v>
       </c>
       <c r="D94" s="6">
         <v>3</v>
       </c>
       <c r="E94" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F94" s="7">
-        <v>27.4</v>
+        <v>38.7</v>
       </c>
       <c r="G94" s="6">
-        <v>26.9</v>
+        <v>37.90000000000001</v>
       </c>
       <c r="H94" s="6">
-        <v>26.3</v>
+        <v>37.2</v>
       </c>
       <c r="I94" s="6">
-        <v>25.8</v>
+        <v>36.40000000000001</v>
       </c>
       <c r="J94" s="6">
-        <v>25.2</v>
+        <v>35.7</v>
       </c>
       <c r="K94" s="6">
-        <v>24.8</v>
+        <v>35</v>
       </c>
       <c r="L94" s="6">
-        <v>24.4</v>
+        <v>34.5</v>
       </c>
       <c r="M94" s="6">
-        <v>24.1</v>
+        <v>33.90000000000001</v>
       </c>
       <c r="N94" s="6">
-        <v>23.7</v>
+        <v>33.4</v>
       </c>
       <c r="O94" s="6">
-        <v>23.5</v>
+        <v>33</v>
       </c>
       <c r="P94" s="6">
-        <v>23.4</v>
+        <v>32.8</v>
       </c>
       <c r="Q94" s="6">
-        <v>23.3</v>
+        <v>32.6</v>
       </c>
       <c r="R94" s="6">
-        <v>23.3</v>
+        <v>32.6</v>
       </c>
     </row>
     <row r="95" spans="1:19">
       <c r="A95" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="0">
         <v>1400</v>
       </c>
       <c r="D95" s="0">
         <v>9</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F95" s="5">
         <v>39.2</v>
       </c>
       <c r="G95" s="0">
         <v>39.1</v>
       </c>
       <c r="H95" s="0">
@@ -5590,87 +5590,87 @@
       </c>
       <c r="Q95" s="0">
         <v>35.4</v>
       </c>
       <c r="R95" s="0">
         <v>35.4</v>
       </c>
     </row>
     <row r="96" spans="1:19">
       <c r="A96" s="6" t="s">
         <v>51</v>
       </c>
       <c r="B96" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="6">
         <v>1200</v>
       </c>
       <c r="D96" s="6">
         <v>3</v>
       </c>
       <c r="E96" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F96" s="7">
-        <v>25.2</v>
+        <v>27.4</v>
       </c>
       <c r="G96" s="6">
+        <v>26.9</v>
+      </c>
+      <c r="H96" s="6">
+        <v>26.5</v>
+      </c>
+      <c r="I96" s="6">
+        <v>26</v>
+      </c>
+      <c r="J96" s="6">
+        <v>25.6</v>
+      </c>
+      <c r="K96" s="6">
+        <v>25.1</v>
+      </c>
+      <c r="L96" s="6">
         <v>24.8</v>
       </c>
-      <c r="H96" s="6">
-[...2 lines deleted...]
-      <c r="I96" s="6">
+      <c r="M96" s="6">
+        <v>24.4</v>
+      </c>
+      <c r="N96" s="6">
+        <v>24.1</v>
+      </c>
+      <c r="O96" s="6">
         <v>23.9</v>
       </c>
-      <c r="J96" s="6">
-[...16 lines deleted...]
-      </c>
       <c r="P96" s="6">
-        <v>21.6</v>
+        <v>23.8</v>
       </c>
       <c r="Q96" s="6">
-        <v>21.5</v>
+        <v>23.7</v>
       </c>
       <c r="R96" s="6">
-        <v>21.5</v>
+        <v>23.7</v>
       </c>
     </row>
     <row r="97" spans="1:19">
       <c r="A97" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="0">
         <v>1400</v>
       </c>
       <c r="D97" s="0">
         <v>9</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F97" s="5">
         <v>38.5</v>
       </c>
       <c r="G97" s="0">
         <v>38.4</v>
       </c>
       <c r="H97" s="0">
@@ -5956,199 +5956,199 @@
       </c>
       <c r="Q104" s="0">
         <v>8790</v>
       </c>
       <c r="R104" s="0">
         <v>8790</v>
       </c>
     </row>
     <row r="105" spans="1:19">
       <c r="A105" s="6" t="s">
         <v>28</v>
       </c>
       <c r="B105" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="6">
         <v>780</v>
       </c>
       <c r="D105" s="6">
         <v>9</v>
       </c>
       <c r="E105" s="6" t="s">
         <v>71</v>
       </c>
       <c r="F105" s="9">
-        <v>4850</v>
+        <v>5500</v>
       </c>
       <c r="G105" s="6">
-        <v>4780</v>
+        <v>5430</v>
       </c>
       <c r="H105" s="6">
-        <v>4700</v>
+        <v>5352</v>
       </c>
       <c r="I105" s="6">
-        <v>4630</v>
+        <v>5282</v>
       </c>
       <c r="J105" s="6">
-        <v>4560</v>
+        <v>5200</v>
       </c>
       <c r="K105" s="6">
-        <v>4480</v>
+        <v>5130</v>
       </c>
       <c r="L105" s="6">
-        <v>4410</v>
+        <v>5056</v>
       </c>
       <c r="M105" s="6">
-        <v>4340</v>
+        <v>4986</v>
       </c>
       <c r="N105" s="6">
-        <v>4260</v>
+        <v>4914</v>
       </c>
       <c r="O105" s="6">
-        <v>4230</v>
+        <v>4875</v>
       </c>
       <c r="P105" s="6">
-        <v>4230</v>
+        <v>4875</v>
       </c>
       <c r="Q105" s="6">
-        <v>4230</v>
+        <v>4875</v>
       </c>
       <c r="R105" s="6">
-        <v>4230</v>
+        <v>4875</v>
       </c>
     </row>
     <row r="106" spans="1:19">
       <c r="A106" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="0">
         <v>600</v>
       </c>
       <c r="D106" s="0">
         <v>2</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F106" s="8">
-        <v>3730</v>
+        <v>4231</v>
       </c>
       <c r="G106" s="0">
-        <v>3680</v>
+        <v>4177</v>
       </c>
       <c r="H106" s="0">
-        <v>3620</v>
+        <v>4117</v>
       </c>
       <c r="I106" s="0">
-        <v>3560</v>
+        <v>4063</v>
       </c>
       <c r="J106" s="0">
-        <v>3500</v>
+        <v>4000</v>
       </c>
       <c r="K106" s="0">
-        <v>3450</v>
+        <v>3946</v>
       </c>
       <c r="L106" s="0">
-        <v>3390</v>
+        <v>3889</v>
       </c>
       <c r="M106" s="0">
-        <v>3340</v>
+        <v>3835</v>
       </c>
       <c r="N106" s="0">
-        <v>3280</v>
+        <v>3780</v>
       </c>
       <c r="O106" s="0">
-        <v>3250</v>
+        <v>3750</v>
       </c>
       <c r="P106" s="0">
-        <v>3250</v>
+        <v>3750</v>
       </c>
       <c r="Q106" s="0">
-        <v>3250</v>
+        <v>3750</v>
       </c>
       <c r="R106" s="0">
-        <v>3250</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="107" spans="1:19">
       <c r="A107" s="6" t="s">
         <v>72</v>
       </c>
       <c r="B107" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="6">
         <v>1250</v>
       </c>
       <c r="D107" s="6">
         <v>4</v>
       </c>
       <c r="E107" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F107" s="9">
-        <v>8350</v>
+        <v>8851</v>
       </c>
       <c r="G107" s="6">
-        <v>8280</v>
+        <v>8777</v>
       </c>
       <c r="H107" s="6">
-        <v>8200</v>
+        <v>8697</v>
       </c>
       <c r="I107" s="6">
-        <v>8100</v>
+        <v>8603</v>
       </c>
       <c r="J107" s="6">
-        <v>7990</v>
+        <v>8490</v>
       </c>
       <c r="K107" s="6">
-        <v>7840</v>
+        <v>8336</v>
       </c>
       <c r="L107" s="6">
-        <v>7750</v>
+        <v>8249</v>
       </c>
       <c r="M107" s="6">
-        <v>7660</v>
+        <v>8155</v>
       </c>
       <c r="N107" s="6">
-        <v>7580</v>
+        <v>8080</v>
       </c>
       <c r="O107" s="6">
-        <v>7470</v>
+        <v>7970</v>
       </c>
       <c r="P107" s="6">
-        <v>7450</v>
+        <v>7950</v>
       </c>
       <c r="Q107" s="6">
-        <v>7400</v>
+        <v>7900</v>
       </c>
       <c r="R107" s="6">
-        <v>7400</v>
+        <v>7900</v>
       </c>
     </row>
     <row r="108" spans="1:19">
       <c r="A108" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="0">
         <v>1500</v>
       </c>
       <c r="D108" s="0">
         <v>9</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F108" s="8">
         <v>10320</v>
       </c>
       <c r="G108" s="0">
         <v>10230</v>
       </c>
       <c r="H108" s="0">
@@ -6180,87 +6180,87 @@
       </c>
       <c r="Q108" s="0">
         <v>9290</v>
       </c>
       <c r="R108" s="0">
         <v>9290</v>
       </c>
     </row>
     <row r="109" spans="1:19">
       <c r="A109" s="6" t="s">
         <v>30</v>
       </c>
       <c r="B109" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="6">
         <v>2400</v>
       </c>
       <c r="D109" s="6">
         <v>7</v>
       </c>
       <c r="E109" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F109" s="9">
-        <v>11020</v>
+        <v>11521</v>
       </c>
       <c r="G109" s="6">
-        <v>10590</v>
+        <v>11087</v>
       </c>
       <c r="H109" s="6">
-        <v>10350</v>
+        <v>10847</v>
       </c>
       <c r="I109" s="6">
-        <v>10130</v>
+        <v>10633</v>
       </c>
       <c r="J109" s="6">
-        <v>9910</v>
+        <v>10410</v>
       </c>
       <c r="K109" s="6">
-        <v>9700</v>
+        <v>10196</v>
       </c>
       <c r="L109" s="6">
-        <v>9500</v>
+        <v>9999</v>
       </c>
       <c r="M109" s="6">
-        <v>9360</v>
+        <v>9855</v>
       </c>
       <c r="N109" s="6">
-        <v>9210</v>
+        <v>9710</v>
       </c>
       <c r="O109" s="6">
-        <v>9090</v>
+        <v>9590</v>
       </c>
       <c r="P109" s="6">
-        <v>9010</v>
+        <v>9510</v>
       </c>
       <c r="Q109" s="6">
-        <v>8920</v>
+        <v>9420</v>
       </c>
       <c r="R109" s="6">
-        <v>8920</v>
+        <v>9420</v>
       </c>
     </row>
     <row r="110" spans="1:19">
       <c r="A110" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="0">
         <v>1200</v>
       </c>
       <c r="D110" s="0">
         <v>6</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F110" s="8">
         <v>9770</v>
       </c>
       <c r="G110" s="0">
         <v>9770</v>
       </c>
       <c r="H110" s="0">
@@ -6404,143 +6404,143 @@
       </c>
       <c r="Q112" s="0">
         <v>7770</v>
       </c>
       <c r="R112" s="0">
         <v>7770</v>
       </c>
     </row>
     <row r="113" spans="1:19">
       <c r="A113" s="6" t="s">
         <v>33</v>
       </c>
       <c r="B113" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="6">
         <v>1400</v>
       </c>
       <c r="D113" s="6">
         <v>5</v>
       </c>
       <c r="E113" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F113" s="9">
-        <v>7280</v>
+        <v>7781</v>
       </c>
       <c r="G113" s="6">
-        <v>6940</v>
+        <v>7437</v>
       </c>
       <c r="H113" s="6">
-        <v>6800</v>
+        <v>7297</v>
       </c>
       <c r="I113" s="6">
-        <v>6660</v>
+        <v>7163</v>
       </c>
       <c r="J113" s="6">
+        <v>7030</v>
+      </c>
+      <c r="K113" s="6">
+        <v>6896</v>
+      </c>
+      <c r="L113" s="6">
+        <v>6799</v>
+      </c>
+      <c r="M113" s="6">
+        <v>6705</v>
+      </c>
+      <c r="N113" s="6">
+        <v>6600</v>
+      </c>
+      <c r="O113" s="6">
         <v>6530</v>
       </c>
-      <c r="K113" s="6">
-[...13 lines deleted...]
-      </c>
       <c r="P113" s="6">
-        <v>5990</v>
+        <v>6490</v>
       </c>
       <c r="Q113" s="6">
-        <v>5950</v>
+        <v>6450</v>
       </c>
       <c r="R113" s="6">
-        <v>5950</v>
+        <v>6450</v>
       </c>
     </row>
     <row r="114" spans="1:19">
       <c r="A114" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="0">
         <v>1150</v>
       </c>
       <c r="D114" s="0">
         <v>3</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F114" s="8">
-        <v>6240</v>
+        <v>6741</v>
       </c>
       <c r="G114" s="0">
-        <v>6130</v>
+        <v>6627</v>
       </c>
       <c r="H114" s="0">
-        <v>5980</v>
+        <v>6477</v>
       </c>
       <c r="I114" s="0">
-        <v>5860</v>
+        <v>6363</v>
       </c>
       <c r="J114" s="0">
-        <v>5700</v>
+        <v>6200</v>
       </c>
       <c r="K114" s="0">
-        <v>5450</v>
+        <v>5946</v>
       </c>
       <c r="L114" s="0">
-        <v>5200</v>
+        <v>5699</v>
       </c>
       <c r="M114" s="0">
-        <v>5130</v>
+        <v>5625</v>
       </c>
       <c r="N114" s="0">
-        <v>5040</v>
+        <v>5540</v>
       </c>
       <c r="O114" s="0">
-        <v>4980</v>
+        <v>5480</v>
       </c>
       <c r="P114" s="0">
-        <v>4960</v>
+        <v>5460</v>
       </c>
       <c r="Q114" s="0">
-        <v>4930</v>
+        <v>5430</v>
       </c>
       <c r="R114" s="0">
-        <v>4930</v>
+        <v>5430</v>
       </c>
     </row>
     <row r="115" spans="1:19">
       <c r="A115" s="6" t="s">
         <v>36</v>
       </c>
       <c r="B115" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="6">
         <v>1500</v>
       </c>
       <c r="D115" s="6">
         <v>10</v>
       </c>
       <c r="E115" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F115" s="9">
         <v>12480</v>
       </c>
       <c r="G115" s="6">
         <v>12340</v>
       </c>
       <c r="H115" s="6">
@@ -6908,143 +6908,143 @@
       </c>
       <c r="Q121" s="6">
         <v>9960</v>
       </c>
       <c r="R121" s="6">
         <v>9960</v>
       </c>
     </row>
     <row r="122" spans="1:19">
       <c r="A122" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="0">
         <v>2200</v>
       </c>
       <c r="D122" s="0">
         <v>6</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F122" s="8">
-        <v>9010</v>
+        <v>9511</v>
       </c>
       <c r="G122" s="0">
-        <v>8630</v>
+        <v>9127</v>
       </c>
       <c r="H122" s="0">
-        <v>8450</v>
+        <v>8947</v>
       </c>
       <c r="I122" s="0">
-        <v>8270</v>
+        <v>8773</v>
       </c>
       <c r="J122" s="0">
-        <v>8100</v>
+        <v>8600</v>
       </c>
       <c r="K122" s="0">
-        <v>7930</v>
+        <v>8426</v>
       </c>
       <c r="L122" s="0">
-        <v>7810</v>
+        <v>8309</v>
       </c>
       <c r="M122" s="0">
-        <v>7700</v>
+        <v>8195</v>
       </c>
       <c r="N122" s="0">
-        <v>7560</v>
+        <v>8060</v>
       </c>
       <c r="O122" s="0">
-        <v>7470</v>
+        <v>7970</v>
       </c>
       <c r="P122" s="0">
-        <v>7410</v>
+        <v>7910</v>
       </c>
       <c r="Q122" s="0">
-        <v>7350</v>
+        <v>7850</v>
       </c>
       <c r="R122" s="0">
-        <v>7350</v>
+        <v>7850</v>
       </c>
     </row>
     <row r="123" spans="1:19">
       <c r="A123" s="6" t="s">
         <v>45</v>
       </c>
       <c r="B123" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="6">
         <v>1600</v>
       </c>
       <c r="D123" s="6">
         <v>3</v>
       </c>
       <c r="E123" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F123" s="9">
-        <v>6660</v>
+        <v>7161</v>
       </c>
       <c r="G123" s="6">
-        <v>6540</v>
+        <v>7037</v>
       </c>
       <c r="H123" s="6">
-        <v>6410</v>
+        <v>6907</v>
       </c>
       <c r="I123" s="6">
-        <v>6280</v>
+        <v>6783</v>
       </c>
       <c r="J123" s="6">
+        <v>6650</v>
+      </c>
+      <c r="K123" s="6">
+        <v>6536</v>
+      </c>
+      <c r="L123" s="6">
+        <v>6439</v>
+      </c>
+      <c r="M123" s="6">
+        <v>6345</v>
+      </c>
+      <c r="N123" s="6">
+        <v>6250</v>
+      </c>
+      <c r="O123" s="6">
+        <v>6190</v>
+      </c>
+      <c r="P123" s="6">
         <v>6150</v>
       </c>
-      <c r="K123" s="6">
-[...16 lines deleted...]
-      </c>
       <c r="Q123" s="6">
-        <v>5620</v>
+        <v>6120</v>
       </c>
       <c r="R123" s="6">
-        <v>5620</v>
+        <v>6120</v>
       </c>
     </row>
     <row r="124" spans="1:19">
       <c r="A124" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="0">
         <v>1500</v>
       </c>
       <c r="D124" s="0">
         <v>10</v>
       </c>
       <c r="E124" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F124" s="8">
         <v>11390</v>
       </c>
       <c r="G124" s="0">
         <v>11290</v>
       </c>
       <c r="H124" s="0">
@@ -7067,96 +7067,96 @@
       </c>
       <c r="N124" s="0">
         <v>10490</v>
       </c>
       <c r="O124" s="0">
         <v>10400</v>
       </c>
       <c r="P124" s="0">
         <v>10350</v>
       </c>
       <c r="Q124" s="0">
         <v>10300</v>
       </c>
       <c r="R124" s="0">
         <v>10300</v>
       </c>
     </row>
     <row r="125" spans="1:19">
       <c r="A125" s="6" t="s">
         <v>48</v>
       </c>
       <c r="B125" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="6">
-        <v>1200</v>
+        <v>1500</v>
       </c>
       <c r="D125" s="6">
         <v>3</v>
       </c>
       <c r="E125" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F125" s="9">
-        <v>6580</v>
+        <v>9261</v>
       </c>
       <c r="G125" s="6">
-        <v>6460</v>
+        <v>9087</v>
       </c>
       <c r="H125" s="6">
-        <v>6330</v>
+        <v>8907</v>
       </c>
       <c r="I125" s="6">
-        <v>6200</v>
+        <v>8733</v>
       </c>
       <c r="J125" s="6">
-        <v>6080</v>
+        <v>8560</v>
       </c>
       <c r="K125" s="6">
-        <v>5970</v>
+        <v>8396</v>
       </c>
       <c r="L125" s="6">
-        <v>5870</v>
+        <v>8269</v>
       </c>
       <c r="M125" s="6">
-        <v>5780</v>
+        <v>8155</v>
       </c>
       <c r="N125" s="6">
-        <v>5690</v>
+        <v>8030</v>
       </c>
       <c r="O125" s="6">
-        <v>5620</v>
+        <v>7940</v>
       </c>
       <c r="P125" s="6">
-        <v>5590</v>
+        <v>7880</v>
       </c>
       <c r="Q125" s="6">
-        <v>5550</v>
+        <v>7820</v>
       </c>
       <c r="R125" s="6">
-        <v>5550</v>
+        <v>7820</v>
       </c>
     </row>
     <row r="126" spans="1:19">
       <c r="A126" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B126" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="0">
         <v>1400</v>
       </c>
       <c r="D126" s="0">
         <v>9</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F126" s="8">
         <v>9570</v>
       </c>
       <c r="G126" s="0">
         <v>9540</v>
       </c>
       <c r="H126" s="0">
@@ -7188,87 +7188,87 @@
       </c>
       <c r="Q126" s="0">
         <v>8350</v>
       </c>
       <c r="R126" s="0">
         <v>8350</v>
       </c>
     </row>
     <row r="127" spans="1:19">
       <c r="A127" s="6" t="s">
         <v>51</v>
       </c>
       <c r="B127" s="6" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="6">
         <v>1200</v>
       </c>
       <c r="D127" s="6">
         <v>3</v>
       </c>
       <c r="E127" s="6" t="s">
         <v>24</v>
       </c>
       <c r="F127" s="9">
-        <v>6030</v>
+        <v>6531</v>
       </c>
       <c r="G127" s="6">
-        <v>5920</v>
+        <v>6417</v>
       </c>
       <c r="H127" s="6">
-        <v>5810</v>
+        <v>6307</v>
       </c>
       <c r="I127" s="6">
-        <v>5690</v>
+        <v>6193</v>
       </c>
       <c r="J127" s="6">
-        <v>5580</v>
+        <v>6080</v>
       </c>
       <c r="K127" s="6">
-        <v>5480</v>
+        <v>5976</v>
       </c>
       <c r="L127" s="6">
-        <v>5390</v>
+        <v>5889</v>
       </c>
       <c r="M127" s="6">
-        <v>5310</v>
+        <v>5805</v>
       </c>
       <c r="N127" s="6">
-        <v>5220</v>
+        <v>5720</v>
       </c>
       <c r="O127" s="6">
-        <v>5160</v>
+        <v>5660</v>
       </c>
       <c r="P127" s="6">
-        <v>5130</v>
+        <v>5630</v>
       </c>
       <c r="Q127" s="6">
-        <v>5110</v>
+        <v>5610</v>
       </c>
       <c r="R127" s="6">
-        <v>5110</v>
+        <v>5610</v>
       </c>
     </row>
     <row r="128" spans="1:19">
       <c r="A128" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="0">
         <v>1400</v>
       </c>
       <c r="D128" s="0">
         <v>9</v>
       </c>
       <c r="E128" s="0" t="s">
         <v>24</v>
       </c>
       <c r="F128" s="8">
         <v>8780</v>
       </c>
       <c r="G128" s="0">
         <v>8770</v>
       </c>
       <c r="H128" s="0">