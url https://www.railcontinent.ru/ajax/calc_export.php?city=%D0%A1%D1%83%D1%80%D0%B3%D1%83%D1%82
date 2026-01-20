--- v1 (2025-12-04)
+++ v2 (2026-01-20)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
-  <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Позвоните нам и наши менеджеры рассчитают стоимость Вашей перевозки!</t>
   </si>
   <si>
     <t>Телефон: +7 (3462) 55-59-88</t>
   </si>
   <si>
     <t>Сайт: http://www.railcontinent.ru/</t>
   </si>
   <si>
     <t>Тарифы из города СУРГУТ руб/кг</t>
   </si>
   <si>
     <t>В город</t>
   </si>
   <si>
     <t>Скоростной режим</t>
   </si>
   <si>
     <t>Мин. цена</t>
@@ -244,150 +244,136 @@
   <si>
     <t>70 и более</t>
   </si>
   <si>
     <t>Тарифы в город СУРГУТ руб/кг</t>
   </si>
   <si>
     <t>Из города</t>
   </si>
   <si>
     <t>Да</t>
   </si>
   <si>
     <t>КАЗАНЬ</t>
   </si>
   <si>
     <t>НИЖНИЙ НОВГОРОД</t>
   </si>
   <si>
     <t>Тарифы в город СУРГУТ руб/м3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="7"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...8 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
-[...2 lines deleted...]
-    </xf>
+  <cellXfs count="7">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
-[...4 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="3" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lo1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20f39754899fce9b8e0787eb9d3a669.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2095500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Рейл Континент" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -671,106 +657,94 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:S131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F128" sqref="F128"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.664481" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14.831264" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="15.665" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14.831" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.5" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.5" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.5" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.5" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.5" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.5" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.5" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.5" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.5" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.5" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.5" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.5" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.5" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.5" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.5" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.5" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.5" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19">
-      <c r="A1" s="0"/>
-[...2 lines deleted...]
-      <c r="D1" s="0"/>
       <c r="R1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:19">
-      <c r="A2" s="0"/>
-[...2 lines deleted...]
-      <c r="D2" s="0"/>
       <c r="R2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:19">
-      <c r="A3" s="0"/>
-[...2 lines deleted...]
-      <c r="D3" s="0"/>
       <c r="R3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:19" customHeight="1" ht="20">
       <c r="A4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
@@ -810,1680 +784,1626 @@
         <v>14</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P5" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R5" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:19">
-      <c r="A6" s="6" t="s">
+      <c r="A6" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="B6" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="6">
+      <c r="C6">
         <v>2600</v>
       </c>
-      <c r="D6" s="6">
+      <c r="D6">
         <v>25</v>
       </c>
-      <c r="E6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="7">
+      <c r="E6" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" s="5">
         <v>56.2</v>
       </c>
-      <c r="G6" s="6">
-[...2 lines deleted...]
-      <c r="H6" s="6">
+      <c r="G6">
+        <v>56.099999999999994</v>
+      </c>
+      <c r="H6">
         <v>55.8</v>
       </c>
-      <c r="I6" s="6">
+      <c r="I6">
         <v>55.5</v>
       </c>
-      <c r="J6" s="6">
+      <c r="J6">
         <v>55.1</v>
       </c>
-      <c r="K6" s="6">
+      <c r="K6">
         <v>54.5</v>
       </c>
-      <c r="L6" s="6">
+      <c r="L6">
         <v>53.8</v>
       </c>
-      <c r="M6" s="6">
-[...2 lines deleted...]
-      <c r="N6" s="6">
+      <c r="M6">
+        <v>53.0</v>
+      </c>
+      <c r="N6">
         <v>52.59999999999999</v>
       </c>
-      <c r="O6" s="6">
+      <c r="O6">
         <v>52.4</v>
       </c>
-      <c r="P6" s="6">
+      <c r="P6">
         <v>52</v>
       </c>
-      <c r="Q6" s="6">
+      <c r="Q6">
         <v>51.5</v>
       </c>
-      <c r="R6" s="6">
+      <c r="R6">
         <v>51.5</v>
       </c>
     </row>
     <row r="7" spans="1:19">
-      <c r="A7" s="0" t="s">
+      <c r="A7" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="0">
+      <c r="B7" t="s">
+        <v>26</v>
+      </c>
+      <c r="C7">
         <v>2250</v>
       </c>
-      <c r="D7" s="0">
+      <c r="D7">
         <v>7</v>
       </c>
-      <c r="E7" s="0" t="s">
+      <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="5">
         <v>46.9</v>
       </c>
-      <c r="G7" s="0">
+      <c r="G7">
         <v>46.4</v>
       </c>
-      <c r="H7" s="0">
+      <c r="H7">
         <v>45.8</v>
       </c>
-      <c r="I7" s="0">
+      <c r="I7">
         <v>45.2</v>
       </c>
-      <c r="J7" s="0">
+      <c r="J7">
         <v>44.5</v>
       </c>
-      <c r="K7" s="0">
+      <c r="K7">
         <v>43.9</v>
       </c>
-      <c r="L7" s="0">
+      <c r="L7">
         <v>43.4</v>
       </c>
-      <c r="M7" s="0">
+      <c r="M7">
         <v>42.90000000000001</v>
       </c>
-      <c r="N7" s="0">
+      <c r="N7">
         <v>42.5</v>
       </c>
-      <c r="O7" s="0">
+      <c r="O7">
         <v>42.2</v>
       </c>
-      <c r="P7" s="0">
+      <c r="P7">
         <v>41.7</v>
       </c>
-      <c r="Q7" s="0">
+      <c r="Q7">
         <v>41.5</v>
       </c>
-      <c r="R7" s="0">
+      <c r="R7">
         <v>41.5</v>
       </c>
     </row>
     <row r="8" spans="1:19">
-      <c r="A8" s="6" t="s">
+      <c r="A8" t="s">
         <v>27</v>
       </c>
-      <c r="B8" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="6">
+      <c r="B8" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8">
         <v>2400</v>
       </c>
-      <c r="D8" s="6">
+      <c r="D8">
         <v>7</v>
       </c>
-      <c r="E8" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F8" s="7">
+      <c r="E8" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" s="5">
         <v>40.7</v>
       </c>
-      <c r="G8" s="6">
+      <c r="G8">
         <v>40.3</v>
       </c>
-      <c r="H8" s="6">
+      <c r="H8">
         <v>39.90000000000001</v>
       </c>
-      <c r="I8" s="6">
+      <c r="I8">
         <v>39.5</v>
       </c>
-      <c r="J8" s="6">
-[...2 lines deleted...]
-      <c r="K8" s="6">
+      <c r="J8">
+        <v>39.0</v>
+      </c>
+      <c r="K8">
         <v>38.6</v>
       </c>
-      <c r="L8" s="6">
+      <c r="L8">
         <v>38.2</v>
       </c>
-      <c r="M8" s="6">
+      <c r="M8">
         <v>37.8</v>
       </c>
-      <c r="N8" s="6">
+      <c r="N8">
         <v>37.5</v>
       </c>
-      <c r="O8" s="6">
+      <c r="O8">
         <v>37.3</v>
       </c>
-      <c r="P8" s="6">
+      <c r="P8">
         <v>36.9</v>
       </c>
-      <c r="Q8" s="6">
+      <c r="Q8">
         <v>36.7</v>
       </c>
-      <c r="R8" s="6">
+      <c r="R8">
         <v>36.7</v>
       </c>
     </row>
     <row r="9" spans="1:19">
-      <c r="A9" s="0" t="s">
+      <c r="A9" t="s">
         <v>28</v>
       </c>
-      <c r="B9" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="0">
+      <c r="B9" t="s">
+        <v>26</v>
+      </c>
+      <c r="C9">
         <v>1200</v>
       </c>
-      <c r="D9" s="0">
+      <c r="D9">
         <v>1</v>
       </c>
-      <c r="E9" s="0" t="s">
+      <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="5">
         <v>18.4</v>
       </c>
-      <c r="G9" s="0">
+      <c r="G9">
         <v>18.1</v>
       </c>
-      <c r="H9" s="0">
+      <c r="H9">
         <v>17.9</v>
       </c>
-      <c r="I9" s="0">
+      <c r="I9">
         <v>17.6</v>
       </c>
-      <c r="J9" s="0">
+      <c r="J9">
         <v>17.4</v>
       </c>
-      <c r="K9" s="0">
+      <c r="K9">
         <v>17.1</v>
       </c>
-      <c r="L9" s="0">
+      <c r="L9">
         <v>16.9</v>
       </c>
-      <c r="M9" s="0">
+      <c r="M9">
         <v>16.6</v>
       </c>
-      <c r="N9" s="0">
+      <c r="N9">
         <v>16.4</v>
       </c>
-      <c r="O9" s="0">
+      <c r="O9">
         <v>16.3</v>
       </c>
-      <c r="P9" s="0">
+      <c r="P9">
         <v>16.3</v>
       </c>
-      <c r="Q9" s="0">
+      <c r="Q9">
         <v>16.3</v>
       </c>
-      <c r="R9" s="0">
+      <c r="R9">
         <v>16.3</v>
       </c>
     </row>
     <row r="10" spans="1:19">
-      <c r="A10" s="6" t="s">
+      <c r="A10" t="s">
         <v>29</v>
       </c>
-      <c r="B10" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="6">
+      <c r="B10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10">
         <v>2350</v>
       </c>
-      <c r="D10" s="6">
+      <c r="D10">
         <v>9</v>
       </c>
-      <c r="E10" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F10" s="7">
+      <c r="E10" t="s">
+        <v>24</v>
+      </c>
+      <c r="F10" s="5">
         <v>48.5</v>
       </c>
-      <c r="G10" s="6">
-[...2 lines deleted...]
-      <c r="H10" s="6">
+      <c r="G10">
+        <v>48.0</v>
+      </c>
+      <c r="H10">
         <v>47.40000000000001</v>
       </c>
-      <c r="I10" s="6">
+      <c r="I10">
         <v>46.8</v>
       </c>
-      <c r="J10" s="6">
+      <c r="J10">
         <v>46.1</v>
       </c>
-      <c r="K10" s="6">
+      <c r="K10">
         <v>45.5</v>
       </c>
-      <c r="L10" s="6">
-[...2 lines deleted...]
-      <c r="M10" s="6">
+      <c r="L10">
+        <v>45.0</v>
+      </c>
+      <c r="M10">
         <v>44.5</v>
       </c>
-      <c r="N10" s="6">
-[...2 lines deleted...]
-      <c r="O10" s="6">
+      <c r="N10">
+        <v>44.099999999999994</v>
+      </c>
+      <c r="O10">
         <v>43.8</v>
       </c>
-      <c r="P10" s="6">
+      <c r="P10">
         <v>43.3</v>
       </c>
-      <c r="Q10" s="6">
+      <c r="Q10">
         <v>43</v>
       </c>
-      <c r="R10" s="6">
+      <c r="R10">
         <v>43</v>
       </c>
     </row>
     <row r="11" spans="1:19">
-      <c r="A11" s="0" t="s">
+      <c r="A11" t="s">
         <v>30</v>
       </c>
-      <c r="B11" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="0">
+      <c r="B11" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11">
         <v>2350</v>
       </c>
-      <c r="D11" s="0">
+      <c r="D11">
         <v>6</v>
       </c>
-      <c r="E11" s="0" t="s">
+      <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" s="5">
-        <v>50</v>
-[...7 lines deleted...]
-      <c r="I11" s="0">
+        <v>50.0</v>
+      </c>
+      <c r="G11">
+        <v>49.0</v>
+      </c>
+      <c r="H11">
+        <v>48.099999999999994</v>
+      </c>
+      <c r="I11">
         <v>47.10000000000001</v>
       </c>
-      <c r="J11" s="0">
+      <c r="J11">
         <v>46.2</v>
       </c>
-      <c r="K11" s="0">
+      <c r="K11">
         <v>45.2</v>
       </c>
-      <c r="L11" s="0">
+      <c r="L11">
         <v>44.6</v>
       </c>
-      <c r="M11" s="0">
+      <c r="M11">
         <v>43.90000000000001</v>
       </c>
-      <c r="N11" s="0">
+      <c r="N11">
         <v>43.3</v>
       </c>
-      <c r="O11" s="0">
+      <c r="O11">
         <v>42.8</v>
       </c>
-      <c r="P11" s="0">
+      <c r="P11">
         <v>42.4</v>
       </c>
-      <c r="Q11" s="0">
-[...3 lines deleted...]
-        <v>42</v>
+      <c r="Q11">
+        <v>42.0</v>
+      </c>
+      <c r="R11">
+        <v>42.0</v>
       </c>
     </row>
     <row r="12" spans="1:19">
-      <c r="A12" s="6" t="s">
+      <c r="A12" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="6" t="s">
+      <c r="B12" t="s">
         <v>23</v>
       </c>
-      <c r="C12" s="6">
-[...2 lines deleted...]
-      <c r="D12" s="6">
+      <c r="C12">
+        <v>6100</v>
+      </c>
+      <c r="D12">
         <v>41</v>
       </c>
-      <c r="E12" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F12" s="7">
+      <c r="E12" t="s">
+        <v>24</v>
+      </c>
+      <c r="F12" s="5">
         <v>67.7</v>
       </c>
-      <c r="G12" s="6">
+      <c r="G12">
         <v>67.5</v>
       </c>
-      <c r="H12" s="6">
+      <c r="H12">
         <v>67.2</v>
       </c>
-      <c r="I12" s="6">
+      <c r="I12">
         <v>66.90000000000001</v>
       </c>
-      <c r="J12" s="6">
+      <c r="J12">
         <v>66.5</v>
       </c>
-      <c r="K12" s="6">
+      <c r="K12">
         <v>66.2</v>
       </c>
-      <c r="L12" s="6">
+      <c r="L12">
         <v>65.8</v>
       </c>
-      <c r="M12" s="6">
+      <c r="M12">
         <v>65.40000000000001</v>
       </c>
-      <c r="N12" s="6">
-[...2 lines deleted...]
-      <c r="O12" s="6">
+      <c r="N12">
+        <v>65.099999999999994</v>
+      </c>
+      <c r="O12">
         <v>64.90000000000001</v>
       </c>
-      <c r="P12" s="6">
+      <c r="P12">
         <v>64.5</v>
       </c>
-      <c r="Q12" s="6">
+      <c r="Q12">
         <v>64.5</v>
       </c>
-      <c r="R12" s="6">
+      <c r="R12">
         <v>64.5</v>
       </c>
     </row>
     <row r="13" spans="1:19">
-      <c r="A13" s="0" t="s">
+      <c r="A13" t="s">
         <v>32</v>
       </c>
-      <c r="B13" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="0">
+      <c r="B13" t="s">
+        <v>26</v>
+      </c>
+      <c r="C13">
         <v>1600</v>
       </c>
-      <c r="D13" s="0">
+      <c r="D13">
         <v>6</v>
       </c>
-      <c r="E13" s="0" t="s">
+      <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" s="5">
         <v>26.2</v>
       </c>
-      <c r="G13" s="0">
+      <c r="G13">
         <v>26.2</v>
       </c>
-      <c r="H13" s="0">
+      <c r="H13">
         <v>26.1</v>
       </c>
-      <c r="I13" s="0">
-[...2 lines deleted...]
-      <c r="J13" s="0">
+      <c r="I13">
+        <v>26</v>
+      </c>
+      <c r="J13">
         <v>25.8</v>
       </c>
-      <c r="K13" s="0">
+      <c r="K13">
         <v>25.7</v>
       </c>
-      <c r="L13" s="0">
+      <c r="L13">
         <v>25.5</v>
       </c>
-      <c r="M13" s="0">
+      <c r="M13">
         <v>25.3</v>
       </c>
-      <c r="N13" s="0">
+      <c r="N13">
         <v>25.2</v>
       </c>
-      <c r="O13" s="0">
+      <c r="O13">
         <v>25.2</v>
       </c>
-      <c r="P13" s="0">
+      <c r="P13">
         <v>25</v>
       </c>
-      <c r="Q13" s="0">
+      <c r="Q13">
         <v>25</v>
       </c>
-      <c r="R13" s="0">
+      <c r="R13">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:19">
-      <c r="A14" s="6" t="s">
+      <c r="A14" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="6">
+      <c r="B14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C14">
         <v>1850</v>
       </c>
-      <c r="D14" s="6">
+      <c r="D14">
         <v>9</v>
       </c>
-      <c r="E14" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F14" s="7">
+      <c r="E14" t="s">
+        <v>24</v>
+      </c>
+      <c r="F14" s="5">
         <v>36.4</v>
       </c>
-      <c r="G14" s="6">
+      <c r="G14">
         <v>35.7</v>
       </c>
-      <c r="H14" s="6">
-[...2 lines deleted...]
-      <c r="I14" s="6">
+      <c r="H14">
+        <v>35.099999999999994</v>
+      </c>
+      <c r="I14">
         <v>34.40000000000001</v>
       </c>
-      <c r="J14" s="6">
+      <c r="J14">
         <v>33.8</v>
       </c>
-      <c r="K14" s="6">
+      <c r="K14">
         <v>33.1</v>
       </c>
-      <c r="L14" s="6">
+      <c r="L14">
         <v>32.7</v>
       </c>
-      <c r="M14" s="6">
+      <c r="M14">
         <v>32.2</v>
       </c>
-      <c r="N14" s="6">
+      <c r="N14">
         <v>31.8</v>
       </c>
-      <c r="O14" s="6">
+      <c r="O14">
         <v>31.5</v>
       </c>
-      <c r="P14" s="6">
+      <c r="P14">
         <v>31.3</v>
       </c>
-      <c r="Q14" s="6">
+      <c r="Q14">
         <v>31.1</v>
       </c>
-      <c r="R14" s="6">
+      <c r="R14">
         <v>31.1</v>
       </c>
     </row>
     <row r="15" spans="1:19">
-      <c r="A15" s="0" t="s">
+      <c r="A15" t="s">
         <v>34</v>
       </c>
-      <c r="B15" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="0">
+      <c r="B15" t="s">
+        <v>26</v>
+      </c>
+      <c r="C15">
         <v>1840</v>
       </c>
-      <c r="D15" s="0">
+      <c r="D15">
         <v>2</v>
       </c>
-      <c r="E15" s="0" t="s">
+      <c r="E15" t="s">
         <v>24</v>
       </c>
       <c r="F15" s="5">
         <v>34.8</v>
       </c>
-      <c r="G15" s="0">
+      <c r="G15">
         <v>34.1</v>
       </c>
-      <c r="H15" s="0">
+      <c r="H15">
         <v>33.5</v>
       </c>
-      <c r="I15" s="0">
+      <c r="I15">
         <v>32.8</v>
       </c>
-      <c r="J15" s="0">
+      <c r="J15">
         <v>32.2</v>
       </c>
-      <c r="K15" s="0">
+      <c r="K15">
         <v>31.5</v>
       </c>
-      <c r="L15" s="0">
-[...2 lines deleted...]
-      <c r="M15" s="0">
+      <c r="L15">
+        <v>31.099999999999998</v>
+      </c>
+      <c r="M15">
         <v>30.6</v>
       </c>
-      <c r="N15" s="0">
+      <c r="N15">
         <v>30.2</v>
       </c>
-      <c r="O15" s="0">
+      <c r="O15">
         <v>29.9</v>
       </c>
-      <c r="P15" s="0">
+      <c r="P15">
         <v>29.7</v>
       </c>
-      <c r="Q15" s="0">
+      <c r="Q15">
         <v>29.5</v>
       </c>
-      <c r="R15" s="0">
+      <c r="R15">
         <v>29.5</v>
       </c>
     </row>
     <row r="16" spans="1:19">
-      <c r="A16" s="6" t="s">
+      <c r="A16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="6">
+      <c r="B16" t="s">
+        <v>26</v>
+      </c>
+      <c r="C16">
         <v>2050</v>
       </c>
-      <c r="D16" s="6">
+      <c r="D16">
         <v>2</v>
       </c>
-      <c r="E16" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F16" s="7">
+      <c r="E16" t="s">
+        <v>24</v>
+      </c>
+      <c r="F16" s="5">
         <v>32.3</v>
       </c>
-      <c r="G16" s="6">
+      <c r="G16">
         <v>31.7</v>
       </c>
-      <c r="H16" s="6">
+      <c r="H16">
         <v>31.2</v>
       </c>
-      <c r="I16" s="6">
+      <c r="I16">
         <v>30.6</v>
       </c>
-      <c r="J16" s="6">
-[...2 lines deleted...]
-      <c r="K16" s="6">
+      <c r="J16">
+        <v>30.099999999999998</v>
+      </c>
+      <c r="K16">
         <v>29.5</v>
       </c>
-      <c r="L16" s="6">
-[...2 lines deleted...]
-      <c r="M16" s="6">
+      <c r="L16">
+        <v>29.099999999999998</v>
+      </c>
+      <c r="M16">
         <v>28.6</v>
       </c>
-      <c r="N16" s="6">
+      <c r="N16">
         <v>28.2</v>
       </c>
-      <c r="O16" s="6">
+      <c r="O16">
         <v>27.9</v>
       </c>
-      <c r="P16" s="6">
+      <c r="P16">
         <v>27.7</v>
       </c>
-      <c r="Q16" s="6">
+      <c r="Q16">
         <v>27.5</v>
       </c>
-      <c r="R16" s="6">
+      <c r="R16">
         <v>27.5</v>
       </c>
     </row>
     <row r="17" spans="1:19">
-      <c r="A17" s="0" t="s">
+      <c r="A17" t="s">
         <v>36</v>
       </c>
-      <c r="B17" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="0">
+      <c r="B17" t="s">
+        <v>26</v>
+      </c>
+      <c r="C17">
         <v>2270</v>
       </c>
-      <c r="D17" s="0">
+      <c r="D17">
         <v>9</v>
       </c>
-      <c r="E17" s="0" t="s">
+      <c r="E17" t="s">
         <v>24</v>
       </c>
       <c r="F17" s="5">
         <v>51.7</v>
       </c>
-      <c r="G17" s="0">
-[...2 lines deleted...]
-      <c r="H17" s="0">
+      <c r="G17">
+        <v>51.099999999999994</v>
+      </c>
+      <c r="H17">
         <v>50.40000000000001</v>
       </c>
-      <c r="I17" s="0">
+      <c r="I17">
         <v>49.7</v>
       </c>
-      <c r="J17" s="0">
+      <c r="J17">
         <v>48.90000000000001</v>
       </c>
-      <c r="K17" s="0">
+      <c r="K17">
         <v>48.2</v>
       </c>
-      <c r="L17" s="0">
+      <c r="L17">
         <v>47.7</v>
       </c>
-      <c r="M17" s="0">
+      <c r="M17">
         <v>47.2</v>
       </c>
-      <c r="N17" s="0">
+      <c r="N17">
         <v>46.8</v>
       </c>
-      <c r="O17" s="0">
+      <c r="O17">
         <v>46.5</v>
       </c>
-      <c r="P17" s="0">
+      <c r="P17">
         <v>46</v>
       </c>
-      <c r="Q17" s="0">
+      <c r="Q17">
         <v>45.7</v>
       </c>
-      <c r="R17" s="0">
+      <c r="R17">
         <v>45.7</v>
       </c>
     </row>
     <row r="18" spans="1:19">
-      <c r="A18" s="6" t="s">
+      <c r="A18" t="s">
         <v>37</v>
       </c>
-      <c r="B18" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="6">
+      <c r="B18" t="s">
+        <v>26</v>
+      </c>
+      <c r="C18">
         <v>2050</v>
       </c>
-      <c r="D18" s="6">
+      <c r="D18">
         <v>9</v>
       </c>
-      <c r="E18" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="7">
+      <c r="E18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F18" s="5">
         <v>45.9</v>
       </c>
-      <c r="G18" s="6">
+      <c r="G18">
         <v>45.4</v>
       </c>
-      <c r="H18" s="6">
+      <c r="H18">
         <v>44.8</v>
       </c>
-      <c r="I18" s="6">
+      <c r="I18">
         <v>44.2</v>
       </c>
-      <c r="J18" s="6">
+      <c r="J18">
         <v>43.6</v>
       </c>
-      <c r="K18" s="6">
-[...2 lines deleted...]
-      <c r="L18" s="6">
+      <c r="K18">
+        <v>43.099999999999994</v>
+      </c>
+      <c r="L18">
         <v>42.6</v>
       </c>
-      <c r="M18" s="6">
+      <c r="M18">
         <v>42.1</v>
       </c>
-      <c r="N18" s="6">
+      <c r="N18">
         <v>41.8</v>
       </c>
-      <c r="O18" s="6">
+      <c r="O18">
         <v>41.59999999999999</v>
       </c>
-      <c r="P18" s="6">
+      <c r="P18">
         <v>41.2</v>
       </c>
-      <c r="Q18" s="6">
+      <c r="Q18">
         <v>41</v>
       </c>
-      <c r="R18" s="6">
+      <c r="R18">
         <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:19">
-      <c r="A19" s="0" t="s">
+      <c r="A19" t="s">
         <v>38</v>
       </c>
-      <c r="B19" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="0">
+      <c r="B19" t="s">
+        <v>26</v>
+      </c>
+      <c r="C19">
         <v>2400</v>
       </c>
-      <c r="D19" s="0">
+      <c r="D19">
         <v>0</v>
       </c>
-      <c r="E19" s="0" t="s">
+      <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" s="5">
         <v>27.7</v>
       </c>
-      <c r="G19" s="0">
+      <c r="G19">
         <v>27.7</v>
       </c>
-      <c r="H19" s="0">
+      <c r="H19">
         <v>27.5</v>
       </c>
-      <c r="I19" s="0">
+      <c r="I19">
         <v>27.3</v>
       </c>
-      <c r="J19" s="0">
+      <c r="J19">
         <v>27.2</v>
       </c>
-      <c r="K19" s="0">
+      <c r="K19">
         <v>27</v>
       </c>
-      <c r="L19" s="0">
+      <c r="L19">
         <v>26.8</v>
       </c>
-      <c r="M19" s="0">
+      <c r="M19">
         <v>26.7</v>
       </c>
-      <c r="N19" s="0">
+      <c r="N19">
         <v>26.6</v>
       </c>
-      <c r="O19" s="0">
+      <c r="O19">
         <v>26.6</v>
       </c>
-      <c r="P19" s="0">
+      <c r="P19">
         <v>26.4</v>
       </c>
-      <c r="Q19" s="0">
+      <c r="Q19">
         <v>26.4</v>
       </c>
-      <c r="R19" s="0">
+      <c r="R19">
         <v>26.4</v>
       </c>
     </row>
     <row r="20" spans="1:19">
-      <c r="A20" s="6" t="s">
+      <c r="A20" t="s">
         <v>39</v>
       </c>
-      <c r="B20" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="6">
+      <c r="B20" t="s">
+        <v>26</v>
+      </c>
+      <c r="C20">
         <v>2350</v>
       </c>
-      <c r="D20" s="6">
+      <c r="D20">
         <v>9</v>
       </c>
-      <c r="E20" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="7">
+      <c r="E20" t="s">
+        <v>24</v>
+      </c>
+      <c r="F20" s="5">
         <v>45.8</v>
       </c>
-      <c r="G20" s="6">
+      <c r="G20">
         <v>45.3</v>
       </c>
-      <c r="H20" s="6">
+      <c r="H20">
         <v>44.7</v>
       </c>
-      <c r="I20" s="6">
+      <c r="I20">
         <v>44.1</v>
       </c>
-      <c r="J20" s="6">
+      <c r="J20">
         <v>43.5</v>
       </c>
-      <c r="K20" s="6">
-[...2 lines deleted...]
-      <c r="L20" s="6">
+      <c r="K20">
+        <v>43.0</v>
+      </c>
+      <c r="L20">
         <v>42.5</v>
       </c>
-      <c r="M20" s="6">
+      <c r="M20">
+        <v>42.0</v>
+      </c>
+      <c r="N20">
+        <v>41.7</v>
+      </c>
+      <c r="O20">
+        <v>41.5</v>
+      </c>
+      <c r="P20">
+        <v>41.1</v>
+      </c>
+      <c r="Q20">
+        <v>40.9</v>
+      </c>
+      <c r="R20">
+        <v>40.9</v>
+      </c>
+    </row>
+    <row r="21" spans="1:19">
+      <c r="A21" t="s">
+        <v>40</v>
+      </c>
+      <c r="B21" t="s">
+        <v>26</v>
+      </c>
+      <c r="C21">
+        <v>2200</v>
+      </c>
+      <c r="D21">
+        <v>9</v>
+      </c>
+      <c r="E21" t="s">
+        <v>24</v>
+      </c>
+      <c r="F21" s="5">
+        <v>45.5</v>
+      </c>
+      <c r="G21">
+        <v>45.0</v>
+      </c>
+      <c r="H21">
+        <v>44.40000000000001</v>
+      </c>
+      <c r="I21">
+        <v>43.9</v>
+      </c>
+      <c r="J21">
+        <v>43.3</v>
+      </c>
+      <c r="K21">
+        <v>42.8</v>
+      </c>
+      <c r="L21">
+        <v>42.3</v>
+      </c>
+      <c r="M21">
+        <v>41.90000000000001</v>
+      </c>
+      <c r="N21">
+        <v>41.59999999999999</v>
+      </c>
+      <c r="O21">
+        <v>41.4</v>
+      </c>
+      <c r="P21">
+        <v>41</v>
+      </c>
+      <c r="Q21">
+        <v>40.8</v>
+      </c>
+      <c r="R21">
+        <v>40.8</v>
+      </c>
+    </row>
+    <row r="22" spans="1:19">
+      <c r="A22" t="s">
+        <v>41</v>
+      </c>
+      <c r="B22" t="s">
+        <v>26</v>
+      </c>
+      <c r="C22">
+        <v>2250</v>
+      </c>
+      <c r="D22">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>24</v>
+      </c>
+      <c r="F22" s="5">
+        <v>51.4</v>
+      </c>
+      <c r="G22">
+        <v>50.8</v>
+      </c>
+      <c r="H22">
+        <v>50.1</v>
+      </c>
+      <c r="I22">
+        <v>49.4</v>
+      </c>
+      <c r="J22">
+        <v>48.6</v>
+      </c>
+      <c r="K22">
+        <v>47.9</v>
+      </c>
+      <c r="L22">
+        <v>47.4</v>
+      </c>
+      <c r="M22">
+        <v>46.90000000000001</v>
+      </c>
+      <c r="N22">
+        <v>46.5</v>
+      </c>
+      <c r="O22">
+        <v>46.2</v>
+      </c>
+      <c r="P22">
+        <v>45.7</v>
+      </c>
+      <c r="Q22">
+        <v>45.4</v>
+      </c>
+      <c r="R22">
+        <v>45.4</v>
+      </c>
+    </row>
+    <row r="23" spans="1:19">
+      <c r="A23" t="s">
         <v>42</v>
       </c>
-      <c r="N20" s="6">
-[...81 lines deleted...]
-      <c r="D22" s="6">
+      <c r="B23" t="s">
+        <v>26</v>
+      </c>
+      <c r="C23">
+        <v>3000</v>
+      </c>
+      <c r="D23">
         <v>12</v>
       </c>
-      <c r="E22" s="6" t="s">
-[...55 lines deleted...]
-      <c r="E23" s="0" t="s">
+      <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" s="5">
         <v>78.40000000000001</v>
       </c>
-      <c r="G23" s="0">
+      <c r="G23">
         <v>77.2</v>
       </c>
-      <c r="H23" s="0">
+      <c r="H23">
         <v>75.90000000000001</v>
       </c>
-      <c r="I23" s="0">
+      <c r="I23">
         <v>74.59999999999999</v>
       </c>
-      <c r="J23" s="0">
+      <c r="J23">
         <v>73.2</v>
       </c>
-      <c r="K23" s="0">
+      <c r="K23">
         <v>71.90000000000001</v>
       </c>
-      <c r="L23" s="0">
-[...2 lines deleted...]
-      <c r="M23" s="0">
+      <c r="L23">
+        <v>71.099999999999994</v>
+      </c>
+      <c r="M23">
         <v>70.3</v>
       </c>
-      <c r="N23" s="0">
+      <c r="N23">
         <v>69.59999999999999</v>
       </c>
-      <c r="O23" s="0">
-[...2 lines deleted...]
-      <c r="P23" s="0">
+      <c r="O23">
+        <v>69.0</v>
+      </c>
+      <c r="P23">
         <v>68.2</v>
       </c>
-      <c r="Q23" s="0">
+      <c r="Q23">
         <v>67.59999999999999</v>
       </c>
-      <c r="R23" s="0">
+      <c r="R23">
         <v>67.59999999999999</v>
       </c>
     </row>
     <row r="24" spans="1:19">
-      <c r="A24" s="6" t="s">
+      <c r="A24" t="s">
         <v>43</v>
       </c>
-      <c r="B24" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="6">
+      <c r="B24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C24">
         <v>2450</v>
       </c>
-      <c r="D24" s="6">
+      <c r="D24">
         <v>10</v>
       </c>
-      <c r="E24" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F24" s="7">
+      <c r="E24" t="s">
+        <v>24</v>
+      </c>
+      <c r="F24" s="5">
         <v>47.3</v>
       </c>
-      <c r="G24" s="6">
+      <c r="G24">
         <v>46.8</v>
       </c>
-      <c r="H24" s="6">
+      <c r="H24">
         <v>46.2</v>
       </c>
-      <c r="I24" s="6">
+      <c r="I24">
         <v>45.6</v>
       </c>
-      <c r="J24" s="6">
+      <c r="J24">
         <v>44.90000000000001</v>
       </c>
-      <c r="K24" s="6">
+      <c r="K24">
         <v>44.3</v>
       </c>
-      <c r="L24" s="6">
+      <c r="L24">
         <v>43.8</v>
       </c>
-      <c r="M24" s="6">
+      <c r="M24">
         <v>43.3</v>
       </c>
-      <c r="N24" s="6">
+      <c r="N24">
         <v>42.9</v>
       </c>
-      <c r="O24" s="6">
+      <c r="O24">
         <v>42.59999999999999</v>
       </c>
-      <c r="P24" s="6">
+      <c r="P24">
         <v>42.1</v>
       </c>
-      <c r="Q24" s="6">
+      <c r="Q24">
         <v>41.8</v>
       </c>
-      <c r="R24" s="6">
+      <c r="R24">
         <v>41.8</v>
       </c>
     </row>
     <row r="25" spans="1:19">
-      <c r="A25" s="0" t="s">
+      <c r="A25" t="s">
         <v>44</v>
       </c>
-      <c r="B25" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C25" s="0">
+      <c r="B25" t="s">
+        <v>26</v>
+      </c>
+      <c r="C25">
         <v>2550</v>
       </c>
-      <c r="D25" s="0">
+      <c r="D25">
         <v>5</v>
       </c>
-      <c r="E25" s="0" t="s">
+      <c r="E25" t="s">
         <v>24</v>
       </c>
       <c r="F25" s="5">
         <v>43.6</v>
       </c>
-      <c r="G25" s="0">
+      <c r="G25">
         <v>42.7</v>
       </c>
-      <c r="H25" s="0">
+      <c r="H25">
         <v>41.89999999999999</v>
       </c>
-      <c r="I25" s="0">
-[...2 lines deleted...]
-      <c r="J25" s="0">
+      <c r="I25">
+        <v>41.0</v>
+      </c>
+      <c r="J25">
         <v>40.2</v>
       </c>
-      <c r="K25" s="0">
+      <c r="K25">
         <v>39.3</v>
       </c>
-      <c r="L25" s="0">
+      <c r="L25">
         <v>38.8</v>
       </c>
-      <c r="M25" s="0">
+      <c r="M25">
         <v>38.2</v>
       </c>
-      <c r="N25" s="0">
+      <c r="N25">
         <v>37.7</v>
       </c>
-      <c r="O25" s="0">
+      <c r="O25">
         <v>37.3</v>
       </c>
-      <c r="P25" s="0">
-[...2 lines deleted...]
-      <c r="Q25" s="0">
+      <c r="P25">
+        <v>37.0</v>
+      </c>
+      <c r="Q25">
         <v>36.7</v>
       </c>
-      <c r="R25" s="0">
+      <c r="R25">
         <v>36.7</v>
       </c>
     </row>
     <row r="26" spans="1:19">
-      <c r="A26" s="6" t="s">
+      <c r="A26" t="s">
         <v>45</v>
       </c>
-      <c r="B26" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D26" s="6">
+      <c r="B26" t="s">
+        <v>26</v>
+      </c>
+      <c r="C26">
+        <v>1900</v>
+      </c>
+      <c r="D26">
         <v>2</v>
       </c>
-      <c r="E26" s="6" t="s">
-[...26 lines deleted...]
-      <c r="N26" s="6">
+      <c r="E26" t="s">
+        <v>24</v>
+      </c>
+      <c r="F26" s="5">
+        <v>30.2</v>
+      </c>
+      <c r="G26">
+        <v>29.6</v>
+      </c>
+      <c r="H26">
+        <v>29.099999999999998</v>
+      </c>
+      <c r="I26">
+        <v>28.5</v>
+      </c>
+      <c r="J26">
+        <v>28.0</v>
+      </c>
+      <c r="K26">
+        <v>27.4</v>
+      </c>
+      <c r="L26">
+        <v>27.0</v>
+      </c>
+      <c r="M26">
+        <v>26.6</v>
+      </c>
+      <c r="N26">
+        <v>26.3</v>
+      </c>
+      <c r="O26">
         <v>26.1</v>
       </c>
-      <c r="O26" s="6">
+      <c r="P26">
+        <v>26.0</v>
+      </c>
+      <c r="Q26">
         <v>25.9</v>
       </c>
-      <c r="P26" s="6">
-[...6 lines deleted...]
-        <v>25.8</v>
+      <c r="R26">
+        <v>25.9</v>
       </c>
     </row>
     <row r="27" spans="1:19">
-      <c r="A27" s="0" t="s">
+      <c r="A27" t="s">
         <v>46</v>
       </c>
-      <c r="B27" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="0">
+      <c r="B27" t="s">
+        <v>26</v>
+      </c>
+      <c r="C27">
         <v>2300</v>
       </c>
-      <c r="D27" s="0">
+      <c r="D27">
         <v>10</v>
       </c>
-      <c r="E27" s="0" t="s">
+      <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" s="5">
         <v>44.7</v>
       </c>
-      <c r="G27" s="0">
+      <c r="G27">
         <v>44.2</v>
       </c>
-      <c r="H27" s="0">
+      <c r="H27">
         <v>43.7</v>
       </c>
-      <c r="I27" s="0">
+      <c r="I27">
         <v>43.2</v>
       </c>
-      <c r="J27" s="0">
+      <c r="J27">
         <v>42.6</v>
       </c>
-      <c r="K27" s="0">
-[...2 lines deleted...]
-      <c r="L27" s="0">
+      <c r="K27">
+        <v>42.099999999999994</v>
+      </c>
+      <c r="L27">
         <v>41.7</v>
       </c>
-      <c r="M27" s="0">
+      <c r="M27">
         <v>41.3</v>
       </c>
-      <c r="N27" s="0">
-[...2 lines deleted...]
-      <c r="O27" s="0">
+      <c r="N27">
+        <v>41.0</v>
+      </c>
+      <c r="O27">
         <v>40.8</v>
       </c>
-      <c r="P27" s="0">
+      <c r="P27">
         <v>40.4</v>
       </c>
-      <c r="Q27" s="0">
+      <c r="Q27">
         <v>40.2</v>
       </c>
-      <c r="R27" s="0">
+      <c r="R27">
         <v>40.2</v>
       </c>
     </row>
     <row r="28" spans="1:19">
-      <c r="A28" s="6" t="s">
+      <c r="A28" t="s">
         <v>47</v>
       </c>
-      <c r="B28" s="6" t="s">
+      <c r="B28" t="s">
         <v>23</v>
       </c>
-      <c r="C28" s="6">
+      <c r="C28">
         <v>2600</v>
       </c>
-      <c r="D28" s="6">
+      <c r="D28">
         <v>25</v>
       </c>
-      <c r="E28" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F28" s="7">
+      <c r="E28" t="s">
+        <v>24</v>
+      </c>
+      <c r="F28" s="5">
         <v>56.2</v>
       </c>
-      <c r="G28" s="6">
-[...2 lines deleted...]
-      <c r="H28" s="6">
+      <c r="G28">
+        <v>56.099999999999994</v>
+      </c>
+      <c r="H28">
         <v>55.8</v>
       </c>
-      <c r="I28" s="6">
+      <c r="I28">
         <v>55.5</v>
       </c>
-      <c r="J28" s="6">
+      <c r="J28">
         <v>55.1</v>
       </c>
-      <c r="K28" s="6">
+      <c r="K28">
         <v>54.5</v>
       </c>
-      <c r="L28" s="6">
+      <c r="L28">
         <v>53.8</v>
       </c>
-      <c r="M28" s="6">
-[...2 lines deleted...]
-      <c r="N28" s="6">
+      <c r="M28">
+        <v>53.0</v>
+      </c>
+      <c r="N28">
         <v>52.59999999999999</v>
       </c>
-      <c r="O28" s="6">
+      <c r="O28">
         <v>52.4</v>
       </c>
-      <c r="P28" s="6">
+      <c r="P28">
         <v>52</v>
       </c>
-      <c r="Q28" s="6">
+      <c r="Q28">
         <v>51.5</v>
       </c>
-      <c r="R28" s="6">
+      <c r="R28">
         <v>51.5</v>
       </c>
     </row>
     <row r="29" spans="1:19">
-      <c r="A29" s="0" t="s">
+      <c r="A29" t="s">
         <v>48</v>
       </c>
-      <c r="B29" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C29" s="0">
+      <c r="B29" t="s">
+        <v>26</v>
+      </c>
+      <c r="C29">
         <v>1750</v>
       </c>
-      <c r="D29" s="0">
+      <c r="D29">
         <v>2</v>
       </c>
-      <c r="E29" s="0" t="s">
+      <c r="E29" t="s">
         <v>24</v>
       </c>
       <c r="F29" s="5">
         <v>31.6</v>
       </c>
-      <c r="G29" s="0">
-[...2 lines deleted...]
-      <c r="H29" s="0">
+      <c r="G29">
+        <v>31.0</v>
+      </c>
+      <c r="H29">
         <v>30.5</v>
       </c>
-      <c r="I29" s="0">
+      <c r="I29">
         <v>29.9</v>
       </c>
-      <c r="J29" s="0">
+      <c r="J29">
         <v>29.4</v>
       </c>
-      <c r="K29" s="0">
+      <c r="K29">
         <v>28.8</v>
       </c>
-      <c r="L29" s="0">
+      <c r="L29">
         <v>28.4</v>
       </c>
-      <c r="M29" s="0">
+      <c r="M29">
         <v>27.9</v>
       </c>
-      <c r="N29" s="0">
+      <c r="N29">
         <v>27.5</v>
       </c>
-      <c r="O29" s="0">
+      <c r="O29">
         <v>27.2</v>
       </c>
-      <c r="P29" s="0">
-[...2 lines deleted...]
-      <c r="Q29" s="0">
+      <c r="P29">
+        <v>27.0</v>
+      </c>
+      <c r="Q29">
         <v>26.8</v>
       </c>
-      <c r="R29" s="0">
+      <c r="R29">
         <v>26.8</v>
       </c>
     </row>
     <row r="30" spans="1:19">
-      <c r="A30" s="6" t="s">
+      <c r="A30" t="s">
         <v>49</v>
       </c>
-      <c r="B30" s="6" t="s">
+      <c r="B30" t="s">
         <v>23</v>
       </c>
-      <c r="C30" s="6">
+      <c r="C30">
         <v>3400</v>
       </c>
-      <c r="D30" s="6">
+      <c r="D30">
         <v>21</v>
       </c>
-      <c r="E30" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F30" s="7">
+      <c r="E30" t="s">
+        <v>24</v>
+      </c>
+      <c r="F30" s="5">
         <v>59.90000000000001</v>
       </c>
-      <c r="G30" s="6">
-[...2 lines deleted...]
-      <c r="H30" s="6">
+      <c r="G30">
+        <v>59.099999999999994</v>
+      </c>
+      <c r="H30">
         <v>58.2</v>
       </c>
-      <c r="I30" s="6">
+      <c r="I30">
         <v>57.4</v>
       </c>
-      <c r="J30" s="6">
+      <c r="J30">
         <v>56.40000000000001</v>
       </c>
-      <c r="K30" s="6">
+      <c r="K30">
         <v>55.59999999999999</v>
       </c>
-      <c r="L30" s="6">
-[...2 lines deleted...]
-      <c r="M30" s="6">
+      <c r="L30">
+        <v>55.0</v>
+      </c>
+      <c r="M30">
         <v>54.40000000000001</v>
       </c>
-      <c r="N30" s="6">
+      <c r="N30">
         <v>53.8</v>
       </c>
-      <c r="O30" s="6">
+      <c r="O30">
         <v>53.4</v>
       </c>
-      <c r="P30" s="6">
+      <c r="P30">
         <v>52.8</v>
       </c>
-      <c r="Q30" s="6">
+      <c r="Q30">
         <v>52.4</v>
       </c>
-      <c r="R30" s="6">
+      <c r="R30">
         <v>52.4</v>
       </c>
     </row>
     <row r="31" spans="1:19">
-      <c r="A31" s="0" t="s">
+      <c r="A31" t="s">
         <v>50</v>
       </c>
-      <c r="B31" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C31" s="0">
+      <c r="B31" t="s">
+        <v>26</v>
+      </c>
+      <c r="C31">
         <v>2450</v>
       </c>
-      <c r="D31" s="0">
+      <c r="D31">
         <v>9</v>
       </c>
-      <c r="E31" s="0" t="s">
+      <c r="E31" t="s">
         <v>24</v>
       </c>
       <c r="F31" s="5">
         <v>38.9</v>
       </c>
-      <c r="G31" s="0">
+      <c r="G31">
         <v>38.7</v>
       </c>
-      <c r="H31" s="0">
+      <c r="H31">
         <v>38.5</v>
       </c>
-      <c r="I31" s="0">
+      <c r="I31">
         <v>38.2</v>
       </c>
-      <c r="J31" s="0">
+      <c r="J31">
         <v>37.8</v>
       </c>
-      <c r="K31" s="0">
+      <c r="K31">
         <v>37.4</v>
       </c>
-      <c r="L31" s="0">
+      <c r="L31">
         <v>36.7</v>
       </c>
-      <c r="M31" s="0">
+      <c r="M31">
         <v>36.2</v>
       </c>
-      <c r="N31" s="0">
+      <c r="N31">
         <v>35.9</v>
       </c>
-      <c r="O31" s="0">
+      <c r="O31">
         <v>35.4</v>
       </c>
-      <c r="P31" s="0">
+      <c r="P31">
         <v>35</v>
       </c>
-      <c r="Q31" s="0">
+      <c r="Q31">
         <v>34.6</v>
       </c>
-      <c r="R31" s="0">
+      <c r="R31">
         <v>34.6</v>
       </c>
     </row>
     <row r="32" spans="1:19">
-      <c r="A32" s="6" t="s">
+      <c r="A32" t="s">
         <v>51</v>
       </c>
-      <c r="B32" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D32" s="6">
+      <c r="B32" t="s">
+        <v>26</v>
+      </c>
+      <c r="C32">
+        <v>1900</v>
+      </c>
+      <c r="D32">
         <v>2</v>
       </c>
-      <c r="E32" s="6" t="s">
-[...32 lines deleted...]
-      <c r="P32" s="6">
+      <c r="E32" t="s">
+        <v>24</v>
+      </c>
+      <c r="F32" s="5">
+        <v>28.7</v>
+      </c>
+      <c r="G32">
+        <v>28.1</v>
+      </c>
+      <c r="H32">
+        <v>27.7</v>
+      </c>
+      <c r="I32">
+        <v>27.2</v>
+      </c>
+      <c r="J32">
+        <v>26.8</v>
+      </c>
+      <c r="K32">
+        <v>26.3</v>
+      </c>
+      <c r="L32">
+        <v>26.0</v>
+      </c>
+      <c r="M32">
+        <v>25.6</v>
+      </c>
+      <c r="N32">
+        <v>25.3</v>
+      </c>
+      <c r="O32">
+        <v>25.1</v>
+      </c>
+      <c r="P32">
+        <v>25.0</v>
+      </c>
+      <c r="Q32">
         <v>24.9</v>
       </c>
-      <c r="Q32" s="6">
-[...3 lines deleted...]
-        <v>24.8</v>
+      <c r="R32">
+        <v>24.9</v>
       </c>
     </row>
     <row r="33" spans="1:19">
-      <c r="A33" s="0" t="s">
+      <c r="A33" t="s">
         <v>52</v>
       </c>
-      <c r="B33" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="0">
+      <c r="B33" t="s">
+        <v>26</v>
+      </c>
+      <c r="C33">
         <v>2450</v>
       </c>
-      <c r="D33" s="0">
+      <c r="D33">
         <v>9</v>
       </c>
-      <c r="E33" s="0" t="s">
+      <c r="E33" t="s">
         <v>24</v>
       </c>
       <c r="F33" s="5">
         <v>38.9</v>
       </c>
-      <c r="G33" s="0">
+      <c r="G33">
         <v>38.7</v>
       </c>
-      <c r="H33" s="0">
+      <c r="H33">
         <v>38.5</v>
       </c>
-      <c r="I33" s="0">
+      <c r="I33">
         <v>38.2</v>
       </c>
-      <c r="J33" s="0">
+      <c r="J33">
         <v>37.8</v>
       </c>
-      <c r="K33" s="0">
+      <c r="K33">
         <v>37.4</v>
       </c>
-      <c r="L33" s="0">
+      <c r="L33">
         <v>36.7</v>
       </c>
-      <c r="M33" s="0">
+      <c r="M33">
         <v>36.2</v>
       </c>
-      <c r="N33" s="0">
+      <c r="N33">
         <v>35.9</v>
       </c>
-      <c r="O33" s="0">
+      <c r="O33">
         <v>35.4</v>
       </c>
-      <c r="P33" s="0">
+      <c r="P33">
         <v>35</v>
       </c>
-      <c r="Q33" s="0">
+      <c r="Q33">
         <v>34.6</v>
       </c>
-      <c r="R33" s="0">
+      <c r="R33">
         <v>34.6</v>
       </c>
     </row>
     <row r="34" spans="1:19">
-      <c r="A34" s="0" t="s">
+      <c r="A34" t="s">
         <v>53</v>
       </c>
-      <c r="B34" s="0"/>
-[...35 lines deleted...]
-      <c r="R35" s="0"/>
     </row>
     <row r="36" spans="1:19">
-      <c r="A36" s="0" t="s">
+      <c r="A36" t="s">
         <v>54</v>
       </c>
-      <c r="B36" s="0"/>
-[...15 lines deleted...]
-      <c r="R36" s="0"/>
     </row>
     <row r="37" spans="1:19" customHeight="1" ht="20">
       <c r="A37" s="3" t="s">
         <v>55</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
       <c r="I37" s="2"/>
       <c r="J37" s="2"/>
       <c r="K37" s="2"/>
       <c r="L37" s="2"/>
       <c r="M37" s="2"/>
       <c r="N37" s="2"/>
       <c r="O37" s="2"/>
       <c r="P37" s="2"/>
       <c r="Q37" s="2"/>
       <c r="R37" s="2"/>
     </row>
     <row r="38" spans="1:19" customHeight="1" ht="21">
       <c r="A38" s="4" t="s">
@@ -2520,1680 +2440,1626 @@
         <v>61</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P38" s="4" t="s">
         <v>66</v>
       </c>
       <c r="Q38" s="4" t="s">
         <v>67</v>
       </c>
       <c r="R38" s="4" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="39" spans="1:19">
-      <c r="A39" s="6" t="s">
+      <c r="A39" t="s">
         <v>22</v>
       </c>
-      <c r="B39" s="6" t="s">
+      <c r="B39" t="s">
         <v>23</v>
       </c>
-      <c r="C39" s="6">
+      <c r="C39">
         <v>2600</v>
       </c>
-      <c r="D39" s="6">
+      <c r="D39">
         <v>25</v>
       </c>
-      <c r="E39" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F39" s="9">
+      <c r="E39" t="s">
+        <v>24</v>
+      </c>
+      <c r="F39" s="6">
         <v>13130</v>
       </c>
-      <c r="G39" s="6">
+      <c r="G39">
         <v>13110</v>
       </c>
-      <c r="H39" s="6">
+      <c r="H39">
         <v>13040</v>
       </c>
-      <c r="I39" s="6">
+      <c r="I39">
         <v>12950</v>
       </c>
-      <c r="J39" s="6">
+      <c r="J39">
         <v>12840</v>
       </c>
-      <c r="K39" s="6">
+      <c r="K39">
         <v>12550</v>
       </c>
-      <c r="L39" s="6">
+      <c r="L39">
         <v>12460</v>
       </c>
-      <c r="M39" s="6">
+      <c r="M39">
         <v>12360</v>
       </c>
-      <c r="N39" s="6">
+      <c r="N39">
         <v>12260</v>
       </c>
-      <c r="O39" s="6">
+      <c r="O39">
         <v>12200</v>
       </c>
-      <c r="P39" s="6">
+      <c r="P39">
         <v>12110</v>
       </c>
-      <c r="Q39" s="6">
+      <c r="Q39">
         <v>12010</v>
       </c>
-      <c r="R39" s="6">
+      <c r="R39">
         <v>12010</v>
       </c>
     </row>
     <row r="40" spans="1:19">
-      <c r="A40" s="0" t="s">
+      <c r="A40" t="s">
         <v>25</v>
       </c>
-      <c r="B40" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C40" s="0">
+      <c r="B40" t="s">
+        <v>26</v>
+      </c>
+      <c r="C40">
         <v>2250</v>
       </c>
-      <c r="D40" s="0">
+      <c r="D40">
         <v>7</v>
       </c>
-      <c r="E40" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F40" s="8">
+      <c r="E40" t="s">
+        <v>24</v>
+      </c>
+      <c r="F40" s="6">
         <v>11130</v>
       </c>
-      <c r="G40" s="0">
+      <c r="G40">
         <v>11010</v>
       </c>
-      <c r="H40" s="0">
+      <c r="H40">
         <v>10870</v>
       </c>
-      <c r="I40" s="0">
+      <c r="I40">
         <v>10710</v>
       </c>
-      <c r="J40" s="0">
+      <c r="J40">
         <v>10560</v>
       </c>
-      <c r="K40" s="0">
+      <c r="K40">
         <v>10410</v>
       </c>
-      <c r="L40" s="0">
+      <c r="L40">
         <v>10310</v>
       </c>
-      <c r="M40" s="0">
+      <c r="M40">
         <v>10210</v>
       </c>
-      <c r="N40" s="0">
+      <c r="N40">
         <v>10110</v>
       </c>
-      <c r="O40" s="0">
+      <c r="O40">
         <v>10050</v>
       </c>
-      <c r="P40" s="0">
+      <c r="P40">
         <v>9940</v>
       </c>
-      <c r="Q40" s="0">
+      <c r="Q40">
         <v>9880</v>
       </c>
-      <c r="R40" s="0">
+      <c r="R40">
         <v>9880</v>
       </c>
     </row>
     <row r="41" spans="1:19">
-      <c r="A41" s="6" t="s">
+      <c r="A41" t="s">
         <v>27</v>
       </c>
-      <c r="B41" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C41" s="6">
+      <c r="B41" t="s">
+        <v>26</v>
+      </c>
+      <c r="C41">
         <v>2400</v>
       </c>
-      <c r="D41" s="6">
+      <c r="D41">
         <v>7</v>
       </c>
-      <c r="E41" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F41" s="9">
+      <c r="E41" t="s">
+        <v>24</v>
+      </c>
+      <c r="F41" s="6">
         <v>9850</v>
       </c>
-      <c r="G41" s="6">
+      <c r="G41">
         <v>9760</v>
       </c>
-      <c r="H41" s="6">
+      <c r="H41">
         <v>9650</v>
       </c>
-      <c r="I41" s="6">
+      <c r="I41">
         <v>9520</v>
       </c>
-      <c r="J41" s="6">
+      <c r="J41">
         <v>9400</v>
       </c>
-      <c r="K41" s="6">
+      <c r="K41">
         <v>9280</v>
       </c>
-      <c r="L41" s="6">
+      <c r="L41">
         <v>9200</v>
       </c>
-      <c r="M41" s="6">
+      <c r="M41">
         <v>9110</v>
       </c>
-      <c r="N41" s="6">
+      <c r="N41">
         <v>9030</v>
       </c>
-      <c r="O41" s="6">
+      <c r="O41">
         <v>8980</v>
       </c>
-      <c r="P41" s="6">
+      <c r="P41">
         <v>8900</v>
       </c>
-      <c r="Q41" s="6">
+      <c r="Q41">
         <v>8850</v>
       </c>
-      <c r="R41" s="6">
+      <c r="R41">
         <v>8850</v>
       </c>
     </row>
     <row r="42" spans="1:19">
-      <c r="A42" s="0" t="s">
+      <c r="A42" t="s">
         <v>28</v>
       </c>
-      <c r="B42" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C42" s="0">
+      <c r="B42" t="s">
+        <v>26</v>
+      </c>
+      <c r="C42">
         <v>1200</v>
       </c>
-      <c r="D42" s="0">
+      <c r="D42">
         <v>1</v>
       </c>
-      <c r="E42" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F42" s="8">
+      <c r="E42" t="s">
+        <v>24</v>
+      </c>
+      <c r="F42" s="6">
         <v>4231</v>
       </c>
-      <c r="G42" s="0">
+      <c r="G42">
         <v>4177</v>
       </c>
-      <c r="H42" s="0">
+      <c r="H42">
         <v>4117</v>
       </c>
-      <c r="I42" s="0">
+      <c r="I42">
         <v>4063</v>
       </c>
-      <c r="J42" s="0">
+      <c r="J42">
         <v>4000</v>
       </c>
-      <c r="K42" s="0">
+      <c r="K42">
         <v>3946</v>
       </c>
-      <c r="L42" s="0">
+      <c r="L42">
         <v>3889</v>
       </c>
-      <c r="M42" s="0">
+      <c r="M42">
         <v>3835</v>
       </c>
-      <c r="N42" s="0">
+      <c r="N42">
         <v>3780</v>
       </c>
-      <c r="O42" s="0">
+      <c r="O42">
         <v>3750</v>
       </c>
-      <c r="P42" s="0">
+      <c r="P42">
         <v>3750</v>
       </c>
-      <c r="Q42" s="0">
+      <c r="Q42">
         <v>3750</v>
       </c>
-      <c r="R42" s="0">
+      <c r="R42">
         <v>3750</v>
       </c>
     </row>
     <row r="43" spans="1:19">
-      <c r="A43" s="6" t="s">
+      <c r="A43" t="s">
         <v>29</v>
       </c>
-      <c r="B43" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C43" s="6">
+      <c r="B43" t="s">
+        <v>26</v>
+      </c>
+      <c r="C43">
         <v>2350</v>
       </c>
-      <c r="D43" s="6">
+      <c r="D43">
         <v>9</v>
       </c>
-      <c r="E43" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F43" s="9">
+      <c r="E43" t="s">
+        <v>24</v>
+      </c>
+      <c r="F43" s="6">
         <v>11590</v>
       </c>
-      <c r="G43" s="6">
+      <c r="G43">
         <v>11450</v>
       </c>
-      <c r="H43" s="6">
+      <c r="H43">
         <v>11300</v>
       </c>
-      <c r="I43" s="6">
+      <c r="I43">
         <v>11130</v>
       </c>
-      <c r="J43" s="6">
+      <c r="J43">
         <v>10970</v>
       </c>
-      <c r="K43" s="6">
+      <c r="K43">
         <v>10810</v>
       </c>
-      <c r="L43" s="6">
+      <c r="L43">
         <v>10710</v>
       </c>
-      <c r="M43" s="6">
+      <c r="M43">
         <v>10600</v>
       </c>
-      <c r="N43" s="6">
+      <c r="N43">
         <v>10500</v>
       </c>
-      <c r="O43" s="6">
+      <c r="O43">
         <v>10430</v>
       </c>
-      <c r="P43" s="6">
+      <c r="P43">
         <v>10320</v>
       </c>
-      <c r="Q43" s="6">
+      <c r="Q43">
         <v>10250</v>
       </c>
-      <c r="R43" s="6">
+      <c r="R43">
         <v>10250</v>
       </c>
     </row>
     <row r="44" spans="1:19">
-      <c r="A44" s="0" t="s">
+      <c r="A44" t="s">
         <v>30</v>
       </c>
-      <c r="B44" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C44" s="0">
+      <c r="B44" t="s">
+        <v>26</v>
+      </c>
+      <c r="C44">
         <v>2350</v>
       </c>
-      <c r="D44" s="0">
+      <c r="D44">
         <v>6</v>
       </c>
-      <c r="E44" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F44" s="8">
+      <c r="E44" t="s">
+        <v>24</v>
+      </c>
+      <c r="F44" s="6">
         <v>12191</v>
       </c>
-      <c r="G44" s="0">
+      <c r="G44">
         <v>11947</v>
       </c>
-      <c r="H44" s="0">
+      <c r="H44">
         <v>11697</v>
       </c>
-      <c r="I44" s="0">
+      <c r="I44">
         <v>11453</v>
       </c>
-      <c r="J44" s="0">
+      <c r="J44">
         <v>11210</v>
       </c>
-      <c r="K44" s="0">
+      <c r="K44">
         <v>10986</v>
       </c>
-      <c r="L44" s="0">
+      <c r="L44">
         <v>10819</v>
       </c>
-      <c r="M44" s="0">
+      <c r="M44">
         <v>10665</v>
       </c>
-      <c r="N44" s="0">
+      <c r="N44">
         <v>10510</v>
       </c>
-      <c r="O44" s="0">
+      <c r="O44">
         <v>10370</v>
       </c>
-      <c r="P44" s="0">
+      <c r="P44">
         <v>10280</v>
       </c>
-      <c r="Q44" s="0">
+      <c r="Q44">
         <v>10180</v>
       </c>
-      <c r="R44" s="0">
+      <c r="R44">
         <v>10180</v>
       </c>
     </row>
     <row r="45" spans="1:19">
-      <c r="A45" s="6" t="s">
+      <c r="A45" t="s">
         <v>31</v>
       </c>
-      <c r="B45" s="6" t="s">
+      <c r="B45" t="s">
         <v>23</v>
       </c>
-      <c r="C45" s="6">
-[...2 lines deleted...]
-      <c r="D45" s="6">
+      <c r="C45">
+        <v>6100</v>
+      </c>
+      <c r="D45">
         <v>41</v>
       </c>
-      <c r="E45" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F45" s="9">
+      <c r="E45" t="s">
+        <v>24</v>
+      </c>
+      <c r="F45" s="6">
         <v>17780</v>
       </c>
-      <c r="G45" s="6">
+      <c r="G45">
         <v>17730</v>
       </c>
-      <c r="H45" s="6">
+      <c r="H45">
         <v>17660</v>
       </c>
-      <c r="I45" s="6">
+      <c r="I45">
         <v>17570</v>
       </c>
-      <c r="J45" s="6">
+      <c r="J45">
         <v>17490</v>
       </c>
-      <c r="K45" s="6">
+      <c r="K45">
         <v>17400</v>
       </c>
-      <c r="L45" s="6">
+      <c r="L45">
         <v>17320</v>
       </c>
-      <c r="M45" s="6">
+      <c r="M45">
         <v>17230</v>
       </c>
-      <c r="N45" s="6">
+      <c r="N45">
         <v>17150</v>
       </c>
-      <c r="O45" s="6">
+      <c r="O45">
         <v>17100</v>
       </c>
-      <c r="P45" s="6">
+      <c r="P45">
         <v>17010</v>
       </c>
-      <c r="Q45" s="6">
+      <c r="Q45">
         <v>16910</v>
       </c>
-      <c r="R45" s="6">
+      <c r="R45">
         <v>16910</v>
       </c>
     </row>
     <row r="46" spans="1:19">
-      <c r="A46" s="0" t="s">
+      <c r="A46" t="s">
         <v>32</v>
       </c>
-      <c r="B46" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C46" s="0">
+      <c r="B46" t="s">
+        <v>26</v>
+      </c>
+      <c r="C46">
         <v>1600</v>
       </c>
-      <c r="D46" s="0">
+      <c r="D46">
         <v>6</v>
       </c>
-      <c r="E46" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F46" s="8">
+      <c r="E46" t="s">
+        <v>24</v>
+      </c>
+      <c r="F46" s="6">
         <v>6030</v>
       </c>
-      <c r="G46" s="0">
+      <c r="G46">
         <v>6030</v>
       </c>
-      <c r="H46" s="0">
+      <c r="H46">
         <v>6010</v>
       </c>
-      <c r="I46" s="0">
+      <c r="I46">
         <v>5970</v>
       </c>
-      <c r="J46" s="0">
+      <c r="J46">
         <v>5940</v>
       </c>
-      <c r="K46" s="0">
+      <c r="K46">
         <v>5900</v>
       </c>
-      <c r="L46" s="0">
+      <c r="L46">
         <v>5870</v>
       </c>
-      <c r="M46" s="0">
+      <c r="M46">
         <v>5830</v>
       </c>
-      <c r="N46" s="0">
+      <c r="N46">
         <v>5800</v>
       </c>
-      <c r="O46" s="0">
+      <c r="O46">
         <v>5800</v>
       </c>
-      <c r="P46" s="0">
+      <c r="P46">
         <v>5760</v>
       </c>
-      <c r="Q46" s="0">
+      <c r="Q46">
         <v>5760</v>
       </c>
-      <c r="R46" s="0">
+      <c r="R46">
         <v>5760</v>
       </c>
     </row>
     <row r="47" spans="1:19">
-      <c r="A47" s="6" t="s">
+      <c r="A47" t="s">
         <v>33</v>
       </c>
-      <c r="B47" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="6">
+      <c r="B47" t="s">
+        <v>26</v>
+      </c>
+      <c r="C47">
         <v>1850</v>
       </c>
-      <c r="D47" s="6">
+      <c r="D47">
         <v>9</v>
       </c>
-      <c r="E47" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F47" s="9">
+      <c r="E47" t="s">
+        <v>24</v>
+      </c>
+      <c r="F47" s="6">
         <v>8811</v>
       </c>
-      <c r="G47" s="6">
+      <c r="G47">
         <v>8647</v>
       </c>
-      <c r="H47" s="6">
+      <c r="H47">
         <v>8477</v>
       </c>
-      <c r="I47" s="6">
+      <c r="I47">
         <v>8313</v>
       </c>
-      <c r="J47" s="6">
+      <c r="J47">
         <v>8150</v>
       </c>
-      <c r="K47" s="6">
+      <c r="K47">
         <v>7996</v>
       </c>
-      <c r="L47" s="6">
+      <c r="L47">
         <v>7879</v>
       </c>
-      <c r="M47" s="6">
+      <c r="M47">
         <v>7765</v>
       </c>
-      <c r="N47" s="6">
+      <c r="N47">
         <v>7650</v>
       </c>
-      <c r="O47" s="6">
+      <c r="O47">
         <v>7560</v>
       </c>
-      <c r="P47" s="6">
+      <c r="P47">
         <v>7510</v>
       </c>
-      <c r="Q47" s="6">
+      <c r="Q47">
         <v>7450</v>
       </c>
-      <c r="R47" s="6">
+      <c r="R47">
         <v>7450</v>
       </c>
     </row>
     <row r="48" spans="1:19">
-      <c r="A48" s="0" t="s">
+      <c r="A48" t="s">
         <v>34</v>
       </c>
-      <c r="B48" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="0">
+      <c r="B48" t="s">
+        <v>26</v>
+      </c>
+      <c r="C48">
         <v>1840</v>
       </c>
-      <c r="D48" s="0">
+      <c r="D48">
         <v>2</v>
       </c>
-      <c r="E48" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F48" s="8">
+      <c r="E48" t="s">
+        <v>24</v>
+      </c>
+      <c r="F48" s="6">
         <v>8311</v>
       </c>
-      <c r="G48" s="0">
+      <c r="G48">
         <v>8157</v>
       </c>
-      <c r="H48" s="0">
+      <c r="H48">
         <v>8007</v>
       </c>
-      <c r="I48" s="0">
+      <c r="I48">
         <v>7853</v>
       </c>
-      <c r="J48" s="0">
+      <c r="J48">
         <v>7700</v>
       </c>
-      <c r="K48" s="0">
+      <c r="K48">
         <v>7556</v>
       </c>
-      <c r="L48" s="0">
+      <c r="L48">
         <v>7449</v>
       </c>
-      <c r="M48" s="0">
+      <c r="M48">
         <v>7335</v>
       </c>
-      <c r="N48" s="0">
+      <c r="N48">
         <v>7230</v>
       </c>
-      <c r="O48" s="0">
+      <c r="O48">
         <v>7150</v>
       </c>
-      <c r="P48" s="0">
+      <c r="P48">
         <v>7100</v>
       </c>
-      <c r="Q48" s="0">
+      <c r="Q48">
         <v>7050</v>
       </c>
-      <c r="R48" s="0">
+      <c r="R48">
         <v>7050</v>
       </c>
     </row>
     <row r="49" spans="1:19">
-      <c r="A49" s="6" t="s">
+      <c r="A49" t="s">
         <v>35</v>
       </c>
-      <c r="B49" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C49" s="6">
+      <c r="B49" t="s">
+        <v>26</v>
+      </c>
+      <c r="C49">
         <v>2050</v>
       </c>
-      <c r="D49" s="6">
+      <c r="D49">
         <v>2</v>
       </c>
-      <c r="E49" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F49" s="9">
+      <c r="E49" t="s">
+        <v>24</v>
+      </c>
+      <c r="F49" s="6">
         <v>7711</v>
       </c>
-      <c r="G49" s="6">
+      <c r="G49">
         <v>7567</v>
       </c>
-      <c r="H49" s="6">
+      <c r="H49">
         <v>7427</v>
       </c>
-      <c r="I49" s="6">
+      <c r="I49">
         <v>7293</v>
       </c>
-      <c r="J49" s="6">
+      <c r="J49">
         <v>7150</v>
       </c>
-      <c r="K49" s="6">
+      <c r="K49">
         <v>7016</v>
       </c>
-      <c r="L49" s="6">
+      <c r="L49">
         <v>6919</v>
       </c>
-      <c r="M49" s="6">
+      <c r="M49">
         <v>6815</v>
       </c>
-      <c r="N49" s="6">
+      <c r="N49">
         <v>6720</v>
       </c>
-      <c r="O49" s="6">
+      <c r="O49">
         <v>6640</v>
       </c>
-      <c r="P49" s="6">
+      <c r="P49">
         <v>6600</v>
       </c>
-      <c r="Q49" s="6">
+      <c r="Q49">
         <v>6560</v>
       </c>
-      <c r="R49" s="6">
+      <c r="R49">
         <v>6560</v>
       </c>
     </row>
     <row r="50" spans="1:19">
-      <c r="A50" s="0" t="s">
+      <c r="A50" t="s">
         <v>36</v>
       </c>
-      <c r="B50" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C50" s="0">
+      <c r="B50" t="s">
+        <v>26</v>
+      </c>
+      <c r="C50">
         <v>2270</v>
       </c>
-      <c r="D50" s="0">
+      <c r="D50">
         <v>9</v>
       </c>
-      <c r="E50" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F50" s="8">
+      <c r="E50" t="s">
+        <v>24</v>
+      </c>
+      <c r="F50" s="6">
         <v>12450</v>
       </c>
-      <c r="G50" s="0">
+      <c r="G50">
         <v>12290</v>
       </c>
-      <c r="H50" s="0">
+      <c r="H50">
         <v>12120</v>
       </c>
-      <c r="I50" s="0">
+      <c r="I50">
         <v>11930</v>
       </c>
-      <c r="J50" s="0">
+      <c r="J50">
         <v>11750</v>
       </c>
-      <c r="K50" s="0">
+      <c r="K50">
         <v>11570</v>
       </c>
-      <c r="L50" s="0">
+      <c r="L50">
         <v>11460</v>
       </c>
-      <c r="M50" s="0">
+      <c r="M50">
         <v>11340</v>
       </c>
-      <c r="N50" s="0">
+      <c r="N50">
         <v>11220</v>
       </c>
-      <c r="O50" s="0">
+      <c r="O50">
         <v>11140</v>
       </c>
-      <c r="P50" s="0">
+      <c r="P50">
         <v>11030</v>
       </c>
-      <c r="Q50" s="0">
+      <c r="Q50">
         <v>10950</v>
       </c>
-      <c r="R50" s="0">
+      <c r="R50">
         <v>10950</v>
       </c>
     </row>
     <row r="51" spans="1:19">
-      <c r="A51" s="6" t="s">
+      <c r="A51" t="s">
         <v>37</v>
       </c>
-      <c r="B51" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C51" s="6">
+      <c r="B51" t="s">
+        <v>26</v>
+      </c>
+      <c r="C51">
         <v>2050</v>
       </c>
-      <c r="D51" s="6">
+      <c r="D51">
         <v>9</v>
       </c>
-      <c r="E51" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F51" s="9">
+      <c r="E51" t="s">
+        <v>24</v>
+      </c>
+      <c r="F51" s="6">
         <v>10990</v>
       </c>
-      <c r="G51" s="6">
+      <c r="G51">
         <v>10870</v>
       </c>
-      <c r="H51" s="6">
+      <c r="H51">
         <v>10730</v>
       </c>
-      <c r="I51" s="6">
+      <c r="I51">
         <v>10580</v>
       </c>
-      <c r="J51" s="6">
+      <c r="J51">
         <v>10430</v>
       </c>
-      <c r="K51" s="6">
+      <c r="K51">
         <v>10280</v>
       </c>
-      <c r="L51" s="6">
+      <c r="L51">
         <v>10190</v>
       </c>
-      <c r="M51" s="6">
+      <c r="M51">
         <v>10080</v>
       </c>
-      <c r="N51" s="6">
+      <c r="N51">
         <v>9990</v>
       </c>
-      <c r="O51" s="6">
+      <c r="O51">
         <v>9930</v>
       </c>
-      <c r="P51" s="6">
+      <c r="P51">
         <v>9830</v>
       </c>
-      <c r="Q51" s="6">
+      <c r="Q51">
         <v>9770</v>
       </c>
-      <c r="R51" s="6">
+      <c r="R51">
         <v>9770</v>
       </c>
     </row>
     <row r="52" spans="1:19">
-      <c r="A52" s="0" t="s">
+      <c r="A52" t="s">
         <v>38</v>
       </c>
-      <c r="B52" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C52" s="0">
+      <c r="B52" t="s">
+        <v>26</v>
+      </c>
+      <c r="C52">
         <v>2400</v>
       </c>
-      <c r="D52" s="0">
+      <c r="D52">
         <v>0</v>
       </c>
-      <c r="E52" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F52" s="8">
+      <c r="E52" t="s">
+        <v>24</v>
+      </c>
+      <c r="F52" s="6">
         <v>6360</v>
       </c>
-      <c r="G52" s="0">
+      <c r="G52">
         <v>6360</v>
       </c>
-      <c r="H52" s="0">
+      <c r="H52">
         <v>6330</v>
       </c>
-      <c r="I52" s="0">
+      <c r="I52">
         <v>6290</v>
       </c>
-      <c r="J52" s="0">
+      <c r="J52">
         <v>6250</v>
       </c>
-      <c r="K52" s="0">
+      <c r="K52">
         <v>6210</v>
       </c>
-      <c r="L52" s="0">
+      <c r="L52">
         <v>6180</v>
       </c>
-      <c r="M52" s="0">
+      <c r="M52">
         <v>6140</v>
       </c>
-      <c r="N52" s="0">
+      <c r="N52">
         <v>6110</v>
       </c>
-      <c r="O52" s="0">
+      <c r="O52">
         <v>6110</v>
       </c>
-      <c r="P52" s="0">
+      <c r="P52">
         <v>6090</v>
       </c>
-      <c r="Q52" s="0">
+      <c r="Q52">
         <v>6090</v>
       </c>
-      <c r="R52" s="0">
+      <c r="R52">
         <v>6090</v>
       </c>
     </row>
     <row r="53" spans="1:19">
-      <c r="A53" s="6" t="s">
+      <c r="A53" t="s">
         <v>39</v>
       </c>
-      <c r="B53" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C53" s="6">
+      <c r="B53" t="s">
+        <v>26</v>
+      </c>
+      <c r="C53">
         <v>2350</v>
       </c>
-      <c r="D53" s="6">
+      <c r="D53">
         <v>9</v>
       </c>
-      <c r="E53" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F53" s="9">
+      <c r="E53" t="s">
+        <v>24</v>
+      </c>
+      <c r="F53" s="6">
         <v>11200</v>
       </c>
-      <c r="G53" s="6">
+      <c r="G53">
         <v>11080</v>
       </c>
-      <c r="H53" s="6">
+      <c r="H53">
         <v>10930</v>
       </c>
-      <c r="I53" s="6">
+      <c r="I53">
         <v>10770</v>
       </c>
-      <c r="J53" s="6">
+      <c r="J53">
         <v>10630</v>
       </c>
-      <c r="K53" s="6">
+      <c r="K53">
         <v>10470</v>
       </c>
-      <c r="L53" s="6">
+      <c r="L53">
         <v>10380</v>
       </c>
-      <c r="M53" s="6">
+      <c r="M53">
         <v>10270</v>
       </c>
-      <c r="N53" s="6">
+      <c r="N53">
         <v>10170</v>
       </c>
-      <c r="O53" s="6">
+      <c r="O53">
         <v>10110</v>
       </c>
-      <c r="P53" s="6">
+      <c r="P53">
         <v>10000</v>
       </c>
-      <c r="Q53" s="6">
+      <c r="Q53">
         <v>9940</v>
       </c>
-      <c r="R53" s="6">
+      <c r="R53">
         <v>9940</v>
       </c>
     </row>
     <row r="54" spans="1:19">
-      <c r="A54" s="0" t="s">
+      <c r="A54" t="s">
         <v>40</v>
       </c>
-      <c r="B54" s="0" t="s">
-[...5 lines deleted...]
-      <c r="D54" s="0">
+      <c r="B54" t="s">
+        <v>26</v>
+      </c>
+      <c r="C54">
+        <v>2200</v>
+      </c>
+      <c r="D54">
         <v>9</v>
       </c>
-      <c r="E54" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F54" s="8">
+      <c r="E54" t="s">
+        <v>24</v>
+      </c>
+      <c r="F54" s="6">
+        <v>10900</v>
+      </c>
+      <c r="G54">
+        <v>10790</v>
+      </c>
+      <c r="H54">
+        <v>10650</v>
+      </c>
+      <c r="I54">
+        <v>10500</v>
+      </c>
+      <c r="J54">
+        <v>10360</v>
+      </c>
+      <c r="K54">
+        <v>10210</v>
+      </c>
+      <c r="L54">
+        <v>10110</v>
+      </c>
+      <c r="M54">
+        <v>10010</v>
+      </c>
+      <c r="N54">
+        <v>9920</v>
+      </c>
+      <c r="O54">
+        <v>9860</v>
+      </c>
+      <c r="P54">
+        <v>9760</v>
+      </c>
+      <c r="Q54">
+        <v>9700</v>
+      </c>
+      <c r="R54">
+        <v>9700</v>
+      </c>
+    </row>
+    <row r="55" spans="1:19">
+      <c r="A55" t="s">
+        <v>41</v>
+      </c>
+      <c r="B55" t="s">
+        <v>26</v>
+      </c>
+      <c r="C55">
+        <v>2250</v>
+      </c>
+      <c r="D55">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>24</v>
+      </c>
+      <c r="F55" s="6">
+        <v>12353</v>
+      </c>
+      <c r="G55">
+        <v>12199</v>
+      </c>
+      <c r="H55">
+        <v>12029</v>
+      </c>
+      <c r="I55">
+        <v>11842</v>
+      </c>
+      <c r="J55">
+        <v>11669</v>
+      </c>
+      <c r="K55">
+        <v>11489</v>
+      </c>
+      <c r="L55">
+        <v>11376</v>
+      </c>
+      <c r="M55">
+        <v>11255</v>
+      </c>
+      <c r="N55">
+        <v>11145</v>
+      </c>
+      <c r="O55">
+        <v>11066</v>
+      </c>
+      <c r="P55">
+        <v>10948</v>
+      </c>
+      <c r="Q55">
+        <v>10871</v>
+      </c>
+      <c r="R55">
+        <v>10871</v>
+      </c>
+    </row>
+    <row r="56" spans="1:19">
+      <c r="A56" t="s">
+        <v>42</v>
+      </c>
+      <c r="B56" t="s">
+        <v>26</v>
+      </c>
+      <c r="C56">
+        <v>3000</v>
+      </c>
+      <c r="D56">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>24</v>
+      </c>
+      <c r="F56" s="6">
+        <v>19210</v>
+      </c>
+      <c r="G56">
+        <v>18890</v>
+      </c>
+      <c r="H56">
+        <v>18570</v>
+      </c>
+      <c r="I56">
+        <v>18210</v>
+      </c>
+      <c r="J56">
+        <v>17880</v>
+      </c>
+      <c r="K56">
+        <v>17560</v>
+      </c>
+      <c r="L56">
+        <v>17350</v>
+      </c>
+      <c r="M56">
+        <v>17150</v>
+      </c>
+      <c r="N56">
+        <v>16940</v>
+      </c>
+      <c r="O56">
+        <v>16780</v>
+      </c>
+      <c r="P56">
+        <v>16580</v>
+      </c>
+      <c r="Q56">
+        <v>16420</v>
+      </c>
+      <c r="R56">
+        <v>16420</v>
+      </c>
+    </row>
+    <row r="57" spans="1:19">
+      <c r="A57" t="s">
+        <v>43</v>
+      </c>
+      <c r="B57" t="s">
+        <v>26</v>
+      </c>
+      <c r="C57">
+        <v>2450</v>
+      </c>
+      <c r="D57">
+        <v>10</v>
+      </c>
+      <c r="E57" t="s">
+        <v>24</v>
+      </c>
+      <c r="F57" s="6">
+        <v>11320</v>
+      </c>
+      <c r="G57">
+        <v>11200</v>
+      </c>
+      <c r="H57">
+        <v>11050</v>
+      </c>
+      <c r="I57">
+        <v>10890</v>
+      </c>
+      <c r="J57">
+        <v>10740</v>
+      </c>
+      <c r="K57">
+        <v>10580</v>
+      </c>
+      <c r="L57">
         <v>10480</v>
       </c>
-      <c r="G54" s="0">
+      <c r="M57">
         <v>10370</v>
       </c>
-      <c r="H54" s="0">
-[...2 lines deleted...]
-      <c r="I54" s="0">
+      <c r="N57">
+        <v>10280</v>
+      </c>
+      <c r="O57">
+        <v>10210</v>
+      </c>
+      <c r="P57">
         <v>10100</v>
       </c>
-      <c r="J54" s="0">
-[...146 lines deleted...]
-      <c r="C57" s="6">
+      <c r="Q57">
+        <v>10040</v>
+      </c>
+      <c r="R57">
+        <v>10040</v>
+      </c>
+    </row>
+    <row r="58" spans="1:19">
+      <c r="A58" t="s">
+        <v>44</v>
+      </c>
+      <c r="B58" t="s">
+        <v>26</v>
+      </c>
+      <c r="C58">
+        <v>2550</v>
+      </c>
+      <c r="D58">
+        <v>5</v>
+      </c>
+      <c r="E58" t="s">
+        <v>24</v>
+      </c>
+      <c r="F58" s="6">
+        <v>10531</v>
+      </c>
+      <c r="G58">
+        <v>10327</v>
+      </c>
+      <c r="H58">
+        <v>10117</v>
+      </c>
+      <c r="I58">
+        <v>9913</v>
+      </c>
+      <c r="J58">
+        <v>9710</v>
+      </c>
+      <c r="K58">
+        <v>9516</v>
+      </c>
+      <c r="L58">
+        <v>9379</v>
+      </c>
+      <c r="M58">
+        <v>9245</v>
+      </c>
+      <c r="N58">
+        <v>9110</v>
+      </c>
+      <c r="O58">
+        <v>8990</v>
+      </c>
+      <c r="P58">
+        <v>8920</v>
+      </c>
+      <c r="Q58">
+        <v>8840</v>
+      </c>
+      <c r="R58">
+        <v>8840</v>
+      </c>
+    </row>
+    <row r="59" spans="1:19">
+      <c r="A59" t="s">
+        <v>45</v>
+      </c>
+      <c r="B59" t="s">
+        <v>26</v>
+      </c>
+      <c r="C59">
+        <v>1900</v>
+      </c>
+      <c r="D59">
+        <v>2</v>
+      </c>
+      <c r="E59" t="s">
+        <v>24</v>
+      </c>
+      <c r="F59" s="6">
+        <v>7191</v>
+      </c>
+      <c r="G59">
+        <v>7067</v>
+      </c>
+      <c r="H59">
+        <v>6937</v>
+      </c>
+      <c r="I59">
+        <v>6813</v>
+      </c>
+      <c r="J59">
+        <v>6680</v>
+      </c>
+      <c r="K59">
+        <v>6566</v>
+      </c>
+      <c r="L59">
+        <v>6469</v>
+      </c>
+      <c r="M59">
+        <v>6375</v>
+      </c>
+      <c r="N59">
+        <v>6280</v>
+      </c>
+      <c r="O59">
+        <v>6210</v>
+      </c>
+      <c r="P59">
+        <v>6180</v>
+      </c>
+      <c r="Q59">
+        <v>6140</v>
+      </c>
+      <c r="R59">
+        <v>6140</v>
+      </c>
+    </row>
+    <row r="60" spans="1:19">
+      <c r="A60" t="s">
+        <v>46</v>
+      </c>
+      <c r="B60" t="s">
+        <v>26</v>
+      </c>
+      <c r="C60">
+        <v>2300</v>
+      </c>
+      <c r="D60">
+        <v>10</v>
+      </c>
+      <c r="E60" t="s">
+        <v>24</v>
+      </c>
+      <c r="F60" s="6">
+        <v>10720</v>
+      </c>
+      <c r="G60">
+        <v>10610</v>
+      </c>
+      <c r="H60">
+        <v>10480</v>
+      </c>
+      <c r="I60">
+        <v>10330</v>
+      </c>
+      <c r="J60">
+        <v>10190</v>
+      </c>
+      <c r="K60">
+        <v>10050</v>
+      </c>
+      <c r="L60">
+        <v>9960</v>
+      </c>
+      <c r="M60">
+        <v>9860</v>
+      </c>
+      <c r="N60">
+        <v>9770</v>
+      </c>
+      <c r="O60">
+        <v>9710</v>
+      </c>
+      <c r="P60">
+        <v>9610</v>
+      </c>
+      <c r="Q60">
+        <v>9550</v>
+      </c>
+      <c r="R60">
+        <v>9550</v>
+      </c>
+    </row>
+    <row r="61" spans="1:19">
+      <c r="A61" t="s">
+        <v>47</v>
+      </c>
+      <c r="B61" t="s">
+        <v>23</v>
+      </c>
+      <c r="C61">
+        <v>2600</v>
+      </c>
+      <c r="D61">
+        <v>25</v>
+      </c>
+      <c r="E61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F61" s="6">
+        <v>13130</v>
+      </c>
+      <c r="G61">
+        <v>13110</v>
+      </c>
+      <c r="H61">
+        <v>13040</v>
+      </c>
+      <c r="I61">
+        <v>12950</v>
+      </c>
+      <c r="J61">
+        <v>12840</v>
+      </c>
+      <c r="K61">
+        <v>12550</v>
+      </c>
+      <c r="L61">
+        <v>12460</v>
+      </c>
+      <c r="M61">
+        <v>12360</v>
+      </c>
+      <c r="N61">
+        <v>12260</v>
+      </c>
+      <c r="O61">
+        <v>12200</v>
+      </c>
+      <c r="P61">
+        <v>12110</v>
+      </c>
+      <c r="Q61">
+        <v>12010</v>
+      </c>
+      <c r="R61">
+        <v>12010</v>
+      </c>
+    </row>
+    <row r="62" spans="1:19">
+      <c r="A62" t="s">
+        <v>48</v>
+      </c>
+      <c r="B62" t="s">
+        <v>26</v>
+      </c>
+      <c r="C62">
+        <v>1750</v>
+      </c>
+      <c r="D62">
+        <v>2</v>
+      </c>
+      <c r="E62" t="s">
+        <v>24</v>
+      </c>
+      <c r="F62" s="6">
+        <v>7471</v>
+      </c>
+      <c r="G62">
+        <v>7337</v>
+      </c>
+      <c r="H62">
+        <v>7207</v>
+      </c>
+      <c r="I62">
+        <v>7073</v>
+      </c>
+      <c r="J62">
+        <v>6940</v>
+      </c>
+      <c r="K62">
+        <v>6816</v>
+      </c>
+      <c r="L62">
+        <v>6719</v>
+      </c>
+      <c r="M62">
+        <v>6615</v>
+      </c>
+      <c r="N62">
+        <v>6520</v>
+      </c>
+      <c r="O62">
+        <v>6450</v>
+      </c>
+      <c r="P62">
+        <v>6410</v>
+      </c>
+      <c r="Q62">
+        <v>6370</v>
+      </c>
+      <c r="R62">
+        <v>6370</v>
+      </c>
+    </row>
+    <row r="63" spans="1:19">
+      <c r="A63" t="s">
+        <v>49</v>
+      </c>
+      <c r="B63" t="s">
+        <v>23</v>
+      </c>
+      <c r="C63">
+        <v>3400</v>
+      </c>
+      <c r="D63">
+        <v>21</v>
+      </c>
+      <c r="E63" t="s">
+        <v>24</v>
+      </c>
+      <c r="F63" s="6">
+        <v>14460</v>
+      </c>
+      <c r="G63">
+        <v>14260</v>
+      </c>
+      <c r="H63">
+        <v>14040</v>
+      </c>
+      <c r="I63">
+        <v>13810</v>
+      </c>
+      <c r="J63">
+        <v>13600</v>
+      </c>
+      <c r="K63">
+        <v>13380</v>
+      </c>
+      <c r="L63">
+        <v>13240</v>
+      </c>
+      <c r="M63">
+        <v>13100</v>
+      </c>
+      <c r="N63">
+        <v>12960</v>
+      </c>
+      <c r="O63">
+        <v>12860</v>
+      </c>
+      <c r="P63">
+        <v>12720</v>
+      </c>
+      <c r="Q63">
+        <v>12620</v>
+      </c>
+      <c r="R63">
+        <v>12620</v>
+      </c>
+    </row>
+    <row r="64" spans="1:19">
+      <c r="A64" t="s">
+        <v>50</v>
+      </c>
+      <c r="B64" t="s">
+        <v>26</v>
+      </c>
+      <c r="C64">
         <v>2450</v>
       </c>
-      <c r="D57" s="6">
-[...94 lines deleted...]
-      <c r="Q58" s="0">
+      <c r="D64">
+        <v>9</v>
+      </c>
+      <c r="E64" t="s">
+        <v>24</v>
+      </c>
+      <c r="F64" s="6">
+        <v>9520</v>
+      </c>
+      <c r="G64">
+        <v>9500</v>
+      </c>
+      <c r="H64">
+        <v>9430</v>
+      </c>
+      <c r="I64">
+        <v>9290</v>
+      </c>
+      <c r="J64">
+        <v>9150</v>
+      </c>
+      <c r="K64">
+        <v>9000</v>
+      </c>
+      <c r="L64">
         <v>8840</v>
       </c>
-      <c r="R58" s="0">
-[...13 lines deleted...]
-      <c r="D59" s="6">
+      <c r="M64">
+        <v>8690</v>
+      </c>
+      <c r="N64">
+        <v>8550</v>
+      </c>
+      <c r="O64">
+        <v>8440</v>
+      </c>
+      <c r="P64">
+        <v>8270</v>
+      </c>
+      <c r="Q64">
+        <v>8170</v>
+      </c>
+      <c r="R64">
+        <v>8170</v>
+      </c>
+    </row>
+    <row r="65" spans="1:19">
+      <c r="A65" t="s">
+        <v>51</v>
+      </c>
+      <c r="B65" t="s">
+        <v>26</v>
+      </c>
+      <c r="C65">
+        <v>1900</v>
+      </c>
+      <c r="D65">
         <v>2</v>
       </c>
-      <c r="E59" s="6" t="s">
-[...200 lines deleted...]
-      <c r="P62" s="0">
+      <c r="E65" t="s">
+        <v>24</v>
+      </c>
+      <c r="F65" s="6">
+        <v>6891</v>
+      </c>
+      <c r="G65">
+        <v>6777</v>
+      </c>
+      <c r="H65">
+        <v>6657</v>
+      </c>
+      <c r="I65">
+        <v>6533</v>
+      </c>
+      <c r="J65">
         <v>6410</v>
       </c>
-      <c r="Q62" s="0">
-[...69 lines deleted...]
-      <c r="C64" s="0">
+      <c r="K65">
+        <v>6296</v>
+      </c>
+      <c r="L65">
+        <v>6209</v>
+      </c>
+      <c r="M65">
+        <v>6125</v>
+      </c>
+      <c r="N65">
+        <v>6030</v>
+      </c>
+      <c r="O65">
+        <v>5970</v>
+      </c>
+      <c r="P65">
+        <v>5940</v>
+      </c>
+      <c r="Q65">
+        <v>5900</v>
+      </c>
+      <c r="R65">
+        <v>5900</v>
+      </c>
+    </row>
+    <row r="66" spans="1:19">
+      <c r="A66" t="s">
+        <v>52</v>
+      </c>
+      <c r="B66" t="s">
+        <v>26</v>
+      </c>
+      <c r="C66">
         <v>2450</v>
       </c>
-      <c r="D64" s="0">
+      <c r="D66">
         <v>9</v>
       </c>
-      <c r="E64" s="0" t="s">
-[...26 lines deleted...]
-      <c r="N64" s="0">
+      <c r="E66" t="s">
+        <v>24</v>
+      </c>
+      <c r="F66" s="6">
+        <v>8560</v>
+      </c>
+      <c r="G66">
         <v>8550</v>
       </c>
-      <c r="O64" s="0">
-[...90 lines deleted...]
-      <c r="H66" s="0">
+      <c r="H66">
         <v>8520</v>
       </c>
-      <c r="I66" s="0">
+      <c r="I66">
         <v>8470</v>
       </c>
-      <c r="J66" s="0">
+      <c r="J66">
         <v>8430</v>
       </c>
-      <c r="K66" s="0">
+      <c r="K66">
         <v>8380</v>
       </c>
-      <c r="L66" s="0">
+      <c r="L66">
         <v>8330</v>
       </c>
-      <c r="M66" s="0">
+      <c r="M66">
         <v>8240</v>
       </c>
-      <c r="N66" s="0">
+      <c r="N66">
         <v>8110</v>
       </c>
-      <c r="O66" s="0">
+      <c r="O66">
         <v>8030</v>
       </c>
-      <c r="P66" s="0">
+      <c r="P66">
         <v>7860</v>
       </c>
-      <c r="Q66" s="0">
+      <c r="Q66">
         <v>7840</v>
       </c>
-      <c r="R66" s="0">
+      <c r="R66">
         <v>7840</v>
       </c>
     </row>
     <row r="67" spans="1:19">
-      <c r="A67" s="0" t="s">
+      <c r="A67" t="s">
         <v>53</v>
       </c>
-      <c r="B67" s="0"/>
-[...35 lines deleted...]
-      <c r="R68" s="0"/>
     </row>
     <row r="69" spans="1:19">
-      <c r="A69" s="0" t="s">
+      <c r="A69" t="s">
         <v>54</v>
       </c>
-      <c r="B69" s="0"/>
-[...15 lines deleted...]
-      <c r="R69" s="0"/>
     </row>
     <row r="70" spans="1:19" customHeight="1" ht="20">
       <c r="A70" s="3" t="s">
         <v>69</v>
       </c>
       <c r="B70" s="2"/>
       <c r="C70" s="2"/>
       <c r="D70" s="2"/>
       <c r="E70" s="2"/>
       <c r="F70" s="2"/>
       <c r="G70" s="2"/>
       <c r="H70" s="2"/>
       <c r="I70" s="2"/>
       <c r="J70" s="2"/>
       <c r="K70" s="2"/>
       <c r="L70" s="2"/>
       <c r="M70" s="2"/>
       <c r="N70" s="2"/>
       <c r="O70" s="2"/>
       <c r="P70" s="2"/>
       <c r="Q70" s="2"/>
       <c r="R70" s="2"/>
     </row>
     <row r="71" spans="1:19" customHeight="1" ht="21">
       <c r="A71" s="4" t="s">
@@ -4230,1568 +4096,1514 @@
         <v>14</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N71" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O71" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P71" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q71" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R71" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="72" spans="1:19">
-      <c r="A72" s="6" t="s">
+      <c r="A72" t="s">
         <v>25</v>
       </c>
-      <c r="B72" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C72" s="6">
+      <c r="B72" t="s">
+        <v>26</v>
+      </c>
+      <c r="C72">
         <v>1450</v>
       </c>
-      <c r="D72" s="6">
+      <c r="D72">
         <v>7</v>
       </c>
-      <c r="E72" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F72" s="7">
+      <c r="E72" t="s">
+        <v>24</v>
+      </c>
+      <c r="F72" s="5">
         <v>44.40000000000001</v>
       </c>
-      <c r="G72" s="6">
-[...2 lines deleted...]
-      <c r="H72" s="6">
+      <c r="G72">
+        <v>44.0</v>
+      </c>
+      <c r="H72">
         <v>43.5</v>
       </c>
-      <c r="I72" s="6">
+      <c r="I72">
         <v>42.9</v>
       </c>
-      <c r="J72" s="6">
+      <c r="J72">
         <v>42.3</v>
       </c>
-      <c r="K72" s="6">
+      <c r="K72">
         <v>41.8</v>
       </c>
-      <c r="L72" s="6">
+      <c r="L72">
         <v>41.4</v>
       </c>
-      <c r="M72" s="6">
-[...2 lines deleted...]
-      <c r="N72" s="6">
+      <c r="M72">
+        <v>41.099999999999994</v>
+      </c>
+      <c r="N72">
         <v>40.7</v>
       </c>
-      <c r="O72" s="6">
+      <c r="O72">
         <v>40.5</v>
       </c>
-      <c r="P72" s="6">
+      <c r="P72">
         <v>40.1</v>
       </c>
-      <c r="Q72" s="6">
+      <c r="Q72">
         <v>39.9</v>
       </c>
-      <c r="R72" s="6">
+      <c r="R72">
         <v>39.9</v>
       </c>
     </row>
     <row r="73" spans="1:19">
-      <c r="A73" s="0" t="s">
+      <c r="A73" t="s">
         <v>27</v>
       </c>
-      <c r="B73" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C73" s="0">
+      <c r="B73" t="s">
+        <v>26</v>
+      </c>
+      <c r="C73">
         <v>1550</v>
       </c>
-      <c r="D73" s="0">
+      <c r="D73">
         <v>7</v>
       </c>
-      <c r="E73" s="0" t="s">
+      <c r="E73" t="s">
         <v>24</v>
       </c>
       <c r="F73" s="5">
         <v>39.9</v>
       </c>
-      <c r="G73" s="0">
+      <c r="G73">
         <v>39.6</v>
       </c>
-      <c r="H73" s="0">
+      <c r="H73">
         <v>39.2</v>
       </c>
-      <c r="I73" s="0">
+      <c r="I73">
         <v>38.7</v>
       </c>
-      <c r="J73" s="0">
+      <c r="J73">
         <v>38.2</v>
       </c>
-      <c r="K73" s="0">
+      <c r="K73">
         <v>37.8</v>
       </c>
-      <c r="L73" s="0">
+      <c r="L73">
         <v>37.5</v>
       </c>
-      <c r="M73" s="0">
+      <c r="M73">
         <v>37.3</v>
       </c>
-      <c r="N73" s="0">
-[...2 lines deleted...]
-      <c r="O73" s="0">
+      <c r="N73">
+        <v>37.0</v>
+      </c>
+      <c r="O73">
         <v>36.9</v>
       </c>
-      <c r="P73" s="0">
+      <c r="P73">
         <v>36.6</v>
       </c>
-      <c r="Q73" s="0">
+      <c r="Q73">
         <v>36.5</v>
       </c>
-      <c r="R73" s="0">
+      <c r="R73">
         <v>36.5</v>
       </c>
     </row>
     <row r="74" spans="1:19">
-      <c r="A74" s="6" t="s">
+      <c r="A74" t="s">
         <v>28</v>
       </c>
-      <c r="B74" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C74" s="6">
+      <c r="B74" t="s">
+        <v>26</v>
+      </c>
+      <c r="C74">
         <v>780</v>
       </c>
-      <c r="D74" s="6">
+      <c r="D74">
         <v>9</v>
       </c>
-      <c r="E74" s="6" t="s">
+      <c r="E74" t="s">
         <v>71</v>
       </c>
-      <c r="F74" s="7">
+      <c r="F74" s="5">
         <v>23.9</v>
       </c>
-      <c r="G74" s="6">
+      <c r="G74">
         <v>23.5</v>
       </c>
-      <c r="H74" s="6">
+      <c r="H74">
         <v>23.3</v>
       </c>
-      <c r="I74" s="6">
+      <c r="I74">
         <v>22.9</v>
       </c>
-      <c r="J74" s="6">
+      <c r="J74">
         <v>22.6</v>
       </c>
-      <c r="K74" s="6">
+      <c r="K74">
         <v>22.2</v>
       </c>
-      <c r="L74" s="6">
+      <c r="L74">
         <v>22</v>
       </c>
-      <c r="M74" s="6">
+      <c r="M74">
         <v>21.6</v>
       </c>
-      <c r="N74" s="6">
+      <c r="N74">
         <v>21.3</v>
       </c>
-      <c r="O74" s="6">
+      <c r="O74">
         <v>21.2</v>
       </c>
-      <c r="P74" s="6">
+      <c r="P74">
         <v>21.2</v>
       </c>
-      <c r="Q74" s="6">
+      <c r="Q74">
         <v>21.2</v>
       </c>
-      <c r="R74" s="6">
+      <c r="R74">
         <v>21.2</v>
       </c>
     </row>
     <row r="75" spans="1:19">
-      <c r="A75" s="0" t="s">
+      <c r="A75" t="s">
         <v>28</v>
       </c>
-      <c r="B75" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C75" s="0">
+      <c r="B75" t="s">
+        <v>26</v>
+      </c>
+      <c r="C75">
         <v>600</v>
       </c>
-      <c r="D75" s="0">
+      <c r="D75">
         <v>2</v>
       </c>
-      <c r="E75" s="0" t="s">
+      <c r="E75" t="s">
         <v>24</v>
       </c>
       <c r="F75" s="5">
         <v>18.4</v>
       </c>
-      <c r="G75" s="0">
+      <c r="G75">
         <v>18.1</v>
       </c>
-      <c r="H75" s="0">
+      <c r="H75">
         <v>17.9</v>
       </c>
-      <c r="I75" s="0">
+      <c r="I75">
         <v>17.6</v>
       </c>
-      <c r="J75" s="0">
+      <c r="J75">
         <v>17.4</v>
       </c>
-      <c r="K75" s="0">
+      <c r="K75">
         <v>17.1</v>
       </c>
-      <c r="L75" s="0">
+      <c r="L75">
         <v>16.9</v>
       </c>
-      <c r="M75" s="0">
+      <c r="M75">
         <v>16.6</v>
       </c>
-      <c r="N75" s="0">
+      <c r="N75">
         <v>16.4</v>
       </c>
-      <c r="O75" s="0">
+      <c r="O75">
         <v>16.3</v>
       </c>
-      <c r="P75" s="0">
+      <c r="P75">
         <v>16.3</v>
       </c>
-      <c r="Q75" s="0">
+      <c r="Q75">
         <v>16.3</v>
       </c>
-      <c r="R75" s="0">
+      <c r="R75">
         <v>16.3</v>
       </c>
     </row>
     <row r="76" spans="1:19">
-      <c r="A76" s="6" t="s">
+      <c r="A76" t="s">
         <v>72</v>
       </c>
-      <c r="B76" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C76" s="6">
+      <c r="B76" t="s">
+        <v>26</v>
+      </c>
+      <c r="C76">
         <v>1250</v>
       </c>
-      <c r="D76" s="6">
+      <c r="D76">
         <v>4</v>
       </c>
-      <c r="E76" s="6" t="s">
-[...5 lines deleted...]
-      <c r="G76" s="6">
+      <c r="E76" t="s">
+        <v>24</v>
+      </c>
+      <c r="F76" s="5">
+        <v>37.099999999999994</v>
+      </c>
+      <c r="G76">
         <v>36.6</v>
       </c>
-      <c r="H76" s="6">
-[...2 lines deleted...]
-      <c r="I76" s="6">
+      <c r="H76">
+        <v>36.099999999999994</v>
+      </c>
+      <c r="I76">
         <v>35.6</v>
       </c>
-      <c r="J76" s="6">
+      <c r="J76">
         <v>35.2</v>
       </c>
-      <c r="K76" s="6">
+      <c r="K76">
         <v>34.5</v>
       </c>
-      <c r="L76" s="6">
+      <c r="L76">
         <v>33.9</v>
       </c>
-      <c r="M76" s="6">
+      <c r="M76">
         <v>33.6</v>
       </c>
-      <c r="N76" s="6">
+      <c r="N76">
         <v>33.4</v>
       </c>
-      <c r="O76" s="6">
+      <c r="O76">
         <v>33.1</v>
       </c>
-      <c r="P76" s="6">
+      <c r="P76">
         <v>32.90000000000001</v>
       </c>
-      <c r="Q76" s="6">
+      <c r="Q76">
         <v>32.90000000000001</v>
       </c>
-      <c r="R76" s="6">
+      <c r="R76">
         <v>32.90000000000001</v>
       </c>
     </row>
     <row r="77" spans="1:19">
-      <c r="A77" s="0" t="s">
+      <c r="A77" t="s">
         <v>29</v>
       </c>
-      <c r="B77" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C77" s="0">
+      <c r="B77" t="s">
+        <v>26</v>
+      </c>
+      <c r="C77">
         <v>1500</v>
       </c>
-      <c r="D77" s="0">
+      <c r="D77">
         <v>9</v>
       </c>
-      <c r="E77" s="0" t="s">
+      <c r="E77" t="s">
         <v>24</v>
       </c>
       <c r="F77" s="5">
         <v>43.6</v>
       </c>
-      <c r="G77" s="0">
+      <c r="G77">
         <v>43.2</v>
       </c>
-      <c r="H77" s="0">
+      <c r="H77">
         <v>42.7</v>
       </c>
-      <c r="I77" s="0">
+      <c r="I77">
         <v>42.1</v>
       </c>
-      <c r="J77" s="0">
+      <c r="J77">
         <v>41.6</v>
       </c>
-      <c r="K77" s="0">
+      <c r="K77">
         <v>41.2</v>
       </c>
-      <c r="L77" s="0">
+      <c r="L77">
         <v>40.8</v>
       </c>
-      <c r="M77" s="0">
+      <c r="M77">
         <v>40.5</v>
       </c>
-      <c r="N77" s="0">
+      <c r="N77">
         <v>40.1</v>
       </c>
-      <c r="O77" s="0">
+      <c r="O77">
         <v>39.9</v>
       </c>
-      <c r="P77" s="0">
+      <c r="P77">
         <v>39.5</v>
       </c>
-      <c r="Q77" s="0">
+      <c r="Q77">
         <v>39.3</v>
       </c>
-      <c r="R77" s="0">
+      <c r="R77">
         <v>39.3</v>
       </c>
     </row>
     <row r="78" spans="1:19">
-      <c r="A78" s="6" t="s">
+      <c r="A78" t="s">
         <v>30</v>
       </c>
-      <c r="B78" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C78" s="6">
+      <c r="B78" t="s">
+        <v>26</v>
+      </c>
+      <c r="C78">
         <v>2400</v>
       </c>
-      <c r="D78" s="6">
+      <c r="D78">
         <v>7</v>
       </c>
-      <c r="E78" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F78" s="7">
+      <c r="E78" t="s">
+        <v>24</v>
+      </c>
+      <c r="F78" s="5">
         <v>46.7</v>
       </c>
-      <c r="G78" s="6">
+      <c r="G78">
         <v>45.7</v>
       </c>
-      <c r="H78" s="6">
+      <c r="H78">
         <v>44.8</v>
       </c>
-      <c r="I78" s="6">
+      <c r="I78">
         <v>43.90000000000001</v>
       </c>
-      <c r="J78" s="6">
-[...2 lines deleted...]
-      <c r="K78" s="6">
+      <c r="J78">
+        <v>43.099999999999994</v>
+      </c>
+      <c r="K78">
         <v>42.2</v>
       </c>
-      <c r="L78" s="6">
+      <c r="L78">
         <v>41.59999999999999</v>
       </c>
-      <c r="M78" s="6">
+      <c r="M78">
         <v>40.90000000000001</v>
       </c>
-      <c r="N78" s="6">
+      <c r="N78">
         <v>40.3</v>
       </c>
-      <c r="O78" s="6">
+      <c r="O78">
         <v>39.8</v>
       </c>
-      <c r="P78" s="6">
+      <c r="P78">
         <v>39.40000000000001</v>
       </c>
-      <c r="Q78" s="6">
-[...3 lines deleted...]
-        <v>39</v>
+      <c r="Q78">
+        <v>39.0</v>
+      </c>
+      <c r="R78">
+        <v>39.0</v>
       </c>
     </row>
     <row r="79" spans="1:19">
-      <c r="A79" s="0" t="s">
+      <c r="A79" t="s">
         <v>32</v>
       </c>
-      <c r="B79" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C79" s="0">
+      <c r="B79" t="s">
+        <v>26</v>
+      </c>
+      <c r="C79">
         <v>1200</v>
       </c>
-      <c r="D79" s="0">
+      <c r="D79">
         <v>6</v>
       </c>
-      <c r="E79" s="0" t="s">
+      <c r="E79" t="s">
         <v>71</v>
       </c>
       <c r="F79" s="5">
         <v>42.4</v>
       </c>
-      <c r="G79" s="0">
+      <c r="G79">
         <v>42.4</v>
       </c>
-      <c r="H79" s="0">
+      <c r="H79">
         <v>42.3</v>
       </c>
-      <c r="I79" s="0">
+      <c r="I79">
         <v>42</v>
       </c>
-      <c r="J79" s="0">
+      <c r="J79">
         <v>41.7</v>
       </c>
-      <c r="K79" s="0">
+      <c r="K79">
         <v>41.5</v>
       </c>
-      <c r="L79" s="0">
+      <c r="L79">
         <v>41.2</v>
       </c>
-      <c r="M79" s="0">
+      <c r="M79">
         <v>41.1</v>
       </c>
-      <c r="N79" s="0">
+      <c r="N79">
         <v>40.8</v>
       </c>
-      <c r="O79" s="0">
+      <c r="O79">
         <v>40.8</v>
       </c>
-      <c r="P79" s="0">
+      <c r="P79">
         <v>40.5</v>
       </c>
-      <c r="Q79" s="0">
+      <c r="Q79">
         <v>40.5</v>
       </c>
-      <c r="R79" s="0">
+      <c r="R79">
         <v>40.5</v>
       </c>
     </row>
     <row r="80" spans="1:19">
-      <c r="A80" s="6" t="s">
+      <c r="A80" t="s">
         <v>32</v>
       </c>
-      <c r="B80" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C80" s="6">
+      <c r="B80" t="s">
+        <v>26</v>
+      </c>
+      <c r="C80">
         <v>800</v>
       </c>
-      <c r="D80" s="6">
+      <c r="D80">
         <v>6</v>
       </c>
-      <c r="E80" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F80" s="7">
+      <c r="E80" t="s">
+        <v>24</v>
+      </c>
+      <c r="F80" s="5">
         <v>28.3</v>
       </c>
-      <c r="G80" s="6">
+      <c r="G80">
         <v>28.3</v>
       </c>
-      <c r="H80" s="6">
+      <c r="H80">
         <v>28.2</v>
       </c>
-      <c r="I80" s="6">
+      <c r="I80">
         <v>28</v>
       </c>
-      <c r="J80" s="6">
+      <c r="J80">
         <v>27.8</v>
       </c>
-      <c r="K80" s="6">
+      <c r="K80">
         <v>27.7</v>
       </c>
-      <c r="L80" s="6">
+      <c r="L80">
         <v>27.5</v>
       </c>
-      <c r="M80" s="6">
+      <c r="M80">
         <v>27.4</v>
       </c>
-      <c r="N80" s="6">
+      <c r="N80">
         <v>27.2</v>
       </c>
-      <c r="O80" s="6">
+      <c r="O80">
         <v>27.2</v>
       </c>
-      <c r="P80" s="6">
+      <c r="P80">
         <v>27</v>
       </c>
-      <c r="Q80" s="6">
+      <c r="Q80">
         <v>27</v>
       </c>
-      <c r="R80" s="6">
+      <c r="R80">
         <v>27</v>
       </c>
     </row>
     <row r="81" spans="1:19">
-      <c r="A81" s="0" t="s">
+      <c r="A81" t="s">
         <v>73</v>
       </c>
-      <c r="B81" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C81" s="0">
+      <c r="B81" t="s">
+        <v>26</v>
+      </c>
+      <c r="C81">
         <v>1460</v>
       </c>
-      <c r="D81" s="0">
+      <c r="D81">
         <v>8</v>
       </c>
-      <c r="E81" s="0" t="s">
+      <c r="E81" t="s">
         <v>24</v>
       </c>
       <c r="F81" s="5">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G81" s="0">
+        <v>37.0</v>
+      </c>
+      <c r="G81">
         <v>36.9</v>
       </c>
-      <c r="H81" s="0">
+      <c r="H81">
         <v>36.7</v>
       </c>
-      <c r="I81" s="0">
+      <c r="I81">
         <v>36.4</v>
       </c>
-      <c r="J81" s="0">
+      <c r="J81">
         <v>36.1</v>
       </c>
-      <c r="K81" s="0">
+      <c r="K81">
         <v>35.5</v>
       </c>
-      <c r="L81" s="0">
+      <c r="L81">
+        <v>35.0</v>
+      </c>
+      <c r="M81">
+        <v>34.6</v>
+      </c>
+      <c r="N81">
+        <v>34.0</v>
+      </c>
+      <c r="O81">
+        <v>33.7</v>
+      </c>
+      <c r="P81">
+        <v>33.2</v>
+      </c>
+      <c r="Q81">
+        <v>33.2</v>
+      </c>
+      <c r="R81">
+        <v>33.2</v>
+      </c>
+    </row>
+    <row r="82" spans="1:19">
+      <c r="A82" t="s">
+        <v>33</v>
+      </c>
+      <c r="B82" t="s">
+        <v>26</v>
+      </c>
+      <c r="C82">
+        <v>1400</v>
+      </c>
+      <c r="D82">
+        <v>5</v>
+      </c>
+      <c r="E82" t="s">
+        <v>24</v>
+      </c>
+      <c r="F82" s="5">
+        <v>31.6</v>
+      </c>
+      <c r="G82">
+        <v>31.0</v>
+      </c>
+      <c r="H82">
+        <v>30.5</v>
+      </c>
+      <c r="I82">
+        <v>29.9</v>
+      </c>
+      <c r="J82">
+        <v>29.4</v>
+      </c>
+      <c r="K82">
+        <v>28.8</v>
+      </c>
+      <c r="L82">
+        <v>28.4</v>
+      </c>
+      <c r="M82">
+        <v>27.9</v>
+      </c>
+      <c r="N82">
+        <v>27.5</v>
+      </c>
+      <c r="O82">
+        <v>27.2</v>
+      </c>
+      <c r="P82">
+        <v>27.0</v>
+      </c>
+      <c r="Q82">
+        <v>26.8</v>
+      </c>
+      <c r="R82">
+        <v>26.8</v>
+      </c>
+    </row>
+    <row r="83" spans="1:19">
+      <c r="A83" t="s">
         <v>35</v>
       </c>
-      <c r="M81" s="0">
-[...81 lines deleted...]
-      <c r="C83" s="0">
+      <c r="B83" t="s">
+        <v>26</v>
+      </c>
+      <c r="C83">
         <v>1150</v>
       </c>
-      <c r="D83" s="0">
+      <c r="D83">
         <v>3</v>
       </c>
-      <c r="E83" s="0" t="s">
+      <c r="E83" t="s">
         <v>24</v>
       </c>
       <c r="F83" s="5">
         <v>26.7</v>
       </c>
-      <c r="G83" s="0">
+      <c r="G83">
         <v>26.2</v>
       </c>
-      <c r="H83" s="0">
+      <c r="H83">
         <v>25.8</v>
       </c>
-      <c r="I83" s="0">
+      <c r="I83">
         <v>25.3</v>
       </c>
-      <c r="J83" s="0">
+      <c r="J83">
         <v>24.9</v>
       </c>
-      <c r="K83" s="0">
+      <c r="K83">
         <v>24.4</v>
       </c>
-      <c r="L83" s="0">
-[...2 lines deleted...]
-      <c r="M83" s="0">
+      <c r="L83">
+        <v>24.099999999999998</v>
+      </c>
+      <c r="M83">
         <v>23.7</v>
       </c>
-      <c r="N83" s="0">
+      <c r="N83">
         <v>23.4</v>
       </c>
-      <c r="O83" s="0">
+      <c r="O83">
         <v>23.2</v>
       </c>
-      <c r="P83" s="0">
+      <c r="P83">
         <v>23.1</v>
       </c>
-      <c r="Q83" s="0">
-[...3 lines deleted...]
-        <v>23</v>
+      <c r="Q83">
+        <v>23.0</v>
+      </c>
+      <c r="R83">
+        <v>23.0</v>
       </c>
     </row>
     <row r="84" spans="1:19">
-      <c r="A84" s="6" t="s">
+      <c r="A84" t="s">
         <v>36</v>
       </c>
-      <c r="B84" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C84" s="6">
+      <c r="B84" t="s">
+        <v>26</v>
+      </c>
+      <c r="C84">
         <v>1500</v>
       </c>
-      <c r="D84" s="6">
+      <c r="D84">
         <v>10</v>
       </c>
-      <c r="E84" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F84" s="7">
+      <c r="E84" t="s">
+        <v>24</v>
+      </c>
+      <c r="F84" s="5">
         <v>52.2</v>
       </c>
-      <c r="G84" s="6">
+      <c r="G84">
         <v>51.6</v>
       </c>
-      <c r="H84" s="6">
+      <c r="H84">
         <v>50.9</v>
       </c>
-      <c r="I84" s="6">
+      <c r="I84">
         <v>50.1</v>
       </c>
-      <c r="J84" s="6">
+      <c r="J84">
         <v>49.40000000000001</v>
       </c>
-      <c r="K84" s="6">
+      <c r="K84">
         <v>48.8</v>
       </c>
-      <c r="L84" s="6">
+      <c r="L84">
         <v>48.3</v>
       </c>
-      <c r="M84" s="6">
+      <c r="M84">
         <v>47.9</v>
       </c>
-      <c r="N84" s="6">
+      <c r="N84">
         <v>47.4</v>
       </c>
-      <c r="O84" s="6">
-[...2 lines deleted...]
-      <c r="P84" s="6">
+      <c r="O84">
+        <v>47.099999999999994</v>
+      </c>
+      <c r="P84">
         <v>46.6</v>
       </c>
-      <c r="Q84" s="6">
+      <c r="Q84">
         <v>46.3</v>
       </c>
-      <c r="R84" s="6">
+      <c r="R84">
         <v>46.3</v>
       </c>
     </row>
     <row r="85" spans="1:19">
-      <c r="A85" s="0" t="s">
+      <c r="A85" t="s">
         <v>37</v>
       </c>
-      <c r="B85" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C85" s="0">
+      <c r="B85" t="s">
+        <v>26</v>
+      </c>
+      <c r="C85">
         <v>1150</v>
       </c>
-      <c r="D85" s="0">
+      <c r="D85">
         <v>9</v>
       </c>
-      <c r="E85" s="0" t="s">
+      <c r="E85" t="s">
         <v>24</v>
       </c>
       <c r="F85" s="5">
         <v>43.3</v>
       </c>
-      <c r="G85" s="0">
+      <c r="G85">
         <v>42.9</v>
       </c>
-      <c r="H85" s="0">
+      <c r="H85">
         <v>42.4</v>
       </c>
-      <c r="I85" s="0">
+      <c r="I85">
         <v>41.9</v>
       </c>
-      <c r="J85" s="0">
+      <c r="J85">
         <v>41.4</v>
       </c>
-      <c r="K85" s="0">
-[...2 lines deleted...]
-      <c r="L85" s="0">
+      <c r="K85">
+        <v>41.0</v>
+      </c>
+      <c r="L85">
         <v>40.6</v>
       </c>
-      <c r="M85" s="0">
+      <c r="M85">
         <v>40.3</v>
       </c>
-      <c r="N85" s="0">
+      <c r="N85">
         <v>39.9</v>
       </c>
-      <c r="O85" s="0">
+      <c r="O85">
         <v>39.7</v>
       </c>
-      <c r="P85" s="0">
+      <c r="P85">
         <v>39.3</v>
       </c>
-      <c r="Q85" s="0">
+      <c r="Q85">
         <v>39.1</v>
       </c>
-      <c r="R85" s="0">
+      <c r="R85">
         <v>39.1</v>
       </c>
     </row>
     <row r="86" spans="1:19">
-      <c r="A86" s="6" t="s">
+      <c r="A86" t="s">
         <v>38</v>
       </c>
-      <c r="B86" s="6" t="s">
-[...48 lines deleted...]
-        <v>26.4</v>
+      <c r="B86" t="s">
+        <v>26</v>
+      </c>
+      <c r="C86">
+        <v>1680</v>
+      </c>
+      <c r="D86">
+        <v>16</v>
+      </c>
+      <c r="E86" t="s">
+        <v>24</v>
+      </c>
+      <c r="F86" s="5">
+        <v>45.2</v>
+      </c>
+      <c r="G86">
+        <v>44.8</v>
+      </c>
+      <c r="H86">
+        <v>44.3</v>
+      </c>
+      <c r="I86">
+        <v>43.7</v>
+      </c>
+      <c r="J86">
+        <v>43.1</v>
+      </c>
+      <c r="K86">
+        <v>42.6</v>
+      </c>
+      <c r="L86">
+        <v>42.2</v>
+      </c>
+      <c r="M86">
+        <v>41.9</v>
+      </c>
+      <c r="N86">
+        <v>41.5</v>
+      </c>
+      <c r="O86">
+        <v>41.3</v>
+      </c>
+      <c r="P86">
+        <v>40.9</v>
+      </c>
+      <c r="Q86">
+        <v>40.7</v>
+      </c>
+      <c r="R86">
+        <v>40.7</v>
       </c>
     </row>
     <row r="87" spans="1:19">
-      <c r="A87" s="0" t="s">
+      <c r="A87" t="s">
         <v>39</v>
       </c>
-      <c r="B87" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C87" s="0">
+      <c r="B87" t="s">
+        <v>26</v>
+      </c>
+      <c r="C87">
         <v>1500</v>
       </c>
-      <c r="D87" s="0">
+      <c r="D87">
         <v>10</v>
       </c>
-      <c r="E87" s="0" t="s">
+      <c r="E87" t="s">
         <v>24</v>
       </c>
       <c r="F87" s="5">
         <v>44.2</v>
       </c>
-      <c r="G87" s="0">
+      <c r="G87">
         <v>43.8</v>
       </c>
-      <c r="H87" s="0">
+      <c r="H87">
         <v>43.3</v>
       </c>
-      <c r="I87" s="0">
+      <c r="I87">
         <v>42.7</v>
       </c>
-      <c r="J87" s="0">
+      <c r="J87">
         <v>42.1</v>
       </c>
-      <c r="K87" s="0">
+      <c r="K87">
         <v>41.7</v>
       </c>
-      <c r="L87" s="0">
+      <c r="L87">
         <v>41.3</v>
       </c>
-      <c r="M87" s="0">
+      <c r="M87">
+        <v>41.0</v>
+      </c>
+      <c r="N87">
+        <v>40.6</v>
+      </c>
+      <c r="O87">
+        <v>40.4</v>
+      </c>
+      <c r="P87">
+        <v>40</v>
+      </c>
+      <c r="Q87">
+        <v>39.8</v>
+      </c>
+      <c r="R87">
+        <v>39.8</v>
+      </c>
+    </row>
+    <row r="88" spans="1:19">
+      <c r="A88" t="s">
+        <v>40</v>
+      </c>
+      <c r="B88" t="s">
+        <v>26</v>
+      </c>
+      <c r="C88">
+        <v>1400</v>
+      </c>
+      <c r="D88">
+        <v>8</v>
+      </c>
+      <c r="E88" t="s">
+        <v>24</v>
+      </c>
+      <c r="F88" s="5">
+        <v>45.90000000000001</v>
+      </c>
+      <c r="G88">
+        <v>45.5</v>
+      </c>
+      <c r="H88">
+        <v>45.0</v>
+      </c>
+      <c r="I88">
+        <v>44.4</v>
+      </c>
+      <c r="J88">
+        <v>43.8</v>
+      </c>
+      <c r="K88">
+        <v>43.3</v>
+      </c>
+      <c r="L88">
+        <v>42.9</v>
+      </c>
+      <c r="M88">
+        <v>42.59999999999999</v>
+      </c>
+      <c r="N88">
+        <v>42.2</v>
+      </c>
+      <c r="O88">
+        <v>42.0</v>
+      </c>
+      <c r="P88">
+        <v>41.6</v>
+      </c>
+      <c r="Q88">
+        <v>41.4</v>
+      </c>
+      <c r="R88">
+        <v>41.4</v>
+      </c>
+    </row>
+    <row r="89" spans="1:19">
+      <c r="A89" t="s">
         <v>41</v>
       </c>
-      <c r="N87" s="0">
-[...78 lines deleted...]
-      <c r="C89" s="0">
+      <c r="B89" t="s">
+        <v>26</v>
+      </c>
+      <c r="C89">
         <v>4700</v>
       </c>
-      <c r="D89" s="0">
+      <c r="D89">
         <v>10</v>
       </c>
-      <c r="E89" s="0" t="s">
+      <c r="E89" t="s">
         <v>24</v>
       </c>
       <c r="F89" s="5">
         <v>69.8</v>
       </c>
-      <c r="G89" s="0">
+      <c r="G89">
         <v>68.8</v>
       </c>
-      <c r="H89" s="0">
+      <c r="H89">
         <v>67.7</v>
       </c>
-      <c r="I89" s="0">
+      <c r="I89">
         <v>66.5</v>
       </c>
-      <c r="J89" s="0">
+      <c r="J89">
         <v>65.40000000000001</v>
       </c>
-      <c r="K89" s="0">
+      <c r="K89">
         <v>64.40000000000001</v>
       </c>
-      <c r="L89" s="0">
+      <c r="L89">
         <v>63.7</v>
       </c>
-      <c r="M89" s="0">
+      <c r="M89">
         <v>63.1</v>
       </c>
-      <c r="N89" s="0">
+      <c r="N89">
         <v>62.40000000000001</v>
       </c>
-      <c r="O89" s="0">
+      <c r="O89">
         <v>61.90000000000001</v>
       </c>
-      <c r="P89" s="0">
+      <c r="P89">
         <v>61.2</v>
       </c>
-      <c r="Q89" s="0">
+      <c r="Q89">
         <v>60.7</v>
       </c>
-      <c r="R89" s="0">
+      <c r="R89">
         <v>60.7</v>
       </c>
     </row>
     <row r="90" spans="1:19">
-      <c r="A90" s="6" t="s">
+      <c r="A90" t="s">
         <v>43</v>
       </c>
-      <c r="B90" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C90" s="6">
+      <c r="B90" t="s">
+        <v>26</v>
+      </c>
+      <c r="C90">
         <v>1980</v>
       </c>
-      <c r="D90" s="6">
+      <c r="D90">
         <v>11</v>
       </c>
-      <c r="E90" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F90" s="7">
+      <c r="E90" t="s">
+        <v>24</v>
+      </c>
+      <c r="F90" s="5">
         <v>46.8</v>
       </c>
-      <c r="G90" s="6">
+      <c r="G90">
         <v>46.40000000000001</v>
       </c>
-      <c r="H90" s="6">
+      <c r="H90">
         <v>45.8</v>
       </c>
-      <c r="I90" s="6">
-[...2 lines deleted...]
-      <c r="J90" s="6">
+      <c r="I90">
+        <v>45.099999999999994</v>
+      </c>
+      <c r="J90">
         <v>44.5</v>
       </c>
-      <c r="K90" s="6">
+      <c r="K90">
+        <v>44.0</v>
+      </c>
+      <c r="L90">
+        <v>43.6</v>
+      </c>
+      <c r="M90">
+        <v>43.3</v>
+      </c>
+      <c r="N90">
+        <v>42.8</v>
+      </c>
+      <c r="O90">
+        <v>42.59999999999999</v>
+      </c>
+      <c r="P90">
+        <v>42.2</v>
+      </c>
+      <c r="Q90">
+        <v>41.9</v>
+      </c>
+      <c r="R90">
+        <v>41.9</v>
+      </c>
+    </row>
+    <row r="91" spans="1:19">
+      <c r="A91" t="s">
         <v>44</v>
       </c>
-      <c r="L90" s="6">
-[...28 lines deleted...]
-      <c r="C91" s="0">
+      <c r="B91" t="s">
+        <v>26</v>
+      </c>
+      <c r="C91">
         <v>2200</v>
       </c>
-      <c r="D91" s="0">
+      <c r="D91">
         <v>6</v>
       </c>
-      <c r="E91" s="0" t="s">
+      <c r="E91" t="s">
         <v>24</v>
       </c>
       <c r="F91" s="5">
         <v>38.8</v>
       </c>
-      <c r="G91" s="0">
-[...2 lines deleted...]
-      <c r="H91" s="0">
+      <c r="G91">
+        <v>38.0</v>
+      </c>
+      <c r="H91">
         <v>37.3</v>
       </c>
-      <c r="I91" s="0">
+      <c r="I91">
         <v>36.5</v>
       </c>
-      <c r="J91" s="0">
+      <c r="J91">
         <v>35.8</v>
       </c>
-      <c r="K91" s="0">
-[...2 lines deleted...]
-      <c r="L91" s="0">
+      <c r="K91">
+        <v>35.0</v>
+      </c>
+      <c r="L91">
         <v>34.5</v>
       </c>
-      <c r="M91" s="0">
+      <c r="M91">
         <v>33.90000000000001</v>
       </c>
-      <c r="N91" s="0">
+      <c r="N91">
         <v>33.4</v>
       </c>
-      <c r="O91" s="0">
-[...2 lines deleted...]
-      <c r="P91" s="0">
+      <c r="O91">
+        <v>33.0</v>
+      </c>
+      <c r="P91">
         <v>32.7</v>
       </c>
-      <c r="Q91" s="0">
+      <c r="Q91">
         <v>32.40000000000001</v>
       </c>
-      <c r="R91" s="0">
+      <c r="R91">
         <v>32.40000000000001</v>
       </c>
     </row>
     <row r="92" spans="1:19">
-      <c r="A92" s="6" t="s">
+      <c r="A92" t="s">
         <v>45</v>
       </c>
-      <c r="B92" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C92" s="6">
+      <c r="B92" t="s">
+        <v>26</v>
+      </c>
+      <c r="C92">
         <v>1600</v>
       </c>
-      <c r="D92" s="6">
+      <c r="D92">
         <v>3</v>
       </c>
-      <c r="E92" s="6" t="s">
-[...17 lines deleted...]
-      <c r="K92" s="6">
+      <c r="E92" t="s">
+        <v>24</v>
+      </c>
+      <c r="F92" s="5">
+        <v>31.8</v>
+      </c>
+      <c r="G92">
+        <v>31.2</v>
+      </c>
+      <c r="H92">
+        <v>30.7</v>
+      </c>
+      <c r="I92">
+        <v>30.1</v>
+      </c>
+      <c r="J92">
+        <v>29.6</v>
+      </c>
+      <c r="K92">
+        <v>29.0</v>
+      </c>
+      <c r="L92">
+        <v>28.6</v>
+      </c>
+      <c r="M92">
+        <v>28.1</v>
+      </c>
+      <c r="N92">
+        <v>27.7</v>
+      </c>
+      <c r="O92">
+        <v>27.4</v>
+      </c>
+      <c r="P92">
         <v>27.2</v>
       </c>
-      <c r="L92" s="6">
-[...18 lines deleted...]
-        <v>25.8</v>
+      <c r="Q92">
+        <v>27.0</v>
+      </c>
+      <c r="R92">
+        <v>27.0</v>
       </c>
     </row>
     <row r="93" spans="1:19">
-      <c r="A93" s="0" t="s">
+      <c r="A93" t="s">
         <v>46</v>
       </c>
-      <c r="B93" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C93" s="0">
+      <c r="B93" t="s">
+        <v>26</v>
+      </c>
+      <c r="C93">
         <v>1500</v>
       </c>
-      <c r="D93" s="0">
+      <c r="D93">
         <v>10</v>
       </c>
-      <c r="E93" s="0" t="s">
+      <c r="E93" t="s">
         <v>24</v>
       </c>
       <c r="F93" s="5">
         <v>44.6</v>
       </c>
-      <c r="G93" s="0">
+      <c r="G93">
         <v>44.2</v>
       </c>
-      <c r="H93" s="0">
+      <c r="H93">
         <v>43.8</v>
       </c>
-      <c r="I93" s="0">
+      <c r="I93">
         <v>43.3</v>
       </c>
-      <c r="J93" s="0">
+      <c r="J93">
         <v>42.8</v>
       </c>
-      <c r="K93" s="0">
+      <c r="K93">
         <v>42.4</v>
       </c>
-      <c r="L93" s="0">
-[...2 lines deleted...]
-      <c r="M93" s="0">
+      <c r="L93">
+        <v>42.0</v>
+      </c>
+      <c r="M93">
         <v>41.7</v>
       </c>
-      <c r="N93" s="0">
+      <c r="N93">
         <v>41.3</v>
       </c>
-      <c r="O93" s="0">
+      <c r="O93">
         <v>41.1</v>
       </c>
-      <c r="P93" s="0">
+      <c r="P93">
         <v>40.7</v>
       </c>
-      <c r="Q93" s="0">
+      <c r="Q93">
         <v>40.5</v>
       </c>
-      <c r="R93" s="0">
+      <c r="R93">
         <v>40.5</v>
       </c>
     </row>
     <row r="94" spans="1:19">
-      <c r="A94" s="6" t="s">
+      <c r="A94" t="s">
         <v>48</v>
       </c>
-      <c r="B94" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C94" s="6">
+      <c r="B94" t="s">
+        <v>26</v>
+      </c>
+      <c r="C94">
         <v>1500</v>
       </c>
-      <c r="D94" s="6">
+      <c r="D94">
         <v>3</v>
       </c>
-      <c r="E94" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F94" s="7">
+      <c r="E94" t="s">
+        <v>24</v>
+      </c>
+      <c r="F94" s="5">
         <v>38.7</v>
       </c>
-      <c r="G94" s="6">
+      <c r="G94">
         <v>37.90000000000001</v>
       </c>
-      <c r="H94" s="6">
+      <c r="H94">
         <v>37.2</v>
       </c>
-      <c r="I94" s="6">
+      <c r="I94">
         <v>36.40000000000001</v>
       </c>
-      <c r="J94" s="6">
+      <c r="J94">
         <v>35.7</v>
       </c>
-      <c r="K94" s="6">
-[...2 lines deleted...]
-      <c r="L94" s="6">
+      <c r="K94">
+        <v>35.0</v>
+      </c>
+      <c r="L94">
         <v>34.5</v>
       </c>
-      <c r="M94" s="6">
+      <c r="M94">
         <v>33.90000000000001</v>
       </c>
-      <c r="N94" s="6">
+      <c r="N94">
         <v>33.4</v>
       </c>
-      <c r="O94" s="6">
-[...2 lines deleted...]
-      <c r="P94" s="6">
+      <c r="O94">
+        <v>33.0</v>
+      </c>
+      <c r="P94">
         <v>32.8</v>
       </c>
-      <c r="Q94" s="6">
+      <c r="Q94">
         <v>32.6</v>
       </c>
-      <c r="R94" s="6">
+      <c r="R94">
         <v>32.6</v>
       </c>
     </row>
     <row r="95" spans="1:19">
-      <c r="A95" s="0" t="s">
+      <c r="A95" t="s">
         <v>50</v>
       </c>
-      <c r="B95" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C95" s="0">
+      <c r="B95" t="s">
+        <v>26</v>
+      </c>
+      <c r="C95">
         <v>1400</v>
       </c>
-      <c r="D95" s="0">
+      <c r="D95">
         <v>9</v>
       </c>
-      <c r="E95" s="0" t="s">
+      <c r="E95" t="s">
         <v>24</v>
       </c>
       <c r="F95" s="5">
         <v>39.2</v>
       </c>
-      <c r="G95" s="0">
+      <c r="G95">
         <v>39.1</v>
       </c>
-      <c r="H95" s="0">
+      <c r="H95">
         <v>38.9</v>
       </c>
-      <c r="I95" s="0">
+      <c r="I95">
         <v>38.6</v>
       </c>
-      <c r="J95" s="0">
+      <c r="J95">
         <v>38.2</v>
       </c>
-      <c r="K95" s="0">
+      <c r="K95">
         <v>37.8</v>
       </c>
-      <c r="L95" s="0">
+      <c r="L95">
         <v>37.3</v>
       </c>
-      <c r="M95" s="0">
+      <c r="M95">
         <v>36.9</v>
       </c>
-      <c r="N95" s="0">
+      <c r="N95">
         <v>36.5</v>
       </c>
-      <c r="O95" s="0">
+      <c r="O95">
         <v>36.1</v>
       </c>
-      <c r="P95" s="0">
+      <c r="P95">
         <v>35.6</v>
       </c>
-      <c r="Q95" s="0">
+      <c r="Q95">
         <v>35.4</v>
       </c>
-      <c r="R95" s="0">
+      <c r="R95">
         <v>35.4</v>
       </c>
     </row>
     <row r="96" spans="1:19">
-      <c r="A96" s="6" t="s">
+      <c r="A96" t="s">
         <v>51</v>
       </c>
-      <c r="B96" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D96" s="6">
+      <c r="B96" t="s">
+        <v>26</v>
+      </c>
+      <c r="C96">
+        <v>1300</v>
+      </c>
+      <c r="D96">
         <v>3</v>
       </c>
-      <c r="E96" s="6" t="s">
-[...23 lines deleted...]
-      <c r="M96" s="6">
+      <c r="E96" t="s">
+        <v>24</v>
+      </c>
+      <c r="F96" s="5">
+        <v>27.7</v>
+      </c>
+      <c r="G96">
+        <v>27.2</v>
+      </c>
+      <c r="H96">
+        <v>26.8</v>
+      </c>
+      <c r="I96">
+        <v>26.3</v>
+      </c>
+      <c r="J96">
+        <v>25.9</v>
+      </c>
+      <c r="K96">
+        <v>25.4</v>
+      </c>
+      <c r="L96">
+        <v>25.099999999999998</v>
+      </c>
+      <c r="M96">
+        <v>24.7</v>
+      </c>
+      <c r="N96">
         <v>24.4</v>
       </c>
-      <c r="N96" s="6">
+      <c r="O96">
+        <v>24.2</v>
+      </c>
+      <c r="P96">
         <v>24.1</v>
       </c>
-      <c r="O96" s="6">
-[...9 lines deleted...]
-        <v>23.7</v>
+      <c r="Q96">
+        <v>24.0</v>
+      </c>
+      <c r="R96">
+        <v>24.0</v>
       </c>
     </row>
     <row r="97" spans="1:19">
-      <c r="A97" s="0" t="s">
+      <c r="A97" t="s">
         <v>52</v>
       </c>
-      <c r="B97" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C97" s="0">
+      <c r="B97" t="s">
+        <v>26</v>
+      </c>
+      <c r="C97">
         <v>1400</v>
       </c>
-      <c r="D97" s="0">
+      <c r="D97">
         <v>9</v>
       </c>
-      <c r="E97" s="0" t="s">
+      <c r="E97" t="s">
         <v>24</v>
       </c>
       <c r="F97" s="5">
         <v>38.5</v>
       </c>
-      <c r="G97" s="0">
+      <c r="G97">
         <v>38.4</v>
       </c>
-      <c r="H97" s="0">
+      <c r="H97">
         <v>38.2</v>
       </c>
-      <c r="I97" s="0">
+      <c r="I97">
         <v>37.9</v>
       </c>
-      <c r="J97" s="0">
+      <c r="J97">
         <v>37.6</v>
       </c>
-      <c r="K97" s="0">
+      <c r="K97">
         <v>37.3</v>
       </c>
-      <c r="L97" s="0">
-[...2 lines deleted...]
-      <c r="M97" s="0">
+      <c r="L97">
+        <v>37.0</v>
+      </c>
+      <c r="M97">
         <v>36.4</v>
       </c>
-      <c r="N97" s="0">
+      <c r="N97">
         <v>35.1</v>
       </c>
-      <c r="O97" s="0">
+      <c r="O97">
         <v>34.2</v>
       </c>
-      <c r="P97" s="0">
+      <c r="P97">
         <v>33.4</v>
       </c>
-      <c r="Q97" s="0">
+      <c r="Q97">
         <v>33.2</v>
       </c>
-      <c r="R97" s="0">
+      <c r="R97">
         <v>33.2</v>
       </c>
     </row>
     <row r="98" spans="1:19">
-      <c r="A98" s="0" t="s">
+      <c r="A98" t="s">
         <v>53</v>
       </c>
-      <c r="B98" s="0"/>
-[...35 lines deleted...]
-      <c r="R99" s="0"/>
     </row>
     <row r="100" spans="1:19">
-      <c r="A100" s="0" t="s">
+      <c r="A100" t="s">
         <v>54</v>
       </c>
-      <c r="B100" s="0"/>
-[...15 lines deleted...]
-      <c r="R100" s="0"/>
     </row>
     <row r="101" spans="1:19" customHeight="1" ht="20">
       <c r="A101" s="3" t="s">
         <v>74</v>
       </c>
       <c r="B101" s="2"/>
       <c r="C101" s="2"/>
       <c r="D101" s="2"/>
       <c r="E101" s="2"/>
       <c r="F101" s="2"/>
       <c r="G101" s="2"/>
       <c r="H101" s="2"/>
       <c r="I101" s="2"/>
       <c r="J101" s="2"/>
       <c r="K101" s="2"/>
       <c r="L101" s="2"/>
       <c r="M101" s="2"/>
       <c r="N101" s="2"/>
       <c r="O101" s="2"/>
       <c r="P101" s="2"/>
       <c r="Q101" s="2"/>
       <c r="R101" s="2"/>
     </row>
     <row r="102" spans="1:19" customHeight="1" ht="21">
       <c r="A102" s="4" t="s">
@@ -5828,1622 +5640,1561 @@
         <v>61</v>
       </c>
       <c r="L102" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M102" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N102" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O102" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P102" s="4" t="s">
         <v>66</v>
       </c>
       <c r="Q102" s="4" t="s">
         <v>67</v>
       </c>
       <c r="R102" s="4" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="103" spans="1:19">
-      <c r="A103" s="6" t="s">
+      <c r="A103" t="s">
         <v>25</v>
       </c>
-      <c r="B103" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C103" s="6">
+      <c r="B103" t="s">
+        <v>26</v>
+      </c>
+      <c r="C103">
         <v>1450</v>
       </c>
-      <c r="D103" s="6">
+      <c r="D103">
         <v>7</v>
       </c>
-      <c r="E103" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F103" s="9">
+      <c r="E103" t="s">
+        <v>24</v>
+      </c>
+      <c r="F103" s="6">
         <v>10510</v>
       </c>
-      <c r="G103" s="6">
+      <c r="G103">
         <v>10410</v>
       </c>
-      <c r="H103" s="6">
+      <c r="H103">
         <v>10290</v>
       </c>
-      <c r="I103" s="6">
+      <c r="I103">
         <v>10150</v>
       </c>
-      <c r="J103" s="6">
+      <c r="J103">
         <v>10020</v>
       </c>
-      <c r="K103" s="6">
+      <c r="K103">
         <v>9890</v>
       </c>
-      <c r="L103" s="6">
+      <c r="L103">
         <v>9810</v>
       </c>
-      <c r="M103" s="6">
+      <c r="M103">
         <v>9720</v>
       </c>
-      <c r="N103" s="6">
+      <c r="N103">
         <v>9630</v>
       </c>
-      <c r="O103" s="6">
+      <c r="O103">
         <v>9540</v>
       </c>
-      <c r="P103" s="6">
+      <c r="P103">
         <v>9490</v>
       </c>
-      <c r="Q103" s="6">
+      <c r="Q103">
         <v>9440</v>
       </c>
-      <c r="R103" s="6">
+      <c r="R103">
         <v>9440</v>
       </c>
     </row>
     <row r="104" spans="1:19">
-      <c r="A104" s="0" t="s">
+      <c r="A104" t="s">
         <v>27</v>
       </c>
-      <c r="B104" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C104" s="0">
+      <c r="B104" t="s">
+        <v>26</v>
+      </c>
+      <c r="C104">
         <v>1550</v>
       </c>
-      <c r="D104" s="0">
+      <c r="D104">
         <v>7</v>
       </c>
-      <c r="E104" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F104" s="8">
+      <c r="E104" t="s">
+        <v>24</v>
+      </c>
+      <c r="F104" s="6">
         <v>9700</v>
       </c>
-      <c r="G104" s="0">
+      <c r="G104">
         <v>9620</v>
       </c>
-      <c r="H104" s="0">
+      <c r="H104">
         <v>9520</v>
       </c>
-      <c r="I104" s="0">
+      <c r="I104">
         <v>9400</v>
       </c>
-      <c r="J104" s="0">
+      <c r="J104">
         <v>9290</v>
       </c>
-      <c r="K104" s="0">
+      <c r="K104">
         <v>9180</v>
       </c>
-      <c r="L104" s="0">
+      <c r="L104">
         <v>9110</v>
       </c>
-      <c r="M104" s="0">
+      <c r="M104">
         <v>9030</v>
       </c>
-      <c r="N104" s="0">
+      <c r="N104">
         <v>8950</v>
       </c>
-      <c r="O104" s="0">
+      <c r="O104">
         <v>8870</v>
       </c>
-      <c r="P104" s="0">
+      <c r="P104">
         <v>8830</v>
       </c>
-      <c r="Q104" s="0">
+      <c r="Q104">
         <v>8790</v>
       </c>
-      <c r="R104" s="0">
+      <c r="R104">
         <v>8790</v>
       </c>
     </row>
     <row r="105" spans="1:19">
-      <c r="A105" s="6" t="s">
+      <c r="A105" t="s">
         <v>28</v>
       </c>
-      <c r="B105" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C105" s="6">
+      <c r="B105" t="s">
+        <v>26</v>
+      </c>
+      <c r="C105">
         <v>780</v>
       </c>
-      <c r="D105" s="6">
+      <c r="D105">
         <v>9</v>
       </c>
-      <c r="E105" s="6" t="s">
+      <c r="E105" t="s">
         <v>71</v>
       </c>
-      <c r="F105" s="9">
+      <c r="F105" s="6">
         <v>5500</v>
       </c>
-      <c r="G105" s="6">
+      <c r="G105">
         <v>5430</v>
       </c>
-      <c r="H105" s="6">
+      <c r="H105">
         <v>5352</v>
       </c>
-      <c r="I105" s="6">
+      <c r="I105">
         <v>5282</v>
       </c>
-      <c r="J105" s="6">
+      <c r="J105">
         <v>5200</v>
       </c>
-      <c r="K105" s="6">
+      <c r="K105">
         <v>5130</v>
       </c>
-      <c r="L105" s="6">
+      <c r="L105">
         <v>5056</v>
       </c>
-      <c r="M105" s="6">
+      <c r="M105">
         <v>4986</v>
       </c>
-      <c r="N105" s="6">
+      <c r="N105">
         <v>4914</v>
       </c>
-      <c r="O105" s="6">
+      <c r="O105">
         <v>4875</v>
       </c>
-      <c r="P105" s="6">
+      <c r="P105">
         <v>4875</v>
       </c>
-      <c r="Q105" s="6">
+      <c r="Q105">
         <v>4875</v>
       </c>
-      <c r="R105" s="6">
+      <c r="R105">
         <v>4875</v>
       </c>
     </row>
     <row r="106" spans="1:19">
-      <c r="A106" s="0" t="s">
+      <c r="A106" t="s">
         <v>28</v>
       </c>
-      <c r="B106" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C106" s="0">
+      <c r="B106" t="s">
+        <v>26</v>
+      </c>
+      <c r="C106">
         <v>600</v>
       </c>
-      <c r="D106" s="0">
+      <c r="D106">
         <v>2</v>
       </c>
-      <c r="E106" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F106" s="8">
+      <c r="E106" t="s">
+        <v>24</v>
+      </c>
+      <c r="F106" s="6">
         <v>4231</v>
       </c>
-      <c r="G106" s="0">
+      <c r="G106">
         <v>4177</v>
       </c>
-      <c r="H106" s="0">
+      <c r="H106">
         <v>4117</v>
       </c>
-      <c r="I106" s="0">
+      <c r="I106">
         <v>4063</v>
       </c>
-      <c r="J106" s="0">
+      <c r="J106">
         <v>4000</v>
       </c>
-      <c r="K106" s="0">
+      <c r="K106">
         <v>3946</v>
       </c>
-      <c r="L106" s="0">
+      <c r="L106">
         <v>3889</v>
       </c>
-      <c r="M106" s="0">
+      <c r="M106">
         <v>3835</v>
       </c>
-      <c r="N106" s="0">
+      <c r="N106">
         <v>3780</v>
       </c>
-      <c r="O106" s="0">
+      <c r="O106">
         <v>3750</v>
       </c>
-      <c r="P106" s="0">
+      <c r="P106">
         <v>3750</v>
       </c>
-      <c r="Q106" s="0">
+      <c r="Q106">
         <v>3750</v>
       </c>
-      <c r="R106" s="0">
+      <c r="R106">
         <v>3750</v>
       </c>
     </row>
     <row r="107" spans="1:19">
-      <c r="A107" s="6" t="s">
+      <c r="A107" t="s">
         <v>72</v>
       </c>
-      <c r="B107" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C107" s="6">
+      <c r="B107" t="s">
+        <v>26</v>
+      </c>
+      <c r="C107">
         <v>1250</v>
       </c>
-      <c r="D107" s="6">
+      <c r="D107">
         <v>4</v>
       </c>
-      <c r="E107" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F107" s="9">
+      <c r="E107" t="s">
+        <v>24</v>
+      </c>
+      <c r="F107" s="6">
         <v>8851</v>
       </c>
-      <c r="G107" s="6">
+      <c r="G107">
         <v>8777</v>
       </c>
-      <c r="H107" s="6">
+      <c r="H107">
         <v>8697</v>
       </c>
-      <c r="I107" s="6">
+      <c r="I107">
         <v>8603</v>
       </c>
-      <c r="J107" s="6">
+      <c r="J107">
         <v>8490</v>
       </c>
-      <c r="K107" s="6">
+      <c r="K107">
         <v>8336</v>
       </c>
-      <c r="L107" s="6">
+      <c r="L107">
         <v>8249</v>
       </c>
-      <c r="M107" s="6">
+      <c r="M107">
         <v>8155</v>
       </c>
-      <c r="N107" s="6">
+      <c r="N107">
         <v>8080</v>
       </c>
-      <c r="O107" s="6">
+      <c r="O107">
         <v>7970</v>
       </c>
-      <c r="P107" s="6">
+      <c r="P107">
         <v>7950</v>
       </c>
-      <c r="Q107" s="6">
+      <c r="Q107">
         <v>7900</v>
       </c>
-      <c r="R107" s="6">
+      <c r="R107">
         <v>7900</v>
       </c>
     </row>
     <row r="108" spans="1:19">
-      <c r="A108" s="0" t="s">
+      <c r="A108" t="s">
         <v>29</v>
       </c>
-      <c r="B108" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C108" s="0">
+      <c r="B108" t="s">
+        <v>26</v>
+      </c>
+      <c r="C108">
         <v>1500</v>
       </c>
-      <c r="D108" s="0">
+      <c r="D108">
         <v>9</v>
       </c>
-      <c r="E108" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F108" s="8">
+      <c r="E108" t="s">
+        <v>24</v>
+      </c>
+      <c r="F108" s="6">
         <v>10320</v>
       </c>
-      <c r="G108" s="0">
+      <c r="G108">
         <v>10230</v>
       </c>
-      <c r="H108" s="0">
+      <c r="H108">
         <v>10110</v>
       </c>
-      <c r="I108" s="0">
+      <c r="I108">
         <v>9980</v>
       </c>
-      <c r="J108" s="0">
+      <c r="J108">
         <v>9850</v>
       </c>
-      <c r="K108" s="0">
+      <c r="K108">
         <v>9730</v>
       </c>
-      <c r="L108" s="0">
+      <c r="L108">
         <v>9650</v>
       </c>
-      <c r="M108" s="0">
+      <c r="M108">
         <v>9560</v>
       </c>
-      <c r="N108" s="0">
+      <c r="N108">
         <v>9470</v>
       </c>
-      <c r="O108" s="0">
+      <c r="O108">
         <v>9380</v>
       </c>
-      <c r="P108" s="0">
+      <c r="P108">
         <v>9340</v>
       </c>
-      <c r="Q108" s="0">
+      <c r="Q108">
         <v>9290</v>
       </c>
-      <c r="R108" s="0">
+      <c r="R108">
         <v>9290</v>
       </c>
     </row>
     <row r="109" spans="1:19">
-      <c r="A109" s="6" t="s">
+      <c r="A109" t="s">
         <v>30</v>
       </c>
-      <c r="B109" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C109" s="6">
+      <c r="B109" t="s">
+        <v>26</v>
+      </c>
+      <c r="C109">
         <v>2400</v>
       </c>
-      <c r="D109" s="6">
+      <c r="D109">
         <v>7</v>
       </c>
-      <c r="E109" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F109" s="9">
+      <c r="E109" t="s">
+        <v>24</v>
+      </c>
+      <c r="F109" s="6">
         <v>11521</v>
       </c>
-      <c r="G109" s="6">
+      <c r="G109">
         <v>11087</v>
       </c>
-      <c r="H109" s="6">
+      <c r="H109">
         <v>10847</v>
       </c>
-      <c r="I109" s="6">
+      <c r="I109">
         <v>10633</v>
       </c>
-      <c r="J109" s="6">
+      <c r="J109">
         <v>10410</v>
       </c>
-      <c r="K109" s="6">
+      <c r="K109">
         <v>10196</v>
       </c>
-      <c r="L109" s="6">
+      <c r="L109">
         <v>9999</v>
       </c>
-      <c r="M109" s="6">
+      <c r="M109">
         <v>9855</v>
       </c>
-      <c r="N109" s="6">
+      <c r="N109">
         <v>9710</v>
       </c>
-      <c r="O109" s="6">
+      <c r="O109">
         <v>9590</v>
       </c>
-      <c r="P109" s="6">
+      <c r="P109">
         <v>9510</v>
       </c>
-      <c r="Q109" s="6">
+      <c r="Q109">
         <v>9420</v>
       </c>
-      <c r="R109" s="6">
+      <c r="R109">
         <v>9420</v>
       </c>
     </row>
     <row r="110" spans="1:19">
-      <c r="A110" s="0" t="s">
+      <c r="A110" t="s">
         <v>32</v>
       </c>
-      <c r="B110" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C110" s="0">
+      <c r="B110" t="s">
+        <v>26</v>
+      </c>
+      <c r="C110">
         <v>1200</v>
       </c>
-      <c r="D110" s="0">
+      <c r="D110">
         <v>6</v>
       </c>
-      <c r="E110" s="0" t="s">
+      <c r="E110" t="s">
         <v>71</v>
       </c>
-      <c r="F110" s="8">
+      <c r="F110" s="6">
         <v>9770</v>
       </c>
-      <c r="G110" s="0">
+      <c r="G110">
         <v>9770</v>
       </c>
-      <c r="H110" s="0">
+      <c r="H110">
         <v>9740</v>
       </c>
-      <c r="I110" s="0">
+      <c r="I110">
         <v>9680</v>
       </c>
-      <c r="J110" s="0">
+      <c r="J110">
         <v>9620</v>
       </c>
-      <c r="K110" s="0">
+      <c r="K110">
         <v>9560</v>
       </c>
-      <c r="L110" s="0">
+      <c r="L110">
         <v>9510</v>
       </c>
-      <c r="M110" s="0">
+      <c r="M110">
         <v>9440</v>
       </c>
-      <c r="N110" s="0">
+      <c r="N110">
         <v>9390</v>
       </c>
-      <c r="O110" s="0">
+      <c r="O110">
         <v>9390</v>
       </c>
-      <c r="P110" s="0">
+      <c r="P110">
         <v>9330</v>
       </c>
-      <c r="Q110" s="0">
+      <c r="Q110">
         <v>9330</v>
       </c>
-      <c r="R110" s="0">
+      <c r="R110">
         <v>9330</v>
       </c>
     </row>
     <row r="111" spans="1:19">
-      <c r="A111" s="6" t="s">
+      <c r="A111" t="s">
         <v>32</v>
       </c>
-      <c r="B111" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C111" s="6">
+      <c r="B111" t="s">
+        <v>26</v>
+      </c>
+      <c r="C111">
         <v>800</v>
       </c>
-      <c r="D111" s="6">
+      <c r="D111">
         <v>6</v>
       </c>
-      <c r="E111" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F111" s="9">
+      <c r="E111" t="s">
+        <v>24</v>
+      </c>
+      <c r="F111" s="6">
         <v>6520</v>
       </c>
-      <c r="G111" s="6">
+      <c r="G111">
         <v>6520</v>
       </c>
-      <c r="H111" s="6">
+      <c r="H111">
         <v>6490</v>
       </c>
-      <c r="I111" s="6">
+      <c r="I111">
         <v>6450</v>
       </c>
-      <c r="J111" s="6">
+      <c r="J111">
         <v>6410</v>
       </c>
-      <c r="K111" s="6">
+      <c r="K111">
         <v>6370</v>
       </c>
-      <c r="L111" s="6">
+      <c r="L111">
         <v>6340</v>
       </c>
-      <c r="M111" s="6">
+      <c r="M111">
         <v>6300</v>
       </c>
-      <c r="N111" s="6">
+      <c r="N111">
         <v>6260</v>
       </c>
-      <c r="O111" s="6">
+      <c r="O111">
         <v>6220</v>
       </c>
-      <c r="P111" s="6">
+      <c r="P111">
         <v>6220</v>
       </c>
-      <c r="Q111" s="6">
+      <c r="Q111">
         <v>6220</v>
       </c>
-      <c r="R111" s="6">
+      <c r="R111">
         <v>6220</v>
       </c>
     </row>
     <row r="112" spans="1:19">
-      <c r="A112" s="0" t="s">
+      <c r="A112" t="s">
         <v>73</v>
       </c>
-      <c r="B112" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C112" s="0">
+      <c r="B112" t="s">
+        <v>26</v>
+      </c>
+      <c r="C112">
         <v>1460</v>
       </c>
-      <c r="D112" s="0">
+      <c r="D112">
         <v>8</v>
       </c>
-      <c r="E112" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F112" s="8">
+      <c r="E112" t="s">
+        <v>24</v>
+      </c>
+      <c r="F112" s="6">
         <v>8560</v>
       </c>
-      <c r="G112" s="0">
+      <c r="G112">
         <v>8540</v>
       </c>
-      <c r="H112" s="0">
+      <c r="H112">
         <v>8450</v>
       </c>
-      <c r="I112" s="0">
+      <c r="I112">
         <v>8380</v>
       </c>
-      <c r="J112" s="0">
+      <c r="J112">
         <v>8280</v>
       </c>
-      <c r="K112" s="0">
+      <c r="K112">
         <v>8190</v>
       </c>
-      <c r="L112" s="0">
+      <c r="L112">
         <v>8100</v>
       </c>
-      <c r="M112" s="0">
+      <c r="M112">
         <v>8000</v>
       </c>
-      <c r="N112" s="0">
+      <c r="N112">
         <v>7860</v>
       </c>
-      <c r="O112" s="0">
+      <c r="O112">
         <v>7770</v>
       </c>
-      <c r="P112" s="0">
+      <c r="P112">
         <v>7770</v>
       </c>
-      <c r="Q112" s="0">
+      <c r="Q112">
         <v>7770</v>
       </c>
-      <c r="R112" s="0">
+      <c r="R112">
         <v>7770</v>
       </c>
     </row>
     <row r="113" spans="1:19">
-      <c r="A113" s="6" t="s">
+      <c r="A113" t="s">
         <v>33</v>
       </c>
-      <c r="B113" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C113" s="6">
+      <c r="B113" t="s">
+        <v>26</v>
+      </c>
+      <c r="C113">
         <v>1400</v>
       </c>
-      <c r="D113" s="6">
+      <c r="D113">
         <v>5</v>
       </c>
-      <c r="E113" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F113" s="9">
+      <c r="E113" t="s">
+        <v>24</v>
+      </c>
+      <c r="F113" s="6">
         <v>7781</v>
       </c>
-      <c r="G113" s="6">
+      <c r="G113">
         <v>7437</v>
       </c>
-      <c r="H113" s="6">
+      <c r="H113">
         <v>7297</v>
       </c>
-      <c r="I113" s="6">
+      <c r="I113">
         <v>7163</v>
       </c>
-      <c r="J113" s="6">
+      <c r="J113">
         <v>7030</v>
       </c>
-      <c r="K113" s="6">
+      <c r="K113">
         <v>6896</v>
       </c>
-      <c r="L113" s="6">
+      <c r="L113">
         <v>6799</v>
       </c>
-      <c r="M113" s="6">
+      <c r="M113">
         <v>6705</v>
       </c>
-      <c r="N113" s="6">
+      <c r="N113">
         <v>6600</v>
       </c>
-      <c r="O113" s="6">
+      <c r="O113">
         <v>6530</v>
       </c>
-      <c r="P113" s="6">
+      <c r="P113">
         <v>6490</v>
       </c>
-      <c r="Q113" s="6">
+      <c r="Q113">
         <v>6450</v>
       </c>
-      <c r="R113" s="6">
+      <c r="R113">
         <v>6450</v>
       </c>
     </row>
     <row r="114" spans="1:19">
-      <c r="A114" s="0" t="s">
+      <c r="A114" t="s">
         <v>35</v>
       </c>
-      <c r="B114" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C114" s="0">
+      <c r="B114" t="s">
+        <v>26</v>
+      </c>
+      <c r="C114">
         <v>1150</v>
       </c>
-      <c r="D114" s="0">
+      <c r="D114">
         <v>3</v>
       </c>
-      <c r="E114" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F114" s="8">
+      <c r="E114" t="s">
+        <v>24</v>
+      </c>
+      <c r="F114" s="6">
         <v>6741</v>
       </c>
-      <c r="G114" s="0">
+      <c r="G114">
         <v>6627</v>
       </c>
-      <c r="H114" s="0">
+      <c r="H114">
         <v>6477</v>
       </c>
-      <c r="I114" s="0">
+      <c r="I114">
         <v>6363</v>
       </c>
-      <c r="J114" s="0">
+      <c r="J114">
         <v>6200</v>
       </c>
-      <c r="K114" s="0">
+      <c r="K114">
         <v>5946</v>
       </c>
-      <c r="L114" s="0">
+      <c r="L114">
         <v>5699</v>
       </c>
-      <c r="M114" s="0">
+      <c r="M114">
         <v>5625</v>
       </c>
-      <c r="N114" s="0">
+      <c r="N114">
         <v>5540</v>
       </c>
-      <c r="O114" s="0">
+      <c r="O114">
         <v>5480</v>
       </c>
-      <c r="P114" s="0">
+      <c r="P114">
         <v>5460</v>
       </c>
-      <c r="Q114" s="0">
+      <c r="Q114">
         <v>5430</v>
       </c>
-      <c r="R114" s="0">
+      <c r="R114">
         <v>5430</v>
       </c>
     </row>
     <row r="115" spans="1:19">
-      <c r="A115" s="6" t="s">
+      <c r="A115" t="s">
         <v>36</v>
       </c>
-      <c r="B115" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C115" s="6">
+      <c r="B115" t="s">
+        <v>26</v>
+      </c>
+      <c r="C115">
         <v>1500</v>
       </c>
-      <c r="D115" s="6">
+      <c r="D115">
         <v>10</v>
       </c>
-      <c r="E115" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F115" s="9">
+      <c r="E115" t="s">
+        <v>24</v>
+      </c>
+      <c r="F115" s="6">
         <v>12480</v>
       </c>
-      <c r="G115" s="6">
+      <c r="G115">
         <v>12340</v>
       </c>
-      <c r="H115" s="6">
+      <c r="H115">
         <v>12160</v>
       </c>
-      <c r="I115" s="6">
+      <c r="I115">
         <v>11990</v>
       </c>
-      <c r="J115" s="6">
+      <c r="J115">
         <v>11810</v>
       </c>
-      <c r="K115" s="6">
+      <c r="K115">
         <v>11640</v>
       </c>
-      <c r="L115" s="6">
+      <c r="L115">
         <v>11530</v>
       </c>
-      <c r="M115" s="6">
+      <c r="M115">
         <v>11410</v>
       </c>
-      <c r="N115" s="6">
+      <c r="N115">
         <v>11300</v>
       </c>
-      <c r="O115" s="6">
+      <c r="O115">
         <v>11180</v>
       </c>
-      <c r="P115" s="6">
+      <c r="P115">
         <v>11110</v>
       </c>
-      <c r="Q115" s="6">
+      <c r="Q115">
         <v>11040</v>
       </c>
-      <c r="R115" s="6">
+      <c r="R115">
         <v>11040</v>
       </c>
     </row>
     <row r="116" spans="1:19">
-      <c r="A116" s="0" t="s">
+      <c r="A116" t="s">
         <v>37</v>
       </c>
-      <c r="B116" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C116" s="0">
+      <c r="B116" t="s">
+        <v>26</v>
+      </c>
+      <c r="C116">
         <v>1150</v>
       </c>
-      <c r="D116" s="0">
+      <c r="D116">
         <v>9</v>
       </c>
-      <c r="E116" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F116" s="8">
+      <c r="E116" t="s">
+        <v>24</v>
+      </c>
+      <c r="F116" s="6">
         <v>10280</v>
       </c>
-      <c r="G116" s="0">
+      <c r="G116">
         <v>10180</v>
       </c>
-      <c r="H116" s="0">
+      <c r="H116">
         <v>10070</v>
       </c>
-      <c r="I116" s="0">
+      <c r="I116">
         <v>9940</v>
       </c>
-      <c r="J116" s="0">
+      <c r="J116">
         <v>9810</v>
       </c>
-      <c r="K116" s="0">
+      <c r="K116">
         <v>9690</v>
       </c>
-      <c r="L116" s="0">
+      <c r="L116">
         <v>9610</v>
       </c>
-      <c r="M116" s="0">
+      <c r="M116">
         <v>9520</v>
       </c>
-      <c r="N116" s="0">
+      <c r="N116">
         <v>9440</v>
       </c>
-      <c r="O116" s="0">
+      <c r="O116">
         <v>9350</v>
       </c>
-      <c r="P116" s="0">
+      <c r="P116">
         <v>9300</v>
       </c>
-      <c r="Q116" s="0">
+      <c r="Q116">
         <v>9260</v>
       </c>
-      <c r="R116" s="0">
+      <c r="R116">
         <v>9260</v>
       </c>
     </row>
     <row r="117" spans="1:19">
-      <c r="A117" s="6" t="s">
+      <c r="A117" t="s">
         <v>38</v>
       </c>
-      <c r="B117" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D117" s="6">
+      <c r="B117" t="s">
+        <v>26</v>
+      </c>
+      <c r="C117">
+        <v>1680</v>
+      </c>
+      <c r="D117">
+        <v>16</v>
+      </c>
+      <c r="E117" t="s">
+        <v>24</v>
+      </c>
+      <c r="F117" s="6">
+        <v>10760</v>
+      </c>
+      <c r="G117">
+        <v>10660</v>
+      </c>
+      <c r="H117">
+        <v>10530</v>
+      </c>
+      <c r="I117">
+        <v>10390</v>
+      </c>
+      <c r="J117">
+        <v>10250</v>
+      </c>
+      <c r="K117">
+        <v>10120</v>
+      </c>
+      <c r="L117">
+        <v>10030</v>
+      </c>
+      <c r="M117">
+        <v>9940</v>
+      </c>
+      <c r="N117">
+        <v>9850</v>
+      </c>
+      <c r="O117">
+        <v>9750</v>
+      </c>
+      <c r="P117">
+        <v>9700</v>
+      </c>
+      <c r="Q117">
+        <v>9650</v>
+      </c>
+      <c r="R117">
+        <v>9650</v>
+      </c>
+    </row>
+    <row r="118" spans="1:19">
+      <c r="A118" t="s">
+        <v>39</v>
+      </c>
+      <c r="B118" t="s">
+        <v>26</v>
+      </c>
+      <c r="C118">
+        <v>1500</v>
+      </c>
+      <c r="D118">
+        <v>10</v>
+      </c>
+      <c r="E118" t="s">
+        <v>24</v>
+      </c>
+      <c r="F118" s="6">
+        <v>10490</v>
+      </c>
+      <c r="G118">
+        <v>10390</v>
+      </c>
+      <c r="H118">
+        <v>10270</v>
+      </c>
+      <c r="I118">
+        <v>10140</v>
+      </c>
+      <c r="J118">
+        <v>10010</v>
+      </c>
+      <c r="K118">
+        <v>9880</v>
+      </c>
+      <c r="L118">
+        <v>9800</v>
+      </c>
+      <c r="M118">
+        <v>9710</v>
+      </c>
+      <c r="N118">
+        <v>9620</v>
+      </c>
+      <c r="O118">
+        <v>9530</v>
+      </c>
+      <c r="P118">
+        <v>9480</v>
+      </c>
+      <c r="Q118">
+        <v>9430</v>
+      </c>
+      <c r="R118">
+        <v>9430</v>
+      </c>
+    </row>
+    <row r="119" spans="1:19">
+      <c r="A119" t="s">
+        <v>40</v>
+      </c>
+      <c r="B119" t="s">
+        <v>26</v>
+      </c>
+      <c r="C119">
+        <v>1400</v>
+      </c>
+      <c r="D119">
         <v>8</v>
       </c>
-      <c r="E117" s="6" t="s">
-[...49 lines deleted...]
-      <c r="C118" s="0">
+      <c r="E119" t="s">
+        <v>24</v>
+      </c>
+      <c r="F119" s="6">
+        <v>10970</v>
+      </c>
+      <c r="G119">
+        <v>10860</v>
+      </c>
+      <c r="H119">
+        <v>10730</v>
+      </c>
+      <c r="I119">
+        <v>10580</v>
+      </c>
+      <c r="J119">
+        <v>10440</v>
+      </c>
+      <c r="K119">
+        <v>10300</v>
+      </c>
+      <c r="L119">
+        <v>10220</v>
+      </c>
+      <c r="M119">
+        <v>10120</v>
+      </c>
+      <c r="N119">
+        <v>10020</v>
+      </c>
+      <c r="O119">
+        <v>9930</v>
+      </c>
+      <c r="P119">
+        <v>9870</v>
+      </c>
+      <c r="Q119">
+        <v>9820</v>
+      </c>
+      <c r="R119">
+        <v>9820</v>
+      </c>
+    </row>
+    <row r="120" spans="1:19">
+      <c r="A120" t="s">
+        <v>41</v>
+      </c>
+      <c r="B120" t="s">
+        <v>26</v>
+      </c>
+      <c r="C120">
+        <v>4700</v>
+      </c>
+      <c r="D120">
+        <v>10</v>
+      </c>
+      <c r="E120" t="s">
+        <v>24</v>
+      </c>
+      <c r="F120" s="6">
+        <v>16930</v>
+      </c>
+      <c r="G120">
+        <v>16680</v>
+      </c>
+      <c r="H120">
+        <v>16400</v>
+      </c>
+      <c r="I120">
+        <v>16120</v>
+      </c>
+      <c r="J120">
+        <v>15840</v>
+      </c>
+      <c r="K120">
+        <v>15570</v>
+      </c>
+      <c r="L120">
+        <v>15410</v>
+      </c>
+      <c r="M120">
+        <v>15230</v>
+      </c>
+      <c r="N120">
+        <v>15060</v>
+      </c>
+      <c r="O120">
+        <v>14890</v>
+      </c>
+      <c r="P120">
+        <v>14760</v>
+      </c>
+      <c r="Q120">
+        <v>14630</v>
+      </c>
+      <c r="R120">
+        <v>14630</v>
+      </c>
+    </row>
+    <row r="121" spans="1:19">
+      <c r="A121" t="s">
+        <v>43</v>
+      </c>
+      <c r="B121" t="s">
+        <v>26</v>
+      </c>
+      <c r="C121">
+        <v>1980</v>
+      </c>
+      <c r="D121">
+        <v>11</v>
+      </c>
+      <c r="E121" t="s">
+        <v>24</v>
+      </c>
+      <c r="F121" s="6">
+        <v>11146</v>
+      </c>
+      <c r="G121">
+        <v>11030</v>
+      </c>
+      <c r="H121">
+        <v>10894</v>
+      </c>
+      <c r="I121">
+        <v>10749</v>
+      </c>
+      <c r="J121">
+        <v>10604</v>
+      </c>
+      <c r="K121">
+        <v>10460</v>
+      </c>
+      <c r="L121">
+        <v>10371</v>
+      </c>
+      <c r="M121">
+        <v>10273</v>
+      </c>
+      <c r="N121">
+        <v>10174</v>
+      </c>
+      <c r="O121">
+        <v>10076</v>
+      </c>
+      <c r="P121">
+        <v>10018</v>
+      </c>
+      <c r="Q121">
+        <v>9960</v>
+      </c>
+      <c r="R121">
+        <v>9960</v>
+      </c>
+    </row>
+    <row r="122" spans="1:19">
+      <c r="A122" t="s">
+        <v>44</v>
+      </c>
+      <c r="B122" t="s">
+        <v>26</v>
+      </c>
+      <c r="C122">
+        <v>2200</v>
+      </c>
+      <c r="D122">
+        <v>6</v>
+      </c>
+      <c r="E122" t="s">
+        <v>24</v>
+      </c>
+      <c r="F122" s="6">
+        <v>9511</v>
+      </c>
+      <c r="G122">
+        <v>9127</v>
+      </c>
+      <c r="H122">
+        <v>8947</v>
+      </c>
+      <c r="I122">
+        <v>8773</v>
+      </c>
+      <c r="J122">
+        <v>8600</v>
+      </c>
+      <c r="K122">
+        <v>8426</v>
+      </c>
+      <c r="L122">
+        <v>8309</v>
+      </c>
+      <c r="M122">
+        <v>8195</v>
+      </c>
+      <c r="N122">
+        <v>8060</v>
+      </c>
+      <c r="O122">
+        <v>7970</v>
+      </c>
+      <c r="P122">
+        <v>7910</v>
+      </c>
+      <c r="Q122">
+        <v>7850</v>
+      </c>
+      <c r="R122">
+        <v>7850</v>
+      </c>
+    </row>
+    <row r="123" spans="1:19">
+      <c r="A123" t="s">
+        <v>45</v>
+      </c>
+      <c r="B123" t="s">
+        <v>26</v>
+      </c>
+      <c r="C123">
+        <v>1600</v>
+      </c>
+      <c r="D123">
+        <v>3</v>
+      </c>
+      <c r="E123" t="s">
+        <v>24</v>
+      </c>
+      <c r="F123" s="6">
+        <v>7531</v>
+      </c>
+      <c r="G123">
+        <v>7397</v>
+      </c>
+      <c r="H123">
+        <v>7257</v>
+      </c>
+      <c r="I123">
+        <v>7123</v>
+      </c>
+      <c r="J123">
+        <v>6990</v>
+      </c>
+      <c r="K123">
+        <v>6856</v>
+      </c>
+      <c r="L123">
+        <v>6759</v>
+      </c>
+      <c r="M123">
+        <v>6665</v>
+      </c>
+      <c r="N123">
+        <v>6570</v>
+      </c>
+      <c r="O123">
+        <v>6500</v>
+      </c>
+      <c r="P123">
+        <v>6460</v>
+      </c>
+      <c r="Q123">
+        <v>6420</v>
+      </c>
+      <c r="R123">
+        <v>6420</v>
+      </c>
+    </row>
+    <row r="124" spans="1:19">
+      <c r="A124" t="s">
+        <v>46</v>
+      </c>
+      <c r="B124" t="s">
+        <v>26</v>
+      </c>
+      <c r="C124">
         <v>1500</v>
       </c>
-      <c r="D118" s="0">
+      <c r="D124">
         <v>10</v>
       </c>
-      <c r="E118" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F118" s="8">
+      <c r="E124" t="s">
+        <v>24</v>
+      </c>
+      <c r="F124" s="6">
+        <v>11390</v>
+      </c>
+      <c r="G124">
+        <v>11290</v>
+      </c>
+      <c r="H124">
+        <v>11160</v>
+      </c>
+      <c r="I124">
+        <v>11030</v>
+      </c>
+      <c r="J124">
+        <v>10890</v>
+      </c>
+      <c r="K124">
+        <v>10760</v>
+      </c>
+      <c r="L124">
+        <v>10680</v>
+      </c>
+      <c r="M124">
+        <v>10580</v>
+      </c>
+      <c r="N124">
         <v>10490</v>
       </c>
-      <c r="G118" s="0">
-[...270 lines deleted...]
-      <c r="D123" s="6">
+      <c r="O124">
+        <v>10400</v>
+      </c>
+      <c r="P124">
+        <v>10350</v>
+      </c>
+      <c r="Q124">
+        <v>10300</v>
+      </c>
+      <c r="R124">
+        <v>10300</v>
+      </c>
+    </row>
+    <row r="125" spans="1:19">
+      <c r="A125" t="s">
+        <v>48</v>
+      </c>
+      <c r="B125" t="s">
+        <v>26</v>
+      </c>
+      <c r="C125">
+        <v>1500</v>
+      </c>
+      <c r="D125">
         <v>3</v>
       </c>
-      <c r="E123" s="6" t="s">
-[...108 lines deleted...]
-      <c r="D125" s="6">
+      <c r="E125" t="s">
+        <v>24</v>
+      </c>
+      <c r="F125" s="6">
+        <v>9261</v>
+      </c>
+      <c r="G125">
+        <v>9087</v>
+      </c>
+      <c r="H125">
+        <v>8907</v>
+      </c>
+      <c r="I125">
+        <v>8733</v>
+      </c>
+      <c r="J125">
+        <v>8560</v>
+      </c>
+      <c r="K125">
+        <v>8396</v>
+      </c>
+      <c r="L125">
+        <v>8269</v>
+      </c>
+      <c r="M125">
+        <v>8155</v>
+      </c>
+      <c r="N125">
+        <v>8030</v>
+      </c>
+      <c r="O125">
+        <v>7940</v>
+      </c>
+      <c r="P125">
+        <v>7880</v>
+      </c>
+      <c r="Q125">
+        <v>7820</v>
+      </c>
+      <c r="R125">
+        <v>7820</v>
+      </c>
+    </row>
+    <row r="126" spans="1:19">
+      <c r="A126" t="s">
+        <v>50</v>
+      </c>
+      <c r="B126" t="s">
+        <v>26</v>
+      </c>
+      <c r="C126">
+        <v>1400</v>
+      </c>
+      <c r="D126">
+        <v>9</v>
+      </c>
+      <c r="E126" t="s">
+        <v>24</v>
+      </c>
+      <c r="F126" s="6">
+        <v>9570</v>
+      </c>
+      <c r="G126">
+        <v>9540</v>
+      </c>
+      <c r="H126">
+        <v>9470</v>
+      </c>
+      <c r="I126">
+        <v>9350</v>
+      </c>
+      <c r="J126">
+        <v>9220</v>
+      </c>
+      <c r="K126">
+        <v>9080</v>
+      </c>
+      <c r="L126">
+        <v>8940</v>
+      </c>
+      <c r="M126">
+        <v>8800</v>
+      </c>
+      <c r="N126">
+        <v>8680</v>
+      </c>
+      <c r="O126">
+        <v>8540</v>
+      </c>
+      <c r="P126">
+        <v>8440</v>
+      </c>
+      <c r="Q126">
+        <v>8350</v>
+      </c>
+      <c r="R126">
+        <v>8350</v>
+      </c>
+    </row>
+    <row r="127" spans="1:19">
+      <c r="A127" t="s">
+        <v>51</v>
+      </c>
+      <c r="B127" t="s">
+        <v>26</v>
+      </c>
+      <c r="C127">
+        <v>1300</v>
+      </c>
+      <c r="D127">
         <v>3</v>
       </c>
-      <c r="E125" s="6" t="s">
-[...49 lines deleted...]
-      <c r="C126" s="0">
+      <c r="E127" t="s">
+        <v>24</v>
+      </c>
+      <c r="F127" s="6">
+        <v>6621</v>
+      </c>
+      <c r="G127">
+        <v>6517</v>
+      </c>
+      <c r="H127">
+        <v>6397</v>
+      </c>
+      <c r="I127">
+        <v>6283</v>
+      </c>
+      <c r="J127">
+        <v>6170</v>
+      </c>
+      <c r="K127">
+        <v>6066</v>
+      </c>
+      <c r="L127">
+        <v>5969</v>
+      </c>
+      <c r="M127">
+        <v>5885</v>
+      </c>
+      <c r="N127">
+        <v>5800</v>
+      </c>
+      <c r="O127">
+        <v>5740</v>
+      </c>
+      <c r="P127">
+        <v>5710</v>
+      </c>
+      <c r="Q127">
+        <v>5690</v>
+      </c>
+      <c r="R127">
+        <v>5690</v>
+      </c>
+    </row>
+    <row r="128" spans="1:19">
+      <c r="A128" t="s">
+        <v>52</v>
+      </c>
+      <c r="B128" t="s">
+        <v>26</v>
+      </c>
+      <c r="C128">
         <v>1400</v>
       </c>
-      <c r="D126" s="0">
+      <c r="D128">
         <v>9</v>
       </c>
-      <c r="E126" s="0" t="s">
-[...26 lines deleted...]
-      <c r="N126" s="0">
+      <c r="E128" t="s">
+        <v>24</v>
+      </c>
+      <c r="F128" s="6">
+        <v>8780</v>
+      </c>
+      <c r="G128">
+        <v>8770</v>
+      </c>
+      <c r="H128">
+        <v>8730</v>
+      </c>
+      <c r="I128">
         <v>8680</v>
       </c>
-      <c r="O126" s="0">
+      <c r="J128">
+        <v>8630</v>
+      </c>
+      <c r="K128">
+        <v>8580</v>
+      </c>
+      <c r="L128">
         <v>8540</v>
       </c>
-      <c r="P126" s="0">
-[...102 lines deleted...]
-      <c r="M128" s="0">
+      <c r="M128">
         <v>8470</v>
       </c>
-      <c r="N128" s="0">
+      <c r="N128">
         <v>8360</v>
       </c>
-      <c r="O128" s="0">
+      <c r="O128">
         <v>8130</v>
       </c>
-      <c r="P128" s="0">
+      <c r="P128">
         <v>8090</v>
       </c>
-      <c r="Q128" s="0">
+      <c r="Q128">
         <v>8070</v>
       </c>
-      <c r="R128" s="0">
+      <c r="R128">
         <v>8070</v>
       </c>
     </row>
     <row r="129" spans="1:19">
-      <c r="A129" s="0" t="s">
+      <c r="A129" t="s">
         <v>53</v>
       </c>
-      <c r="B129" s="0"/>
-[...35 lines deleted...]
-      <c r="R130" s="0"/>
     </row>
     <row r="131" spans="1:19">
-      <c r="A131" s="0" t="s">
+      <c r="A131" t="s">
         <v>54</v>
       </c>
-      <c r="B131" s="0"/>
-[...15 lines deleted...]
-      <c r="R131" s="0"/>
     </row>
   </sheetData>
-  <sheetProtection password="BEF2A0" sheet="true" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="true" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="true" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <sheetProtection password="F3DC" sheet="1" insertRows="1" sort="1"/>
   <mergeCells>
     <mergeCell ref="A1:D3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A34:R34"/>
     <mergeCell ref="A35:R35"/>
     <mergeCell ref="A36:R36"/>
     <mergeCell ref="A37:R37"/>
     <mergeCell ref="A67:R67"/>
     <mergeCell ref="A68:R68"/>
     <mergeCell ref="A69:R69"/>
     <mergeCell ref="A70:R70"/>
     <mergeCell ref="A98:R98"/>
     <mergeCell ref="A99:R99"/>
     <mergeCell ref="A100:R100"/>
     <mergeCell ref="A101:R101"/>
     <mergeCell ref="A129:R129"/>
     <mergeCell ref="A130:R130"/>
     <mergeCell ref="A131:R131"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
-  <pageMargins left="0.7" right="0.7" top="0.1968503937007874" bottom="0.1968503937007874" header="0.3" footer="0.3"/>
-[...8 lines deleted...]
-  </headerFooter>
+  <pageMargins left="0.7" right="0.7" top="0.19685039370079" bottom="0.19685039370079" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft Corporation</Company>
+  <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>