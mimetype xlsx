--- v0 (2025-10-23)
+++ v1 (2026-03-10)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
-  <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>Позвоните нам и наши менеджеры рассчитают стоимость Вашей перевозки!</t>
   </si>
   <si>
     <t>Телефон: +7 (4234) 320-210</t>
   </si>
   <si>
     <t>Сайт: http://www.railcontinent.ru/</t>
   </si>
   <si>
     <t>Тарифы в город УССУРИЙСК руб/кг</t>
   </si>
   <si>
     <t>Из города</t>
   </si>
   <si>
     <t>Скоростной режим</t>
   </si>
   <si>
     <t>Мин. цена</t>
@@ -202,150 +202,136 @@
   <si>
     <t>10- 14.99</t>
   </si>
   <si>
     <t>15- 19.99</t>
   </si>
   <si>
     <t>20- 24.99</t>
   </si>
   <si>
     <t>25- 29.99</t>
   </si>
   <si>
     <t>30- 39.99</t>
   </si>
   <si>
     <t>40- 69.99</t>
   </si>
   <si>
     <t>70 и более</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="7"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...8 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
-[...2 lines deleted...]
-    </xf>
+  <cellXfs count="7">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
-[...4 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="3" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lo1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20f39754899fce9b8e0787eb9d3a669.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2095500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Рейл Континент" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -629,106 +615,94 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:S53"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F50" sqref="F50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="16.830985" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14.831264" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.831" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14.831" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.5" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.5" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.5" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.5" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.5" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.5" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.5" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.5" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.5" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.5" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.5" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.5" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.5" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.5" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.5" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.5" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.5" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19">
-      <c r="A1" s="0"/>
-[...2 lines deleted...]
-      <c r="D1" s="0"/>
       <c r="R1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:19">
-      <c r="A2" s="0"/>
-[...2 lines deleted...]
-      <c r="D2" s="0"/>
       <c r="R2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:19">
-      <c r="A3" s="0"/>
-[...2 lines deleted...]
-      <c r="D3" s="0"/>
       <c r="R3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:19" customHeight="1" ht="20">
       <c r="A4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
@@ -768,1232 +742,1178 @@
         <v>14</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P5" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R5" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:19">
-      <c r="A6" s="6" t="s">
+      <c r="A6" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="6">
+      <c r="B6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6">
         <v>1650</v>
       </c>
-      <c r="D6" s="6">
+      <c r="D6">
         <v>20</v>
       </c>
-      <c r="E6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="7">
+      <c r="E6" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" s="5">
         <v>46.1</v>
       </c>
-      <c r="G6" s="6">
+      <c r="G6">
         <v>45.59999999999999</v>
       </c>
-      <c r="H6" s="6">
-[...2 lines deleted...]
-      <c r="I6" s="6">
+      <c r="H6">
+        <v>45.0</v>
+      </c>
+      <c r="I6">
         <v>44.4</v>
       </c>
-      <c r="J6" s="6">
+      <c r="J6">
         <v>43.8</v>
       </c>
-      <c r="K6" s="6">
+      <c r="K6">
         <v>42.9</v>
       </c>
-      <c r="L6" s="6">
+      <c r="L6">
         <v>42.2</v>
       </c>
-      <c r="M6" s="6">
+      <c r="M6">
         <v>41.4</v>
       </c>
-      <c r="N6" s="6">
+      <c r="N6">
         <v>40.9</v>
       </c>
-      <c r="O6" s="6">
+      <c r="O6">
         <v>40.5</v>
       </c>
-      <c r="P6" s="6">
+      <c r="P6">
         <v>40.1</v>
       </c>
-      <c r="Q6" s="6">
+      <c r="Q6">
         <v>39.4</v>
       </c>
-      <c r="R6" s="6">
+      <c r="R6">
         <v>39.4</v>
       </c>
     </row>
     <row r="7" spans="1:19">
-      <c r="A7" s="0" t="s">
+      <c r="A7" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="0">
+      <c r="B7" t="s">
+        <v>23</v>
+      </c>
+      <c r="C7">
         <v>1750</v>
       </c>
-      <c r="D7" s="0">
+      <c r="D7">
         <v>20</v>
       </c>
-      <c r="E7" s="0" t="s">
+      <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="5">
         <v>41.6</v>
       </c>
-      <c r="G7" s="0">
+      <c r="G7">
         <v>41.2</v>
       </c>
-      <c r="H7" s="0">
+      <c r="H7">
         <v>40.7</v>
       </c>
-      <c r="I7" s="0">
+      <c r="I7">
         <v>40.2</v>
       </c>
-      <c r="J7" s="0">
+      <c r="J7">
         <v>39.7</v>
       </c>
-      <c r="K7" s="0">
+      <c r="K7">
         <v>38.9</v>
       </c>
-      <c r="L7" s="0">
+      <c r="L7">
         <v>38.3</v>
       </c>
-      <c r="M7" s="0">
+      <c r="M7">
         <v>37.6</v>
       </c>
-      <c r="N7" s="0">
+      <c r="N7">
         <v>37.2</v>
       </c>
-      <c r="O7" s="0">
+      <c r="O7">
         <v>36.9</v>
       </c>
-      <c r="P7" s="0">
+      <c r="P7">
         <v>36.6</v>
       </c>
-      <c r="Q7" s="0">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="Q7">
+        <v>36.0</v>
+      </c>
+      <c r="R7">
+        <v>36.0</v>
       </c>
     </row>
     <row r="8" spans="1:19">
-      <c r="A8" s="6" t="s">
+      <c r="A8" t="s">
         <v>26</v>
       </c>
-      <c r="B8" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="6">
+      <c r="B8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8">
         <v>1600</v>
       </c>
-      <c r="D8" s="6">
-[...5 lines deleted...]
-      <c r="F8" s="7">
+      <c r="D8">
+        <v>23</v>
+      </c>
+      <c r="E8" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" s="5">
         <v>44.3</v>
       </c>
-      <c r="G8" s="6">
+      <c r="G8">
         <v>43.9</v>
       </c>
-      <c r="H8" s="6">
+      <c r="H8">
         <v>43.4</v>
       </c>
-      <c r="I8" s="6">
+      <c r="I8">
         <v>42.9</v>
       </c>
-      <c r="J8" s="6">
+      <c r="J8">
         <v>42.4</v>
       </c>
-      <c r="K8" s="6">
+      <c r="K8">
         <v>41.6</v>
       </c>
-      <c r="L8" s="6">
+      <c r="L8">
         <v>40.9</v>
       </c>
-      <c r="M8" s="6">
+      <c r="M8">
         <v>40.1</v>
       </c>
-      <c r="N8" s="6">
+      <c r="N8">
         <v>39.59999999999999</v>
       </c>
-      <c r="O8" s="6">
+      <c r="O8">
         <v>39.2</v>
       </c>
-      <c r="P8" s="6">
+      <c r="P8">
         <v>38.8</v>
       </c>
-      <c r="Q8" s="6">
+      <c r="Q8">
         <v>38.1</v>
       </c>
-      <c r="R8" s="6">
+      <c r="R8">
         <v>38.1</v>
       </c>
     </row>
     <row r="9" spans="1:19">
-      <c r="A9" s="0" t="s">
+      <c r="A9" t="s">
         <v>27</v>
       </c>
-      <c r="B9" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="0">
+      <c r="B9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9">
         <v>1750</v>
       </c>
-      <c r="D9" s="0">
+      <c r="D9">
         <v>22</v>
       </c>
-      <c r="E9" s="0" t="s">
+      <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="5">
         <v>44.7</v>
       </c>
-      <c r="G9" s="0">
+      <c r="G9">
         <v>44.2</v>
       </c>
-      <c r="H9" s="0">
+      <c r="H9">
         <v>43.7</v>
       </c>
-      <c r="I9" s="0">
+      <c r="I9">
         <v>43.2</v>
       </c>
-      <c r="J9" s="0">
+      <c r="J9">
         <v>42.7</v>
       </c>
-      <c r="K9" s="0">
+      <c r="K9">
         <v>41.9</v>
       </c>
-      <c r="L9" s="0">
+      <c r="L9">
         <v>41.2</v>
       </c>
-      <c r="M9" s="0">
+      <c r="M9">
         <v>40.4</v>
       </c>
-      <c r="N9" s="0">
+      <c r="N9">
         <v>39.9</v>
       </c>
-      <c r="O9" s="0">
+      <c r="O9">
         <v>39.5</v>
       </c>
-      <c r="P9" s="0">
+      <c r="P9">
         <v>39.1</v>
       </c>
-      <c r="Q9" s="0">
+      <c r="Q9">
         <v>38.4</v>
       </c>
-      <c r="R9" s="0">
+      <c r="R9">
         <v>38.4</v>
       </c>
     </row>
     <row r="10" spans="1:19">
-      <c r="A10" s="6" t="s">
+      <c r="A10" t="s">
         <v>28</v>
       </c>
-      <c r="B10" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="6">
+      <c r="B10" t="s">
+        <v>23</v>
+      </c>
+      <c r="C10">
         <v>1700</v>
       </c>
-      <c r="D10" s="6">
+      <c r="D10">
         <v>22</v>
       </c>
-      <c r="E10" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F10" s="7">
+      <c r="E10" t="s">
+        <v>24</v>
+      </c>
+      <c r="F10" s="5">
         <v>45.3</v>
       </c>
-      <c r="G10" s="6">
+      <c r="G10">
         <v>44.8</v>
       </c>
-      <c r="H10" s="6">
+      <c r="H10">
         <v>44.2</v>
       </c>
-      <c r="I10" s="6">
+      <c r="I10">
         <v>43.6</v>
       </c>
-      <c r="J10" s="6">
+      <c r="J10">
         <v>43.1</v>
       </c>
-      <c r="K10" s="6">
+      <c r="K10">
         <v>42.3</v>
       </c>
-      <c r="L10" s="6">
+      <c r="L10">
         <v>41.6</v>
       </c>
-      <c r="M10" s="6">
+      <c r="M10">
         <v>40.8</v>
       </c>
-      <c r="N10" s="6">
+      <c r="N10">
         <v>40.3</v>
       </c>
-      <c r="O10" s="6">
+      <c r="O10">
         <v>39.9</v>
       </c>
-      <c r="P10" s="6">
+      <c r="P10">
         <v>39.5</v>
       </c>
-      <c r="Q10" s="6">
+      <c r="Q10">
         <v>38.8</v>
       </c>
-      <c r="R10" s="6">
+      <c r="R10">
         <v>38.8</v>
       </c>
     </row>
     <row r="11" spans="1:19">
-      <c r="A11" s="0" t="s">
+      <c r="A11" t="s">
         <v>29</v>
       </c>
-      <c r="B11" s="0" t="s">
+      <c r="B11" t="s">
         <v>30</v>
       </c>
-      <c r="C11" s="0">
+      <c r="C11">
         <v>1000</v>
       </c>
-      <c r="D11" s="0">
+      <c r="D11">
         <v>19</v>
       </c>
-      <c r="E11" s="0" t="s">
+      <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" s="5">
         <v>29</v>
       </c>
-      <c r="G11" s="0">
+      <c r="G11">
         <v>28.9</v>
       </c>
-      <c r="H11" s="0">
+      <c r="H11">
         <v>28.7</v>
       </c>
-      <c r="I11" s="0">
+      <c r="I11">
         <v>28.5</v>
       </c>
-      <c r="J11" s="0">
+      <c r="J11">
         <v>28.3</v>
       </c>
-      <c r="K11" s="0">
+      <c r="K11">
         <v>27.8</v>
       </c>
-      <c r="L11" s="0">
+      <c r="L11">
         <v>27.3</v>
       </c>
-      <c r="M11" s="0">
+      <c r="M11">
         <v>26.7</v>
       </c>
-      <c r="N11" s="0">
+      <c r="N11">
         <v>26.4</v>
       </c>
-      <c r="O11" s="0">
+      <c r="O11">
         <v>26.2</v>
       </c>
-      <c r="P11" s="0">
+      <c r="P11">
         <v>26</v>
       </c>
-      <c r="Q11" s="0">
+      <c r="Q11">
         <v>25.5</v>
       </c>
-      <c r="R11" s="0">
+      <c r="R11">
         <v>25.5</v>
       </c>
     </row>
     <row r="12" spans="1:19">
-      <c r="A12" s="6" t="s">
+      <c r="A12" t="s">
         <v>29</v>
       </c>
-      <c r="B12" s="6" t="s">
+      <c r="B12" t="s">
         <v>31</v>
       </c>
-      <c r="C12" s="6">
+      <c r="C12">
         <v>2500</v>
       </c>
-      <c r="D12" s="6">
+      <c r="D12">
         <v>13</v>
       </c>
-      <c r="E12" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F12" s="7">
+      <c r="E12" t="s">
+        <v>24</v>
+      </c>
+      <c r="F12" s="5">
         <v>43</v>
       </c>
-      <c r="G12" s="6">
+      <c r="G12">
         <v>43</v>
       </c>
-      <c r="H12" s="6">
+      <c r="H12">
         <v>43</v>
       </c>
-      <c r="I12" s="6">
+      <c r="I12">
         <v>43</v>
       </c>
-      <c r="J12" s="6">
+      <c r="J12">
         <v>43</v>
       </c>
-      <c r="K12" s="6">
+      <c r="K12">
         <v>43</v>
       </c>
-      <c r="L12" s="6">
+      <c r="L12">
         <v>43</v>
       </c>
-      <c r="M12" s="6">
+      <c r="M12">
         <v>43</v>
       </c>
-      <c r="N12" s="6">
+      <c r="N12">
         <v>43</v>
       </c>
-      <c r="O12" s="6">
+      <c r="O12">
         <v>43</v>
       </c>
-      <c r="P12" s="6">
+      <c r="P12">
         <v>43</v>
       </c>
-      <c r="Q12" s="6">
+      <c r="Q12">
         <v>43</v>
       </c>
-      <c r="R12" s="6">
+      <c r="R12">
         <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:19">
-      <c r="A13" s="0" t="s">
+      <c r="A13" t="s">
         <v>32</v>
       </c>
-      <c r="B13" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="0">
+      <c r="B13" t="s">
+        <v>23</v>
+      </c>
+      <c r="C13">
         <v>2000</v>
       </c>
-      <c r="D13" s="0">
+      <c r="D13">
         <v>22</v>
       </c>
-      <c r="E13" s="0" t="s">
+      <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" s="5">
         <v>50.6</v>
       </c>
-      <c r="G13" s="0">
+      <c r="G13">
         <v>49.7</v>
       </c>
-      <c r="H13" s="0">
+      <c r="H13">
         <v>49.3</v>
       </c>
-      <c r="I13" s="0">
+      <c r="I13">
         <v>48.7</v>
       </c>
-      <c r="J13" s="0">
+      <c r="J13">
         <v>48.3</v>
       </c>
-      <c r="K13" s="0">
+      <c r="K13">
         <v>46.6</v>
       </c>
-      <c r="L13" s="0">
+      <c r="L13">
         <v>44.7</v>
       </c>
-      <c r="M13" s="0">
+      <c r="M13">
         <v>43.9</v>
       </c>
-      <c r="N13" s="0">
+      <c r="N13">
         <v>42.8</v>
       </c>
-      <c r="O13" s="0">
+      <c r="O13">
         <v>42.59999999999999</v>
       </c>
-      <c r="P13" s="0">
+      <c r="P13">
         <v>42.4</v>
       </c>
-      <c r="Q13" s="0">
+      <c r="Q13">
         <v>41.9</v>
       </c>
-      <c r="R13" s="0">
+      <c r="R13">
         <v>41.9</v>
       </c>
     </row>
     <row r="14" spans="1:19">
-      <c r="A14" s="6" t="s">
+      <c r="A14" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="6">
+      <c r="B14" t="s">
+        <v>23</v>
+      </c>
+      <c r="C14">
         <v>1660</v>
       </c>
-      <c r="D14" s="6">
+      <c r="D14">
         <v>21</v>
       </c>
-      <c r="E14" s="6" t="s">
-[...39 lines deleted...]
-        <v>32.7</v>
+      <c r="E14" t="s">
+        <v>24</v>
+      </c>
+      <c r="F14" s="5">
+        <v>40.9</v>
+      </c>
+      <c r="G14">
+        <v>40.5</v>
+      </c>
+      <c r="H14">
+        <v>40.0</v>
+      </c>
+      <c r="I14">
+        <v>39.5</v>
+      </c>
+      <c r="J14">
+        <v>39.1</v>
+      </c>
+      <c r="K14">
+        <v>38.4</v>
+      </c>
+      <c r="L14">
+        <v>37.8</v>
+      </c>
+      <c r="M14">
+        <v>37.1</v>
+      </c>
+      <c r="N14">
+        <v>36.7</v>
+      </c>
+      <c r="O14">
+        <v>36.4</v>
+      </c>
+      <c r="P14">
+        <v>36.1</v>
+      </c>
+      <c r="Q14">
+        <v>35.5</v>
+      </c>
+      <c r="R14">
+        <v>35.5</v>
       </c>
     </row>
     <row r="15" spans="1:19">
-      <c r="A15" s="0" t="s">
+      <c r="A15" t="s">
         <v>34</v>
       </c>
-      <c r="B15" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="0">
+      <c r="B15" t="s">
+        <v>23</v>
+      </c>
+      <c r="C15">
         <v>1700</v>
       </c>
-      <c r="D15" s="0">
-[...2 lines deleted...]
-      <c r="E15" s="0" t="s">
+      <c r="D15">
+        <v>23</v>
+      </c>
+      <c r="E15" t="s">
         <v>24</v>
       </c>
       <c r="F15" s="5">
         <v>53.9</v>
       </c>
-      <c r="G15" s="0">
+      <c r="G15">
         <v>53.2</v>
       </c>
-      <c r="H15" s="0">
+      <c r="H15">
         <v>52.4</v>
       </c>
-      <c r="I15" s="0">
+      <c r="I15">
         <v>51.6</v>
       </c>
-      <c r="J15" s="0">
+      <c r="J15">
         <v>50.90000000000001</v>
       </c>
-      <c r="K15" s="0">
+      <c r="K15">
         <v>49.90000000000001</v>
       </c>
-      <c r="L15" s="0">
+      <c r="L15">
         <v>49.1</v>
       </c>
-      <c r="M15" s="0">
+      <c r="M15">
         <v>48.2</v>
       </c>
-      <c r="N15" s="0">
+      <c r="N15">
         <v>47.59999999999999</v>
       </c>
-      <c r="O15" s="0">
-[...2 lines deleted...]
-      <c r="P15" s="0">
+      <c r="O15">
+        <v>47.099999999999994</v>
+      </c>
+      <c r="P15">
         <v>46.6</v>
       </c>
-      <c r="Q15" s="0">
+      <c r="Q15">
         <v>45.8</v>
       </c>
-      <c r="R15" s="0">
+      <c r="R15">
         <v>45.8</v>
       </c>
     </row>
     <row r="16" spans="1:19">
-      <c r="A16" s="6" t="s">
+      <c r="A16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="6">
+      <c r="B16" t="s">
+        <v>23</v>
+      </c>
+      <c r="C16">
         <v>1350</v>
       </c>
-      <c r="D16" s="6">
+      <c r="D16">
         <v>22</v>
       </c>
-      <c r="E16" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F16" s="7">
+      <c r="E16" t="s">
+        <v>24</v>
+      </c>
+      <c r="F16" s="5">
         <v>45</v>
       </c>
-      <c r="G16" s="6">
+      <c r="G16">
         <v>44.5</v>
       </c>
-      <c r="H16" s="6">
+      <c r="H16">
         <v>43.9</v>
       </c>
-      <c r="I16" s="6">
+      <c r="I16">
         <v>43.4</v>
       </c>
-      <c r="J16" s="6">
+      <c r="J16">
         <v>42.9</v>
       </c>
-      <c r="K16" s="6">
+      <c r="K16">
         <v>42.1</v>
       </c>
-      <c r="L16" s="6">
+      <c r="L16">
         <v>41.4</v>
       </c>
-      <c r="M16" s="6">
+      <c r="M16">
         <v>40.6</v>
       </c>
-      <c r="N16" s="6">
-[...2 lines deleted...]
-      <c r="O16" s="6">
+      <c r="N16">
+        <v>40.099999999999994</v>
+      </c>
+      <c r="O16">
         <v>39.7</v>
       </c>
-      <c r="P16" s="6">
+      <c r="P16">
         <v>39.3</v>
       </c>
-      <c r="Q16" s="6">
+      <c r="Q16">
         <v>38.6</v>
       </c>
-      <c r="R16" s="6">
+      <c r="R16">
         <v>38.6</v>
       </c>
     </row>
     <row r="17" spans="1:19">
-      <c r="A17" s="0" t="s">
+      <c r="A17" t="s">
         <v>36</v>
       </c>
-      <c r="B17" s="0" t="s">
+      <c r="B17" t="s">
         <v>30</v>
       </c>
-      <c r="C17" s="0">
+      <c r="C17">
         <v>2200</v>
       </c>
-      <c r="D17" s="0">
+      <c r="D17">
         <v>25</v>
       </c>
-      <c r="E17" s="0" t="s">
+      <c r="E17" t="s">
         <v>24</v>
       </c>
       <c r="F17" s="5">
         <v>38.5</v>
       </c>
-      <c r="G17" s="0">
+      <c r="G17">
         <v>38.5</v>
       </c>
-      <c r="H17" s="0">
+      <c r="H17">
         <v>38</v>
       </c>
-      <c r="I17" s="0">
+      <c r="I17">
         <v>38</v>
       </c>
-      <c r="J17" s="0">
+      <c r="J17">
         <v>37.5</v>
       </c>
-      <c r="K17" s="0">
+      <c r="K17">
         <v>37.5</v>
       </c>
-      <c r="L17" s="0">
+      <c r="L17">
         <v>37</v>
       </c>
-      <c r="M17" s="0">
+      <c r="M17">
         <v>36.8</v>
       </c>
-      <c r="N17" s="0">
+      <c r="N17">
         <v>36.8</v>
       </c>
-      <c r="O17" s="0">
+      <c r="O17">
         <v>36.3</v>
       </c>
-      <c r="P17" s="0">
+      <c r="P17">
         <v>36</v>
       </c>
-      <c r="Q17" s="0">
+      <c r="Q17">
         <v>35.5</v>
       </c>
-      <c r="R17" s="0">
+      <c r="R17">
         <v>35.5</v>
       </c>
     </row>
     <row r="18" spans="1:19">
-      <c r="A18" s="6" t="s">
+      <c r="A18" t="s">
         <v>37</v>
       </c>
-      <c r="B18" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="6">
+      <c r="B18" t="s">
+        <v>23</v>
+      </c>
+      <c r="C18">
         <v>1700</v>
       </c>
-      <c r="D18" s="6">
-[...5 lines deleted...]
-      <c r="F18" s="7">
+      <c r="D18">
+        <v>23</v>
+      </c>
+      <c r="E18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F18" s="5">
+        <v>46.9</v>
+      </c>
+      <c r="G18">
+        <v>46.4</v>
+      </c>
+      <c r="H18">
+        <v>45.8</v>
+      </c>
+      <c r="I18">
+        <v>45.2</v>
+      </c>
+      <c r="J18">
+        <v>44.6</v>
+      </c>
+      <c r="K18">
+        <v>43.7</v>
+      </c>
+      <c r="L18">
+        <v>43.0</v>
+      </c>
+      <c r="M18">
+        <v>42.2</v>
+      </c>
+      <c r="N18">
+        <v>41.7</v>
+      </c>
+      <c r="O18">
+        <v>41.3</v>
+      </c>
+      <c r="P18">
+        <v>40.9</v>
+      </c>
+      <c r="Q18">
+        <v>40.2</v>
+      </c>
+      <c r="R18">
+        <v>40.2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:19">
+      <c r="A19" t="s">
+        <v>38</v>
+      </c>
+      <c r="B19" t="s">
+        <v>23</v>
+      </c>
+      <c r="C19">
+        <v>1600</v>
+      </c>
+      <c r="D19">
+        <v>21</v>
+      </c>
+      <c r="E19" t="s">
+        <v>24</v>
+      </c>
+      <c r="F19" s="5">
+        <v>47.6</v>
+      </c>
+      <c r="G19">
+        <v>47.099999999999994</v>
+      </c>
+      <c r="H19">
+        <v>46.5</v>
+      </c>
+      <c r="I19">
         <v>45.9</v>
       </c>
-      <c r="G18" s="6">
-[...26 lines deleted...]
-      <c r="P18" s="6">
+      <c r="J19">
+        <v>45.3</v>
+      </c>
+      <c r="K19">
+        <v>44.40000000000001</v>
+      </c>
+      <c r="L19">
+        <v>43.7</v>
+      </c>
+      <c r="M19">
+        <v>42.9</v>
+      </c>
+      <c r="N19">
+        <v>42.4</v>
+      </c>
+      <c r="O19">
+        <v>42.0</v>
+      </c>
+      <c r="P19">
+        <v>41.6</v>
+      </c>
+      <c r="Q19">
+        <v>40.9</v>
+      </c>
+      <c r="R19">
+        <v>40.9</v>
+      </c>
+    </row>
+    <row r="20" spans="1:19">
+      <c r="A20" t="s">
+        <v>39</v>
+      </c>
+      <c r="B20" t="s">
+        <v>23</v>
+      </c>
+      <c r="C20">
+        <v>2850</v>
+      </c>
+      <c r="D20">
+        <v>23</v>
+      </c>
+      <c r="E20" t="s">
+        <v>24</v>
+      </c>
+      <c r="F20" s="5">
+        <v>60.7</v>
+      </c>
+      <c r="G20">
+        <v>59.9</v>
+      </c>
+      <c r="H20">
+        <v>59.0</v>
+      </c>
+      <c r="I20">
+        <v>58.1</v>
+      </c>
+      <c r="J20">
+        <v>57.2</v>
+      </c>
+      <c r="K20">
+        <v>56.0</v>
+      </c>
+      <c r="L20">
+        <v>55.099999999999994</v>
+      </c>
+      <c r="M20">
+        <v>54.099999999999994</v>
+      </c>
+      <c r="N20">
+        <v>53.4</v>
+      </c>
+      <c r="O20">
+        <v>52.8</v>
+      </c>
+      <c r="P20">
+        <v>52.2</v>
+      </c>
+      <c r="Q20">
+        <v>51.3</v>
+      </c>
+      <c r="R20">
+        <v>51.3</v>
+      </c>
+    </row>
+    <row r="21" spans="1:19">
+      <c r="A21" t="s">
         <v>40</v>
       </c>
-      <c r="Q18" s="6">
-[...125 lines deleted...]
-      <c r="C21" s="0">
+      <c r="B21" t="s">
+        <v>23</v>
+      </c>
+      <c r="C21">
         <v>2600</v>
       </c>
-      <c r="D21" s="0">
+      <c r="D21">
         <v>25</v>
       </c>
-      <c r="E21" s="0" t="s">
+      <c r="E21" t="s">
         <v>24</v>
       </c>
       <c r="F21" s="5">
         <v>56.2</v>
       </c>
-      <c r="G21" s="0">
-[...2 lines deleted...]
-      <c r="H21" s="0">
+      <c r="G21">
+        <v>56.099999999999994</v>
+      </c>
+      <c r="H21">
         <v>55.8</v>
       </c>
-      <c r="I21" s="0">
+      <c r="I21">
         <v>55.5</v>
       </c>
-      <c r="J21" s="0">
+      <c r="J21">
         <v>55.1</v>
       </c>
-      <c r="K21" s="0">
+      <c r="K21">
         <v>54.5</v>
       </c>
-      <c r="L21" s="0">
+      <c r="L21">
         <v>53.8</v>
       </c>
-      <c r="M21" s="0">
-[...2 lines deleted...]
-      <c r="N21" s="0">
+      <c r="M21">
+        <v>53.0</v>
+      </c>
+      <c r="N21">
         <v>52.59999999999999</v>
       </c>
-      <c r="O21" s="0">
+      <c r="O21">
         <v>52.4</v>
       </c>
-      <c r="P21" s="0">
+      <c r="P21">
         <v>52</v>
       </c>
-      <c r="Q21" s="0">
+      <c r="Q21">
         <v>51.5</v>
       </c>
-      <c r="R21" s="0">
+      <c r="R21">
         <v>51.5</v>
       </c>
     </row>
     <row r="22" spans="1:19">
-      <c r="A22" s="6" t="s">
+      <c r="A22" t="s">
         <v>41</v>
       </c>
-      <c r="B22" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="6">
+      <c r="B22" t="s">
+        <v>23</v>
+      </c>
+      <c r="C22">
         <v>1650</v>
       </c>
-      <c r="D22" s="6">
+      <c r="D22">
         <v>22</v>
       </c>
-      <c r="E22" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F22" s="7">
+      <c r="E22" t="s">
+        <v>24</v>
+      </c>
+      <c r="F22" s="5">
+        <v>47.4</v>
+      </c>
+      <c r="G22">
+        <v>46.9</v>
+      </c>
+      <c r="H22">
+        <v>46.3</v>
+      </c>
+      <c r="I22">
+        <v>45.7</v>
+      </c>
+      <c r="J22">
+        <v>45.1</v>
+      </c>
+      <c r="K22">
+        <v>44.2</v>
+      </c>
+      <c r="L22">
+        <v>43.5</v>
+      </c>
+      <c r="M22">
+        <v>42.7</v>
+      </c>
+      <c r="N22">
+        <v>42.2</v>
+      </c>
+      <c r="O22">
+        <v>41.8</v>
+      </c>
+      <c r="P22">
+        <v>41.4</v>
+      </c>
+      <c r="Q22">
+        <v>40.7</v>
+      </c>
+      <c r="R22">
+        <v>40.7</v>
+      </c>
+    </row>
+    <row r="23" spans="1:19">
+      <c r="A23" t="s">
+        <v>42</v>
+      </c>
+      <c r="B23" t="s">
+        <v>23</v>
+      </c>
+      <c r="C23">
+        <v>1760</v>
+      </c>
+      <c r="D23">
+        <v>22</v>
+      </c>
+      <c r="E23" t="s">
+        <v>24</v>
+      </c>
+      <c r="F23" s="5">
+        <v>43.8</v>
+      </c>
+      <c r="G23">
+        <v>43.4</v>
+      </c>
+      <c r="H23">
+        <v>42.9</v>
+      </c>
+      <c r="I23">
+        <v>42.4</v>
+      </c>
+      <c r="J23">
+        <v>41.9</v>
+      </c>
+      <c r="K23">
+        <v>41.1</v>
+      </c>
+      <c r="L23">
+        <v>40.4</v>
+      </c>
+      <c r="M23">
+        <v>39.6</v>
+      </c>
+      <c r="N23">
+        <v>39.099999999999994</v>
+      </c>
+      <c r="O23">
+        <v>38.7</v>
+      </c>
+      <c r="P23">
+        <v>38</v>
+      </c>
+      <c r="Q23">
+        <v>37.5</v>
+      </c>
+      <c r="R23">
+        <v>37.5</v>
+      </c>
+    </row>
+    <row r="24" spans="1:19">
+      <c r="A24" t="s">
+        <v>43</v>
+      </c>
+      <c r="B24" t="s">
+        <v>23</v>
+      </c>
+      <c r="C24">
+        <v>1900</v>
+      </c>
+      <c r="D24">
+        <v>23</v>
+      </c>
+      <c r="E24" t="s">
+        <v>24</v>
+      </c>
+      <c r="F24" s="5">
+        <v>52.2</v>
+      </c>
+      <c r="G24">
+        <v>51.59999999999999</v>
+      </c>
+      <c r="H24">
+        <v>50.9</v>
+      </c>
+      <c r="I24">
+        <v>50.2</v>
+      </c>
+      <c r="J24">
+        <v>49.5</v>
+      </c>
+      <c r="K24">
+        <v>48.5</v>
+      </c>
+      <c r="L24">
+        <v>47.7</v>
+      </c>
+      <c r="M24">
         <v>46.8</v>
       </c>
-      <c r="G22" s="6">
-[...2 lines deleted...]
-      <c r="H22" s="6">
+      <c r="N24">
+        <v>46.2</v>
+      </c>
+      <c r="O24">
         <v>45.7</v>
       </c>
-      <c r="I22" s="6">
-[...17 lines deleted...]
-      <c r="O22" s="6">
+      <c r="P24">
+        <v>45.2</v>
+      </c>
+      <c r="Q24">
+        <v>44.4</v>
+      </c>
+      <c r="R24">
+        <v>44.4</v>
+      </c>
+    </row>
+    <row r="25" spans="1:19">
+      <c r="A25" t="s">
+        <v>44</v>
+      </c>
+      <c r="B25" t="s">
+        <v>23</v>
+      </c>
+      <c r="C25">
+        <v>1600</v>
+      </c>
+      <c r="D25">
+        <v>22</v>
+      </c>
+      <c r="E25" t="s">
+        <v>24</v>
+      </c>
+      <c r="F25" s="5">
+        <v>42.6</v>
+      </c>
+      <c r="G25">
+        <v>42.2</v>
+      </c>
+      <c r="H25">
+        <v>41.7</v>
+      </c>
+      <c r="I25">
         <v>41.2</v>
       </c>
-      <c r="P22" s="6">
-[...28 lines deleted...]
-      <c r="G23" s="0">
+      <c r="J25">
         <v>40.7</v>
       </c>
-      <c r="H23" s="0">
-[...82 lines deleted...]
-      <c r="Q24" s="6">
+      <c r="K25">
         <v>39.9</v>
       </c>
-      <c r="R24" s="6">
-[...34 lines deleted...]
-      <c r="K25" s="0">
+      <c r="L25">
+        <v>39.2</v>
+      </c>
+      <c r="M25">
         <v>38.4</v>
       </c>
-      <c r="L25" s="0">
-[...18 lines deleted...]
-        <v>32.7</v>
+      <c r="N25">
+        <v>37.9</v>
+      </c>
+      <c r="O25">
+        <v>37.5</v>
+      </c>
+      <c r="P25">
+        <v>37.1</v>
+      </c>
+      <c r="Q25">
+        <v>36.5</v>
+      </c>
+      <c r="R25">
+        <v>36.5</v>
       </c>
     </row>
     <row r="26" spans="1:19">
-      <c r="A26" s="0" t="s">
+      <c r="A26" t="s">
         <v>45</v>
       </c>
-      <c r="B26" s="0"/>
-[...35 lines deleted...]
-      <c r="R27" s="0"/>
     </row>
     <row r="28" spans="1:19">
-      <c r="A28" s="0" t="s">
+      <c r="A28" t="s">
         <v>46</v>
       </c>
-      <c r="B28" s="0"/>
-[...15 lines deleted...]
-      <c r="R28" s="0"/>
     </row>
     <row r="29" spans="1:19" customHeight="1" ht="20">
       <c r="A29" s="3" t="s">
         <v>47</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
       <c r="J29" s="2"/>
       <c r="K29" s="2"/>
       <c r="L29" s="2"/>
       <c r="M29" s="2"/>
       <c r="N29" s="2"/>
       <c r="O29" s="2"/>
       <c r="P29" s="2"/>
       <c r="Q29" s="2"/>
       <c r="R29" s="2"/>
     </row>
     <row r="30" spans="1:19" customHeight="1" ht="21">
       <c r="A30" s="4" t="s">
@@ -2030,1278 +1950,1217 @@
         <v>53</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P30" s="4" t="s">
         <v>58</v>
       </c>
       <c r="Q30" s="4" t="s">
         <v>59</v>
       </c>
       <c r="R30" s="4" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="31" spans="1:19">
-      <c r="A31" s="6" t="s">
+      <c r="A31" t="s">
         <v>22</v>
       </c>
-      <c r="B31" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C31" s="6">
+      <c r="B31" t="s">
+        <v>23</v>
+      </c>
+      <c r="C31">
         <v>1650</v>
       </c>
-      <c r="D31" s="6">
+      <c r="D31">
         <v>20</v>
       </c>
-      <c r="E31" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F31" s="9">
+      <c r="E31" t="s">
+        <v>24</v>
+      </c>
+      <c r="F31" s="6">
         <v>11090</v>
       </c>
-      <c r="G31" s="6">
+      <c r="G31">
         <v>10970</v>
       </c>
-      <c r="H31" s="6">
+      <c r="H31">
         <v>10830</v>
       </c>
-      <c r="I31" s="6">
+      <c r="I31">
         <v>10680</v>
       </c>
-      <c r="J31" s="6">
+      <c r="J31">
         <v>10510</v>
       </c>
-      <c r="K31" s="6">
+      <c r="K31">
         <v>10170</v>
       </c>
-      <c r="L31" s="6">
+      <c r="L31">
         <v>10060</v>
       </c>
-      <c r="M31" s="6">
+      <c r="M31">
         <v>9950</v>
       </c>
-      <c r="N31" s="6">
+      <c r="N31">
         <v>9830</v>
       </c>
-      <c r="O31" s="6">
+      <c r="O31">
         <v>9720</v>
       </c>
-      <c r="P31" s="6">
+      <c r="P31">
         <v>9620</v>
       </c>
-      <c r="Q31" s="6">
+      <c r="Q31">
         <v>9470</v>
       </c>
-      <c r="R31" s="6">
+      <c r="R31">
         <v>9470</v>
       </c>
     </row>
     <row r="32" spans="1:19">
-      <c r="A32" s="0" t="s">
+      <c r="A32" t="s">
         <v>25</v>
       </c>
-      <c r="B32" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="0">
+      <c r="B32" t="s">
+        <v>23</v>
+      </c>
+      <c r="C32">
         <v>1750</v>
       </c>
-      <c r="D32" s="0">
+      <c r="D32">
         <v>20</v>
       </c>
-      <c r="E32" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F32" s="8">
+      <c r="E32" t="s">
+        <v>24</v>
+      </c>
+      <c r="F32" s="6">
         <v>10280</v>
       </c>
-      <c r="G32" s="0">
+      <c r="G32">
         <v>10180</v>
       </c>
-      <c r="H32" s="0">
+      <c r="H32">
         <v>10060</v>
       </c>
-      <c r="I32" s="0">
+      <c r="I32">
         <v>9930</v>
       </c>
-      <c r="J32" s="0">
+      <c r="J32">
         <v>9780</v>
       </c>
-      <c r="K32" s="0">
+      <c r="K32">
         <v>9460</v>
       </c>
-      <c r="L32" s="0">
+      <c r="L32">
         <v>9360</v>
       </c>
-      <c r="M32" s="0">
+      <c r="M32">
         <v>9260</v>
       </c>
-      <c r="N32" s="0">
+      <c r="N32">
         <v>9150</v>
       </c>
-      <c r="O32" s="0">
+      <c r="O32">
         <v>9050</v>
       </c>
-      <c r="P32" s="0">
+      <c r="P32">
         <v>8960</v>
       </c>
-      <c r="Q32" s="0">
+      <c r="Q32">
         <v>8820</v>
       </c>
-      <c r="R32" s="0">
+      <c r="R32">
         <v>8820</v>
       </c>
     </row>
     <row r="33" spans="1:19">
-      <c r="A33" s="6" t="s">
+      <c r="A33" t="s">
         <v>26</v>
       </c>
-      <c r="B33" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="6">
+      <c r="B33" t="s">
+        <v>23</v>
+      </c>
+      <c r="C33">
         <v>1600</v>
       </c>
-      <c r="D33" s="6">
-[...5 lines deleted...]
-      <c r="F33" s="9">
+      <c r="D33">
+        <v>23</v>
+      </c>
+      <c r="E33" t="s">
+        <v>24</v>
+      </c>
+      <c r="F33" s="6">
         <v>10680</v>
       </c>
-      <c r="G33" s="6">
+      <c r="G33">
         <v>10580</v>
       </c>
-      <c r="H33" s="6">
+      <c r="H33">
         <v>10440</v>
       </c>
-      <c r="I33" s="6">
+      <c r="I33">
         <v>10310</v>
       </c>
-      <c r="J33" s="6">
+      <c r="J33">
         <v>10150</v>
       </c>
-      <c r="K33" s="6">
+      <c r="K33">
         <v>9820</v>
       </c>
-      <c r="L33" s="6">
+      <c r="L33">
         <v>9710</v>
       </c>
-      <c r="M33" s="6">
+      <c r="M33">
         <v>9600</v>
       </c>
-      <c r="N33" s="6">
+      <c r="N33">
         <v>9490</v>
       </c>
-      <c r="O33" s="6">
+      <c r="O33">
         <v>9380</v>
       </c>
-      <c r="P33" s="6">
+      <c r="P33">
         <v>9290</v>
       </c>
-      <c r="Q33" s="6">
+      <c r="Q33">
         <v>9150</v>
       </c>
-      <c r="R33" s="6">
+      <c r="R33">
         <v>9150</v>
       </c>
     </row>
     <row r="34" spans="1:19">
-      <c r="A34" s="0" t="s">
+      <c r="A34" t="s">
         <v>27</v>
       </c>
-      <c r="B34" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C34" s="0">
+      <c r="B34" t="s">
+        <v>23</v>
+      </c>
+      <c r="C34">
         <v>1750</v>
       </c>
-      <c r="D34" s="0">
+      <c r="D34">
         <v>22</v>
       </c>
-      <c r="E34" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F34" s="8">
+      <c r="E34" t="s">
+        <v>24</v>
+      </c>
+      <c r="F34" s="6">
         <v>10780</v>
       </c>
-      <c r="G34" s="0">
+      <c r="G34">
         <v>10670</v>
       </c>
-      <c r="H34" s="0">
+      <c r="H34">
         <v>10530</v>
       </c>
-      <c r="I34" s="0">
+      <c r="I34">
         <v>10400</v>
       </c>
-      <c r="J34" s="0">
+      <c r="J34">
         <v>10240</v>
       </c>
-      <c r="K34" s="0">
+      <c r="K34">
         <v>9910</v>
       </c>
-      <c r="L34" s="0">
+      <c r="L34">
         <v>9800</v>
       </c>
-      <c r="M34" s="0">
+      <c r="M34">
         <v>9690</v>
       </c>
-      <c r="N34" s="0">
+      <c r="N34">
         <v>9570</v>
       </c>
-      <c r="O34" s="0">
+      <c r="O34">
         <v>9470</v>
       </c>
-      <c r="P34" s="0">
+      <c r="P34">
         <v>9370</v>
       </c>
-      <c r="Q34" s="0">
+      <c r="Q34">
         <v>9230</v>
       </c>
-      <c r="R34" s="0">
+      <c r="R34">
         <v>9230</v>
       </c>
     </row>
     <row r="35" spans="1:19">
-      <c r="A35" s="6" t="s">
+      <c r="A35" t="s">
         <v>28</v>
       </c>
-      <c r="B35" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C35" s="6">
+      <c r="B35" t="s">
+        <v>23</v>
+      </c>
+      <c r="C35">
         <v>1700</v>
       </c>
-      <c r="D35" s="6">
+      <c r="D35">
         <v>22</v>
       </c>
-      <c r="E35" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F35" s="9">
+      <c r="E35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F35" s="6">
         <v>10900</v>
       </c>
-      <c r="G35" s="6">
+      <c r="G35">
         <v>10790</v>
       </c>
-      <c r="H35" s="6">
+      <c r="H35">
         <v>10650</v>
       </c>
-      <c r="I35" s="6">
+      <c r="I35">
         <v>10510</v>
       </c>
-      <c r="J35" s="6">
+      <c r="J35">
         <v>10340</v>
       </c>
-      <c r="K35" s="6">
+      <c r="K35">
         <v>10010</v>
       </c>
-      <c r="L35" s="6">
+      <c r="L35">
         <v>9900</v>
       </c>
-      <c r="M35" s="6">
+      <c r="M35">
         <v>9790</v>
       </c>
-      <c r="N35" s="6">
+      <c r="N35">
         <v>9670</v>
       </c>
-      <c r="O35" s="6">
+      <c r="O35">
         <v>9560</v>
       </c>
-      <c r="P35" s="6">
+      <c r="P35">
         <v>9470</v>
       </c>
-      <c r="Q35" s="6">
+      <c r="Q35">
         <v>9320</v>
       </c>
-      <c r="R35" s="6">
+      <c r="R35">
         <v>9320</v>
       </c>
     </row>
     <row r="36" spans="1:19">
-      <c r="A36" s="0" t="s">
+      <c r="A36" t="s">
         <v>29</v>
       </c>
-      <c r="B36" s="0" t="s">
+      <c r="B36" t="s">
         <v>30</v>
       </c>
-      <c r="C36" s="0">
+      <c r="C36">
         <v>1000</v>
       </c>
-      <c r="D36" s="0">
+      <c r="D36">
         <v>19</v>
       </c>
-      <c r="E36" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F36" s="8">
+      <c r="E36" t="s">
+        <v>24</v>
+      </c>
+      <c r="F36" s="6">
         <v>6850</v>
       </c>
-      <c r="G36" s="0">
+      <c r="G36">
         <v>6830</v>
       </c>
-      <c r="H36" s="0">
+      <c r="H36">
         <v>6780</v>
       </c>
-      <c r="I36" s="0">
+      <c r="I36">
         <v>6730</v>
       </c>
-      <c r="J36" s="0">
+      <c r="J36">
         <v>6650</v>
       </c>
-      <c r="K36" s="0">
+      <c r="K36">
         <v>6400</v>
       </c>
-      <c r="L36" s="0">
+      <c r="L36">
         <v>6340</v>
       </c>
-      <c r="M36" s="0">
+      <c r="M36">
         <v>6280</v>
       </c>
-      <c r="N36" s="0">
+      <c r="N36">
         <v>6210</v>
       </c>
-      <c r="O36" s="0">
+      <c r="O36">
         <v>6150</v>
       </c>
-      <c r="P36" s="0">
+      <c r="P36">
         <v>6100</v>
       </c>
-      <c r="Q36" s="0">
+      <c r="Q36">
         <v>6000</v>
       </c>
-      <c r="R36" s="0">
+      <c r="R36">
         <v>6000</v>
       </c>
     </row>
     <row r="37" spans="1:19">
-      <c r="A37" s="6" t="s">
+      <c r="A37" t="s">
         <v>29</v>
       </c>
-      <c r="B37" s="6" t="s">
+      <c r="B37" t="s">
         <v>31</v>
       </c>
-      <c r="C37" s="6">
+      <c r="C37">
         <v>2500</v>
       </c>
-      <c r="D37" s="6">
+      <c r="D37">
         <v>13</v>
       </c>
-      <c r="E37" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F37" s="9">
+      <c r="E37" t="s">
+        <v>24</v>
+      </c>
+      <c r="F37" s="6">
         <v>10000</v>
       </c>
-      <c r="G37" s="6">
+      <c r="G37">
         <v>10000</v>
       </c>
-      <c r="H37" s="6">
+      <c r="H37">
         <v>10000</v>
       </c>
-      <c r="I37" s="6">
+      <c r="I37">
         <v>10000</v>
       </c>
-      <c r="J37" s="6">
+      <c r="J37">
         <v>10000</v>
       </c>
-      <c r="K37" s="6">
+      <c r="K37">
         <v>10000</v>
       </c>
-      <c r="L37" s="6">
+      <c r="L37">
         <v>10000</v>
       </c>
-      <c r="M37" s="6">
+      <c r="M37">
         <v>10000</v>
       </c>
-      <c r="N37" s="6">
+      <c r="N37">
         <v>10000</v>
       </c>
-      <c r="O37" s="6">
+      <c r="O37">
         <v>10000</v>
       </c>
-      <c r="P37" s="6">
+      <c r="P37">
         <v>10000</v>
       </c>
-      <c r="Q37" s="6">
+      <c r="Q37">
         <v>10000</v>
       </c>
-      <c r="R37" s="6">
+      <c r="R37">
         <v>10000</v>
       </c>
     </row>
     <row r="38" spans="1:19">
-      <c r="A38" s="0" t="s">
+      <c r="A38" t="s">
         <v>32</v>
       </c>
-      <c r="B38" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C38" s="0">
+      <c r="B38" t="s">
+        <v>23</v>
+      </c>
+      <c r="C38">
         <v>2000</v>
       </c>
-      <c r="D38" s="0">
+      <c r="D38">
         <v>22</v>
       </c>
-      <c r="E38" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F38" s="8">
+      <c r="E38" t="s">
+        <v>24</v>
+      </c>
+      <c r="F38" s="6">
         <v>11300</v>
       </c>
-      <c r="G38" s="0">
+      <c r="G38">
         <v>11240</v>
       </c>
-      <c r="H38" s="0">
+      <c r="H38">
         <v>11150</v>
       </c>
-      <c r="I38" s="0">
+      <c r="I38">
         <v>11060</v>
       </c>
-      <c r="J38" s="0">
+      <c r="J38">
         <v>10940</v>
       </c>
-      <c r="K38" s="0">
+      <c r="K38">
         <v>10650</v>
       </c>
-      <c r="L38" s="0">
+      <c r="L38">
         <v>10490</v>
       </c>
-      <c r="M38" s="0">
+      <c r="M38">
         <v>10370</v>
       </c>
-      <c r="N38" s="0">
+      <c r="N38">
         <v>10220</v>
       </c>
-      <c r="O38" s="0">
+      <c r="O38">
         <v>10100</v>
       </c>
-      <c r="P38" s="0">
+      <c r="P38">
         <v>10000</v>
       </c>
-      <c r="Q38" s="0">
+      <c r="Q38">
         <v>9850</v>
       </c>
-      <c r="R38" s="0">
+      <c r="R38">
         <v>9850</v>
       </c>
     </row>
     <row r="39" spans="1:19">
-      <c r="A39" s="6" t="s">
+      <c r="A39" t="s">
         <v>33</v>
       </c>
-      <c r="B39" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C39" s="6">
+      <c r="B39" t="s">
+        <v>23</v>
+      </c>
+      <c r="C39">
         <v>1660</v>
       </c>
-      <c r="D39" s="6">
+      <c r="D39">
         <v>21</v>
       </c>
-      <c r="E39" s="6" t="s">
-[...5 lines deleted...]
-      <c r="G39" s="6">
+      <c r="E39" t="s">
+        <v>24</v>
+      </c>
+      <c r="F39" s="6">
+        <v>9900</v>
+      </c>
+      <c r="G39">
+        <v>9810</v>
+      </c>
+      <c r="H39">
+        <v>9670</v>
+      </c>
+      <c r="I39">
+        <v>9560</v>
+      </c>
+      <c r="J39">
+        <v>9420</v>
+      </c>
+      <c r="K39">
         <v>9100</v>
       </c>
-      <c r="H39" s="6">
-[...2 lines deleted...]
-      <c r="I39" s="6">
+      <c r="L39">
+        <v>9010</v>
+      </c>
+      <c r="M39">
         <v>8910</v>
       </c>
-      <c r="J39" s="6">
-[...24 lines deleted...]
-        <v>7800</v>
+      <c r="N39">
+        <v>8810</v>
+      </c>
+      <c r="O39">
+        <v>8710</v>
+      </c>
+      <c r="P39">
+        <v>8630</v>
+      </c>
+      <c r="Q39">
+        <v>8490</v>
+      </c>
+      <c r="R39">
+        <v>8490</v>
       </c>
     </row>
     <row r="40" spans="1:19">
-      <c r="A40" s="0" t="s">
+      <c r="A40" t="s">
         <v>34</v>
       </c>
-      <c r="B40" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C40" s="0">
+      <c r="B40" t="s">
+        <v>23</v>
+      </c>
+      <c r="C40">
         <v>1700</v>
       </c>
-      <c r="D40" s="0">
-[...5 lines deleted...]
-      <c r="F40" s="8">
+      <c r="D40">
+        <v>23</v>
+      </c>
+      <c r="E40" t="s">
+        <v>24</v>
+      </c>
+      <c r="F40" s="6">
         <v>13060</v>
       </c>
-      <c r="G40" s="0">
+      <c r="G40">
         <v>12900</v>
       </c>
-      <c r="H40" s="0">
+      <c r="H40">
         <v>12700</v>
       </c>
-      <c r="I40" s="0">
+      <c r="I40">
         <v>12520</v>
       </c>
-      <c r="J40" s="0">
+      <c r="J40">
         <v>12300</v>
       </c>
-      <c r="K40" s="0">
+      <c r="K40">
         <v>11920</v>
       </c>
-      <c r="L40" s="0">
+      <c r="L40">
         <v>11780</v>
       </c>
-      <c r="M40" s="0">
+      <c r="M40">
         <v>11640</v>
       </c>
-      <c r="N40" s="0">
+      <c r="N40">
         <v>11500</v>
       </c>
-      <c r="O40" s="0">
+      <c r="O40">
         <v>11360</v>
       </c>
-      <c r="P40" s="0">
+      <c r="P40">
         <v>11240</v>
       </c>
-      <c r="Q40" s="0">
+      <c r="Q40">
         <v>11070</v>
       </c>
-      <c r="R40" s="0">
+      <c r="R40">
         <v>11070</v>
       </c>
     </row>
     <row r="41" spans="1:19">
-      <c r="A41" s="6" t="s">
+      <c r="A41" t="s">
         <v>35</v>
       </c>
-      <c r="B41" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C41" s="6">
+      <c r="B41" t="s">
+        <v>23</v>
+      </c>
+      <c r="C41">
         <v>1350</v>
       </c>
-      <c r="D41" s="6">
+      <c r="D41">
         <v>22</v>
       </c>
-      <c r="E41" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F41" s="9">
+      <c r="E41" t="s">
+        <v>24</v>
+      </c>
+      <c r="F41" s="6">
         <v>10860</v>
       </c>
-      <c r="G41" s="6">
+      <c r="G41">
         <v>10740</v>
       </c>
-      <c r="H41" s="6">
+      <c r="H41">
         <v>10610</v>
       </c>
-      <c r="I41" s="6">
+      <c r="I41">
         <v>10470</v>
       </c>
-      <c r="J41" s="6">
+      <c r="J41">
         <v>10300</v>
       </c>
-      <c r="K41" s="6">
+      <c r="K41">
         <v>9970</v>
       </c>
-      <c r="L41" s="6">
+      <c r="L41">
         <v>9860</v>
       </c>
-      <c r="M41" s="6">
+      <c r="M41">
         <v>9750</v>
       </c>
-      <c r="N41" s="6">
+      <c r="N41">
         <v>9640</v>
       </c>
-      <c r="O41" s="6">
+      <c r="O41">
         <v>9530</v>
       </c>
-      <c r="P41" s="6">
+      <c r="P41">
         <v>9430</v>
       </c>
-      <c r="Q41" s="6">
+      <c r="Q41">
         <v>9290</v>
       </c>
-      <c r="R41" s="6">
+      <c r="R41">
         <v>9290</v>
       </c>
     </row>
     <row r="42" spans="1:19">
-      <c r="A42" s="0" t="s">
+      <c r="A42" t="s">
         <v>36</v>
       </c>
-      <c r="B42" s="0" t="s">
+      <c r="B42" t="s">
         <v>30</v>
       </c>
-      <c r="C42" s="0">
+      <c r="C42">
         <v>2200</v>
       </c>
-      <c r="D42" s="0">
+      <c r="D42">
         <v>25</v>
       </c>
-      <c r="E42" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F42" s="8">
+      <c r="E42" t="s">
+        <v>24</v>
+      </c>
+      <c r="F42" s="6">
         <v>9900</v>
       </c>
-      <c r="G42" s="0">
+      <c r="G42">
         <v>9900</v>
       </c>
-      <c r="H42" s="0">
+      <c r="H42">
         <v>9800</v>
       </c>
-      <c r="I42" s="0">
+      <c r="I42">
         <v>9700</v>
       </c>
-      <c r="J42" s="0">
+      <c r="J42">
         <v>9600</v>
       </c>
-      <c r="K42" s="0">
+      <c r="K42">
         <v>9550</v>
       </c>
-      <c r="L42" s="0">
+      <c r="L42">
         <v>9450</v>
       </c>
-      <c r="M42" s="0">
+      <c r="M42">
         <v>9350</v>
       </c>
-      <c r="N42" s="0">
+      <c r="N42">
         <v>9250</v>
       </c>
-      <c r="O42" s="0">
+      <c r="O42">
         <v>9150</v>
       </c>
-      <c r="P42" s="0">
+      <c r="P42">
         <v>9050</v>
       </c>
-      <c r="Q42" s="0">
+      <c r="Q42">
         <v>8950</v>
       </c>
-      <c r="R42" s="0">
+      <c r="R42">
         <v>8950</v>
       </c>
     </row>
     <row r="43" spans="1:19">
-      <c r="A43" s="6" t="s">
+      <c r="A43" t="s">
         <v>37</v>
       </c>
-      <c r="B43" s="6" t="s">
-[...2 lines deleted...]
-      <c r="C43" s="6">
+      <c r="B43" t="s">
+        <v>23</v>
+      </c>
+      <c r="C43">
         <v>1700</v>
       </c>
-      <c r="D43" s="6">
-[...5 lines deleted...]
-      <c r="F43" s="9">
+      <c r="D43">
+        <v>23</v>
+      </c>
+      <c r="E43" t="s">
+        <v>24</v>
+      </c>
+      <c r="F43" s="6">
+        <v>11350</v>
+      </c>
+      <c r="G43">
+        <v>11220</v>
+      </c>
+      <c r="H43">
         <v>11070</v>
       </c>
-      <c r="G43" s="6">
-[...11 lines deleted...]
-      <c r="K43" s="6">
+      <c r="I43">
+        <v>10920</v>
+      </c>
+      <c r="J43">
+        <v>10750</v>
+      </c>
+      <c r="K43">
+        <v>10400</v>
+      </c>
+      <c r="L43">
+        <v>10290</v>
+      </c>
+      <c r="M43">
+        <v>10170</v>
+      </c>
+      <c r="N43">
+        <v>10050</v>
+      </c>
+      <c r="O43">
+        <v>9930</v>
+      </c>
+      <c r="P43">
+        <v>9830</v>
+      </c>
+      <c r="Q43">
+        <v>9680</v>
+      </c>
+      <c r="R43">
+        <v>9680</v>
+      </c>
+    </row>
+    <row r="44" spans="1:19">
+      <c r="A44" t="s">
+        <v>38</v>
+      </c>
+      <c r="B44" t="s">
+        <v>23</v>
+      </c>
+      <c r="C44">
+        <v>1600</v>
+      </c>
+      <c r="D44">
+        <v>21</v>
+      </c>
+      <c r="E44" t="s">
+        <v>24</v>
+      </c>
+      <c r="F44" s="6">
+        <v>11550</v>
+      </c>
+      <c r="G44">
+        <v>11420</v>
+      </c>
+      <c r="H44">
+        <v>11270</v>
+      </c>
+      <c r="I44">
+        <v>11110</v>
+      </c>
+      <c r="J44">
+        <v>10930</v>
+      </c>
+      <c r="K44">
+        <v>10580</v>
+      </c>
+      <c r="L44">
+        <v>10470</v>
+      </c>
+      <c r="M44">
+        <v>10350</v>
+      </c>
+      <c r="N44">
+        <v>10220</v>
+      </c>
+      <c r="O44">
+        <v>10110</v>
+      </c>
+      <c r="P44">
+        <v>10000</v>
+      </c>
+      <c r="Q44">
+        <v>9850</v>
+      </c>
+      <c r="R44">
+        <v>9850</v>
+      </c>
+    </row>
+    <row r="45" spans="1:19">
+      <c r="A45" t="s">
+        <v>39</v>
+      </c>
+      <c r="B45" t="s">
+        <v>23</v>
+      </c>
+      <c r="C45">
+        <v>2850</v>
+      </c>
+      <c r="D45">
+        <v>23</v>
+      </c>
+      <c r="E45" t="s">
+        <v>24</v>
+      </c>
+      <c r="F45" s="6">
+        <v>14770</v>
+      </c>
+      <c r="G45">
+        <v>14570</v>
+      </c>
+      <c r="H45">
+        <v>14330</v>
+      </c>
+      <c r="I45">
+        <v>14100</v>
+      </c>
+      <c r="J45">
+        <v>13850</v>
+      </c>
+      <c r="K45">
+        <v>13430</v>
+      </c>
+      <c r="L45">
+        <v>13270</v>
+      </c>
+      <c r="M45">
+        <v>13110</v>
+      </c>
+      <c r="N45">
+        <v>12940</v>
+      </c>
+      <c r="O45">
+        <v>12790</v>
+      </c>
+      <c r="P45">
+        <v>12650</v>
+      </c>
+      <c r="Q45">
+        <v>12450</v>
+      </c>
+      <c r="R45">
+        <v>12450</v>
+      </c>
+    </row>
+    <row r="46" spans="1:19">
+      <c r="A46" t="s">
+        <v>40</v>
+      </c>
+      <c r="B46" t="s">
+        <v>23</v>
+      </c>
+      <c r="C46">
+        <v>2600</v>
+      </c>
+      <c r="D46">
+        <v>25</v>
+      </c>
+      <c r="E46" t="s">
+        <v>24</v>
+      </c>
+      <c r="F46" s="6">
+        <v>13130</v>
+      </c>
+      <c r="G46">
+        <v>13110</v>
+      </c>
+      <c r="H46">
+        <v>13040</v>
+      </c>
+      <c r="I46">
+        <v>12950</v>
+      </c>
+      <c r="J46">
+        <v>12840</v>
+      </c>
+      <c r="K46">
+        <v>12550</v>
+      </c>
+      <c r="L46">
+        <v>12460</v>
+      </c>
+      <c r="M46">
+        <v>12360</v>
+      </c>
+      <c r="N46">
+        <v>12260</v>
+      </c>
+      <c r="O46">
+        <v>12200</v>
+      </c>
+      <c r="P46">
+        <v>12110</v>
+      </c>
+      <c r="Q46">
+        <v>12010</v>
+      </c>
+      <c r="R46">
+        <v>12010</v>
+      </c>
+    </row>
+    <row r="47" spans="1:19">
+      <c r="A47" t="s">
+        <v>41</v>
+      </c>
+      <c r="B47" t="s">
+        <v>23</v>
+      </c>
+      <c r="C47">
+        <v>1650</v>
+      </c>
+      <c r="D47">
+        <v>22</v>
+      </c>
+      <c r="E47" t="s">
+        <v>24</v>
+      </c>
+      <c r="F47" s="6">
+        <v>11480</v>
+      </c>
+      <c r="G47">
+        <v>11360</v>
+      </c>
+      <c r="H47">
+        <v>11200</v>
+      </c>
+      <c r="I47">
+        <v>11050</v>
+      </c>
+      <c r="J47">
+        <v>10870</v>
+      </c>
+      <c r="K47">
+        <v>10520</v>
+      </c>
+      <c r="L47">
+        <v>10410</v>
+      </c>
+      <c r="M47">
+        <v>10290</v>
+      </c>
+      <c r="N47">
         <v>10160</v>
       </c>
-      <c r="L43" s="6">
+      <c r="O47">
         <v>10050</v>
       </c>
-      <c r="M43" s="6">
-[...34 lines deleted...]
-      <c r="F44" s="8">
+      <c r="P47">
+        <v>9950</v>
+      </c>
+      <c r="Q47">
+        <v>9790</v>
+      </c>
+      <c r="R47">
+        <v>9790</v>
+      </c>
+    </row>
+    <row r="48" spans="1:19">
+      <c r="A48" t="s">
+        <v>42</v>
+      </c>
+      <c r="B48" t="s">
+        <v>23</v>
+      </c>
+      <c r="C48">
+        <v>1760</v>
+      </c>
+      <c r="D48">
+        <v>22</v>
+      </c>
+      <c r="E48" t="s">
+        <v>24</v>
+      </c>
+      <c r="F48" s="6">
+        <v>10640</v>
+      </c>
+      <c r="G48">
+        <v>10530</v>
+      </c>
+      <c r="H48">
+        <v>10400</v>
+      </c>
+      <c r="I48">
+        <v>10270</v>
+      </c>
+      <c r="J48">
+        <v>10110</v>
+      </c>
+      <c r="K48">
+        <v>9780</v>
+      </c>
+      <c r="L48">
+        <v>9670</v>
+      </c>
+      <c r="M48">
+        <v>9570</v>
+      </c>
+      <c r="N48">
+        <v>9450</v>
+      </c>
+      <c r="O48">
+        <v>9340</v>
+      </c>
+      <c r="P48">
+        <v>9250</v>
+      </c>
+      <c r="Q48">
+        <v>9010</v>
+      </c>
+      <c r="R48">
+        <v>9010</v>
+      </c>
+    </row>
+    <row r="49" spans="1:19">
+      <c r="A49" t="s">
+        <v>43</v>
+      </c>
+      <c r="B49" t="s">
+        <v>23</v>
+      </c>
+      <c r="C49">
+        <v>1900</v>
+      </c>
+      <c r="D49">
+        <v>23</v>
+      </c>
+      <c r="E49" t="s">
+        <v>24</v>
+      </c>
+      <c r="F49" s="6">
+        <v>12640</v>
+      </c>
+      <c r="G49">
+        <v>12480</v>
+      </c>
+      <c r="H49">
+        <v>12300</v>
+      </c>
+      <c r="I49">
+        <v>12120</v>
+      </c>
+      <c r="J49">
+        <v>11920</v>
+      </c>
+      <c r="K49">
+        <v>11550</v>
+      </c>
+      <c r="L49">
+        <v>11410</v>
+      </c>
+      <c r="M49">
+        <v>11280</v>
+      </c>
+      <c r="N49">
         <v>11140</v>
       </c>
-      <c r="G44" s="0">
-[...5 lines deleted...]
-      <c r="I44" s="0">
+      <c r="O49">
+        <v>11010</v>
+      </c>
+      <c r="P49">
+        <v>10900</v>
+      </c>
+      <c r="Q49">
         <v>10730</v>
       </c>
-      <c r="J44" s="0">
-[...5 lines deleted...]
-      <c r="L44" s="0">
+      <c r="R49">
+        <v>10730</v>
+      </c>
+    </row>
+    <row r="50" spans="1:19">
+      <c r="A50" t="s">
+        <v>44</v>
+      </c>
+      <c r="B50" t="s">
+        <v>23</v>
+      </c>
+      <c r="C50">
+        <v>1600</v>
+      </c>
+      <c r="D50">
+        <v>22</v>
+      </c>
+      <c r="E50" t="s">
+        <v>24</v>
+      </c>
+      <c r="F50" s="6">
+        <v>10190</v>
+      </c>
+      <c r="G50">
         <v>10100</v>
       </c>
-      <c r="M44" s="0">
-[...351 lines deleted...]
-        <v>8100</v>
+      <c r="H50">
+        <v>9970</v>
+      </c>
+      <c r="I50">
+        <v>9850</v>
+      </c>
+      <c r="J50">
+        <v>9700</v>
+      </c>
+      <c r="K50">
+        <v>9380</v>
+      </c>
+      <c r="L50">
+        <v>9280</v>
+      </c>
+      <c r="M50">
+        <v>9180</v>
+      </c>
+      <c r="N50">
+        <v>9070</v>
+      </c>
+      <c r="O50">
+        <v>8980</v>
+      </c>
+      <c r="P50">
+        <v>8890</v>
+      </c>
+      <c r="Q50">
+        <v>8750</v>
+      </c>
+      <c r="R50">
+        <v>8750</v>
       </c>
     </row>
     <row r="51" spans="1:19">
-      <c r="A51" s="0" t="s">
+      <c r="A51" t="s">
         <v>45</v>
       </c>
-      <c r="B51" s="0"/>
-[...35 lines deleted...]
-      <c r="R52" s="0"/>
     </row>
     <row r="53" spans="1:19">
-      <c r="A53" s="0" t="s">
+      <c r="A53" t="s">
         <v>46</v>
       </c>
-      <c r="B53" s="0"/>
-[...15 lines deleted...]
-      <c r="R53" s="0"/>
     </row>
   </sheetData>
-  <sheetProtection password="BEF2A0" sheet="true" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="true" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="true" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <sheetProtection password="F3DC" sheet="1" insertRows="1" sort="1"/>
   <mergeCells>
     <mergeCell ref="A1:D3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A26:R26"/>
     <mergeCell ref="A27:R27"/>
     <mergeCell ref="A28:R28"/>
     <mergeCell ref="A29:R29"/>
     <mergeCell ref="A51:R51"/>
     <mergeCell ref="A52:R52"/>
     <mergeCell ref="A53:R53"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
-  <pageMargins left="0.7" right="0.7" top="0.1968503937007874" bottom="0.1968503937007874" header="0.3" footer="0.3"/>
-[...8 lines deleted...]
-  </headerFooter>
+  <pageMargins left="0.7" right="0.7" top="0.19685039370079" bottom="0.19685039370079" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft Corporation</Company>
+  <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>