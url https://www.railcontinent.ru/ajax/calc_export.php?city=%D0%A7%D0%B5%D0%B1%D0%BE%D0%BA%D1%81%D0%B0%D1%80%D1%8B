--- v0 (2025-11-04)
+++ v1 (2026-03-03)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
-  <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Позвоните нам и наши менеджеры рассчитают стоимость Вашей перевозки!</t>
   </si>
   <si>
     <t>Телефон: +7 (831) 413-78-53</t>
   </si>
   <si>
     <t>Сайт: http://www.railcontinent.ru/</t>
   </si>
   <si>
     <t>Тарифы из города ЧЕБОКСАРЫ руб/кг</t>
   </si>
   <si>
     <t>В город</t>
   </si>
   <si>
     <t>Скоростной режим</t>
   </si>
   <si>
     <t>Мин. цена</t>
@@ -190,150 +190,136 @@
   <si>
     <t>30- 39.99</t>
   </si>
   <si>
     <t>40- 69.99</t>
   </si>
   <si>
     <t>70 и более</t>
   </si>
   <si>
     <t>Тарифы в город ЧЕБОКСАРЫ руб/кг</t>
   </si>
   <si>
     <t>Из города</t>
   </si>
   <si>
     <t>САРАТОВ</t>
   </si>
   <si>
     <t>Тарифы в город ЧЕБОКСАРЫ руб/м3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="7"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...8 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
-[...2 lines deleted...]
-    </xf>
+  <cellXfs count="7">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
-[...4 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="3" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lo1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20f39754899fce9b8e0787eb9d3a669.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2095500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Рейл Континент" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -617,106 +603,94 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:S57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A54" sqref="A54"/>
+      <selection activeCell="A54" sqref="A54:R54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.831543" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14.831264" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="12.832" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14.831" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.5" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.5" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.5" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.5" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.5" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.5" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.5" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.5" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.5" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.5" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.5" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.5" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.5" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.5" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.5" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.5" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.5" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19">
-      <c r="A1" s="0"/>
-[...2 lines deleted...]
-      <c r="D1" s="0"/>
       <c r="R1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:19">
-      <c r="A2" s="0"/>
-[...2 lines deleted...]
-      <c r="D2" s="0"/>
       <c r="R2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:19">
-      <c r="A3" s="0"/>
-[...2 lines deleted...]
-      <c r="D3" s="0"/>
       <c r="R3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:19" customHeight="1" ht="20">
       <c r="A4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
@@ -756,784 +730,730 @@
         <v>14</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P5" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R5" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:19">
-      <c r="A6" s="6" t="s">
+      <c r="A6" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="B6" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="6">
-[...2 lines deleted...]
-      <c r="D6" s="6">
+      <c r="C6">
+        <v>1760</v>
+      </c>
+      <c r="D6">
         <v>22</v>
       </c>
-      <c r="E6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="7">
+      <c r="E6" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" s="5">
+        <v>43.8</v>
+      </c>
+      <c r="G6">
+        <v>43.4</v>
+      </c>
+      <c r="H6">
+        <v>42.9</v>
+      </c>
+      <c r="I6">
+        <v>42.4</v>
+      </c>
+      <c r="J6">
+        <v>41.9</v>
+      </c>
+      <c r="K6">
+        <v>41.1</v>
+      </c>
+      <c r="L6">
+        <v>40.4</v>
+      </c>
+      <c r="M6">
+        <v>39.6</v>
+      </c>
+      <c r="N6">
+        <v>39.099999999999994</v>
+      </c>
+      <c r="O6">
+        <v>38.7</v>
+      </c>
+      <c r="P6">
+        <v>38</v>
+      </c>
+      <c r="Q6">
+        <v>37.5</v>
+      </c>
+      <c r="R6">
+        <v>37.5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:19">
+      <c r="A7" t="s">
+        <v>25</v>
+      </c>
+      <c r="B7" t="s">
+        <v>26</v>
+      </c>
+      <c r="C7">
+        <v>2360</v>
+      </c>
+      <c r="D7">
+        <v>5</v>
+      </c>
+      <c r="E7" t="s">
+        <v>24</v>
+      </c>
+      <c r="F7" s="5">
+        <v>43.8</v>
+      </c>
+      <c r="G7">
+        <v>42.7</v>
+      </c>
+      <c r="H7">
+        <v>41.7</v>
+      </c>
+      <c r="I7">
+        <v>40.7</v>
+      </c>
+      <c r="J7">
+        <v>39.8</v>
+      </c>
+      <c r="K7">
+        <v>38.9</v>
+      </c>
+      <c r="L7">
+        <v>38.3</v>
+      </c>
+      <c r="M7">
+        <v>37.7</v>
+      </c>
+      <c r="N7">
+        <v>37.099999999999994</v>
+      </c>
+      <c r="O7">
+        <v>36.5</v>
+      </c>
+      <c r="P7">
+        <v>35.6</v>
+      </c>
+      <c r="Q7">
+        <v>35.2</v>
+      </c>
+      <c r="R7">
+        <v>35.2</v>
+      </c>
+    </row>
+    <row r="8" spans="1:19">
+      <c r="A8" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8">
+        <v>2060</v>
+      </c>
+      <c r="D8">
+        <v>9</v>
+      </c>
+      <c r="E8" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" s="5">
+        <v>55.90000000000001</v>
+      </c>
+      <c r="G8">
+        <v>54.6</v>
+      </c>
+      <c r="H8">
+        <v>53.3</v>
+      </c>
+      <c r="I8">
+        <v>52.0</v>
+      </c>
+      <c r="J8">
+        <v>50.7</v>
+      </c>
+      <c r="K8">
+        <v>49.40000000000001</v>
+      </c>
+      <c r="L8">
+        <v>48.59999999999999</v>
+      </c>
+      <c r="M8">
+        <v>47.8</v>
+      </c>
+      <c r="N8">
+        <v>47.0</v>
+      </c>
+      <c r="O8">
+        <v>46.2</v>
+      </c>
+      <c r="P8">
+        <v>45.2</v>
+      </c>
+      <c r="Q8">
+        <v>44.7</v>
+      </c>
+      <c r="R8">
+        <v>44.7</v>
+      </c>
+    </row>
+    <row r="9" spans="1:19">
+      <c r="A9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9">
+        <v>5260</v>
+      </c>
+      <c r="D9">
+        <v>38</v>
+      </c>
+      <c r="E9" t="s">
+        <v>24</v>
+      </c>
+      <c r="F9" s="5">
+        <v>55.3</v>
+      </c>
+      <c r="G9">
+        <v>54.8</v>
+      </c>
+      <c r="H9">
+        <v>54.3</v>
+      </c>
+      <c r="I9">
+        <v>53.8</v>
+      </c>
+      <c r="J9">
+        <v>53.3</v>
+      </c>
+      <c r="K9">
+        <v>52.8</v>
+      </c>
+      <c r="L9">
+        <v>52.4</v>
+      </c>
+      <c r="M9">
+        <v>52.0</v>
+      </c>
+      <c r="N9">
+        <v>51.59999999999999</v>
+      </c>
+      <c r="O9">
+        <v>51.2</v>
+      </c>
+      <c r="P9">
+        <v>50.5</v>
+      </c>
+      <c r="Q9">
+        <v>50.5</v>
+      </c>
+      <c r="R9">
+        <v>50.5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:19">
+      <c r="A10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10" t="s">
+        <v>26</v>
+      </c>
+      <c r="C10">
+        <v>760</v>
+      </c>
+      <c r="D10">
+        <v>3</v>
+      </c>
+      <c r="E10" t="s">
+        <v>24</v>
+      </c>
+      <c r="F10" s="5">
+        <v>13.8</v>
+      </c>
+      <c r="G10">
+        <v>13.5</v>
+      </c>
+      <c r="H10">
+        <v>13.2</v>
+      </c>
+      <c r="I10">
+        <v>12.9</v>
+      </c>
+      <c r="J10">
+        <v>12.6</v>
+      </c>
+      <c r="K10">
+        <v>12.3</v>
+      </c>
+      <c r="L10">
+        <v>12.1</v>
+      </c>
+      <c r="M10">
+        <v>11.9</v>
+      </c>
+      <c r="N10">
+        <v>11.7</v>
+      </c>
+      <c r="O10">
+        <v>11.5</v>
+      </c>
+      <c r="P10">
+        <v>11</v>
+      </c>
+      <c r="Q10">
+        <v>11</v>
+      </c>
+      <c r="R10">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="11" spans="1:19">
+      <c r="A11" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11">
+        <v>1430</v>
+      </c>
+      <c r="D11">
+        <v>6</v>
+      </c>
+      <c r="E11" t="s">
+        <v>24</v>
+      </c>
+      <c r="F11" s="5">
+        <v>39.3</v>
+      </c>
+      <c r="G11">
+        <v>38.4</v>
+      </c>
+      <c r="H11">
+        <v>37.5</v>
+      </c>
+      <c r="I11">
+        <v>36.6</v>
+      </c>
+      <c r="J11">
+        <v>35.7</v>
+      </c>
+      <c r="K11">
+        <v>34.8</v>
+      </c>
+      <c r="L11">
+        <v>34.3</v>
+      </c>
+      <c r="M11">
+        <v>33.8</v>
+      </c>
+      <c r="N11">
+        <v>33.3</v>
+      </c>
+      <c r="O11">
+        <v>32.8</v>
+      </c>
+      <c r="P11">
+        <v>32</v>
+      </c>
+      <c r="Q11">
+        <v>31.7</v>
+      </c>
+      <c r="R11">
+        <v>31.7</v>
+      </c>
+    </row>
+    <row r="12" spans="1:19">
+      <c r="A12" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" t="s">
+        <v>26</v>
+      </c>
+      <c r="C12">
+        <v>1410</v>
+      </c>
+      <c r="D12">
+        <v>9</v>
+      </c>
+      <c r="E12" t="s">
+        <v>24</v>
+      </c>
+      <c r="F12" s="5">
+        <v>39.0</v>
+      </c>
+      <c r="G12">
+        <v>38.1</v>
+      </c>
+      <c r="H12">
+        <v>37.2</v>
+      </c>
+      <c r="I12">
+        <v>36.3</v>
+      </c>
+      <c r="J12">
+        <v>35.4</v>
+      </c>
+      <c r="K12">
+        <v>34.5</v>
+      </c>
+      <c r="L12">
+        <v>34.0</v>
+      </c>
+      <c r="M12">
+        <v>33.5</v>
+      </c>
+      <c r="N12">
+        <v>33.0</v>
+      </c>
+      <c r="O12">
+        <v>32.5</v>
+      </c>
+      <c r="P12">
+        <v>31.7</v>
+      </c>
+      <c r="Q12">
+        <v>31.4</v>
+      </c>
+      <c r="R12">
+        <v>31.4</v>
+      </c>
+    </row>
+    <row r="13" spans="1:19">
+      <c r="A13" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" t="s">
+        <v>26</v>
+      </c>
+      <c r="C13">
+        <v>2160</v>
+      </c>
+      <c r="D13">
+        <v>9</v>
+      </c>
+      <c r="E13" t="s">
+        <v>24</v>
+      </c>
+      <c r="F13" s="5">
+        <v>66.0</v>
+      </c>
+      <c r="G13">
+        <v>64.5</v>
+      </c>
+      <c r="H13">
+        <v>62.99999999999999</v>
+      </c>
+      <c r="I13">
+        <v>61.5</v>
+      </c>
+      <c r="J13">
+        <v>60.0</v>
+      </c>
+      <c r="K13">
+        <v>58.50000000000001</v>
+      </c>
+      <c r="L13">
+        <v>57.7</v>
+      </c>
+      <c r="M13">
+        <v>56.9</v>
+      </c>
+      <c r="N13">
+        <v>56.099999999999994</v>
+      </c>
+      <c r="O13">
+        <v>55.3</v>
+      </c>
+      <c r="P13">
+        <v>54.2</v>
+      </c>
+      <c r="Q13">
+        <v>53.59999999999999</v>
+      </c>
+      <c r="R13">
+        <v>53.59999999999999</v>
+      </c>
+    </row>
+    <row r="14" spans="1:19">
+      <c r="A14" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C14">
+        <v>1560</v>
+      </c>
+      <c r="D14">
+        <v>9</v>
+      </c>
+      <c r="E14" t="s">
+        <v>24</v>
+      </c>
+      <c r="F14" s="5">
+        <v>42.1</v>
+      </c>
+      <c r="G14">
+        <v>41.8</v>
+      </c>
+      <c r="H14">
+        <v>41.4</v>
+      </c>
+      <c r="I14">
         <v>40.9</v>
       </c>
-      <c r="G6" s="6">
-[...2 lines deleted...]
-      <c r="H6" s="6">
+      <c r="J14">
         <v>40.4</v>
       </c>
-      <c r="I6" s="6">
-[...2 lines deleted...]
-      <c r="J6" s="6">
+      <c r="K14">
+        <v>40.0</v>
+      </c>
+      <c r="L14">
+        <v>39.6</v>
+      </c>
+      <c r="M14">
+        <v>39.3</v>
+      </c>
+      <c r="N14">
+        <v>38.9</v>
+      </c>
+      <c r="O14">
+        <v>38.7</v>
+      </c>
+      <c r="P14">
+        <v>38</v>
+      </c>
+      <c r="Q14">
+        <v>38</v>
+      </c>
+      <c r="R14">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="15" spans="1:19">
+      <c r="A15" t="s">
+        <v>34</v>
+      </c>
+      <c r="B15" t="s">
+        <v>26</v>
+      </c>
+      <c r="C15">
+        <v>1760</v>
+      </c>
+      <c r="D15">
+        <v>8</v>
+      </c>
+      <c r="E15" t="s">
+        <v>24</v>
+      </c>
+      <c r="F15" s="5">
+        <v>37.3</v>
+      </c>
+      <c r="G15">
+        <v>36.4</v>
+      </c>
+      <c r="H15">
+        <v>35.5</v>
+      </c>
+      <c r="I15">
+        <v>34.7</v>
+      </c>
+      <c r="J15">
+        <v>33.9</v>
+      </c>
+      <c r="K15">
+        <v>33.1</v>
+      </c>
+      <c r="L15">
+        <v>32.6</v>
+      </c>
+      <c r="M15">
+        <v>32.1</v>
+      </c>
+      <c r="N15">
+        <v>31.6</v>
+      </c>
+      <c r="O15">
+        <v>31.1</v>
+      </c>
+      <c r="P15">
+        <v>30.3</v>
+      </c>
+      <c r="Q15">
+        <v>30</v>
+      </c>
+      <c r="R15">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="16" spans="1:19">
+      <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
+        <v>23</v>
+      </c>
+      <c r="C16">
+        <v>1760</v>
+      </c>
+      <c r="D16">
+        <v>22</v>
+      </c>
+      <c r="E16" t="s">
+        <v>24</v>
+      </c>
+      <c r="F16" s="5">
+        <v>43.8</v>
+      </c>
+      <c r="G16">
+        <v>43.4</v>
+      </c>
+      <c r="H16">
+        <v>42.9</v>
+      </c>
+      <c r="I16">
+        <v>42.4</v>
+      </c>
+      <c r="J16">
+        <v>41.9</v>
+      </c>
+      <c r="K16">
+        <v>41.1</v>
+      </c>
+      <c r="L16">
+        <v>40.4</v>
+      </c>
+      <c r="M16">
+        <v>39.6</v>
+      </c>
+      <c r="N16">
+        <v>39.099999999999994</v>
+      </c>
+      <c r="O16">
+        <v>38.7</v>
+      </c>
+      <c r="P16">
+        <v>38</v>
+      </c>
+      <c r="Q16">
+        <v>37.5</v>
+      </c>
+      <c r="R16">
+        <v>37.5</v>
+      </c>
+    </row>
+    <row r="17" spans="1:19">
+      <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
+        <v>23</v>
+      </c>
+      <c r="C17">
+        <v>2560</v>
+      </c>
+      <c r="D17">
+        <v>18</v>
+      </c>
+      <c r="E17" t="s">
+        <v>24</v>
+      </c>
+      <c r="F17" s="5">
+        <v>47.5</v>
+      </c>
+      <c r="G17">
+        <v>46.4</v>
+      </c>
+      <c r="H17">
+        <v>45.3</v>
+      </c>
+      <c r="I17">
+        <v>44.3</v>
+      </c>
+      <c r="J17">
+        <v>43.2</v>
+      </c>
+      <c r="K17">
+        <v>42.2</v>
+      </c>
+      <c r="L17">
+        <v>41.6</v>
+      </c>
+      <c r="M17">
+        <v>41.0</v>
+      </c>
+      <c r="N17">
+        <v>40.3</v>
+      </c>
+      <c r="O17">
         <v>39.7</v>
       </c>
-      <c r="K6" s="6">
-[...146 lines deleted...]
-      <c r="D9" s="0">
+      <c r="P17">
+        <v>38.8</v>
+      </c>
+      <c r="Q17">
+        <v>38.4</v>
+      </c>
+      <c r="R17">
+        <v>38.4</v>
+      </c>
+    </row>
+    <row r="18" spans="1:19">
+      <c r="A18" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="20" spans="1:19">
+      <c r="A20" t="s">
         <v>38</v>
       </c>
-      <c r="E9" s="0" t="s">
-[...552 lines deleted...]
-      <c r="R20" s="0"/>
     </row>
     <row r="21" spans="1:19" customHeight="1" ht="20">
       <c r="A21" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="2"/>
       <c r="K21" s="2"/>
       <c r="L21" s="2"/>
       <c r="M21" s="2"/>
       <c r="N21" s="2"/>
       <c r="O21" s="2"/>
       <c r="P21" s="2"/>
       <c r="Q21" s="2"/>
       <c r="R21" s="2"/>
     </row>
     <row r="22" spans="1:19" customHeight="1" ht="21">
       <c r="A22" s="4" t="s">
@@ -1570,784 +1490,730 @@
         <v>45</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P22" s="4" t="s">
         <v>50</v>
       </c>
       <c r="Q22" s="4" t="s">
         <v>51</v>
       </c>
       <c r="R22" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:19">
-      <c r="A23" s="6" t="s">
+      <c r="A23" t="s">
         <v>22</v>
       </c>
-      <c r="B23" s="6" t="s">
+      <c r="B23" t="s">
         <v>23</v>
       </c>
-      <c r="C23" s="6">
-[...2 lines deleted...]
-      <c r="D23" s="6">
+      <c r="C23">
+        <v>1760</v>
+      </c>
+      <c r="D23">
         <v>22</v>
       </c>
-      <c r="E23" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F23" s="9">
+      <c r="E23" t="s">
+        <v>24</v>
+      </c>
+      <c r="F23" s="6">
+        <v>10640</v>
+      </c>
+      <c r="G23">
+        <v>10530</v>
+      </c>
+      <c r="H23">
+        <v>10400</v>
+      </c>
+      <c r="I23">
+        <v>10270</v>
+      </c>
+      <c r="J23">
+        <v>10110</v>
+      </c>
+      <c r="K23">
+        <v>9780</v>
+      </c>
+      <c r="L23">
+        <v>9670</v>
+      </c>
+      <c r="M23">
+        <v>9570</v>
+      </c>
+      <c r="N23">
+        <v>9450</v>
+      </c>
+      <c r="O23">
+        <v>9340</v>
+      </c>
+      <c r="P23">
+        <v>9250</v>
+      </c>
+      <c r="Q23">
+        <v>9010</v>
+      </c>
+      <c r="R23">
+        <v>9010</v>
+      </c>
+    </row>
+    <row r="24" spans="1:19">
+      <c r="A24" t="s">
+        <v>25</v>
+      </c>
+      <c r="B24" t="s">
+        <v>26</v>
+      </c>
+      <c r="C24">
+        <v>2360</v>
+      </c>
+      <c r="D24">
+        <v>5</v>
+      </c>
+      <c r="E24" t="s">
+        <v>24</v>
+      </c>
+      <c r="F24" s="6">
+        <v>11380</v>
+      </c>
+      <c r="G24">
+        <v>11100</v>
+      </c>
+      <c r="H24">
+        <v>10840</v>
+      </c>
+      <c r="I24">
+        <v>10570</v>
+      </c>
+      <c r="J24">
+        <v>10310</v>
+      </c>
+      <c r="K24">
+        <v>10060</v>
+      </c>
+      <c r="L24">
+        <v>9910</v>
+      </c>
+      <c r="M24">
+        <v>9770</v>
+      </c>
+      <c r="N24">
+        <v>9620</v>
+      </c>
+      <c r="O24">
+        <v>9470</v>
+      </c>
+      <c r="P24">
+        <v>9340</v>
+      </c>
+      <c r="Q24">
+        <v>9100</v>
+      </c>
+      <c r="R24">
+        <v>9100</v>
+      </c>
+    </row>
+    <row r="25" spans="1:19">
+      <c r="A25" t="s">
+        <v>27</v>
+      </c>
+      <c r="B25" t="s">
+        <v>26</v>
+      </c>
+      <c r="C25">
+        <v>2060</v>
+      </c>
+      <c r="D25">
+        <v>9</v>
+      </c>
+      <c r="E25" t="s">
+        <v>24</v>
+      </c>
+      <c r="F25" s="6">
+        <v>13970</v>
+      </c>
+      <c r="G25">
+        <v>13630</v>
+      </c>
+      <c r="H25">
+        <v>13290</v>
+      </c>
+      <c r="I25">
+        <v>12980</v>
+      </c>
+      <c r="J25">
+        <v>12660</v>
+      </c>
+      <c r="K25">
+        <v>12350</v>
+      </c>
+      <c r="L25">
+        <v>12160</v>
+      </c>
+      <c r="M25">
+        <v>11990</v>
+      </c>
+      <c r="N25">
+        <v>11800</v>
+      </c>
+      <c r="O25">
+        <v>11620</v>
+      </c>
+      <c r="P25">
+        <v>11460</v>
+      </c>
+      <c r="Q25">
+        <v>11190</v>
+      </c>
+      <c r="R25">
+        <v>11190</v>
+      </c>
+    </row>
+    <row r="26" spans="1:19">
+      <c r="A26" t="s">
+        <v>28</v>
+      </c>
+      <c r="B26" t="s">
+        <v>23</v>
+      </c>
+      <c r="C26">
+        <v>5260</v>
+      </c>
+      <c r="D26">
+        <v>38</v>
+      </c>
+      <c r="E26" t="s">
+        <v>24</v>
+      </c>
+      <c r="F26" s="6">
+        <v>15290</v>
+      </c>
+      <c r="G26">
+        <v>15150</v>
+      </c>
+      <c r="H26">
+        <v>15020</v>
+      </c>
+      <c r="I26">
+        <v>14890</v>
+      </c>
+      <c r="J26">
+        <v>14760</v>
+      </c>
+      <c r="K26">
+        <v>14630</v>
+      </c>
+      <c r="L26">
+        <v>14530</v>
+      </c>
+      <c r="M26">
+        <v>14440</v>
+      </c>
+      <c r="N26">
+        <v>14340</v>
+      </c>
+      <c r="O26">
+        <v>14240</v>
+      </c>
+      <c r="P26">
+        <v>14150</v>
+      </c>
+      <c r="Q26">
+        <v>13910</v>
+      </c>
+      <c r="R26">
+        <v>13910</v>
+      </c>
+    </row>
+    <row r="27" spans="1:19">
+      <c r="A27" t="s">
+        <v>29</v>
+      </c>
+      <c r="B27" t="s">
+        <v>26</v>
+      </c>
+      <c r="C27">
+        <v>760</v>
+      </c>
+      <c r="D27">
+        <v>3</v>
+      </c>
+      <c r="E27" t="s">
+        <v>24</v>
+      </c>
+      <c r="F27" s="6">
+        <v>3540</v>
+      </c>
+      <c r="G27">
+        <v>3450</v>
+      </c>
+      <c r="H27">
+        <v>3370</v>
+      </c>
+      <c r="I27">
+        <v>3290</v>
+      </c>
+      <c r="J27">
+        <v>3210</v>
+      </c>
+      <c r="K27">
+        <v>3130</v>
+      </c>
+      <c r="L27">
+        <v>3080</v>
+      </c>
+      <c r="M27">
+        <v>3040</v>
+      </c>
+      <c r="N27">
+        <v>2990</v>
+      </c>
+      <c r="O27">
+        <v>2940</v>
+      </c>
+      <c r="P27">
+        <v>2900</v>
+      </c>
+      <c r="Q27">
+        <v>2760</v>
+      </c>
+      <c r="R27">
+        <v>2760</v>
+      </c>
+    </row>
+    <row r="28" spans="1:19">
+      <c r="A28" t="s">
+        <v>30</v>
+      </c>
+      <c r="B28" t="s">
+        <v>26</v>
+      </c>
+      <c r="C28">
+        <v>1430</v>
+      </c>
+      <c r="D28">
+        <v>6</v>
+      </c>
+      <c r="E28" t="s">
+        <v>24</v>
+      </c>
+      <c r="F28" s="6">
+        <v>9960</v>
+      </c>
+      <c r="G28">
+        <v>9710</v>
+      </c>
+      <c r="H28">
+        <v>9480</v>
+      </c>
+      <c r="I28">
+        <v>9250</v>
+      </c>
+      <c r="J28">
+        <v>9020</v>
+      </c>
+      <c r="K28">
+        <v>8800</v>
+      </c>
+      <c r="L28">
+        <v>8670</v>
+      </c>
+      <c r="M28">
+        <v>8550</v>
+      </c>
+      <c r="N28">
+        <v>8410</v>
+      </c>
+      <c r="O28">
+        <v>8280</v>
+      </c>
+      <c r="P28">
+        <v>8170</v>
+      </c>
+      <c r="Q28">
+        <v>7950</v>
+      </c>
+      <c r="R28">
+        <v>7950</v>
+      </c>
+    </row>
+    <row r="29" spans="1:19">
+      <c r="A29" t="s">
+        <v>31</v>
+      </c>
+      <c r="B29" t="s">
+        <v>26</v>
+      </c>
+      <c r="C29">
+        <v>1410</v>
+      </c>
+      <c r="D29">
+        <v>9</v>
+      </c>
+      <c r="E29" t="s">
+        <v>24</v>
+      </c>
+      <c r="F29" s="6">
+        <v>9863</v>
+      </c>
+      <c r="G29">
+        <v>9619</v>
+      </c>
+      <c r="H29">
+        <v>9389</v>
+      </c>
+      <c r="I29">
+        <v>9162</v>
+      </c>
+      <c r="J29">
+        <v>8939</v>
+      </c>
+      <c r="K29">
+        <v>8719</v>
+      </c>
+      <c r="L29">
+        <v>8586</v>
+      </c>
+      <c r="M29">
+        <v>8465</v>
+      </c>
+      <c r="N29">
+        <v>8335</v>
+      </c>
+      <c r="O29">
+        <v>8206</v>
+      </c>
+      <c r="P29">
+        <v>8088</v>
+      </c>
+      <c r="Q29">
+        <v>7871</v>
+      </c>
+      <c r="R29">
+        <v>7871</v>
+      </c>
+    </row>
+    <row r="30" spans="1:19">
+      <c r="A30" t="s">
+        <v>32</v>
+      </c>
+      <c r="B30" t="s">
+        <v>26</v>
+      </c>
+      <c r="C30">
+        <v>2160</v>
+      </c>
+      <c r="D30">
+        <v>9</v>
+      </c>
+      <c r="E30" t="s">
+        <v>24</v>
+      </c>
+      <c r="F30" s="6">
+        <v>16720</v>
+      </c>
+      <c r="G30">
+        <v>16310</v>
+      </c>
+      <c r="H30">
+        <v>15930</v>
+      </c>
+      <c r="I30">
+        <v>15530</v>
+      </c>
+      <c r="J30">
+        <v>15150</v>
+      </c>
+      <c r="K30">
+        <v>14790</v>
+      </c>
+      <c r="L30">
+        <v>14560</v>
+      </c>
+      <c r="M30">
+        <v>14360</v>
+      </c>
+      <c r="N30">
+        <v>14130</v>
+      </c>
+      <c r="O30">
+        <v>13920</v>
+      </c>
+      <c r="P30">
+        <v>13720</v>
+      </c>
+      <c r="Q30">
+        <v>13420</v>
+      </c>
+      <c r="R30">
+        <v>13420</v>
+      </c>
+    </row>
+    <row r="31" spans="1:19">
+      <c r="A31" t="s">
+        <v>33</v>
+      </c>
+      <c r="B31" t="s">
+        <v>26</v>
+      </c>
+      <c r="C31">
+        <v>1560</v>
+      </c>
+      <c r="D31">
+        <v>9</v>
+      </c>
+      <c r="E31" t="s">
+        <v>24</v>
+      </c>
+      <c r="F31" s="6">
+        <v>10060</v>
+      </c>
+      <c r="G31">
+        <v>9970</v>
+      </c>
+      <c r="H31">
+        <v>9860</v>
+      </c>
+      <c r="I31">
+        <v>9740</v>
+      </c>
+      <c r="J31">
+        <v>9620</v>
+      </c>
+      <c r="K31">
+        <v>9500</v>
+      </c>
+      <c r="L31">
+        <v>9420</v>
+      </c>
+      <c r="M31">
+        <v>9340</v>
+      </c>
+      <c r="N31">
+        <v>9250</v>
+      </c>
+      <c r="O31">
+        <v>9160</v>
+      </c>
+      <c r="P31">
+        <v>9120</v>
+      </c>
+      <c r="Q31">
+        <v>8980</v>
+      </c>
+      <c r="R31">
+        <v>8980</v>
+      </c>
+    </row>
+    <row r="32" spans="1:19">
+      <c r="A32" t="s">
+        <v>34</v>
+      </c>
+      <c r="B32" t="s">
+        <v>26</v>
+      </c>
+      <c r="C32">
+        <v>1760</v>
+      </c>
+      <c r="D32">
+        <v>8</v>
+      </c>
+      <c r="E32" t="s">
+        <v>24</v>
+      </c>
+      <c r="F32" s="6">
+        <v>9430</v>
+      </c>
+      <c r="G32">
+        <v>9200</v>
+      </c>
+      <c r="H32">
+        <v>8980</v>
+      </c>
+      <c r="I32">
+        <v>8760</v>
+      </c>
+      <c r="J32">
+        <v>8550</v>
+      </c>
+      <c r="K32">
+        <v>8340</v>
+      </c>
+      <c r="L32">
+        <v>8210</v>
+      </c>
+      <c r="M32">
+        <v>8090</v>
+      </c>
+      <c r="N32">
+        <v>7970</v>
+      </c>
+      <c r="O32">
+        <v>7850</v>
+      </c>
+      <c r="P32">
+        <v>7730</v>
+      </c>
+      <c r="Q32">
+        <v>7520</v>
+      </c>
+      <c r="R32">
+        <v>7520</v>
+      </c>
+    </row>
+    <row r="33" spans="1:19">
+      <c r="A33" t="s">
+        <v>35</v>
+      </c>
+      <c r="B33" t="s">
+        <v>23</v>
+      </c>
+      <c r="C33">
+        <v>1760</v>
+      </c>
+      <c r="D33">
+        <v>22</v>
+      </c>
+      <c r="E33" t="s">
+        <v>24</v>
+      </c>
+      <c r="F33" s="6">
+        <v>10640</v>
+      </c>
+      <c r="G33">
+        <v>10530</v>
+      </c>
+      <c r="H33">
+        <v>10400</v>
+      </c>
+      <c r="I33">
+        <v>10270</v>
+      </c>
+      <c r="J33">
+        <v>10110</v>
+      </c>
+      <c r="K33">
+        <v>9780</v>
+      </c>
+      <c r="L33">
+        <v>9670</v>
+      </c>
+      <c r="M33">
+        <v>9570</v>
+      </c>
+      <c r="N33">
+        <v>9450</v>
+      </c>
+      <c r="O33">
+        <v>9340</v>
+      </c>
+      <c r="P33">
+        <v>9250</v>
+      </c>
+      <c r="Q33">
+        <v>9010</v>
+      </c>
+      <c r="R33">
+        <v>9010</v>
+      </c>
+    </row>
+    <row r="34" spans="1:19">
+      <c r="A34" t="s">
+        <v>36</v>
+      </c>
+      <c r="B34" t="s">
+        <v>23</v>
+      </c>
+      <c r="C34">
+        <v>2560</v>
+      </c>
+      <c r="D34">
+        <v>18</v>
+      </c>
+      <c r="E34" t="s">
+        <v>24</v>
+      </c>
+      <c r="F34" s="6">
+        <v>11970</v>
+      </c>
+      <c r="G34">
+        <v>11680</v>
+      </c>
+      <c r="H34">
+        <v>11400</v>
+      </c>
+      <c r="I34">
+        <v>11130</v>
+      </c>
+      <c r="J34">
+        <v>10870</v>
+      </c>
+      <c r="K34">
+        <v>10610</v>
+      </c>
+      <c r="L34">
+        <v>10450</v>
+      </c>
+      <c r="M34">
+        <v>10310</v>
+      </c>
+      <c r="N34">
         <v>10150</v>
       </c>
-      <c r="G23" s="6">
-[...158 lines deleted...]
-      <c r="D26" s="0">
+      <c r="O34">
+        <v>10000</v>
+      </c>
+      <c r="P34">
+        <v>9860</v>
+      </c>
+      <c r="Q34">
+        <v>9620</v>
+      </c>
+      <c r="R34">
+        <v>9620</v>
+      </c>
+    </row>
+    <row r="35" spans="1:19">
+      <c r="A35" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="37" spans="1:19">
+      <c r="A37" t="s">
         <v>38</v>
       </c>
-      <c r="E26" s="0" t="s">
-[...552 lines deleted...]
-      <c r="R37" s="0"/>
     </row>
     <row r="38" spans="1:19" customHeight="1" ht="20">
       <c r="A38" s="3" t="s">
         <v>53</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
       <c r="J38" s="2"/>
       <c r="K38" s="2"/>
       <c r="L38" s="2"/>
       <c r="M38" s="2"/>
       <c r="N38" s="2"/>
       <c r="O38" s="2"/>
       <c r="P38" s="2"/>
       <c r="Q38" s="2"/>
       <c r="R38" s="2"/>
     </row>
     <row r="39" spans="1:19" customHeight="1" ht="21">
       <c r="A39" s="4" t="s">
@@ -2384,392 +2250,338 @@
         <v>14</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P39" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q39" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R39" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="40" spans="1:19">
-      <c r="A40" s="6" t="s">
+      <c r="A40" t="s">
         <v>25</v>
       </c>
-      <c r="B40" s="6" t="s">
+      <c r="B40" t="s">
         <v>26</v>
       </c>
-      <c r="C40" s="6">
-[...2 lines deleted...]
-      <c r="D40" s="6">
+      <c r="C40">
+        <v>1690</v>
+      </c>
+      <c r="D40">
         <v>4</v>
       </c>
-      <c r="E40" s="6" t="s">
-[...39 lines deleted...]
-        <v>19.1</v>
+      <c r="E40" t="s">
+        <v>24</v>
+      </c>
+      <c r="F40" s="5">
+        <v>29.6</v>
+      </c>
+      <c r="G40">
+        <v>28.8</v>
+      </c>
+      <c r="H40">
+        <v>28.3</v>
+      </c>
+      <c r="I40">
+        <v>27.9</v>
+      </c>
+      <c r="J40">
+        <v>27.4</v>
+      </c>
+      <c r="K40">
+        <v>26.9</v>
+      </c>
+      <c r="L40">
+        <v>26.5</v>
+      </c>
+      <c r="M40">
+        <v>25.9</v>
+      </c>
+      <c r="N40">
+        <v>25.3</v>
+      </c>
+      <c r="O40">
+        <v>24.7</v>
+      </c>
+      <c r="P40">
+        <v>24.1</v>
+      </c>
+      <c r="Q40">
+        <v>24.0</v>
+      </c>
+      <c r="R40">
+        <v>24.0</v>
       </c>
     </row>
     <row r="41" spans="1:19">
-      <c r="A41" s="0" t="s">
+      <c r="A41" t="s">
         <v>29</v>
       </c>
-      <c r="B41" s="0" t="s">
+      <c r="B41" t="s">
         <v>26</v>
       </c>
-      <c r="C41" s="0">
-[...2 lines deleted...]
-      <c r="D41" s="0">
+      <c r="C41">
+        <v>940</v>
+      </c>
+      <c r="D41">
         <v>3</v>
       </c>
-      <c r="E41" s="0" t="s">
+      <c r="E41" t="s">
         <v>24</v>
       </c>
       <c r="F41" s="5">
-        <v>12.7</v>
-[...35 lines deleted...]
-        <v>9.6</v>
+        <v>18</v>
+      </c>
+      <c r="G41">
+        <v>17.5</v>
+      </c>
+      <c r="H41">
+        <v>17.3</v>
+      </c>
+      <c r="I41">
+        <v>17.2</v>
+      </c>
+      <c r="J41">
+        <v>17</v>
+      </c>
+      <c r="K41">
+        <v>16.8</v>
+      </c>
+      <c r="L41">
+        <v>16.5</v>
+      </c>
+      <c r="M41">
+        <v>16</v>
+      </c>
+      <c r="N41">
+        <v>15.5</v>
+      </c>
+      <c r="O41">
+        <v>15</v>
+      </c>
+      <c r="P41">
+        <v>14.5</v>
+      </c>
+      <c r="Q41">
+        <v>14.5</v>
+      </c>
+      <c r="R41">
+        <v>14.5</v>
       </c>
     </row>
     <row r="42" spans="1:19">
-      <c r="A42" s="6" t="s">
+      <c r="A42" t="s">
         <v>30</v>
       </c>
-      <c r="B42" s="6" t="s">
+      <c r="B42" t="s">
         <v>26</v>
       </c>
-      <c r="C42" s="6">
-[...2 lines deleted...]
-      <c r="D42" s="6">
+      <c r="C42">
+        <v>1640</v>
+      </c>
+      <c r="D42">
         <v>7</v>
       </c>
-      <c r="E42" s="6" t="s">
-[...35 lines deleted...]
-      <c r="Q42" s="6">
+      <c r="E42" t="s">
+        <v>24</v>
+      </c>
+      <c r="F42" s="5">
+        <v>41.9</v>
+      </c>
+      <c r="G42">
+        <v>40.8</v>
+      </c>
+      <c r="H42">
+        <v>40.0</v>
+      </c>
+      <c r="I42">
+        <v>39.3</v>
+      </c>
+      <c r="J42">
+        <v>38.6</v>
+      </c>
+      <c r="K42">
+        <v>37.90000000000001</v>
+      </c>
+      <c r="L42">
+        <v>37.3</v>
+      </c>
+      <c r="M42">
+        <v>36.5</v>
+      </c>
+      <c r="N42">
+        <v>35.7</v>
+      </c>
+      <c r="O42">
+        <v>34.9</v>
+      </c>
+      <c r="P42">
+        <v>34.1</v>
+      </c>
+      <c r="Q42">
+        <v>33.8</v>
+      </c>
+      <c r="R42">
+        <v>33.8</v>
+      </c>
+    </row>
+    <row r="43" spans="1:19">
+      <c r="A43" t="s">
+        <v>55</v>
+      </c>
+      <c r="B43" t="s">
+        <v>26</v>
+      </c>
+      <c r="C43">
+        <v>1540</v>
+      </c>
+      <c r="D43">
+        <v>5</v>
+      </c>
+      <c r="E43" t="s">
+        <v>24</v>
+      </c>
+      <c r="F43" s="5">
+        <v>35.6</v>
+      </c>
+      <c r="G43">
+        <v>34.7</v>
+      </c>
+      <c r="H43">
+        <v>34.1</v>
+      </c>
+      <c r="I43">
+        <v>33.59999999999999</v>
+      </c>
+      <c r="J43">
+        <v>33</v>
+      </c>
+      <c r="K43">
+        <v>32.4</v>
+      </c>
+      <c r="L43">
+        <v>31.9</v>
+      </c>
+      <c r="M43">
+        <v>31.2</v>
+      </c>
+      <c r="N43">
+        <v>30.5</v>
+      </c>
+      <c r="O43">
+        <v>29.8</v>
+      </c>
+      <c r="P43">
+        <v>29.1</v>
+      </c>
+      <c r="Q43">
         <v>28.9</v>
       </c>
-      <c r="R42" s="6">
+      <c r="R43">
         <v>28.9</v>
       </c>
     </row>
-    <row r="43" spans="1:19">
-[...3 lines deleted...]
-      <c r="B43" s="0" t="s">
+    <row r="44" spans="1:19">
+      <c r="A44" t="s">
+        <v>33</v>
+      </c>
+      <c r="B44" t="s">
         <v>26</v>
       </c>
-      <c r="C43" s="0">
-[...58 lines deleted...]
-      <c r="D44" s="6">
+      <c r="C44">
+        <v>2540</v>
+      </c>
+      <c r="D44">
         <v>9</v>
       </c>
-      <c r="E44" s="6" t="s">
-[...39 lines deleted...]
-        <v>34.6</v>
+      <c r="E44" t="s">
+        <v>24</v>
+      </c>
+      <c r="F44" s="5">
+        <v>44.2</v>
+      </c>
+      <c r="G44">
+        <v>43.7</v>
+      </c>
+      <c r="H44">
+        <v>43.40000000000001</v>
+      </c>
+      <c r="I44">
+        <v>43.2</v>
+      </c>
+      <c r="J44">
+        <v>42.8</v>
+      </c>
+      <c r="K44">
+        <v>42.5</v>
+      </c>
+      <c r="L44">
+        <v>42.0</v>
+      </c>
+      <c r="M44">
+        <v>41.3</v>
+      </c>
+      <c r="N44">
+        <v>40.7</v>
+      </c>
+      <c r="O44">
+        <v>40.2</v>
+      </c>
+      <c r="P44">
+        <v>39.5</v>
+      </c>
+      <c r="Q44">
+        <v>39.5</v>
+      </c>
+      <c r="R44">
+        <v>39.5</v>
       </c>
     </row>
     <row r="45" spans="1:19">
-      <c r="A45" s="0" t="s">
+      <c r="A45" t="s">
         <v>37</v>
       </c>
-      <c r="B45" s="0"/>
-[...35 lines deleted...]
-      <c r="R46" s="0"/>
     </row>
     <row r="47" spans="1:19">
-      <c r="A47" s="0" t="s">
+      <c r="A47" t="s">
         <v>38</v>
       </c>
-      <c r="B47" s="0"/>
-[...15 lines deleted...]
-      <c r="R47" s="0"/>
     </row>
     <row r="48" spans="1:19" customHeight="1" ht="20">
       <c r="A48" s="3" t="s">
         <v>56</v>
       </c>
       <c r="B48" s="2"/>
       <c r="C48" s="2"/>
       <c r="D48" s="2"/>
       <c r="E48" s="2"/>
       <c r="F48" s="2"/>
       <c r="G48" s="2"/>
       <c r="H48" s="2"/>
       <c r="I48" s="2"/>
       <c r="J48" s="2"/>
       <c r="K48" s="2"/>
       <c r="L48" s="2"/>
       <c r="M48" s="2"/>
       <c r="N48" s="2"/>
       <c r="O48" s="2"/>
       <c r="P48" s="2"/>
       <c r="Q48" s="2"/>
       <c r="R48" s="2"/>
     </row>
     <row r="49" spans="1:19" customHeight="1" ht="21">
       <c r="A49" s="4" t="s">
@@ -2806,446 +2618,385 @@
         <v>45</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P49" s="4" t="s">
         <v>50</v>
       </c>
       <c r="Q49" s="4" t="s">
         <v>51</v>
       </c>
       <c r="R49" s="4" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="50" spans="1:19">
-      <c r="A50" s="6" t="s">
+      <c r="A50" t="s">
         <v>25</v>
       </c>
-      <c r="B50" s="6" t="s">
+      <c r="B50" t="s">
         <v>26</v>
       </c>
-      <c r="C50" s="6">
-[...2 lines deleted...]
-      <c r="D50" s="6">
+      <c r="C50">
+        <v>1690</v>
+      </c>
+      <c r="D50">
         <v>4</v>
       </c>
-      <c r="E50" s="6" t="s">
-[...39 lines deleted...]
-        <v>4980</v>
+      <c r="E50" t="s">
+        <v>24</v>
+      </c>
+      <c r="F50" s="6">
+        <v>7980</v>
+      </c>
+      <c r="G50">
+        <v>7600</v>
+      </c>
+      <c r="H50">
+        <v>7030</v>
+      </c>
+      <c r="I50">
+        <v>6750</v>
+      </c>
+      <c r="J50">
+        <v>6480</v>
+      </c>
+      <c r="K50">
+        <v>6360</v>
+      </c>
+      <c r="L50">
+        <v>6290</v>
+      </c>
+      <c r="M50">
+        <v>6230</v>
+      </c>
+      <c r="N50">
+        <v>6140</v>
+      </c>
+      <c r="O50">
+        <v>6050</v>
+      </c>
+      <c r="P50">
+        <v>5870</v>
+      </c>
+      <c r="Q50">
+        <v>5820</v>
+      </c>
+      <c r="R50">
+        <v>5820</v>
       </c>
     </row>
     <row r="51" spans="1:19">
-      <c r="A51" s="0" t="s">
+      <c r="A51" t="s">
         <v>29</v>
       </c>
-      <c r="B51" s="0" t="s">
+      <c r="B51" t="s">
         <v>26</v>
       </c>
-      <c r="C51" s="0">
-[...2 lines deleted...]
-      <c r="D51" s="0">
+      <c r="C51">
+        <v>940</v>
+      </c>
+      <c r="D51">
         <v>3</v>
       </c>
-      <c r="E51" s="0" t="s">
-[...39 lines deleted...]
-        <v>2410</v>
+      <c r="E51" t="s">
+        <v>24</v>
+      </c>
+      <c r="F51" s="6">
+        <v>4800</v>
+      </c>
+      <c r="G51">
+        <v>4500</v>
+      </c>
+      <c r="H51">
+        <v>4000</v>
+      </c>
+      <c r="I51">
+        <v>3800</v>
+      </c>
+      <c r="J51">
+        <v>3600</v>
+      </c>
+      <c r="K51">
+        <v>3550</v>
+      </c>
+      <c r="L51">
+        <v>3520</v>
+      </c>
+      <c r="M51">
+        <v>3500</v>
+      </c>
+      <c r="N51">
+        <v>3450</v>
+      </c>
+      <c r="O51">
+        <v>3400</v>
+      </c>
+      <c r="P51">
+        <v>3260</v>
+      </c>
+      <c r="Q51">
+        <v>3250</v>
+      </c>
+      <c r="R51">
+        <v>3250</v>
       </c>
     </row>
     <row r="52" spans="1:19">
-      <c r="A52" s="6" t="s">
+      <c r="A52" t="s">
         <v>30</v>
       </c>
-      <c r="B52" s="6" t="s">
+      <c r="B52" t="s">
         <v>26</v>
       </c>
-      <c r="C52" s="6">
-[...2 lines deleted...]
-      <c r="D52" s="6">
+      <c r="C52">
+        <v>1640</v>
+      </c>
+      <c r="D52">
         <v>7</v>
       </c>
-      <c r="E52" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F52" s="9">
+      <c r="E52" t="s">
+        <v>24</v>
+      </c>
+      <c r="F52" s="6">
+        <v>10760</v>
+      </c>
+      <c r="G52">
+        <v>10320</v>
+      </c>
+      <c r="H52">
+        <v>9670</v>
+      </c>
+      <c r="I52">
+        <v>9340</v>
+      </c>
+      <c r="J52">
+        <v>9000</v>
+      </c>
+      <c r="K52">
+        <v>8820</v>
+      </c>
+      <c r="L52">
+        <v>8710</v>
+      </c>
+      <c r="M52">
+        <v>8610</v>
+      </c>
+      <c r="N52">
+        <v>8490</v>
+      </c>
+      <c r="O52">
+        <v>8360</v>
+      </c>
+      <c r="P52">
+        <v>8150</v>
+      </c>
+      <c r="Q52">
+        <v>8070</v>
+      </c>
+      <c r="R52">
+        <v>8070</v>
+      </c>
+    </row>
+    <row r="53" spans="1:19">
+      <c r="A53" t="s">
+        <v>55</v>
+      </c>
+      <c r="B53" t="s">
+        <v>26</v>
+      </c>
+      <c r="C53">
+        <v>1540</v>
+      </c>
+      <c r="D53">
+        <v>5</v>
+      </c>
+      <c r="E53" t="s">
+        <v>24</v>
+      </c>
+      <c r="F53" s="6">
+        <v>9250</v>
+      </c>
+      <c r="G53">
+        <v>8840</v>
+      </c>
+      <c r="H53">
+        <v>8240</v>
+      </c>
+      <c r="I53">
+        <v>7930</v>
+      </c>
+      <c r="J53">
+        <v>7630</v>
+      </c>
+      <c r="K53">
+        <v>7480</v>
+      </c>
+      <c r="L53">
+        <v>7400</v>
+      </c>
+      <c r="M53">
+        <v>7320</v>
+      </c>
+      <c r="N53">
+        <v>7210</v>
+      </c>
+      <c r="O53">
+        <v>7110</v>
+      </c>
+      <c r="P53">
+        <v>6910</v>
+      </c>
+      <c r="Q53">
+        <v>6850</v>
+      </c>
+      <c r="R53">
+        <v>6850</v>
+      </c>
+    </row>
+    <row r="54" spans="1:19">
+      <c r="A54" t="s">
+        <v>33</v>
+      </c>
+      <c r="B54" t="s">
+        <v>26</v>
+      </c>
+      <c r="C54">
+        <v>2540</v>
+      </c>
+      <c r="D54">
+        <v>9</v>
+      </c>
+      <c r="E54" t="s">
+        <v>24</v>
+      </c>
+      <c r="F54" s="6">
+        <v>10830</v>
+      </c>
+      <c r="G54">
+        <v>10530</v>
+      </c>
+      <c r="H54">
+        <v>10010</v>
+      </c>
+      <c r="I54">
+        <v>9770</v>
+      </c>
+      <c r="J54">
+        <v>9540</v>
+      </c>
+      <c r="K54">
         <v>9450</v>
       </c>
-      <c r="G52" s="6">
-[...145 lines deleted...]
-        <v>8170</v>
+      <c r="L54">
+        <v>9390</v>
+      </c>
+      <c r="M54">
+        <v>9330</v>
+      </c>
+      <c r="N54">
+        <v>9250</v>
+      </c>
+      <c r="O54">
+        <v>9200</v>
+      </c>
+      <c r="P54">
+        <v>9020</v>
+      </c>
+      <c r="Q54">
+        <v>9010</v>
+      </c>
+      <c r="R54">
+        <v>9010</v>
       </c>
     </row>
     <row r="55" spans="1:19">
-      <c r="A55" s="0" t="s">
+      <c r="A55" t="s">
         <v>37</v>
       </c>
-      <c r="B55" s="0"/>
-[...35 lines deleted...]
-      <c r="R56" s="0"/>
     </row>
     <row r="57" spans="1:19">
-      <c r="A57" s="0" t="s">
+      <c r="A57" t="s">
         <v>38</v>
       </c>
-      <c r="B57" s="0"/>
-[...15 lines deleted...]
-      <c r="R57" s="0"/>
     </row>
   </sheetData>
-  <sheetProtection password="BEF2A0" sheet="true" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="true" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="true" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <sheetProtection password="F3DC" sheet="1" insertRows="1" sort="1"/>
   <mergeCells>
     <mergeCell ref="A1:D3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A18:R18"/>
     <mergeCell ref="A19:R19"/>
     <mergeCell ref="A20:R20"/>
     <mergeCell ref="A21:R21"/>
     <mergeCell ref="A35:R35"/>
     <mergeCell ref="A36:R36"/>
     <mergeCell ref="A37:R37"/>
     <mergeCell ref="A38:R38"/>
     <mergeCell ref="A45:R45"/>
     <mergeCell ref="A46:R46"/>
     <mergeCell ref="A47:R47"/>
     <mergeCell ref="A48:R48"/>
     <mergeCell ref="A55:R55"/>
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
-  <pageMargins left="0.7" right="0.7" top="0.1968503937007874" bottom="0.1968503937007874" header="0.3" footer="0.3"/>
-[...8 lines deleted...]
-  </headerFooter>
+  <pageMargins left="0.7" right="0.7" top="0.19685039370079" bottom="0.19685039370079" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft Corporation</Company>
+  <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>