--- v0 (2025-10-21)
+++ v1 (2026-02-08)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
+    <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
-  <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
+  <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Позвоните нам и наши менеджеры рассчитают стоимость Вашей перевозки!</t>
   </si>
   <si>
     <t>Телефон: +7 (423) 246-00-96</t>
   </si>
   <si>
     <t>Сайт: http://www.railcontinent.ru/</t>
   </si>
   <si>
     <t>Тарифы в город ЮЖНО-САХАЛИНСК руб/кг</t>
   </si>
   <si>
     <t>Из города</t>
   </si>
   <si>
     <t>Скоростной режим</t>
   </si>
   <si>
     <t>Мин. цена</t>
@@ -193,150 +193,136 @@
   <si>
     <t>10- 14.99</t>
   </si>
   <si>
     <t>15- 19.99</t>
   </si>
   <si>
     <t>20- 24.99</t>
   </si>
   <si>
     <t>25- 29.99</t>
   </si>
   <si>
     <t>30- 39.99</t>
   </si>
   <si>
     <t>40- 69.99</t>
   </si>
   <si>
     <t>70 и более</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="7"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...8 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
-[...2 lines deleted...]
-    </xf>
+  <cellXfs count="7">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+      <alignment vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="4" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
-[...4 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="0" numFmtId="3" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="3" fillId="2" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/lo1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20f39754899fce9b8e0787eb9d3a669.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2095500" cy="571500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Рейл Континент" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -620,106 +606,94 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:S45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F42" sqref="F42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.664481" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14.831264" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="15.665" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14.831" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.5" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.5" customWidth="true" style="0"/>
     <col min="5" max="5" width="8.5" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.5" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.5" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.5" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.5" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.5" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.5" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.5" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.5" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.5" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.5" customWidth="true" style="0"/>
     <col min="16" max="16" width="6.5" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.5" customWidth="true" style="0"/>
     <col min="18" max="18" width="6.5" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.5" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19">
-      <c r="A1" s="0"/>
-[...2 lines deleted...]
-      <c r="D1" s="0"/>
       <c r="R1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:19">
-      <c r="A2" s="0"/>
-[...2 lines deleted...]
-      <c r="D2" s="0"/>
       <c r="R2" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:19">
-      <c r="A3" s="0"/>
-[...2 lines deleted...]
-      <c r="D3" s="0"/>
       <c r="R3" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:19" customHeight="1" ht="20">
       <c r="A4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
       <c r="N4" s="2"/>
       <c r="O4" s="2"/>
       <c r="P4" s="2"/>
       <c r="Q4" s="2"/>
       <c r="R4" s="2"/>
@@ -759,1008 +733,954 @@
         <v>14</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>16</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>17</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>18</v>
       </c>
       <c r="P5" s="4" t="s">
         <v>19</v>
       </c>
       <c r="Q5" s="4" t="s">
         <v>20</v>
       </c>
       <c r="R5" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:19">
-      <c r="A6" s="6" t="s">
+      <c r="A6" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="B6" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="6">
-[...2 lines deleted...]
-      <c r="D6" s="6">
+      <c r="C6">
+        <v>2200</v>
+      </c>
+      <c r="D6">
         <v>6</v>
       </c>
-      <c r="E6" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="7">
+      <c r="E6" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" s="5">
+        <v>17</v>
+      </c>
+      <c r="G6">
+        <v>16.9</v>
+      </c>
+      <c r="H6">
+        <v>16.7</v>
+      </c>
+      <c r="I6">
+        <v>16.5</v>
+      </c>
+      <c r="J6">
+        <v>16.3</v>
+      </c>
+      <c r="K6">
+        <v>16.1</v>
+      </c>
+      <c r="L6">
+        <v>16</v>
+      </c>
+      <c r="M6">
+        <v>15.8</v>
+      </c>
+      <c r="N6">
+        <v>15.6</v>
+      </c>
+      <c r="O6">
         <v>15.5</v>
       </c>
-      <c r="G6" s="6">
-[...5 lines deleted...]
-      <c r="I6" s="6">
+      <c r="P6">
+        <v>15.3</v>
+      </c>
+      <c r="Q6">
         <v>15.1</v>
       </c>
-      <c r="J6" s="6">
-[...24 lines deleted...]
-        <v>13.5</v>
+      <c r="R6">
+        <v>15.1</v>
       </c>
     </row>
     <row r="7" spans="1:19">
-      <c r="A7" s="0" t="s">
+      <c r="A7" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="0" t="s">
+      <c r="B7" t="s">
         <v>26</v>
       </c>
-      <c r="C7" s="0">
+      <c r="C7">
         <v>4450</v>
       </c>
-      <c r="D7" s="0">
+      <c r="D7">
         <v>36</v>
       </c>
-      <c r="E7" s="0" t="s">
+      <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" s="5">
         <v>51.6</v>
       </c>
-      <c r="G7" s="0">
+      <c r="G7">
         <v>51.2</v>
       </c>
-      <c r="H7" s="0">
+      <c r="H7">
         <v>50.8</v>
       </c>
-      <c r="I7" s="0">
+      <c r="I7">
         <v>49.9</v>
       </c>
-      <c r="J7" s="0">
-[...2 lines deleted...]
-      <c r="K7" s="0">
+      <c r="J7">
+        <v>49.0</v>
+      </c>
+      <c r="K7">
         <v>48.6</v>
       </c>
-      <c r="L7" s="0">
+      <c r="L7">
         <v>47.9</v>
       </c>
-      <c r="M7" s="0">
+      <c r="M7">
         <v>47.7</v>
       </c>
-      <c r="N7" s="0">
-[...2 lines deleted...]
-      <c r="O7" s="0">
+      <c r="N7">
+        <v>47.0</v>
+      </c>
+      <c r="O7">
         <v>46.3</v>
       </c>
-      <c r="P7" s="0">
+      <c r="P7">
         <v>45.6</v>
       </c>
-      <c r="Q7" s="0">
+      <c r="Q7">
         <v>44.9</v>
       </c>
-      <c r="R7" s="0">
+      <c r="R7">
         <v>44.9</v>
       </c>
     </row>
     <row r="8" spans="1:19">
-      <c r="A8" s="6" t="s">
+      <c r="A8" t="s">
         <v>27</v>
       </c>
-      <c r="B8" s="6" t="s">
+      <c r="B8" t="s">
         <v>26</v>
       </c>
-      <c r="C8" s="6">
+      <c r="C8">
         <v>4550</v>
       </c>
-      <c r="D8" s="6">
+      <c r="D8">
         <v>38</v>
       </c>
-      <c r="E8" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F8" s="7">
+      <c r="E8" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" s="5">
         <v>50.2</v>
       </c>
-      <c r="G8" s="6">
+      <c r="G8">
         <v>49.8</v>
       </c>
-      <c r="H8" s="6">
+      <c r="H8">
         <v>49.5</v>
       </c>
-      <c r="I8" s="6">
+      <c r="I8">
         <v>48.7</v>
       </c>
-      <c r="J8" s="6">
+      <c r="J8">
         <v>47.9</v>
       </c>
-      <c r="K8" s="6">
+      <c r="K8">
         <v>47.6</v>
       </c>
-      <c r="L8" s="6">
+      <c r="L8">
         <v>46.9</v>
       </c>
-      <c r="M8" s="6">
+      <c r="M8">
         <v>46.7</v>
       </c>
-      <c r="N8" s="6">
-[...2 lines deleted...]
-      <c r="O8" s="6">
+      <c r="N8">
+        <v>46.0</v>
+      </c>
+      <c r="O8">
         <v>45.3</v>
       </c>
-      <c r="P8" s="6">
+      <c r="P8">
         <v>44.6</v>
       </c>
-      <c r="Q8" s="6">
+      <c r="Q8">
         <v>43.9</v>
       </c>
-      <c r="R8" s="6">
+      <c r="R8">
         <v>43.9</v>
       </c>
     </row>
     <row r="9" spans="1:19">
-      <c r="A9" s="0" t="s">
+      <c r="A9" t="s">
         <v>28</v>
       </c>
-      <c r="B9" s="0" t="s">
+      <c r="B9" t="s">
         <v>26</v>
       </c>
-      <c r="C9" s="0">
+      <c r="C9">
         <v>4500</v>
       </c>
-      <c r="D9" s="0">
+      <c r="D9">
         <v>38</v>
       </c>
-      <c r="E9" s="0" t="s">
+      <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="5">
         <v>50.8</v>
       </c>
-      <c r="G9" s="0">
+      <c r="G9">
         <v>50.4</v>
       </c>
-      <c r="H9" s="0">
-[...2 lines deleted...]
-      <c r="I9" s="0">
+      <c r="H9">
+        <v>50.0</v>
+      </c>
+      <c r="I9">
         <v>49.1</v>
       </c>
-      <c r="J9" s="0">
+      <c r="J9">
         <v>48.3</v>
       </c>
-      <c r="K9" s="0">
-[...2 lines deleted...]
-      <c r="L9" s="0">
+      <c r="K9">
+        <v>48.0</v>
+      </c>
+      <c r="L9">
         <v>47.3</v>
       </c>
-      <c r="M9" s="0">
+      <c r="M9">
         <v>47.1</v>
       </c>
-      <c r="N9" s="0">
+      <c r="N9">
         <v>46.4</v>
       </c>
-      <c r="O9" s="0">
+      <c r="O9">
         <v>45.7</v>
       </c>
-      <c r="P9" s="0">
+      <c r="P9">
+        <v>45.0</v>
+      </c>
+      <c r="Q9">
+        <v>44.3</v>
+      </c>
+      <c r="R9">
+        <v>44.3</v>
+      </c>
+    </row>
+    <row r="10" spans="1:19">
+      <c r="A10" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10" t="s">
+        <v>23</v>
+      </c>
+      <c r="C10">
+        <v>3800</v>
+      </c>
+      <c r="D10">
+        <v>35</v>
+      </c>
+      <c r="E10" t="s">
+        <v>24</v>
+      </c>
+      <c r="F10" s="5">
+        <v>34.5</v>
+      </c>
+      <c r="G10">
+        <v>34.5</v>
+      </c>
+      <c r="H10">
+        <v>34.5</v>
+      </c>
+      <c r="I10">
+        <v>34</v>
+      </c>
+      <c r="J10">
+        <v>33.5</v>
+      </c>
+      <c r="K10">
+        <v>33.5</v>
+      </c>
+      <c r="L10">
+        <v>33</v>
+      </c>
+      <c r="M10">
+        <v>33</v>
+      </c>
+      <c r="N10">
+        <v>32.5</v>
+      </c>
+      <c r="O10">
+        <v>32</v>
+      </c>
+      <c r="P10">
+        <v>31.5</v>
+      </c>
+      <c r="Q10">
+        <v>31</v>
+      </c>
+      <c r="R10">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="11" spans="1:19">
+      <c r="A11" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11">
+        <v>4460</v>
+      </c>
+      <c r="D11">
+        <v>37</v>
+      </c>
+      <c r="E11" t="s">
+        <v>24</v>
+      </c>
+      <c r="F11" s="5">
+        <v>46.4</v>
+      </c>
+      <c r="G11">
+        <v>46.1</v>
+      </c>
+      <c r="H11">
+        <v>45.8</v>
+      </c>
+      <c r="I11">
         <v>45</v>
       </c>
-      <c r="Q9" s="0">
+      <c r="J11">
         <v>44.3</v>
       </c>
-      <c r="R9" s="0">
-[...7 lines deleted...]
-      <c r="B10" s="6" t="s">
+      <c r="K11">
+        <v>44.1</v>
+      </c>
+      <c r="L11">
+        <v>43.5</v>
+      </c>
+      <c r="M11">
+        <v>43.4</v>
+      </c>
+      <c r="N11">
+        <v>42.8</v>
+      </c>
+      <c r="O11">
+        <v>42.2</v>
+      </c>
+      <c r="P11">
+        <v>41.6</v>
+      </c>
+      <c r="Q11">
+        <v>41</v>
+      </c>
+      <c r="R11">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="12" spans="1:19">
+      <c r="A12" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" t="s">
         <v>23</v>
       </c>
-      <c r="C10" s="6">
-[...2 lines deleted...]
-      <c r="D10" s="6">
+      <c r="C12">
+        <v>3200</v>
+      </c>
+      <c r="D12">
+        <v>25</v>
+      </c>
+      <c r="E12" t="s">
+        <v>24</v>
+      </c>
+      <c r="F12" s="5">
+        <v>35.5</v>
+      </c>
+      <c r="G12">
+        <v>35.4</v>
+      </c>
+      <c r="H12">
+        <v>35.2</v>
+      </c>
+      <c r="I12">
+        <v>35.1</v>
+      </c>
+      <c r="J12">
         <v>35</v>
       </c>
-      <c r="E10" s="6" t="s">
-[...11 lines deleted...]
-      <c r="I10" s="6">
+      <c r="K12">
+        <v>34.8</v>
+      </c>
+      <c r="L12">
+        <v>34.6</v>
+      </c>
+      <c r="M12">
+        <v>34.4</v>
+      </c>
+      <c r="N12">
+        <v>34.2</v>
+      </c>
+      <c r="O12">
         <v>34</v>
       </c>
-      <c r="J10" s="6">
+      <c r="P12">
+        <v>33.8</v>
+      </c>
+      <c r="Q12">
         <v>33.5</v>
       </c>
-      <c r="K10" s="6">
+      <c r="R12">
         <v>33.5</v>
       </c>
-      <c r="L10" s="6">
-[...8 lines deleted...]
-      <c r="O10" s="6">
+    </row>
+    <row r="13" spans="1:19">
+      <c r="A13" t="s">
         <v>32</v>
       </c>
-      <c r="P10" s="6">
-[...13 lines deleted...]
-      <c r="B11" s="0" t="s">
+      <c r="B13" t="s">
         <v>26</v>
       </c>
-      <c r="C11" s="0">
-[...111 lines deleted...]
-      <c r="C13" s="0">
+      <c r="C13">
         <v>4500</v>
       </c>
-      <c r="D13" s="0">
+      <c r="D13">
         <v>39</v>
       </c>
-      <c r="E13" s="0" t="s">
+      <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" s="5">
         <v>59.4</v>
       </c>
-      <c r="G13" s="0">
+      <c r="G13">
         <v>58.8</v>
       </c>
-      <c r="H13" s="0">
+      <c r="H13">
         <v>58.2</v>
       </c>
-      <c r="I13" s="0">
+      <c r="I13">
         <v>57.1</v>
       </c>
-      <c r="J13" s="0">
+      <c r="J13">
         <v>56.1</v>
       </c>
-      <c r="K13" s="0">
+      <c r="K13">
         <v>55.6</v>
       </c>
-      <c r="L13" s="0">
+      <c r="L13">
         <v>54.8</v>
       </c>
-      <c r="M13" s="0">
+      <c r="M13">
         <v>54.5</v>
       </c>
-      <c r="N13" s="0">
+      <c r="N13">
         <v>53.7</v>
       </c>
-      <c r="O13" s="0">
+      <c r="O13">
         <v>52.9</v>
       </c>
-      <c r="P13" s="0">
+      <c r="P13">
         <v>52.1</v>
       </c>
-      <c r="Q13" s="0">
+      <c r="Q13">
         <v>51.3</v>
       </c>
-      <c r="R13" s="0">
+      <c r="R13">
         <v>51.3</v>
       </c>
     </row>
     <row r="14" spans="1:19">
-      <c r="A14" s="6" t="s">
+      <c r="A14" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="6" t="s">
+      <c r="B14" t="s">
         <v>26</v>
       </c>
-      <c r="C14" s="6">
+      <c r="C14">
         <v>4150</v>
       </c>
-      <c r="D14" s="6">
+      <c r="D14">
         <v>38</v>
       </c>
-      <c r="E14" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F14" s="7">
+      <c r="E14" t="s">
+        <v>24</v>
+      </c>
+      <c r="F14" s="5">
         <v>50.5</v>
       </c>
-      <c r="G14" s="6">
+      <c r="G14">
         <v>50.1</v>
       </c>
-      <c r="H14" s="6">
+      <c r="H14">
         <v>49.7</v>
       </c>
-      <c r="I14" s="6">
+      <c r="I14">
         <v>48.9</v>
       </c>
-      <c r="J14" s="6">
+      <c r="J14">
         <v>48.1</v>
       </c>
-      <c r="K14" s="6">
+      <c r="K14">
         <v>47.8</v>
       </c>
-      <c r="L14" s="6">
+      <c r="L14">
         <v>47.1</v>
       </c>
-      <c r="M14" s="6">
+      <c r="M14">
         <v>46.9</v>
       </c>
-      <c r="N14" s="6">
+      <c r="N14">
         <v>46.2</v>
       </c>
-      <c r="O14" s="6">
+      <c r="O14">
         <v>45.5</v>
       </c>
-      <c r="P14" s="6">
+      <c r="P14">
         <v>44.8</v>
       </c>
-      <c r="Q14" s="6">
+      <c r="Q14">
         <v>44.1</v>
       </c>
-      <c r="R14" s="6">
+      <c r="R14">
         <v>44.1</v>
       </c>
     </row>
     <row r="15" spans="1:19">
-      <c r="A15" s="0" t="s">
+      <c r="A15" t="s">
         <v>34</v>
       </c>
-      <c r="B15" s="0" t="s">
+      <c r="B15" t="s">
         <v>26</v>
       </c>
-      <c r="C15" s="0">
+      <c r="C15">
         <v>4680</v>
       </c>
-      <c r="D15" s="0">
+      <c r="D15">
         <v>36</v>
       </c>
-      <c r="E15" s="0" t="s">
+      <c r="E15" t="s">
         <v>24</v>
       </c>
       <c r="F15" s="5">
         <v>52.4</v>
       </c>
-      <c r="G15" s="0">
-[...2 lines deleted...]
-      <c r="H15" s="0">
+      <c r="G15">
+        <v>52.0</v>
+      </c>
+      <c r="H15">
         <v>51.6</v>
       </c>
-      <c r="I15" s="0">
+      <c r="I15">
         <v>50.7</v>
       </c>
-      <c r="J15" s="0">
+      <c r="J15">
         <v>49.8</v>
       </c>
-      <c r="K15" s="0">
+      <c r="K15">
         <v>49.4</v>
       </c>
-      <c r="L15" s="0">
+      <c r="L15">
         <v>48.7</v>
       </c>
-      <c r="M15" s="0">
+      <c r="M15">
         <v>48.5</v>
       </c>
-      <c r="N15" s="0">
+      <c r="N15">
         <v>47.8</v>
       </c>
-      <c r="O15" s="0">
+      <c r="O15">
         <v>47.1</v>
       </c>
-      <c r="P15" s="0">
+      <c r="P15">
         <v>46.4</v>
       </c>
-      <c r="Q15" s="0">
+      <c r="Q15">
         <v>45.7</v>
       </c>
-      <c r="R15" s="0">
+      <c r="R15">
         <v>45.7</v>
       </c>
     </row>
     <row r="16" spans="1:19">
-      <c r="A16" s="6" t="s">
+      <c r="A16" t="s">
         <v>35</v>
       </c>
-      <c r="B16" s="6" t="s">
+      <c r="B16" t="s">
         <v>26</v>
       </c>
-      <c r="C16" s="6">
+      <c r="C16">
         <v>4500</v>
       </c>
-      <c r="D16" s="6">
+      <c r="D16">
         <v>39</v>
       </c>
-      <c r="E16" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F16" s="7">
+      <c r="E16" t="s">
+        <v>24</v>
+      </c>
+      <c r="F16" s="5">
+        <v>52.4</v>
+      </c>
+      <c r="G16">
+        <v>52.0</v>
+      </c>
+      <c r="H16">
+        <v>51.6</v>
+      </c>
+      <c r="I16">
+        <v>50.7</v>
+      </c>
+      <c r="J16">
+        <v>49.8</v>
+      </c>
+      <c r="K16">
+        <v>49.4</v>
+      </c>
+      <c r="L16">
+        <v>48.7</v>
+      </c>
+      <c r="M16">
+        <v>48.5</v>
+      </c>
+      <c r="N16">
+        <v>47.8</v>
+      </c>
+      <c r="O16">
+        <v>47.1</v>
+      </c>
+      <c r="P16">
+        <v>46.4</v>
+      </c>
+      <c r="Q16">
+        <v>45.7</v>
+      </c>
+      <c r="R16">
+        <v>45.7</v>
+      </c>
+    </row>
+    <row r="17" spans="1:19">
+      <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
+        <v>26</v>
+      </c>
+      <c r="C17">
+        <v>4400</v>
+      </c>
+      <c r="D17">
+        <v>37</v>
+      </c>
+      <c r="E17" t="s">
+        <v>24</v>
+      </c>
+      <c r="F17" s="5">
+        <v>53.1</v>
+      </c>
+      <c r="G17">
+        <v>52.7</v>
+      </c>
+      <c r="H17">
+        <v>52.3</v>
+      </c>
+      <c r="I17">
         <v>51.4</v>
       </c>
-      <c r="G16" s="6">
-[...11 lines deleted...]
-      <c r="K16" s="6">
+      <c r="J17">
+        <v>50.5</v>
+      </c>
+      <c r="K17">
+        <v>50.1</v>
+      </c>
+      <c r="L17">
+        <v>49.4</v>
+      </c>
+      <c r="M17">
+        <v>49.2</v>
+      </c>
+      <c r="N17">
         <v>48.5</v>
       </c>
-      <c r="L16" s="6">
+      <c r="O17">
         <v>47.8</v>
       </c>
-      <c r="M16" s="6">
-[...22 lines deleted...]
-      <c r="B17" s="0" t="s">
+      <c r="P17">
+        <v>47.1</v>
+      </c>
+      <c r="Q17">
+        <v>46.4</v>
+      </c>
+      <c r="R17">
+        <v>46.4</v>
+      </c>
+    </row>
+    <row r="18" spans="1:19">
+      <c r="A18" t="s">
+        <v>37</v>
+      </c>
+      <c r="B18" t="s">
         <v>26</v>
       </c>
-      <c r="C17" s="0">
-[...52 lines deleted...]
-      <c r="B18" s="6" t="s">
+      <c r="C18">
+        <v>4800</v>
+      </c>
+      <c r="D18">
+        <v>30</v>
+      </c>
+      <c r="E18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F18" s="5">
+        <v>74.7</v>
+      </c>
+      <c r="G18">
+        <v>73.90000000000001</v>
+      </c>
+      <c r="H18">
+        <v>72.90000000000001</v>
+      </c>
+      <c r="I18">
+        <v>71.90000000000001</v>
+      </c>
+      <c r="J18">
+        <v>70.89999999999999</v>
+      </c>
+      <c r="K18">
+        <v>69.59999999999999</v>
+      </c>
+      <c r="L18">
+        <v>68.59999999999999</v>
+      </c>
+      <c r="M18">
+        <v>67.39999999999999</v>
+      </c>
+      <c r="N18">
+        <v>66.5</v>
+      </c>
+      <c r="O18">
+        <v>65.8</v>
+      </c>
+      <c r="P18">
+        <v>65.0</v>
+      </c>
+      <c r="Q18">
+        <v>63.9</v>
+      </c>
+      <c r="R18">
+        <v>63.9</v>
+      </c>
+    </row>
+    <row r="19" spans="1:19">
+      <c r="A19" t="s">
+        <v>38</v>
+      </c>
+      <c r="B19" t="s">
         <v>26</v>
       </c>
-      <c r="C18" s="6">
-[...49 lines deleted...]
-      <c r="A19" s="0" t="s">
+      <c r="C19">
+        <v>4450</v>
+      </c>
+      <c r="D19">
         <v>38</v>
       </c>
-      <c r="B19" s="0" t="s">
-[...8 lines deleted...]
-      <c r="E19" s="0" t="s">
+      <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" s="5">
         <v>52.3</v>
       </c>
-      <c r="G19" s="0">
+      <c r="G19">
         <v>51.9</v>
       </c>
-      <c r="H19" s="0">
+      <c r="H19">
         <v>51.5</v>
       </c>
-      <c r="I19" s="0">
+      <c r="I19">
         <v>50.6</v>
       </c>
-      <c r="J19" s="0">
+      <c r="J19">
         <v>49.7</v>
       </c>
-      <c r="K19" s="0">
+      <c r="K19">
         <v>49.3</v>
       </c>
-      <c r="L19" s="0">
+      <c r="L19">
         <v>48.6</v>
       </c>
-      <c r="M19" s="0">
+      <c r="M19">
         <v>48.4</v>
       </c>
-      <c r="N19" s="0">
+      <c r="N19">
         <v>47.7</v>
       </c>
-      <c r="O19" s="0">
+      <c r="O19">
         <v>47</v>
       </c>
-      <c r="P19" s="0">
+      <c r="P19">
         <v>46.3</v>
       </c>
-      <c r="Q19" s="0">
+      <c r="Q19">
         <v>45.6</v>
       </c>
-      <c r="R19" s="0">
+      <c r="R19">
         <v>45.6</v>
       </c>
     </row>
     <row r="20" spans="1:19">
-      <c r="A20" s="6" t="s">
+      <c r="A20" t="s">
         <v>39</v>
       </c>
-      <c r="B20" s="6" t="s">
+      <c r="B20" t="s">
         <v>40</v>
       </c>
-      <c r="C20" s="6">
+      <c r="C20">
         <v>3350</v>
       </c>
-      <c r="D20" s="6">
+      <c r="D20">
         <v>3</v>
       </c>
-      <c r="E20" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="7">
+      <c r="E20" t="s">
+        <v>24</v>
+      </c>
+      <c r="F20" s="5">
         <v>55</v>
       </c>
-      <c r="G20" s="6">
+      <c r="G20">
         <v>55</v>
       </c>
-      <c r="H20" s="6">
+      <c r="H20">
         <v>55</v>
       </c>
-      <c r="I20" s="6">
+      <c r="I20">
         <v>55</v>
       </c>
-      <c r="J20" s="6">
+      <c r="J20">
         <v>55</v>
       </c>
-      <c r="K20" s="6">
+      <c r="K20">
         <v>55</v>
       </c>
-      <c r="L20" s="6">
+      <c r="L20">
         <v>55</v>
       </c>
-      <c r="M20" s="6">
+      <c r="M20">
         <v>55</v>
       </c>
-      <c r="N20" s="6">
+      <c r="N20">
         <v>55</v>
       </c>
-      <c r="O20" s="6">
+      <c r="O20">
         <v>55</v>
       </c>
-      <c r="P20" s="6">
+      <c r="P20">
         <v>55</v>
       </c>
-      <c r="Q20" s="6">
+      <c r="Q20">
         <v>55</v>
       </c>
-      <c r="R20" s="6">
+      <c r="R20">
         <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:19">
-      <c r="A21" s="0" t="s">
+      <c r="A21" t="s">
         <v>41</v>
       </c>
-      <c r="B21" s="0" t="s">
+      <c r="B21" t="s">
         <v>26</v>
       </c>
-      <c r="C21" s="0">
+      <c r="C21">
         <v>4400</v>
       </c>
-      <c r="D21" s="0">
+      <c r="D21">
         <v>38</v>
       </c>
-      <c r="E21" s="0" t="s">
+      <c r="E21" t="s">
         <v>24</v>
       </c>
       <c r="F21" s="5">
-        <v>45.7</v>
-[...1 lines deleted...]
-      <c r="G21" s="0">
+        <v>48.1</v>
+      </c>
+      <c r="G21">
+        <v>47.8</v>
+      </c>
+      <c r="H21">
+        <v>47.5</v>
+      </c>
+      <c r="I21">
+        <v>46.7</v>
+      </c>
+      <c r="J21">
+        <v>45.9</v>
+      </c>
+      <c r="K21">
         <v>45.6</v>
       </c>
-      <c r="H21" s="0">
-[...2 lines deleted...]
-      <c r="I21" s="0">
+      <c r="L21">
         <v>44.9</v>
       </c>
-      <c r="J21" s="0">
-[...8 lines deleted...]
-      <c r="M21" s="0">
+      <c r="M21">
+        <v>44.7</v>
+      </c>
+      <c r="N21">
+        <v>44.0</v>
+      </c>
+      <c r="O21">
+        <v>43.3</v>
+      </c>
+      <c r="P21">
+        <v>42.6</v>
+      </c>
+      <c r="Q21">
+        <v>42</v>
+      </c>
+      <c r="R21">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="22" spans="1:19">
+      <c r="A22" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="24" spans="1:19">
+      <c r="A24" t="s">
         <v>43</v>
       </c>
-      <c r="N21" s="0">
-[...77 lines deleted...]
-      <c r="R24" s="0"/>
     </row>
     <row r="25" spans="1:19" customHeight="1" ht="20">
       <c r="A25" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
       <c r="J25" s="2"/>
       <c r="K25" s="2"/>
       <c r="L25" s="2"/>
       <c r="M25" s="2"/>
       <c r="N25" s="2"/>
       <c r="O25" s="2"/>
       <c r="P25" s="2"/>
       <c r="Q25" s="2"/>
       <c r="R25" s="2"/>
     </row>
     <row r="26" spans="1:19" customHeight="1" ht="21">
       <c r="A26" s="4" t="s">
@@ -1797,1054 +1717,993 @@
         <v>50</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P26" s="4" t="s">
         <v>55</v>
       </c>
       <c r="Q26" s="4" t="s">
         <v>56</v>
       </c>
       <c r="R26" s="4" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="27" spans="1:19">
-      <c r="A27" s="6" t="s">
+      <c r="A27" t="s">
         <v>22</v>
       </c>
-      <c r="B27" s="6" t="s">
+      <c r="B27" t="s">
         <v>23</v>
       </c>
-      <c r="C27" s="6">
-[...2 lines deleted...]
-      <c r="D27" s="6">
+      <c r="C27">
+        <v>2200</v>
+      </c>
+      <c r="D27">
         <v>6</v>
       </c>
-      <c r="E27" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F27" s="9">
+      <c r="E27" t="s">
+        <v>24</v>
+      </c>
+      <c r="F27" s="6">
+        <v>4850</v>
+      </c>
+      <c r="G27">
+        <v>4800</v>
+      </c>
+      <c r="H27">
+        <v>4750</v>
+      </c>
+      <c r="I27">
+        <v>4700</v>
+      </c>
+      <c r="J27">
+        <v>4650</v>
+      </c>
+      <c r="K27">
+        <v>4600</v>
+      </c>
+      <c r="L27">
+        <v>4550</v>
+      </c>
+      <c r="M27">
+        <v>4500</v>
+      </c>
+      <c r="N27">
         <v>4450</v>
       </c>
-      <c r="G27" s="6">
+      <c r="O27">
         <v>4400</v>
       </c>
-      <c r="H27" s="6">
+      <c r="P27">
         <v>4350</v>
       </c>
-      <c r="I27" s="6">
+      <c r="Q27">
         <v>4300</v>
       </c>
-      <c r="J27" s="6">
-[...5 lines deleted...]
-      <c r="L27" s="6">
+      <c r="R27">
+        <v>4300</v>
+      </c>
+    </row>
+    <row r="28" spans="1:19">
+      <c r="A28" t="s">
+        <v>25</v>
+      </c>
+      <c r="B28" t="s">
+        <v>26</v>
+      </c>
+      <c r="C28">
+        <v>4450</v>
+      </c>
+      <c r="D28">
+        <v>36</v>
+      </c>
+      <c r="E28" t="s">
+        <v>24</v>
+      </c>
+      <c r="F28" s="6">
+        <v>13790</v>
+      </c>
+      <c r="G28">
+        <v>13690</v>
+      </c>
+      <c r="H28">
+        <v>13600</v>
+      </c>
+      <c r="I28">
+        <v>13400</v>
+      </c>
+      <c r="J28">
+        <v>13210</v>
+      </c>
+      <c r="K28">
+        <v>12920</v>
+      </c>
+      <c r="L28">
+        <v>12870</v>
+      </c>
+      <c r="M28">
+        <v>12670</v>
+      </c>
+      <c r="N28">
+        <v>12520</v>
+      </c>
+      <c r="O28">
+        <v>12370</v>
+      </c>
+      <c r="P28">
+        <v>12220</v>
+      </c>
+      <c r="Q28">
+        <v>12070</v>
+      </c>
+      <c r="R28">
+        <v>12070</v>
+      </c>
+    </row>
+    <row r="29" spans="1:19">
+      <c r="A29" t="s">
+        <v>27</v>
+      </c>
+      <c r="B29" t="s">
+        <v>26</v>
+      </c>
+      <c r="C29">
+        <v>4550</v>
+      </c>
+      <c r="D29">
+        <v>38</v>
+      </c>
+      <c r="E29" t="s">
+        <v>24</v>
+      </c>
+      <c r="F29" s="6">
+        <v>13480</v>
+      </c>
+      <c r="G29">
+        <v>13390</v>
+      </c>
+      <c r="H29">
+        <v>13300</v>
+      </c>
+      <c r="I29">
+        <v>13120</v>
+      </c>
+      <c r="J29">
+        <v>12940</v>
+      </c>
+      <c r="K29">
+        <v>12660</v>
+      </c>
+      <c r="L29">
+        <v>12610</v>
+      </c>
+      <c r="M29">
+        <v>12410</v>
+      </c>
+      <c r="N29">
+        <v>12260</v>
+      </c>
+      <c r="O29">
+        <v>12120</v>
+      </c>
+      <c r="P29">
+        <v>11970</v>
+      </c>
+      <c r="Q29">
+        <v>11830</v>
+      </c>
+      <c r="R29">
+        <v>11830</v>
+      </c>
+    </row>
+    <row r="30" spans="1:19">
+      <c r="A30" t="s">
+        <v>28</v>
+      </c>
+      <c r="B30" t="s">
+        <v>26</v>
+      </c>
+      <c r="C30">
+        <v>4500</v>
+      </c>
+      <c r="D30">
+        <v>38</v>
+      </c>
+      <c r="E30" t="s">
+        <v>24</v>
+      </c>
+      <c r="F30" s="6">
+        <v>13600</v>
+      </c>
+      <c r="G30">
+        <v>13510</v>
+      </c>
+      <c r="H30">
+        <v>13420</v>
+      </c>
+      <c r="I30">
+        <v>13230</v>
+      </c>
+      <c r="J30">
+        <v>13040</v>
+      </c>
+      <c r="K30">
+        <v>12760</v>
+      </c>
+      <c r="L30">
+        <v>12710</v>
+      </c>
+      <c r="M30">
+        <v>12510</v>
+      </c>
+      <c r="N30">
+        <v>12360</v>
+      </c>
+      <c r="O30">
+        <v>12210</v>
+      </c>
+      <c r="P30">
+        <v>12070</v>
+      </c>
+      <c r="Q30">
+        <v>11920</v>
+      </c>
+      <c r="R30">
+        <v>11920</v>
+      </c>
+    </row>
+    <row r="31" spans="1:19">
+      <c r="A31" t="s">
+        <v>29</v>
+      </c>
+      <c r="B31" t="s">
+        <v>23</v>
+      </c>
+      <c r="C31">
+        <v>3800</v>
+      </c>
+      <c r="D31">
+        <v>35</v>
+      </c>
+      <c r="E31" t="s">
+        <v>24</v>
+      </c>
+      <c r="F31" s="6">
+        <v>9550</v>
+      </c>
+      <c r="G31">
+        <v>9550</v>
+      </c>
+      <c r="H31">
+        <v>9550</v>
+      </c>
+      <c r="I31">
+        <v>9450</v>
+      </c>
+      <c r="J31">
+        <v>9350</v>
+      </c>
+      <c r="K31">
+        <v>9150</v>
+      </c>
+      <c r="L31">
+        <v>9150</v>
+      </c>
+      <c r="M31">
+        <v>9000</v>
+      </c>
+      <c r="N31">
+        <v>8900</v>
+      </c>
+      <c r="O31">
+        <v>8800</v>
+      </c>
+      <c r="P31">
+        <v>8700</v>
+      </c>
+      <c r="Q31">
+        <v>8600</v>
+      </c>
+      <c r="R31">
+        <v>8600</v>
+      </c>
+    </row>
+    <row r="32" spans="1:19">
+      <c r="A32" t="s">
+        <v>30</v>
+      </c>
+      <c r="B32" t="s">
+        <v>26</v>
+      </c>
+      <c r="C32">
+        <v>4460</v>
+      </c>
+      <c r="D32">
+        <v>37</v>
+      </c>
+      <c r="E32" t="s">
+        <v>24</v>
+      </c>
+      <c r="F32" s="6">
+        <v>12600</v>
+      </c>
+      <c r="G32">
+        <v>12530</v>
+      </c>
+      <c r="H32">
+        <v>12440</v>
+      </c>
+      <c r="I32">
+        <v>12280</v>
+      </c>
+      <c r="J32">
+        <v>12120</v>
+      </c>
+      <c r="K32">
+        <v>11850</v>
+      </c>
+      <c r="L32">
+        <v>11820</v>
+      </c>
+      <c r="M32">
+        <v>11630</v>
+      </c>
+      <c r="N32">
+        <v>11500</v>
+      </c>
+      <c r="O32">
+        <v>11360</v>
+      </c>
+      <c r="P32">
+        <v>11230</v>
+      </c>
+      <c r="Q32">
+        <v>11090</v>
+      </c>
+      <c r="R32">
+        <v>11090</v>
+      </c>
+    </row>
+    <row r="33" spans="1:19">
+      <c r="A33" t="s">
+        <v>31</v>
+      </c>
+      <c r="B33" t="s">
+        <v>23</v>
+      </c>
+      <c r="C33">
+        <v>3200</v>
+      </c>
+      <c r="D33">
+        <v>25</v>
+      </c>
+      <c r="E33" t="s">
+        <v>24</v>
+      </c>
+      <c r="F33" s="6">
+        <v>9500</v>
+      </c>
+      <c r="G33">
+        <v>9450</v>
+      </c>
+      <c r="H33">
+        <v>9400</v>
+      </c>
+      <c r="I33">
+        <v>9350</v>
+      </c>
+      <c r="J33">
+        <v>9300</v>
+      </c>
+      <c r="K33">
+        <v>9250</v>
+      </c>
+      <c r="L33">
+        <v>9200</v>
+      </c>
+      <c r="M33">
+        <v>9150</v>
+      </c>
+      <c r="N33">
+        <v>9100</v>
+      </c>
+      <c r="O33">
+        <v>9050</v>
+      </c>
+      <c r="P33">
+        <v>9000</v>
+      </c>
+      <c r="Q33">
+        <v>8950</v>
+      </c>
+      <c r="R33">
+        <v>8950</v>
+      </c>
+    </row>
+    <row r="34" spans="1:19">
+      <c r="A34" t="s">
+        <v>32</v>
+      </c>
+      <c r="B34" t="s">
+        <v>26</v>
+      </c>
+      <c r="C34">
+        <v>4500</v>
+      </c>
+      <c r="D34">
+        <v>39</v>
+      </c>
+      <c r="E34" t="s">
+        <v>24</v>
+      </c>
+      <c r="F34" s="6">
+        <v>15760</v>
+      </c>
+      <c r="G34">
+        <v>15620</v>
+      </c>
+      <c r="H34">
+        <v>15470</v>
+      </c>
+      <c r="I34">
+        <v>15240</v>
+      </c>
+      <c r="J34">
+        <v>15000</v>
+      </c>
+      <c r="K34">
+        <v>14670</v>
+      </c>
+      <c r="L34">
+        <v>14590</v>
+      </c>
+      <c r="M34">
+        <v>14360</v>
+      </c>
+      <c r="N34">
+        <v>14190</v>
+      </c>
+      <c r="O34">
+        <v>14010</v>
+      </c>
+      <c r="P34">
+        <v>13840</v>
+      </c>
+      <c r="Q34">
+        <v>13670</v>
+      </c>
+      <c r="R34">
+        <v>13670</v>
+      </c>
+    </row>
+    <row r="35" spans="1:19">
+      <c r="A35" t="s">
+        <v>33</v>
+      </c>
+      <c r="B35" t="s">
+        <v>26</v>
+      </c>
+      <c r="C35">
         <v>4150</v>
       </c>
-      <c r="M27" s="6">
-[...22 lines deleted...]
-      <c r="B28" s="0" t="s">
+      <c r="D35">
+        <v>38</v>
+      </c>
+      <c r="E35" t="s">
+        <v>24</v>
+      </c>
+      <c r="F35" s="6">
+        <v>13560</v>
+      </c>
+      <c r="G35">
+        <v>13460</v>
+      </c>
+      <c r="H35">
+        <v>13380</v>
+      </c>
+      <c r="I35">
+        <v>13190</v>
+      </c>
+      <c r="J35">
+        <v>13000</v>
+      </c>
+      <c r="K35">
+        <v>12720</v>
+      </c>
+      <c r="L35">
+        <v>12670</v>
+      </c>
+      <c r="M35">
+        <v>12470</v>
+      </c>
+      <c r="N35">
+        <v>12330</v>
+      </c>
+      <c r="O35">
+        <v>12180</v>
+      </c>
+      <c r="P35">
+        <v>12030</v>
+      </c>
+      <c r="Q35">
+        <v>11890</v>
+      </c>
+      <c r="R35">
+        <v>11890</v>
+      </c>
+    </row>
+    <row r="36" spans="1:19">
+      <c r="A36" t="s">
+        <v>34</v>
+      </c>
+      <c r="B36" t="s">
         <v>26</v>
       </c>
-      <c r="C28" s="0">
+      <c r="C36">
+        <v>4680</v>
+      </c>
+      <c r="D36">
+        <v>36</v>
+      </c>
+      <c r="E36" t="s">
+        <v>24</v>
+      </c>
+      <c r="F36" s="6">
+        <v>14040</v>
+      </c>
+      <c r="G36">
+        <v>13940</v>
+      </c>
+      <c r="H36">
+        <v>13840</v>
+      </c>
+      <c r="I36">
+        <v>13640</v>
+      </c>
+      <c r="J36">
+        <v>13440</v>
+      </c>
+      <c r="K36">
+        <v>13150</v>
+      </c>
+      <c r="L36">
+        <v>13090</v>
+      </c>
+      <c r="M36">
+        <v>12890</v>
+      </c>
+      <c r="N36">
+        <v>12740</v>
+      </c>
+      <c r="O36">
+        <v>12580</v>
+      </c>
+      <c r="P36">
+        <v>12430</v>
+      </c>
+      <c r="Q36">
+        <v>12280</v>
+      </c>
+      <c r="R36">
+        <v>12280</v>
+      </c>
+    </row>
+    <row r="37" spans="1:19">
+      <c r="A37" t="s">
+        <v>35</v>
+      </c>
+      <c r="B37" t="s">
+        <v>26</v>
+      </c>
+      <c r="C37">
+        <v>4500</v>
+      </c>
+      <c r="D37">
+        <v>39</v>
+      </c>
+      <c r="E37" t="s">
+        <v>24</v>
+      </c>
+      <c r="F37" s="6">
+        <v>14050</v>
+      </c>
+      <c r="G37">
+        <v>13940</v>
+      </c>
+      <c r="H37">
+        <v>13840</v>
+      </c>
+      <c r="I37">
+        <v>13640</v>
+      </c>
+      <c r="J37">
+        <v>13450</v>
+      </c>
+      <c r="K37">
+        <v>13150</v>
+      </c>
+      <c r="L37">
+        <v>13100</v>
+      </c>
+      <c r="M37">
+        <v>12890</v>
+      </c>
+      <c r="N37">
+        <v>12740</v>
+      </c>
+      <c r="O37">
+        <v>12580</v>
+      </c>
+      <c r="P37">
+        <v>12430</v>
+      </c>
+      <c r="Q37">
+        <v>12280</v>
+      </c>
+      <c r="R37">
+        <v>12280</v>
+      </c>
+    </row>
+    <row r="38" spans="1:19">
+      <c r="A38" t="s">
+        <v>36</v>
+      </c>
+      <c r="B38" t="s">
+        <v>26</v>
+      </c>
+      <c r="C38">
+        <v>4400</v>
+      </c>
+      <c r="D38">
+        <v>37</v>
+      </c>
+      <c r="E38" t="s">
+        <v>24</v>
+      </c>
+      <c r="F38" s="6">
+        <v>14250</v>
+      </c>
+      <c r="G38">
+        <v>14140</v>
+      </c>
+      <c r="H38">
+        <v>14040</v>
+      </c>
+      <c r="I38">
+        <v>13830</v>
+      </c>
+      <c r="J38">
+        <v>13630</v>
+      </c>
+      <c r="K38">
+        <v>13330</v>
+      </c>
+      <c r="L38">
+        <v>13280</v>
+      </c>
+      <c r="M38">
+        <v>13070</v>
+      </c>
+      <c r="N38">
+        <v>12910</v>
+      </c>
+      <c r="O38">
+        <v>12760</v>
+      </c>
+      <c r="P38">
+        <v>12600</v>
+      </c>
+      <c r="Q38">
+        <v>12450</v>
+      </c>
+      <c r="R38">
+        <v>12450</v>
+      </c>
+    </row>
+    <row r="39" spans="1:19">
+      <c r="A39" t="s">
+        <v>37</v>
+      </c>
+      <c r="B39" t="s">
+        <v>26</v>
+      </c>
+      <c r="C39">
+        <v>4800</v>
+      </c>
+      <c r="D39">
+        <v>30</v>
+      </c>
+      <c r="E39" t="s">
+        <v>24</v>
+      </c>
+      <c r="F39" s="6">
+        <v>18830</v>
+      </c>
+      <c r="G39">
+        <v>18600</v>
+      </c>
+      <c r="H39">
+        <v>18330</v>
+      </c>
+      <c r="I39">
+        <v>18070</v>
+      </c>
+      <c r="J39">
+        <v>17790</v>
+      </c>
+      <c r="K39">
+        <v>17330</v>
+      </c>
+      <c r="L39">
+        <v>17130</v>
+      </c>
+      <c r="M39">
+        <v>16930</v>
+      </c>
+      <c r="N39">
+        <v>16730</v>
+      </c>
+      <c r="O39">
+        <v>16530</v>
+      </c>
+      <c r="P39">
+        <v>16350</v>
+      </c>
+      <c r="Q39">
+        <v>16120</v>
+      </c>
+      <c r="R39">
+        <v>16120</v>
+      </c>
+    </row>
+    <row r="40" spans="1:19">
+      <c r="A40" t="s">
+        <v>38</v>
+      </c>
+      <c r="B40" t="s">
+        <v>26</v>
+      </c>
+      <c r="C40">
         <v>4450</v>
       </c>
-      <c r="D28" s="0">
-[...49 lines deleted...]
-      <c r="B29" s="6" t="s">
+      <c r="D40">
+        <v>38</v>
+      </c>
+      <c r="E40" t="s">
+        <v>24</v>
+      </c>
+      <c r="F40" s="6">
+        <v>14010</v>
+      </c>
+      <c r="G40">
+        <v>13900</v>
+      </c>
+      <c r="H40">
+        <v>13800</v>
+      </c>
+      <c r="I40">
+        <v>13610</v>
+      </c>
+      <c r="J40">
+        <v>13410</v>
+      </c>
+      <c r="K40">
+        <v>13120</v>
+      </c>
+      <c r="L40">
+        <v>13060</v>
+      </c>
+      <c r="M40">
+        <v>12860</v>
+      </c>
+      <c r="N40">
+        <v>12710</v>
+      </c>
+      <c r="O40">
+        <v>12550</v>
+      </c>
+      <c r="P40">
+        <v>12400</v>
+      </c>
+      <c r="Q40">
+        <v>12250</v>
+      </c>
+      <c r="R40">
+        <v>12250</v>
+      </c>
+    </row>
+    <row r="41" spans="1:19">
+      <c r="A41" t="s">
+        <v>39</v>
+      </c>
+      <c r="B41" t="s">
+        <v>40</v>
+      </c>
+      <c r="C41">
+        <v>3350</v>
+      </c>
+      <c r="D41">
+        <v>3</v>
+      </c>
+      <c r="E41" t="s">
+        <v>24</v>
+      </c>
+      <c r="F41" s="6">
+        <v>10900</v>
+      </c>
+      <c r="G41">
+        <v>10900</v>
+      </c>
+      <c r="H41">
+        <v>10900</v>
+      </c>
+      <c r="I41">
+        <v>10900</v>
+      </c>
+      <c r="J41">
+        <v>10900</v>
+      </c>
+      <c r="K41">
+        <v>10900</v>
+      </c>
+      <c r="L41">
+        <v>10900</v>
+      </c>
+      <c r="M41">
+        <v>10900</v>
+      </c>
+      <c r="N41">
+        <v>10900</v>
+      </c>
+      <c r="O41">
+        <v>10900</v>
+      </c>
+      <c r="P41">
+        <v>10900</v>
+      </c>
+      <c r="Q41">
+        <v>10900</v>
+      </c>
+      <c r="R41">
+        <v>10900</v>
+      </c>
+    </row>
+    <row r="42" spans="1:19">
+      <c r="A42" t="s">
+        <v>41</v>
+      </c>
+      <c r="B42" t="s">
         <v>26</v>
       </c>
-      <c r="C29" s="6">
-[...2 lines deleted...]
-      <c r="D29" s="6">
+      <c r="C42">
+        <v>4400</v>
+      </c>
+      <c r="D42">
         <v>38</v>
       </c>
-      <c r="E29" s="6" t="s">
-[...176 lines deleted...]
-      <c r="H32" s="0">
+      <c r="E42" t="s">
+        <v>24</v>
+      </c>
+      <c r="F42" s="6">
+        <v>12890</v>
+      </c>
+      <c r="G42">
+        <v>12820</v>
+      </c>
+      <c r="H42">
+        <v>12740</v>
+      </c>
+      <c r="I42">
+        <v>12570</v>
+      </c>
+      <c r="J42">
+        <v>12400</v>
+      </c>
+      <c r="K42">
+        <v>12130</v>
+      </c>
+      <c r="L42">
+        <v>12090</v>
+      </c>
+      <c r="M42">
+        <v>11900</v>
+      </c>
+      <c r="N42">
         <v>11760</v>
       </c>
-      <c r="I32" s="0">
+      <c r="O42">
         <v>11630</v>
       </c>
-      <c r="J32" s="0">
-[...584 lines deleted...]
-        <v>10700</v>
+      <c r="P42">
+        <v>11490</v>
+      </c>
+      <c r="Q42">
+        <v>11350</v>
+      </c>
+      <c r="R42">
+        <v>11350</v>
       </c>
     </row>
     <row r="43" spans="1:19">
-      <c r="A43" s="0" t="s">
+      <c r="A43" t="s">
         <v>42</v>
       </c>
-      <c r="B43" s="0"/>
-[...35 lines deleted...]
-      <c r="R44" s="0"/>
     </row>
     <row r="45" spans="1:19">
-      <c r="A45" s="0" t="s">
+      <c r="A45" t="s">
         <v>43</v>
       </c>
-      <c r="B45" s="0"/>
-[...15 lines deleted...]
-      <c r="R45" s="0"/>
     </row>
   </sheetData>
-  <sheetProtection password="BEF2A0" sheet="true" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="true" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="true" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
+  <sheetProtection password="F3DC" sheet="1" insertRows="1" sort="1"/>
   <mergeCells>
     <mergeCell ref="A1:D3"/>
     <mergeCell ref="A4:R4"/>
     <mergeCell ref="A22:R22"/>
     <mergeCell ref="A23:R23"/>
     <mergeCell ref="A24:R24"/>
     <mergeCell ref="A25:R25"/>
     <mergeCell ref="A43:R43"/>
     <mergeCell ref="A44:R44"/>
     <mergeCell ref="A45:R45"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
-  <pageMargins left="0.7" right="0.7" top="0.1968503937007874" bottom="0.1968503937007874" header="0.3" footer="0.3"/>
-[...8 lines deleted...]
-  </headerFooter>
+  <pageMargins left="0.7" right="0.7" top="0.19685039370079" bottom="0.19685039370079" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft Corporation</Company>
+  <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>